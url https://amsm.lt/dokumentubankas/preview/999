--- v0 (2025-10-23)
+++ v1 (2025-12-03)
@@ -1,341 +1,341 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w:rsidR="00CC5041" w:rsidRDefault="00CC5041" w:rsidP="00CC5041">
+    <w:p w14:paraId="5611766E" w14:textId="77777777" w:rsidR="00CC5041" w:rsidRDefault="00CC5041" w:rsidP="00CC5041">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:ind w:left="6009"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="en-GB" w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00CC5041" w:rsidRPr="00784C3D" w:rsidRDefault="00CC5041" w:rsidP="00CC5041">
+    <w:p w14:paraId="76F93BD0" w14:textId="77777777" w:rsidR="00CC5041" w:rsidRPr="00784C3D" w:rsidRDefault="00CC5041" w:rsidP="00CC5041">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:ind w:left="6009"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00784C3D">
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> Forma patvirtinta </w:t>
       </w:r>
       <w:r w:rsidRPr="00784C3D">
         <w:rPr>
           <w:spacing w:val="-1"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> Alytaus r. meno ir sporto mokyklos</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CC5041" w:rsidRPr="00784C3D" w:rsidRDefault="00CC5041" w:rsidP="00CC5041">
+    <w:p w14:paraId="5278A34E" w14:textId="77777777" w:rsidR="00CC5041" w:rsidRPr="00784C3D" w:rsidRDefault="00CC5041" w:rsidP="00CC5041">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:ind w:left="1644"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00784C3D">
         <w:rPr>
           <w:spacing w:val="-1"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">                                                                                                                 direktoriaus </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t>2025 m. rugsėjo 1 d. įsakymu Nr. MV-73</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CC5041" w:rsidRPr="00784C3D" w:rsidRDefault="00CC5041" w:rsidP="00CC5041">
+    <w:p w14:paraId="791DD434" w14:textId="77777777" w:rsidR="00CC5041" w:rsidRPr="00784C3D" w:rsidRDefault="00CC5041" w:rsidP="00CC5041">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:ind w:left="1644"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00CC5041" w:rsidRPr="003A6B29" w:rsidRDefault="00CC5041" w:rsidP="00CC5041">
+    <w:p w14:paraId="0862CC2D" w14:textId="77777777" w:rsidR="00CC5041" w:rsidRPr="003A6B29" w:rsidRDefault="00CC5041" w:rsidP="00CC5041">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00CC5041" w:rsidRPr="003A6B29" w:rsidRDefault="00CC5041" w:rsidP="00CC5041">
+    <w:p w14:paraId="513F826F" w14:textId="77777777" w:rsidR="00CC5041" w:rsidRPr="003A6B29" w:rsidRDefault="00CC5041" w:rsidP="00CC5041">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003A6B29">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">MUZIKOS INSTRUMENTŲ NUOMOS SUTARTIS Nr. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CC5041" w:rsidRPr="003A6B29" w:rsidRDefault="00CC5041" w:rsidP="00CC5041">
+    <w:p w14:paraId="0C7BBCFC" w14:textId="77777777" w:rsidR="00CC5041" w:rsidRPr="003A6B29" w:rsidRDefault="00CC5041" w:rsidP="00CC5041">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00CC5041" w:rsidRPr="003A6B29" w:rsidRDefault="00CC5041" w:rsidP="00CC5041">
+    <w:p w14:paraId="020DCF2A" w14:textId="77777777" w:rsidR="00CC5041" w:rsidRPr="003A6B29" w:rsidRDefault="00CC5041" w:rsidP="00CC5041">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">202  </w:t>
       </w:r>
       <w:r w:rsidRPr="003A6B29">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> m.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> rugsėjo 1</w:t>
       </w:r>
       <w:r w:rsidRPr="003A6B29">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> d.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CC5041" w:rsidRPr="003A6B29" w:rsidRDefault="00CC5041" w:rsidP="00CC5041">
+    <w:p w14:paraId="66D139E6" w14:textId="77777777" w:rsidR="00CC5041" w:rsidRPr="003A6B29" w:rsidRDefault="00CC5041" w:rsidP="00CC5041">
       <w:pPr>
         <w:pStyle w:val="prastasiniatinklio"/>
         <w:ind w:left="750" w:right="750"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:color w:val="333333"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003A6B29">
         <w:rPr>
           <w:color w:val="333333"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Daugai</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CC5041" w:rsidRPr="003A6B29" w:rsidRDefault="00CC5041" w:rsidP="00CC5041">
+    <w:p w14:paraId="03A71CE1" w14:textId="77777777" w:rsidR="00CC5041" w:rsidRPr="003A6B29" w:rsidRDefault="00CC5041" w:rsidP="00CC5041">
       <w:pPr>
         <w:pStyle w:val="prastasiniatinklio"/>
         <w:ind w:left="750" w:right="750"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:color w:val="333333"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00CC5041" w:rsidRPr="00B43E0F" w:rsidRDefault="00CC5041" w:rsidP="00CC5041">
+    <w:p w14:paraId="3D0B9292" w14:textId="77777777" w:rsidR="00CC5041" w:rsidRPr="00B43E0F" w:rsidRDefault="00CC5041" w:rsidP="00CC5041">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003A6B29">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">                  Alytaus r. meno ir sporto  mokykla, įmonės kodas 190247688, Ežero g. 18, LT-64137 Daugai, atstovaujama  mokyklos </w:t>
       </w:r>
       <w:r w:rsidR="00541182">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">direktorės                                                         </w:t>
       </w:r>
       <w:r w:rsidRPr="003A6B29">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, toliau vadinama „Mokykla“ ir </w:t>
       </w:r>
       <w:r w:rsidRPr="00B43E0F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>šalis ir tėvas (globėjas) (reikalingą žo</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>dį pabraukti) (toliau – Nuomininkas</w:t>
       </w:r>
       <w:r w:rsidRPr="00B43E0F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>), atstovaujantis vaiko interesus,</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CC5041" w:rsidRPr="00B43E0F" w:rsidRDefault="00CC5041" w:rsidP="00CC5041">
-[...7 lines deleted...]
-    <w:p w:rsidR="00CC5041" w:rsidRPr="00B43E0F" w:rsidRDefault="00CC5041" w:rsidP="00CC5041">
+    <w:p w14:paraId="0002B2AD" w14:textId="77777777" w:rsidR="00CC5041" w:rsidRPr="00B43E0F" w:rsidRDefault="00CC5041" w:rsidP="00CC5041">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="028D3CD7" w14:textId="77777777" w:rsidR="00CC5041" w:rsidRPr="00B43E0F" w:rsidRDefault="00CC5041" w:rsidP="00CC5041">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B43E0F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>________________________________________________________________________________</w:t>
       </w:r>
       <w:r w:rsidRPr="00B43E0F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:softHyphen/>
       </w:r>
       <w:r w:rsidRPr="00B43E0F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:softHyphen/>
       </w:r>
       <w:r w:rsidRPr="00B43E0F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:softHyphen/>
       </w:r>
       <w:r w:rsidRPr="00B43E0F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:softHyphen/>
       </w:r>
       <w:r w:rsidRPr="00B43E0F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:softHyphen/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CC5041" w:rsidRPr="00D80858" w:rsidRDefault="00CC5041" w:rsidP="00CC5041">
+    <w:p w14:paraId="7F63BB1A" w14:textId="77777777" w:rsidR="00CC5041" w:rsidRPr="00D80858" w:rsidRDefault="00CC5041" w:rsidP="00CC5041">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D80858">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>(nuomininko vardas, pavardė,</w:t>
       </w:r>
       <w:r w:rsidR="00D80858">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00D80858" w:rsidRPr="00D80858">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
@@ -370,180 +370,180 @@
         </w:rPr>
         <w:t xml:space="preserve"> ins</w:t>
       </w:r>
       <w:r w:rsidR="00D80858">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">trumentas, </w:t>
       </w:r>
       <w:r w:rsidR="00D80858" w:rsidRPr="00D80858">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> klasė</w:t>
       </w:r>
       <w:r w:rsidRPr="00D80858">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> )</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CC5041" w:rsidRPr="00B43E0F" w:rsidRDefault="00CC5041" w:rsidP="00CC5041">
+    <w:p w14:paraId="300DC88F" w14:textId="77777777" w:rsidR="00CC5041" w:rsidRPr="00B43E0F" w:rsidRDefault="00CC5041" w:rsidP="00CC5041">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00CC5041" w:rsidRPr="00B43E0F" w:rsidRDefault="00CC5041" w:rsidP="00CC5041">
+    <w:p w14:paraId="1BD3EDFE" w14:textId="77777777" w:rsidR="00CC5041" w:rsidRPr="00B43E0F" w:rsidRDefault="00CC5041" w:rsidP="00CC5041">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00CC5041" w:rsidRPr="00B43E0F" w:rsidRDefault="00CC5041" w:rsidP="00CC5041">
+    <w:p w14:paraId="2C5DED29" w14:textId="77777777" w:rsidR="00CC5041" w:rsidRPr="00B43E0F" w:rsidRDefault="00CC5041" w:rsidP="00CC5041">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B43E0F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>kita šalis, sudaro šią sutartį:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CC5041" w:rsidRPr="00B43E0F" w:rsidRDefault="00CC5041" w:rsidP="00CC5041">
-[...8 lines deleted...]
-    <w:p w:rsidR="00CC5041" w:rsidRPr="003A6B29" w:rsidRDefault="00CC5041" w:rsidP="00CC5041">
+    <w:p w14:paraId="2A60071A" w14:textId="77777777" w:rsidR="00CC5041" w:rsidRPr="00B43E0F" w:rsidRDefault="00CC5041" w:rsidP="00CC5041">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="40FD35AE" w14:textId="77777777" w:rsidR="00CC5041" w:rsidRPr="003A6B29" w:rsidRDefault="00CC5041" w:rsidP="00CC5041">
       <w:pPr>
         <w:pStyle w:val="prastasiniatinklio"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003A6B29">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Sutartimi:                                              </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CC5041" w:rsidRPr="003A6B29" w:rsidRDefault="00CC5041" w:rsidP="00CC5041">
+    <w:p w14:paraId="4D0127C1" w14:textId="77777777" w:rsidR="00CC5041" w:rsidRPr="003A6B29" w:rsidRDefault="00CC5041" w:rsidP="00CC5041">
       <w:pPr>
         <w:pStyle w:val="prastasiniatinklio"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">              </w:t>
       </w:r>
       <w:r w:rsidRPr="003A6B29">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1.</w:t>
       </w:r>
       <w:r w:rsidRPr="003A6B29">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="003A6B29">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Sutarties objektas:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CC5041" w:rsidRPr="003A6B29" w:rsidRDefault="00CC5041" w:rsidP="00CC5041">
+    <w:p w14:paraId="405F0542" w14:textId="77777777" w:rsidR="00CC5041" w:rsidRPr="003A6B29" w:rsidRDefault="00CC5041" w:rsidP="00CC5041">
       <w:pPr>
         <w:pStyle w:val="prastasiniatinklio"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003A6B29">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Mokykla perduoda Nuomininkui nuomos teise naudoti muzikos instrumentą – smuiką, inventorinis Nr.            </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CC5041" w:rsidRPr="003A6B29" w:rsidRDefault="00CC5041" w:rsidP="00CC5041">
+    <w:p w14:paraId="18598F45" w14:textId="77777777" w:rsidR="00CC5041" w:rsidRPr="003A6B29" w:rsidRDefault="00CC5041" w:rsidP="00CC5041">
       <w:pPr>
         <w:pStyle w:val="prastasiniatinklio"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003A6B29">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">              2.</w:t>
       </w:r>
       <w:r w:rsidRPr="003A6B29">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
@@ -563,1185 +563,1183 @@
         </w:rPr>
         <w:t xml:space="preserve"> iki 202  </w:t>
       </w:r>
       <w:r w:rsidRPr="003A6B29">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> m. gegužės 31</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="003A6B29">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>d.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CC5041" w:rsidRPr="003A6B29" w:rsidRDefault="00CC5041" w:rsidP="00CC5041">
+    <w:p w14:paraId="3ED9F8D2" w14:textId="77777777" w:rsidR="00CC5041" w:rsidRPr="003A6B29" w:rsidRDefault="00CC5041" w:rsidP="00CC5041">
       <w:pPr>
         <w:pStyle w:val="prastasiniatinklio"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003A6B29">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">              2.1. Sutartis nutraukiama pagal Nuomininko prašymą atskiru direktoriaus įsakymu, pasirašant muzikos instrumento perdavimo - priėmimo aktą (sutarties priedas Nr. 1).                                                                                                                                                                            </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CC5041" w:rsidRPr="003A6B29" w:rsidRDefault="00CC5041" w:rsidP="00CC5041">
+    <w:p w14:paraId="4B2B7751" w14:textId="77777777" w:rsidR="00CC5041" w:rsidRPr="003A6B29" w:rsidRDefault="00CC5041" w:rsidP="00CC5041">
       <w:pPr>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003A6B29">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>3. Mokykla įsipareigoja:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CC5041" w:rsidRPr="003A6B29" w:rsidRDefault="00CC5041" w:rsidP="00CC5041">
+    <w:p w14:paraId="5D8D2EE6" w14:textId="77777777" w:rsidR="00CC5041" w:rsidRPr="003A6B29" w:rsidRDefault="00CC5041" w:rsidP="00CC5041">
       <w:pPr>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003A6B29">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>3.1.</w:t>
       </w:r>
       <w:r w:rsidRPr="003A6B29">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="003A6B29">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Perduoti Nuomininkui 2 p. sutartam terminui nuomos teise naudotis 1 p. nurodytu muzikos instrumentu, pasirašius muzikos instrumento</w:t>
       </w:r>
       <w:r w:rsidRPr="003A6B29">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> perdavimo – priėmimo aktą (sutarties priedas Nr. 1);</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CC5041" w:rsidRPr="003A6B29" w:rsidRDefault="00CC5041" w:rsidP="00CC5041">
+    <w:p w14:paraId="0C4D0A8B" w14:textId="77777777" w:rsidR="00CC5041" w:rsidRPr="003A6B29" w:rsidRDefault="00CC5041" w:rsidP="00CC5041">
       <w:pPr>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003A6B29">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>3.2. Muzikos instrumento stovis įvertinamas prieš perduodant turtą Nuomininkui ir Nuomininkui grąžinant</w:t>
       </w:r>
       <w:r w:rsidRPr="003A6B29">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CC5041" w:rsidRPr="003A6B29" w:rsidRDefault="00CC5041" w:rsidP="00CC5041">
+    <w:p w14:paraId="029A39F0" w14:textId="77777777" w:rsidR="00CC5041" w:rsidRPr="003A6B29" w:rsidRDefault="00CC5041" w:rsidP="00CC5041">
       <w:pPr>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003A6B29">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>4. Nuomininkas įsipareigoja:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CC5041" w:rsidRPr="003A6B29" w:rsidRDefault="00CC5041" w:rsidP="00CC5041">
+    <w:p w14:paraId="71AD4B94" w14:textId="77777777" w:rsidR="00CC5041" w:rsidRPr="003A6B29" w:rsidRDefault="00CC5041" w:rsidP="00CC5041">
       <w:pPr>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003A6B29">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>4.1. priimti muzikos instrumentą ir prisiimti visą materialinę atsakomybę už nuomojamą muzikos instrumentą nuomos laikotarpiu;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CC5041" w:rsidRPr="003A6B29" w:rsidRDefault="00CC5041" w:rsidP="00CC5041">
+    <w:p w14:paraId="20397118" w14:textId="77777777" w:rsidR="00CC5041" w:rsidRPr="003A6B29" w:rsidRDefault="00CC5041" w:rsidP="00CC5041">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003A6B29">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>4.2. už muzikos instrumento nuomą sumokėti iki einamojo mėnesio 20 d., mokestį pervedant į mokyklos sąskaitą.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CC5041" w:rsidRPr="003A6B29" w:rsidRDefault="00CC5041" w:rsidP="00CC5041">
+    <w:p w14:paraId="56B467BB" w14:textId="77777777" w:rsidR="00CC5041" w:rsidRPr="003A6B29" w:rsidRDefault="00CC5041" w:rsidP="00CC5041">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003A6B29">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>4.3. iki nuomos termino pabaigos grąžinti muzikos instrumentą švarų ir nesugadintą;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CC5041" w:rsidRPr="003A6B29" w:rsidRDefault="00CC5041" w:rsidP="00CC5041">
+    <w:p w14:paraId="61FC4BBF" w14:textId="77777777" w:rsidR="00CC5041" w:rsidRPr="003A6B29" w:rsidRDefault="00CC5041" w:rsidP="00CC5041">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003A6B29">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">4.4. sugadinus ar praradus </w:t>
       </w:r>
       <w:r w:rsidRPr="003A6B29">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>muzikos instrumentą, n</w:t>
       </w:r>
       <w:r w:rsidRPr="003A6B29">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>uostolius atlyginti</w:t>
       </w:r>
       <w:r w:rsidRPr="003A6B29">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>, sumokant</w:t>
       </w:r>
       <w:r w:rsidRPr="003A6B29">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> pagal rinkos vertę;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CC5041" w:rsidRPr="003A6B29" w:rsidRDefault="00CC5041" w:rsidP="00CC5041">
+    <w:p w14:paraId="26F2BDEC" w14:textId="77777777" w:rsidR="00CC5041" w:rsidRPr="003A6B29" w:rsidRDefault="00CC5041" w:rsidP="00CC5041">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003A6B29">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t>4.5.  išsinuomoto muzikos instrumento neužstatyti, neparduoti, iškeisti ar nuomoti;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CC5041" w:rsidRPr="003A6B29" w:rsidRDefault="00CC5041" w:rsidP="00CC5041">
+    <w:p w14:paraId="496CD0EA" w14:textId="77777777" w:rsidR="00CC5041" w:rsidRPr="003A6B29" w:rsidRDefault="00CC5041" w:rsidP="00CC5041">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003A6B29">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>4.6.  be mokyklos raštiško sutikimo išvežti muzikos instrumento iš Lietuvos Respublikos teritorijos.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CC5041" w:rsidRPr="003A6B29" w:rsidRDefault="00CC5041" w:rsidP="00CC5041">
+    <w:p w14:paraId="6E97741A" w14:textId="77777777" w:rsidR="00CC5041" w:rsidRPr="003A6B29" w:rsidRDefault="00CC5041" w:rsidP="00CC5041">
       <w:pPr>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003A6B29">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>4.7  n</w:t>
       </w:r>
       <w:r w:rsidRPr="003A6B29">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>uomininkas įsipareigoja mokėti mėnesio nuomos mokestį vadovaujantis Alytaus rajono savivaldybės tarybos sprendimu dėl mokesčio už instrumentų nuomą.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CC5041" w:rsidRPr="003A6B29" w:rsidRDefault="00CC5041" w:rsidP="00CC5041">
+    <w:p w14:paraId="434DF425" w14:textId="77777777" w:rsidR="00CC5041" w:rsidRPr="003A6B29" w:rsidRDefault="00CC5041" w:rsidP="00CC5041">
       <w:pPr>
         <w:ind w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003A6B29">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>5. Baigiamosios nuostatos:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CC5041" w:rsidRPr="003A6B29" w:rsidRDefault="00CC5041" w:rsidP="00CC5041">
+    <w:p w14:paraId="209BFC18" w14:textId="77777777" w:rsidR="00CC5041" w:rsidRPr="003A6B29" w:rsidRDefault="00CC5041" w:rsidP="00CC5041">
       <w:pPr>
         <w:pStyle w:val="Pagrindiniotekstotrauka2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
         <w:ind w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003A6B29">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">5.1. Sutartis pasirašoma dviem egzemplioriais lietuvių kalba, turinčiais vienodą juridinę </w:t>
       </w:r>
       <w:r w:rsidRPr="003A6B29">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">galią. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CC5041" w:rsidRPr="003A6B29" w:rsidRDefault="00CC5041" w:rsidP="00CC5041">
+    <w:p w14:paraId="1B22F798" w14:textId="77777777" w:rsidR="00CC5041" w:rsidRPr="003A6B29" w:rsidRDefault="00CC5041" w:rsidP="00CC5041">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003A6B29">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
         <w:tab/>
         <w:t>5.2. Visi ginčai, kilę iš šios Sutarties sprendžiami derybų keliu. Šalims nesusitarus geruoju, ginčas gali būti perduotas nagrinėti teismui Lietuvos Respublikos įstatymų nustatyta tvarka.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CC5041" w:rsidRPr="003A6B29" w:rsidRDefault="00CC5041" w:rsidP="00CC5041">
+    <w:p w14:paraId="278131A6" w14:textId="77777777" w:rsidR="00CC5041" w:rsidRPr="003A6B29" w:rsidRDefault="00CC5041" w:rsidP="00CC5041">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00CC5041" w:rsidRDefault="00CC5041" w:rsidP="00CC5041">
+    <w:p w14:paraId="225A8652" w14:textId="77777777" w:rsidR="00CC5041" w:rsidRDefault="00CC5041" w:rsidP="00CC5041">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003A6B29">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Sutarties šalių parašai</w:t>
       </w:r>
       <w:r w:rsidRPr="003A6B29">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CC5041" w:rsidRPr="00B43E0F" w:rsidRDefault="00CC5041" w:rsidP="00CC5041">
+    <w:p w14:paraId="05DFC98A" w14:textId="77777777" w:rsidR="00CC5041" w:rsidRPr="00B43E0F" w:rsidRDefault="00CC5041" w:rsidP="00CC5041">
       <w:pPr>
         <w:spacing w:line="0" w:lineRule="atLeast"/>
         <w:ind w:left="170"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">    </w:t>
       </w:r>
       <w:r w:rsidRPr="00B43E0F">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Švietimo teikėjas:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CC5041" w:rsidRPr="00B43E0F" w:rsidRDefault="00CC5041" w:rsidP="00CC5041">
+    <w:p w14:paraId="75436D20" w14:textId="77777777" w:rsidR="00CC5041" w:rsidRPr="00B43E0F" w:rsidRDefault="00CC5041" w:rsidP="00CC5041">
       <w:pPr>
         <w:spacing w:line="0" w:lineRule="atLeast"/>
         <w:ind w:left="170"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B43E0F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">    Mokyklos direktorė            _________</w:t>
       </w:r>
       <w:r w:rsidR="00541182">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">_________                      </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CC5041" w:rsidRPr="00B43E0F" w:rsidRDefault="00CC5041" w:rsidP="00CC5041">
+    <w:p w14:paraId="36BE5518" w14:textId="77777777" w:rsidR="00CC5041" w:rsidRPr="00B43E0F" w:rsidRDefault="00CC5041" w:rsidP="00CC5041">
       <w:pPr>
         <w:spacing w:line="0" w:lineRule="atLeast"/>
         <w:ind w:left="360"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B43E0F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> A.V.                                          </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">           </w:t>
       </w:r>
       <w:r w:rsidRPr="00B43E0F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(parašas)                    </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">          </w:t>
       </w:r>
       <w:r w:rsidRPr="00B43E0F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(vardas, pavardė)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CC5041" w:rsidRPr="00B43E0F" w:rsidRDefault="00CC5041" w:rsidP="00CC5041">
+    <w:p w14:paraId="3ED345EC" w14:textId="77777777" w:rsidR="00CC5041" w:rsidRPr="00B43E0F" w:rsidRDefault="00CC5041" w:rsidP="00CC5041">
       <w:pPr>
         <w:spacing w:line="0" w:lineRule="atLeast"/>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B43E0F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">                                                              </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CC5041" w:rsidRPr="00B43E0F" w:rsidRDefault="00CC5041" w:rsidP="00CC5041">
+    <w:p w14:paraId="4A2E3E28" w14:textId="77777777" w:rsidR="00CC5041" w:rsidRPr="00B43E0F" w:rsidRDefault="00CC5041" w:rsidP="00CC5041">
       <w:pPr>
         <w:spacing w:line="0" w:lineRule="atLeast"/>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B43E0F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">                                                                                                                                                                                                                                </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CC5041" w:rsidRPr="00B43E0F" w:rsidRDefault="00CC5041" w:rsidP="00CC5041">
+    <w:p w14:paraId="6B13730C" w14:textId="77777777" w:rsidR="00CC5041" w:rsidRPr="00B43E0F" w:rsidRDefault="00CC5041" w:rsidP="00CC5041">
       <w:pPr>
         <w:spacing w:line="0" w:lineRule="atLeast"/>
         <w:ind w:left="170"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B43E0F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">    </w:t>
       </w:r>
       <w:r w:rsidRPr="00B43E0F">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Tėvai ar globėjai:   </w:t>
       </w:r>
       <w:r w:rsidRPr="00B43E0F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">             </w:t>
       </w:r>
       <w:r w:rsidRPr="00B43E0F">
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>__________________                 _______________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00031B38" w:rsidRDefault="00CC5041" w:rsidP="00CC5041">
+    <w:p w14:paraId="6431907D" w14:textId="77777777" w:rsidR="00031B38" w:rsidRDefault="00CC5041" w:rsidP="00CC5041">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B43E0F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">                                                         </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">       </w:t>
       </w:r>
       <w:r w:rsidRPr="00B43E0F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(parašas)                   </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">              </w:t>
       </w:r>
       <w:r w:rsidRPr="00B43E0F">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (vardas, pavardė</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00941545" w:rsidRDefault="00941545" w:rsidP="00CC5041">
-[...39 lines deleted...]
-    <w:p w:rsidR="00941545" w:rsidRPr="00941545" w:rsidRDefault="00941545" w:rsidP="00941545">
+    <w:p w14:paraId="5C80F26F" w14:textId="77777777" w:rsidR="00941545" w:rsidRDefault="00941545" w:rsidP="00CC5041">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="59E18329" w14:textId="77777777" w:rsidR="00941545" w:rsidRDefault="00941545" w:rsidP="00CC5041">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3B7198E2" w14:textId="77777777" w:rsidR="00941545" w:rsidRDefault="00941545" w:rsidP="00CC5041">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1002D98A" w14:textId="77777777" w:rsidR="00941545" w:rsidRDefault="00941545" w:rsidP="00CC5041">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="586048E4" w14:textId="77777777" w:rsidR="00941545" w:rsidRDefault="00941545" w:rsidP="00CC5041">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="00D930CB" w14:textId="77777777" w:rsidR="00941545" w:rsidRPr="00941545" w:rsidRDefault="00941545" w:rsidP="00941545">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">                                                                                                         </w:t>
       </w:r>
       <w:r w:rsidRPr="00941545">
         <w:t>Sutarties priedas Nr. 1</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00941545" w:rsidRPr="00941545" w:rsidRDefault="00941545" w:rsidP="00941545">
+    <w:p w14:paraId="273186AF" w14:textId="77777777" w:rsidR="00941545" w:rsidRPr="00941545" w:rsidRDefault="00941545" w:rsidP="00941545">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:jc w:val="right"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00941545" w:rsidRPr="00941545" w:rsidRDefault="00941545" w:rsidP="00941545">
+    <w:p w14:paraId="32089E20" w14:textId="77777777" w:rsidR="00941545" w:rsidRPr="00941545" w:rsidRDefault="00941545" w:rsidP="00941545">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:jc w:val="right"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00941545" w:rsidRPr="00941545" w:rsidRDefault="00941545" w:rsidP="00941545">
+    <w:p w14:paraId="0FA6F999" w14:textId="77777777" w:rsidR="00941545" w:rsidRPr="00941545" w:rsidRDefault="00941545" w:rsidP="00941545">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00941545" w:rsidRPr="00941545" w:rsidRDefault="00941545" w:rsidP="00941545">
+    <w:p w14:paraId="13C214C0" w14:textId="77777777" w:rsidR="00941545" w:rsidRPr="00941545" w:rsidRDefault="00941545" w:rsidP="00941545">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:ind w:left="-964"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:caps/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00941545">
         <w:rPr>
           <w:b/>
           <w:caps/>
         </w:rPr>
         <w:t xml:space="preserve">MUZIKOS INSTRUMENTO perdavimo – priėmimo </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="margin" w:tblpY="460"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="828"/>
         <w:gridCol w:w="5400"/>
         <w:gridCol w:w="1376"/>
         <w:gridCol w:w="1302"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00941545" w:rsidRPr="00941545" w:rsidTr="00B27FC5">
+      <w:tr w:rsidR="00941545" w:rsidRPr="00941545" w14:paraId="0A7341F8" w14:textId="77777777" w:rsidTr="00B27FC5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="828" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00941545" w:rsidRPr="00941545" w:rsidRDefault="00941545" w:rsidP="00941545">
+          <w:p w14:paraId="17A2C163" w14:textId="77777777" w:rsidR="00941545" w:rsidRPr="00941545" w:rsidRDefault="00941545" w:rsidP="00941545">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="426"/>
               </w:tabs>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00941545">
               <w:t>Eil. Nr.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5400" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00941545" w:rsidRPr="00941545" w:rsidRDefault="00941545" w:rsidP="00941545">
+          <w:p w14:paraId="59E1B490" w14:textId="77777777" w:rsidR="00941545" w:rsidRPr="00941545" w:rsidRDefault="00941545" w:rsidP="00941545">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="426"/>
               </w:tabs>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00941545">
               <w:t>Pavadinimas</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1376" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00941545" w:rsidRPr="00941545" w:rsidRDefault="00941545" w:rsidP="00941545">
+          <w:p w14:paraId="42D8E658" w14:textId="77777777" w:rsidR="00941545" w:rsidRPr="00941545" w:rsidRDefault="00941545" w:rsidP="00941545">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="426"/>
               </w:tabs>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00941545">
               <w:t xml:space="preserve">Inventorinis </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00941545">
               <w:t>nr.</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1302" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00941545" w:rsidRPr="00941545" w:rsidRDefault="00941545" w:rsidP="00941545">
+          <w:p w14:paraId="1609A107" w14:textId="77777777" w:rsidR="00941545" w:rsidRPr="00941545" w:rsidRDefault="00941545" w:rsidP="00941545">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="426"/>
               </w:tabs>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00941545">
               <w:t>Kiekis</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00941545" w:rsidRPr="00941545" w:rsidTr="00B27FC5">
+      <w:tr w:rsidR="00941545" w:rsidRPr="00941545" w14:paraId="1710D6C2" w14:textId="77777777" w:rsidTr="00B27FC5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="828" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00941545" w:rsidRPr="00941545" w:rsidRDefault="00941545" w:rsidP="00941545">
+          <w:p w14:paraId="02B671F5" w14:textId="77777777" w:rsidR="00941545" w:rsidRPr="00941545" w:rsidRDefault="00941545" w:rsidP="00941545">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="426"/>
               </w:tabs>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00941545">
               <w:t>1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5400" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00941545" w:rsidRPr="00941545" w:rsidRDefault="00941545" w:rsidP="00941545">
+          <w:p w14:paraId="2C3E7396" w14:textId="77777777" w:rsidR="00941545" w:rsidRPr="00941545" w:rsidRDefault="00941545" w:rsidP="00941545">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-            <w:bookmarkEnd w:id="0"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1376" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00941545" w:rsidRPr="00941545" w:rsidRDefault="00941545" w:rsidP="00941545">
+          <w:p w14:paraId="72E50214" w14:textId="77777777" w:rsidR="00941545" w:rsidRPr="00941545" w:rsidRDefault="00941545" w:rsidP="00941545">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="426"/>
               </w:tabs>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1302" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00941545" w:rsidRPr="00941545" w:rsidRDefault="00941545" w:rsidP="00941545">
+          <w:p w14:paraId="568DC023" w14:textId="77777777" w:rsidR="00941545" w:rsidRPr="00941545" w:rsidRDefault="00941545" w:rsidP="00941545">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="426"/>
               </w:tabs>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="00941545">
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00941545" w:rsidRPr="00941545" w:rsidTr="00B27FC5">
+      <w:tr w:rsidR="00941545" w:rsidRPr="00941545" w14:paraId="45E4EBA4" w14:textId="77777777" w:rsidTr="00B27FC5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6228" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00941545" w:rsidRPr="00941545" w:rsidRDefault="00941545" w:rsidP="00941545">
+          <w:p w14:paraId="7C0B945C" w14:textId="77777777" w:rsidR="00941545" w:rsidRPr="00941545" w:rsidRDefault="00941545" w:rsidP="00941545">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="426"/>
               </w:tabs>
               <w:jc w:val="right"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1376" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00941545" w:rsidRPr="00941545" w:rsidRDefault="00941545" w:rsidP="00941545">
+          <w:p w14:paraId="63477CFD" w14:textId="77777777" w:rsidR="00941545" w:rsidRPr="00941545" w:rsidRDefault="00941545" w:rsidP="00941545">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="426"/>
               </w:tabs>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1302" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00941545" w:rsidRPr="00941545" w:rsidRDefault="00941545" w:rsidP="00941545">
+          <w:p w14:paraId="4892E195" w14:textId="77777777" w:rsidR="00941545" w:rsidRPr="00941545" w:rsidRDefault="00941545" w:rsidP="00941545">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="426"/>
               </w:tabs>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00941545" w:rsidRPr="00941545" w:rsidRDefault="00941545" w:rsidP="00941545">
+    <w:p w14:paraId="7A30DC99" w14:textId="77777777" w:rsidR="00941545" w:rsidRPr="00941545" w:rsidRDefault="00941545" w:rsidP="00941545">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:ind w:left="-1361"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:caps/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00941545">
         <w:rPr>
           <w:b/>
           <w:caps/>
         </w:rPr>
         <w:t>aktas</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00941545" w:rsidRPr="00941545" w:rsidRDefault="00941545" w:rsidP="00941545">
+    <w:p w14:paraId="3F8BDA9C" w14:textId="77777777" w:rsidR="00941545" w:rsidRPr="00941545" w:rsidRDefault="00941545" w:rsidP="00941545">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00941545" w:rsidRPr="00941545" w:rsidRDefault="00941545" w:rsidP="00941545">
+    <w:p w14:paraId="734E646A" w14:textId="77777777" w:rsidR="00941545" w:rsidRPr="00941545" w:rsidRDefault="00941545" w:rsidP="00941545">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="page" w:horzAnchor="margin" w:tblpY="6175"/>
         <w:tblW w:w="9999" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5143"/>
         <w:gridCol w:w="4856"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00941545" w:rsidRPr="00941545" w:rsidTr="00B27FC5">
+      <w:tr w:rsidR="00941545" w:rsidRPr="00941545" w14:paraId="7B959293" w14:textId="77777777" w:rsidTr="00B27FC5">
         <w:trPr>
           <w:trHeight w:val="300"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5143" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00941545" w:rsidRPr="00941545" w:rsidRDefault="00941545" w:rsidP="00941545">
+          <w:p w14:paraId="216F3D3B" w14:textId="77777777" w:rsidR="00941545" w:rsidRPr="00941545" w:rsidRDefault="00941545" w:rsidP="00941545">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:autoSpaceDE w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ar-SA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00941545">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ar-SA"/>
               </w:rPr>
               <w:t>Perdavė</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00941545" w:rsidRPr="00941545" w:rsidRDefault="00941545" w:rsidP="00941545">
+          <w:p w14:paraId="438CCAB0" w14:textId="77777777" w:rsidR="00941545" w:rsidRPr="00941545" w:rsidRDefault="00941545" w:rsidP="00941545">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:autoSpaceDE w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ar-SA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00941545">
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ar-SA"/>
               </w:rPr>
               <w:t>Alytaus r. meno ir sporto mokykla</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4856" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00941545" w:rsidRPr="00941545" w:rsidRDefault="00941545" w:rsidP="00941545">
+          <w:p w14:paraId="0B489C01" w14:textId="77777777" w:rsidR="00941545" w:rsidRPr="00941545" w:rsidRDefault="00941545" w:rsidP="00941545">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:autoSpaceDE w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ar-SA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00941545">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ar-SA"/>
               </w:rPr>
               <w:t>Grąžino</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00941545" w:rsidRPr="00941545" w:rsidTr="00B27FC5">
+      <w:tr w:rsidR="00941545" w:rsidRPr="00941545" w14:paraId="258B1346" w14:textId="77777777" w:rsidTr="00B27FC5">
         <w:trPr>
           <w:trHeight w:val="487"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5143" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00941545" w:rsidRPr="00941545" w:rsidRDefault="00941545" w:rsidP="00941545">
+          <w:p w14:paraId="342504CB" w14:textId="77777777" w:rsidR="00941545" w:rsidRPr="00941545" w:rsidRDefault="00941545" w:rsidP="00941545">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:autoSpaceDE w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ar-SA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4856" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00941545" w:rsidRPr="00941545" w:rsidRDefault="00941545" w:rsidP="00941545">
+          <w:p w14:paraId="0B35AF19" w14:textId="77777777" w:rsidR="00941545" w:rsidRPr="00941545" w:rsidRDefault="00941545" w:rsidP="00941545">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:autoSpaceDE w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ar-SA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00941545">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ar-SA"/>
               </w:rPr>
               <w:t>........................................................................</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00941545" w:rsidRPr="00941545" w:rsidTr="00B27FC5">
+      <w:tr w:rsidR="00941545" w:rsidRPr="00941545" w14:paraId="52A66480" w14:textId="77777777" w:rsidTr="00B27FC5">
         <w:trPr>
           <w:trHeight w:val="344"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5143" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00941545" w:rsidRPr="00941545" w:rsidRDefault="00941545" w:rsidP="00941545">
+          <w:p w14:paraId="636F18F4" w14:textId="77777777" w:rsidR="00941545" w:rsidRPr="00941545" w:rsidRDefault="00941545" w:rsidP="00941545">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:autoSpaceDE w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ar-SA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00941545">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US" w:eastAsia="ar-SA"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00941545">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
@@ -1805,353 +1803,315 @@
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US" w:eastAsia="ar-SA"/>
               </w:rPr>
               <w:t>pareigos</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00941545">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US" w:eastAsia="ar-SA"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4856" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00941545" w:rsidRPr="00941545" w:rsidRDefault="00941545" w:rsidP="00941545">
+          <w:p w14:paraId="381D2F25" w14:textId="77777777" w:rsidR="00941545" w:rsidRPr="00941545" w:rsidRDefault="00941545" w:rsidP="00941545">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:autoSpaceDE w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ar-SA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00941545">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ar-SA"/>
               </w:rPr>
               <w:t>(vardas, pavardė, parašas)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00941545" w:rsidRPr="00941545" w:rsidTr="00B27FC5">
+      <w:tr w:rsidR="00941545" w:rsidRPr="00941545" w14:paraId="1E0B1F7A" w14:textId="77777777" w:rsidTr="00B27FC5">
         <w:trPr>
           <w:trHeight w:val="344"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5143" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00941545" w:rsidRPr="00941545" w:rsidRDefault="00941545" w:rsidP="00941545">
+          <w:p w14:paraId="546A55F8" w14:textId="77777777" w:rsidR="00941545" w:rsidRPr="00941545" w:rsidRDefault="00941545" w:rsidP="00941545">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:autoSpaceDE w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ar-SA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4856" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00941545" w:rsidRPr="00941545" w:rsidRDefault="00941545" w:rsidP="00941545">
+          <w:p w14:paraId="0E70F246" w14:textId="77777777" w:rsidR="00941545" w:rsidRPr="00941545" w:rsidRDefault="00941545" w:rsidP="00941545">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:autoSpaceDE w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ar-SA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00941545" w:rsidRPr="00941545" w:rsidTr="00B27FC5">
+      <w:tr w:rsidR="00941545" w:rsidRPr="00941545" w14:paraId="6FD11E7F" w14:textId="77777777" w:rsidTr="00B27FC5">
         <w:trPr>
           <w:trHeight w:val="344"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5143" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00941545" w:rsidRPr="00941545" w:rsidRDefault="00941545" w:rsidP="00941545">
+          <w:p w14:paraId="2BC36011" w14:textId="77777777" w:rsidR="00941545" w:rsidRPr="00941545" w:rsidRDefault="00941545" w:rsidP="00941545">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:autoSpaceDE w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:val="en-US" w:eastAsia="ar-SA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4856" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00941545" w:rsidRPr="00941545" w:rsidRDefault="00941545" w:rsidP="00941545">
+          <w:p w14:paraId="0149305D" w14:textId="77777777" w:rsidR="00941545" w:rsidRPr="00941545" w:rsidRDefault="00941545" w:rsidP="00941545">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:autoSpaceDE w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ar-SA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00941545" w:rsidRPr="00941545" w:rsidTr="00B27FC5">
+      <w:tr w:rsidR="00941545" w:rsidRPr="00941545" w14:paraId="779D7FC8" w14:textId="77777777" w:rsidTr="00B27FC5">
         <w:trPr>
           <w:trHeight w:val="599"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5143" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00941545" w:rsidRPr="00941545" w:rsidRDefault="00941545" w:rsidP="00941545">
+          <w:p w14:paraId="448BEF9D" w14:textId="77777777" w:rsidR="00941545" w:rsidRPr="00941545" w:rsidRDefault="00941545" w:rsidP="00941545">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:autoSpaceDE w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ar-SA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00941545" w:rsidRPr="00941545" w:rsidRDefault="00941545" w:rsidP="00941545">
+          <w:p w14:paraId="47743A9E" w14:textId="77777777" w:rsidR="00941545" w:rsidRPr="00941545" w:rsidRDefault="00941545" w:rsidP="00941545">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:autoSpaceDE w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ar-SA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00941545">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ar-SA"/>
               </w:rPr>
               <w:t>Priėmė</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4856" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00941545" w:rsidRPr="00941545" w:rsidRDefault="00941545" w:rsidP="00941545">
+          <w:p w14:paraId="50F99E68" w14:textId="77777777" w:rsidR="00941545" w:rsidRPr="00941545" w:rsidRDefault="00941545" w:rsidP="00941545">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:autoSpaceDE w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ar-SA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00941545" w:rsidRPr="00941545" w:rsidRDefault="00941545" w:rsidP="00941545">
+          <w:p w14:paraId="133EE1E9" w14:textId="77777777" w:rsidR="00941545" w:rsidRPr="00941545" w:rsidRDefault="00941545" w:rsidP="00941545">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:autoSpaceDE w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ar-SA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00941545">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ar-SA"/>
               </w:rPr>
               <w:t>Priėmė</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00941545" w:rsidRPr="00941545" w:rsidRDefault="00941545" w:rsidP="00941545">
+          <w:p w14:paraId="6E6D7139" w14:textId="77777777" w:rsidR="00941545" w:rsidRPr="00941545" w:rsidRDefault="00941545" w:rsidP="00941545">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:autoSpaceDE w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ar-SA"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00941545">
               <w:rPr>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:lang w:val="es-ES" w:eastAsia="ar-SA"/>
               </w:rPr>
-              <w:t>Alytaus</w:t>
-[...37 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Alytaus r. meno ir sporto  mokykla</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00941545" w:rsidRPr="00941545" w:rsidTr="00B27FC5">
+      <w:tr w:rsidR="00941545" w:rsidRPr="00941545" w14:paraId="1502C812" w14:textId="77777777" w:rsidTr="00B27FC5">
         <w:trPr>
           <w:trHeight w:val="488"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5143" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00941545" w:rsidRPr="00941545" w:rsidRDefault="00941545" w:rsidP="00941545">
+          <w:p w14:paraId="703C0108" w14:textId="77777777" w:rsidR="00941545" w:rsidRPr="00941545" w:rsidRDefault="00941545" w:rsidP="00941545">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:autoSpaceDE w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ar-SA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00941545" w:rsidRPr="00941545" w:rsidRDefault="00941545" w:rsidP="00941545">
+          <w:p w14:paraId="490086F8" w14:textId="77777777" w:rsidR="00941545" w:rsidRPr="00941545" w:rsidRDefault="00941545" w:rsidP="00941545">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:autoSpaceDE w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ar-SA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4856" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00941545" w:rsidRPr="00941545" w:rsidRDefault="00941545" w:rsidP="00941545">
+          <w:p w14:paraId="3446A3B3" w14:textId="77777777" w:rsidR="00941545" w:rsidRPr="00941545" w:rsidRDefault="00941545" w:rsidP="00941545">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:autoSpaceDE w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ar-SA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00941545" w:rsidRPr="00941545" w:rsidTr="00B27FC5">
+      <w:tr w:rsidR="00941545" w:rsidRPr="00941545" w14:paraId="71A2E3B5" w14:textId="77777777" w:rsidTr="00B27FC5">
         <w:trPr>
           <w:trHeight w:val="335"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5143" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00941545" w:rsidRPr="00941545" w:rsidRDefault="00941545" w:rsidP="00941545">
+          <w:p w14:paraId="26C21D4D" w14:textId="77777777" w:rsidR="00941545" w:rsidRPr="00941545" w:rsidRDefault="00941545" w:rsidP="00941545">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:autoSpaceDE w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ar-SA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00941545">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US" w:eastAsia="ar-SA"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00941545">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
@@ -2195,361 +2155,363 @@
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US" w:eastAsia="ar-SA"/>
               </w:rPr>
               <w:t>parašas</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00941545">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-US" w:eastAsia="ar-SA"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4856" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00941545" w:rsidRPr="00941545" w:rsidRDefault="00941545" w:rsidP="00941545">
+          <w:p w14:paraId="7FEAE6BD" w14:textId="77777777" w:rsidR="00941545" w:rsidRPr="00941545" w:rsidRDefault="00941545" w:rsidP="00941545">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:autoSpaceDE w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ar-SA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00941545">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="ar-SA"/>
               </w:rPr>
               <w:t>(vardas, pavardė, parašas, pareigos)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00941545" w:rsidRPr="00941545" w:rsidTr="00B27FC5">
+      <w:tr w:rsidR="00941545" w:rsidRPr="00941545" w14:paraId="6BCC7961" w14:textId="77777777" w:rsidTr="00B27FC5">
         <w:trPr>
           <w:trHeight w:val="335"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5143" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00941545" w:rsidRPr="00941545" w:rsidRDefault="00941545" w:rsidP="00941545">
+          <w:p w14:paraId="11068B1F" w14:textId="77777777" w:rsidR="00941545" w:rsidRPr="00941545" w:rsidRDefault="00941545" w:rsidP="00941545">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:autoSpaceDE w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ar-SA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00941545">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ar-SA"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4856" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w:rsidR="00941545" w:rsidRPr="00941545" w:rsidRDefault="00941545" w:rsidP="00941545">
+          <w:p w14:paraId="4313DB2F" w14:textId="77777777" w:rsidR="00941545" w:rsidRPr="00941545" w:rsidRDefault="00941545" w:rsidP="00941545">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:autoSpaceDE w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ar-SA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00941545" w:rsidRPr="00941545" w:rsidTr="00B27FC5">
+      <w:tr w:rsidR="00941545" w:rsidRPr="00941545" w14:paraId="1E5E0DD8" w14:textId="77777777" w:rsidTr="00B27FC5">
         <w:trPr>
           <w:trHeight w:val="335"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5143" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00941545" w:rsidRPr="00941545" w:rsidRDefault="00941545" w:rsidP="00941545">
+          <w:p w14:paraId="1E59803E" w14:textId="77777777" w:rsidR="00941545" w:rsidRPr="00941545" w:rsidRDefault="00941545" w:rsidP="00941545">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:autoSpaceDE w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ar-SA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00941545">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:val="en-US" w:eastAsia="ar-SA"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4856" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00941545" w:rsidRPr="00941545" w:rsidRDefault="00941545" w:rsidP="00941545">
+          <w:p w14:paraId="6A9983B1" w14:textId="77777777" w:rsidR="00941545" w:rsidRPr="00941545" w:rsidRDefault="00941545" w:rsidP="00941545">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:autoSpaceDE w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ar-SA"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00941545" w:rsidRPr="00941545" w:rsidTr="00B27FC5">
+      <w:tr w:rsidR="00941545" w:rsidRPr="00941545" w14:paraId="21161CBE" w14:textId="77777777" w:rsidTr="00B27FC5">
         <w:trPr>
           <w:trHeight w:val="335"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5143" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00941545" w:rsidRPr="00941545" w:rsidRDefault="00941545" w:rsidP="00941545">
+          <w:p w14:paraId="1945EA91" w14:textId="77777777" w:rsidR="00941545" w:rsidRPr="00941545" w:rsidRDefault="00941545" w:rsidP="00941545">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:autoSpaceDE w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:val="en-US" w:eastAsia="ar-SA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00941545">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:val="en-US" w:eastAsia="ar-SA"/>
               </w:rPr>
               <w:t>Data 20   ……………………d.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4856" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00941545" w:rsidRPr="00941545" w:rsidRDefault="00941545" w:rsidP="00941545">
+          <w:p w14:paraId="2A448103" w14:textId="77777777" w:rsidR="00941545" w:rsidRPr="00941545" w:rsidRDefault="00941545" w:rsidP="00941545">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:autoSpaceDE w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="ar-SA"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00941545">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:val="en-US" w:eastAsia="ar-SA"/>
               </w:rPr>
               <w:t>Data 20    ……………………d.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00941545" w:rsidRPr="00941545" w:rsidRDefault="00941545" w:rsidP="00941545">
+    <w:p w14:paraId="685977E4" w14:textId="77777777" w:rsidR="00941545" w:rsidRPr="00941545" w:rsidRDefault="00941545" w:rsidP="00941545">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00941545" w:rsidRDefault="00941545" w:rsidP="00CC5041">
-[...7 lines deleted...]
-    <w:p w:rsidR="00941545" w:rsidRDefault="00941545" w:rsidP="00CC5041"/>
+    <w:p w14:paraId="4B5961FC" w14:textId="77777777" w:rsidR="00941545" w:rsidRDefault="00941545" w:rsidP="00CC5041">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3F10D990" w14:textId="77777777" w:rsidR="00941545" w:rsidRDefault="00941545" w:rsidP="00CC5041"/>
     <w:sectPr w:rsidR="00941545" w:rsidSect="00CC5041">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="426" w:right="566" w:bottom="1440" w:left="1440" w:header="567" w:footer="567" w:gutter="0"/>
       <w:cols w:space="1296"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="1296"/>
   <w:hyphenationZone w:val="396"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00CC5041"/>
     <w:rsid w:val="00031B38"/>
     <w:rsid w:val="00541182"/>
     <w:rsid w:val="008268E5"/>
     <w:rsid w:val="00941545"/>
+    <w:rsid w:val="00C30378"/>
     <w:rsid w:val="00CC5041"/>
     <w:rsid w:val="00D80858"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="lt-LT"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="5E6DEA57"/>
+  <w14:docId w14:val="6D218ECE"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{A2C33722-D180-4FF3-944B-604E16AB6F2E}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="lt-LT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -2611,98 +2573,94 @@
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
@@ -2877,50 +2835,55 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="prastasis">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00CC5041"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="lt-LT"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Numatytasispastraiposriftas">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="prastojilentel">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
@@ -2983,51 +2946,51 @@
     <w:rsid w:val="00D80858"/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="DebesliotekstasDiagrama">
     <w:name w:val="Debesėlio tekstas Diagrama"/>
     <w:basedOn w:val="Numatytasispastraiposriftas"/>
     <w:link w:val="Debesliotekstas"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00D80858"/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
       <w:lang w:eastAsia="lt-LT"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="„Office“ tema">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
@@ -3259,55 +3222,55 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>2759</Words>
-  <Characters>1573</Characters>
+  <Words>646</Words>
+  <Characters>3686</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>13</Lines>
+  <Lines>30</Lines>
   <Paragraphs>8</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Pavadinimas</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>HP</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <CharactersWithSpaces>4324</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>