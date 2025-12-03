--- v0 (2025-10-23)
+++ v1 (2025-12-03)
@@ -1,49 +1,49 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w:rsidR="00A36212" w:rsidRPr="00A36212" w:rsidRDefault="00A36212" w:rsidP="00A36212">
+    <w:p w14:paraId="4CD35E1C" w14:textId="77777777" w:rsidR="00A36212" w:rsidRPr="00A36212" w:rsidRDefault="00A36212" w:rsidP="00A36212">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="4540" w:right="573"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A36212">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Mokinių</w:t>
       </w:r>
       <w:r w:rsidRPr="00A36212">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-6"/>
           <w:sz w:val="24"/>
@@ -140,131 +140,131 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ir</w:t>
       </w:r>
       <w:r w:rsidRPr="00A36212">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-6"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00A36212">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>sporto mokyklą tvarkos aprašo</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A36212" w:rsidRPr="00A36212" w:rsidRDefault="00A36212" w:rsidP="00A36212">
+    <w:p w14:paraId="63CE42DE" w14:textId="77777777" w:rsidR="00A36212" w:rsidRPr="00A36212" w:rsidRDefault="00A36212" w:rsidP="00A36212">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="4540"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A36212">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">2 </w:t>
       </w:r>
       <w:r w:rsidRPr="00A36212">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>priedas</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A36212" w:rsidRPr="00A36212" w:rsidRDefault="00A36212" w:rsidP="00A36212">
+    <w:p w14:paraId="7AE831A9" w14:textId="77777777" w:rsidR="00A36212" w:rsidRPr="00A36212" w:rsidRDefault="00A36212" w:rsidP="00A36212">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A36212" w:rsidRPr="00A36212" w:rsidRDefault="00A36212" w:rsidP="00A36212">
+    <w:p w14:paraId="38C619A1" w14:textId="77777777" w:rsidR="00A36212" w:rsidRPr="00A36212" w:rsidRDefault="00A36212" w:rsidP="00A36212">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A36212" w:rsidRPr="00A36212" w:rsidRDefault="00A36212" w:rsidP="00A36212">
+    <w:p w14:paraId="22D20B6F" w14:textId="77777777" w:rsidR="00A36212" w:rsidRPr="00A36212" w:rsidRDefault="00A36212" w:rsidP="00A36212">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="106" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A36212">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="52EA2E9A" wp14:editId="7D0AA4E8">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="65D35EF6" wp14:editId="78EEFB2D">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>1093469</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>229016</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="6096000" cy="1270"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapTopAndBottom/>
                 <wp:docPr id="10" name="Graphic 10"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="6096000" cy="1270"/>
                         </a:xfrm>
@@ -293,51 +293,51 @@
                         </a:ln>
                       </wps:spPr>
                       <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:shape w14:anchorId="6E1F0E54" id="Graphic 10" o:spid="_x0000_s1026" style="position:absolute;margin-left:86.1pt;margin-top:18.05pt;width:480pt;height:.1pt;z-index:-251657216;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6096000,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAsOAhxHwIAAIEEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L3ZyyDYjTjE0aDGg&#10;6Aq0xc6KLMfGZFEjlTj5+1GynaTdbZgPAiU+kXx8lFc3x86Kg0FqwZVyPsulME5D1bpdKV9f7j59&#10;kYKCcpWy4EwpT4bkzfrjh1XvC7OABmxlUHAQR0XvS9mE4IssI92YTtEMvHHsrAE7FXiLu6xC1XP0&#10;zmaLPF9mPWDlEbQh4tPN4JTrFL+ujQ4/6ppMELaUXFtIK6Z1G9dsvVLFDpVvWj2Wof6hik61jpOe&#10;Q21UUGKP7V+hulYjENRhpqHLoK5bbRIHZjPP37F5bpQ3iQs3h/y5TfT/wurHwxOKtmLtuD1OdazR&#10;/dgOPuH29J4KRj37J4wEyT+A/kXsyN544oZGzLHGLmKZnjimXp/OvTbHIDQfLvOvyzznnJp988Xn&#10;lCtTxXRX7yncG0hx1OGBwqBUNVmqmSx9dJOJrHdU2ialgxSsNErBSm8Hpb0K8V4sLpqivxQSzzo4&#10;mBdI3vCuci7t4rXuGnWmMrFk7IBgI6bhXg1GSs32NTnrYhXcjHkaIALbVnettbEKwt321qI4qDi+&#10;6Ys8OMIbmEcKG0XNgEuuEWbdqNMgTRRpC9WJJe9Z5FLS771CI4X97nio4gOZDJyM7WRgsLeQnlFq&#10;EOd8Of5U6EVMX8rAyj7CNLKqmESL1M/YeNPBt32Auo2KphkaKho3POeJ4Pgm40O63ifU5c+x/gMA&#10;AP//AwBQSwMEFAAGAAgAAAAhAKrjZj3bAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj0trwzAQ&#10;hO+F/gexgd4a+QFpcC0HUyiU9tQ4hx5lS7FN9DDSxnH+fden9jizH7Mz5WGxhs06xNE7Aek2AaZd&#10;59XoegGn5v15DyyidEoa77SAu45wqB4fSlkof3Pfej5izyjExUIKGBCngvPYDdrKuPWTdnQ7+2Al&#10;kgw9V0HeKNwaniXJjls5OvowyEm/Dbq7HK+WUr7MJ7aXGvdYN0szj+Hn/hGEeNos9Ssw1Av+wbDW&#10;p+pQUafWX52KzJB+yTJCBeS7FNgKpPnqtKuTA69K/n9C9QsAAP//AwBQSwECLQAUAAYACAAAACEA&#10;toM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQA&#10;BgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQA&#10;BgAIAAAAIQAsOAhxHwIAAIEEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQIt&#10;ABQABgAIAAAAIQCq42Y92wAAAAoBAAAPAAAAAAAAAAAAAAAAAHkEAABkcnMvZG93bnJldi54bWxQ&#10;SwUGAAAAAAQABADzAAAAgQUAAAAA&#10;" path="m,l6096000,e" filled="f" strokeweight=".26669mm">
                 <v:path arrowok="t"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A36212" w:rsidRPr="00A36212" w:rsidRDefault="00A36212" w:rsidP="00A36212">
+    <w:p w14:paraId="6F0D61E9" w14:textId="77777777" w:rsidR="00A36212" w:rsidRPr="00A36212" w:rsidRDefault="00A36212" w:rsidP="00A36212">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="1" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="154"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A36212">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>(Vardas,</w:t>
       </w:r>
       <w:r w:rsidRPr="00A36212">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
@@ -385,90 +385,90 @@
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>metai</w:t>
       </w:r>
       <w:r w:rsidRPr="00A36212">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00A36212">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:spacing w:val="-10"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A36212" w:rsidRPr="00A36212" w:rsidRDefault="00A36212" w:rsidP="00A36212">
+    <w:p w14:paraId="6F721783" w14:textId="77777777" w:rsidR="00A36212" w:rsidRPr="00A36212" w:rsidRDefault="00A36212" w:rsidP="00A36212">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A36212" w:rsidRPr="00A36212" w:rsidRDefault="00A36212" w:rsidP="00A36212">
+    <w:p w14:paraId="06FCDDC7" w14:textId="77777777" w:rsidR="00A36212" w:rsidRPr="00A36212" w:rsidRDefault="00A36212" w:rsidP="00A36212">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="15" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A36212">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251660288" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1C6545C1" wp14:editId="7431BF1F">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251660288" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0326D833" wp14:editId="0440D0E8">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>1082039</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>171119</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="6096000" cy="1270"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapTopAndBottom/>
                 <wp:docPr id="11" name="Graphic 11"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="6096000" cy="1270"/>
                         </a:xfrm>
@@ -497,51 +497,51 @@
                         </a:ln>
                       </wps:spPr>
                       <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:shape w14:anchorId="07C1C735" id="Graphic 11" o:spid="_x0000_s1026" style="position:absolute;margin-left:85.2pt;margin-top:13.45pt;width:480pt;height:.1pt;z-index:-251656192;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6096000,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDKmcteIAIAAIEEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L3ZyyDYjTjE0aDGg&#10;6Aq0xc6KLMfGZFEjlTj5+1GynaTdbZgPAiU+kXx8lFc3x86Kg0FqwZVyPsulME5D1bpdKV9f7j59&#10;kYKCcpWy4EwpT4bkzfrjh1XvC7OABmxlUHAQR0XvS9mE4IssI92YTtEMvHHsrAE7FXiLu6xC1XP0&#10;zmaLPF9mPWDlEbQh4tPN4JTrFL+ujQ4/6ppMELaUXFtIK6Z1G9dsvVLFDpVvWj2Wof6hik61jpOe&#10;Q21UUGKP7V+hulYjENRhpqHLoK5bbRIHZjPP37F5bpQ3iQs3h/y5TfT/wurHwxOKtmLt5lI41bFG&#10;92M7+ITb03sqGPXsnzASJP8A+hexI3vjiRsaMccau4hleuKYen0699ocg9B8uMy/LvOcJdHsmy8+&#10;JykyVUx39Z7CvYEURx0eKAxKVZOlmsnSRzeZyHpHpW1SOkjBSqMUrPR2UNqrEO/F4qIp+ksh8ayD&#10;g3mB5A3vKufSLl7rrlFnKhNLxg4INmIa7tVgpNRsX5OzLlbBzZinASKwbXXXWhurINxtby2Kg4rj&#10;m77IgyO8gXmksFHUDLjkGmHWjToN0kSRtlCdWPKeRS4l/d4rNFLY746HKj6QycDJ2E4GBnsL6Rml&#10;BnHOl+NPhV7E9KUMrOwjTCOrikm0SP2MjTcdfNsHqNuoaJqhoaJxw3OeCI5vMj6k631CXf4c6z8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCllnce3AAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMw&#10;EETvSPyDtUjcqJOC2hLiVBESEoITTQ8cnXhJosZ2ZG/T9O/ZnOA4s0+zM/l+toOYMMTeOwXpKgGB&#10;rvGmd62CY/X2sAMRSTujB+9QwRUj7Ivbm1xnxl/cF04HagWHuJhpBR3RmEkZmw6tjis/ouPbjw9W&#10;E8vQShP0hcPtINdJspFW944/dHrE1w6b0+FsOeVz+KD6VNKOymqupj58X9+DUvd3c/kCgnCmPxiW&#10;+lwdCu5U+7MzUQyst8kTowrWm2cQC5A+Lk7NzjYFWeTy/4TiFwAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhAMqZy14gAgAAgQQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhAKWWdx7cAAAACgEAAA8AAAAAAAAAAAAAAAAAegQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAACDBQAAAAA=&#10;" path="m,l6096000,e" filled="f" strokeweight=".26669mm">
                 <v:path arrowok="t"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A36212" w:rsidRPr="00A36212" w:rsidRDefault="00A36212" w:rsidP="00A36212">
+    <w:p w14:paraId="2DD4BF09" w14:textId="77777777" w:rsidR="00A36212" w:rsidRPr="00A36212" w:rsidRDefault="00A36212" w:rsidP="00A36212">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="1" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1687" w:right="1599"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A36212">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>(gyvenamosios</w:t>
       </w:r>
       <w:r w:rsidRPr="00A36212">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
@@ -555,90 +555,90 @@
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>vietos</w:t>
       </w:r>
       <w:r w:rsidRPr="00A36212">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:spacing w:val="-6"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00A36212">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>adresas)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A36212" w:rsidRPr="00A36212" w:rsidRDefault="00A36212" w:rsidP="00A36212">
+    <w:p w14:paraId="55B18865" w14:textId="77777777" w:rsidR="00A36212" w:rsidRPr="00A36212" w:rsidRDefault="00A36212" w:rsidP="00A36212">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A36212" w:rsidRPr="00A36212" w:rsidRDefault="00A36212" w:rsidP="00A36212">
+    <w:p w14:paraId="16CA7983" w14:textId="77777777" w:rsidR="00A36212" w:rsidRPr="00A36212" w:rsidRDefault="00A36212" w:rsidP="00A36212">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="18" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A36212">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251661312" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="337E0970" wp14:editId="053CED3A">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251661312" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="459B067C" wp14:editId="6754A857">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>1093469</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>172826</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="6096000" cy="1270"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapTopAndBottom/>
                 <wp:docPr id="12" name="Graphic 12"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="6096000" cy="1270"/>
                         </a:xfrm>
@@ -667,51 +667,51 @@
                         </a:ln>
                       </wps:spPr>
                       <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:shape w14:anchorId="0AB24A8A" id="Graphic 12" o:spid="_x0000_s1026" style="position:absolute;margin-left:86.1pt;margin-top:13.6pt;width:480pt;height:.1pt;z-index:-251655168;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6096000,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQD86LlbIAIAAIEEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L3ZyyDojTjE0aDGg&#10;6Aq0w86KLMfGZFEjlTj5+1GynaTdbZgPAiU+kXx8lFe3x86Kg0FqwZVyPsulME5D1bpdKX+83n+6&#10;kYKCcpWy4EwpT4bk7frjh1XvC7OABmxlUHAQR0XvS9mE4IssI92YTtEMvHHsrAE7FXiLu6xC1XP0&#10;zmaLPF9mPWDlEbQh4tPN4JTrFL+ujQ7f65pMELaUXFtIK6Z1G9dsvVLFDpVvWj2Wof6hik61jpOe&#10;Q21UUGKP7V+hulYjENRhpqHLoK5bbRIHZjPP37F5aZQ3iQs3h/y5TfT/wuqnwzOKtmLtFlI41bFG&#10;D2M7+ITb03sqGPXinzESJP8I+hexI3vjiRsaMccau4hleuKYen0699ocg9B8uMy/LPOcJdHsmy8+&#10;JykyVUx39Z7Cg4EURx0eKQxKVZOlmsnSRzeZyHpHpW1SOkjBSqMUrPR2UNqrEO/F4qIp+ksh8ayD&#10;g3mF5A3vKufSLl7rrlFnKhNLxg4INmIa7tVgpNRsX5OzLlUxv1mmASKwbXXfWhurINxt7yyKg4rj&#10;m77IgyO8gXmksFHUDLjkGmHWjToN0kSRtlCdWPKeRS4l/d4rNFLYb46HKj6QycDJ2E4GBnsH6Rml&#10;BnHO1+NPhV7E9KUMrOwTTCOrikm0SP2MjTcdfN0HqNuoaJqhoaJxw3OeCI5vMj6k631CXf4c6z8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQA3n+HC3gAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMw&#10;EETvSPyDtUjcqJNQERLiVFCJC+JCQUi9bWMTR9jrELtJ6NfjnMppNbOj2bfVZraGjWrwnSMB6SoB&#10;pqhxsqNWwMf78809MB+QJBpHSsCv8rCpLy8qLKWb6E2Nu9CyWEK+RAE6hL7k3DdaWfQr1yuKuy83&#10;WAxRDi2XA06x3BqeJckdt9hRvKCxV1utmu/d0QrY7ovidf8z6uK0Np8nyl+mpxSFuL6aHx+ABTWH&#10;cxgW/IgOdWQ6uCNJz0zUeZbFqIAsj3MJpLeLc1icNfC64v9fqP8AAAD//wMAUEsBAi0AFAAGAAgA&#10;AAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwEC&#10;LQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwEC&#10;LQAUAAYACAAAACEA/Oi5WyACAACBBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQ&#10;SwECLQAUAAYACAAAACEAN5/hwt4AAAAKAQAADwAAAAAAAAAAAAAAAAB6BAAAZHJzL2Rvd25yZXYu&#10;eG1sUEsFBgAAAAAEAAQA8wAAAIUFAAAAAA==&#10;" path="m,l6096000,e" filled="f" strokeweight=".17183mm">
                 <v:path arrowok="t"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A36212" w:rsidRPr="00A36212" w:rsidRDefault="00A36212" w:rsidP="00A36212">
+    <w:p w14:paraId="70A462DD" w14:textId="77777777" w:rsidR="00A36212" w:rsidRPr="00A36212" w:rsidRDefault="00A36212" w:rsidP="00A36212">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="1" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1462" w:right="1618"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A36212">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>(tel.</w:t>
       </w:r>
       <w:r w:rsidRPr="00A36212">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
@@ -733,65 +733,65 @@
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00A36212">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>el.</w:t>
       </w:r>
       <w:r w:rsidRPr="00A36212">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> paštas)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A36212" w:rsidRPr="00A36212" w:rsidRDefault="00A36212" w:rsidP="00A36212">
+    <w:p w14:paraId="6D71B50A" w14:textId="77777777" w:rsidR="00A36212" w:rsidRPr="00A36212" w:rsidRDefault="00A36212" w:rsidP="00A36212">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="1" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A36212" w:rsidRPr="00A36212" w:rsidRDefault="00A36212" w:rsidP="00A36212">
+    <w:p w14:paraId="3E3B2B1B" w14:textId="77777777" w:rsidR="00A36212" w:rsidRPr="00A36212" w:rsidRDefault="00A36212" w:rsidP="00A36212">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="4" w:right="5436"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A36212">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Alytaus</w:t>
       </w:r>
       <w:r w:rsidRPr="00A36212">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-8"/>
           <w:sz w:val="24"/>
@@ -863,92 +863,92 @@
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-8"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00A36212">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">mokyklos </w:t>
       </w:r>
       <w:r w:rsidRPr="00A36212">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>direktoriui</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A36212" w:rsidRPr="00A36212" w:rsidRDefault="00A36212" w:rsidP="00A36212">
+    <w:p w14:paraId="7EF188FD" w14:textId="77777777" w:rsidR="00A36212" w:rsidRPr="00A36212" w:rsidRDefault="00A36212" w:rsidP="00A36212">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A36212" w:rsidRPr="00A36212" w:rsidRDefault="00A36212" w:rsidP="00A36212">
+    <w:p w14:paraId="13215E7B" w14:textId="77777777" w:rsidR="00A36212" w:rsidRPr="00A36212" w:rsidRDefault="00A36212" w:rsidP="00A36212">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="134"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="PRAŠYMAS"/>
       <w:bookmarkStart w:id="1" w:name="DĖL_PRIĖMIMO_Į_ALYTAUS_R._MENO_IR_SPORTO"/>
       <w:bookmarkEnd w:id="0"/>
       <w:bookmarkEnd w:id="1"/>
       <w:r w:rsidRPr="00A36212">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>PRAŠYMAS</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A36212" w:rsidRPr="00A36212" w:rsidRDefault="00A36212" w:rsidP="00A36212">
+    <w:p w14:paraId="02323EDF" w14:textId="77777777" w:rsidR="00A36212" w:rsidRPr="00A36212" w:rsidRDefault="00A36212" w:rsidP="00A36212">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="137"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A36212">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>DĖL</w:t>
       </w:r>
       <w:r w:rsidRPr="00A36212">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
@@ -1064,65 +1064,65 @@
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>SPORTO</w:t>
       </w:r>
       <w:r w:rsidRPr="00A36212">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00A36212">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>MOKYKLĄ</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A36212" w:rsidRPr="00A36212" w:rsidRDefault="00A36212" w:rsidP="00A36212">
+    <w:p w14:paraId="5CA2AE9A" w14:textId="77777777" w:rsidR="00A36212" w:rsidRPr="00A36212" w:rsidRDefault="00A36212" w:rsidP="00A36212">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A36212" w:rsidRPr="00A36212" w:rsidRDefault="00A36212" w:rsidP="00A36212">
+    <w:p w14:paraId="68112FA0" w14:textId="77777777" w:rsidR="00A36212" w:rsidRPr="00A36212" w:rsidRDefault="00A36212" w:rsidP="00A36212">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="718"/>
           <w:tab w:val="left" w:pos="3240"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="275" w:lineRule="exact"/>
         <w:ind w:right="140"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A36212">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-5"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>20</w:t>
@@ -1160,83 +1160,83 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>mėn.</w:t>
       </w:r>
       <w:r w:rsidRPr="00A36212">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="60"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidRPr="00A36212">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-5"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>d.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A36212" w:rsidRPr="00A36212" w:rsidRDefault="00A36212" w:rsidP="00A36212">
+    <w:p w14:paraId="765CEA42" w14:textId="77777777" w:rsidR="00A36212" w:rsidRPr="00A36212" w:rsidRDefault="00A36212" w:rsidP="00A36212">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="252" w:lineRule="exact"/>
         <w:ind w:left="1467" w:right="1599"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A36212">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>Daugai</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A36212" w:rsidRPr="00A36212" w:rsidRDefault="00A36212" w:rsidP="00A36212">
+    <w:p w14:paraId="6593DDB6" w14:textId="77777777" w:rsidR="00A36212" w:rsidRPr="00A36212" w:rsidRDefault="00A36212" w:rsidP="00A36212">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="23" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A36212" w:rsidRPr="00A36212" w:rsidRDefault="00A36212" w:rsidP="00A36212">
+    <w:p w14:paraId="74AD7325" w14:textId="77777777" w:rsidR="00A36212" w:rsidRPr="00A36212" w:rsidRDefault="00A36212" w:rsidP="00A36212">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="4944"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1250"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A36212">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Prašau</w:t>
       </w:r>
       <w:r w:rsidRPr="00A36212">
         <w:rPr>
@@ -1321,87 +1321,87 @@
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>mokytis</w:t>
       </w:r>
       <w:r w:rsidRPr="00A36212">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00A36212">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>pagal</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A36212" w:rsidRPr="00A36212" w:rsidRDefault="00A36212" w:rsidP="00A36212">
+    <w:p w14:paraId="3D273F17" w14:textId="77777777" w:rsidR="00A36212" w:rsidRPr="00A36212" w:rsidRDefault="00A36212" w:rsidP="00A36212">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A36212" w:rsidRPr="00A36212" w:rsidRDefault="00A36212" w:rsidP="00A36212">
+    <w:p w14:paraId="25AC1785" w14:textId="77777777" w:rsidR="00A36212" w:rsidRPr="00A36212" w:rsidRDefault="00A36212" w:rsidP="00A36212">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="63" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A36212">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251662336" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0D656DE4" wp14:editId="07357090">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251662336" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="35CAF257" wp14:editId="45BFBA30">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>1121410</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>201756</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="6019800" cy="1270"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapTopAndBottom/>
                 <wp:docPr id="13" name="Graphic 13"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="6019800" cy="1270"/>
                         </a:xfrm>
@@ -1430,51 +1430,51 @@
                         </a:ln>
                       </wps:spPr>
                       <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:shape w14:anchorId="3DF49DBB" id="Graphic 13" o:spid="_x0000_s1026" style="position:absolute;margin-left:88.3pt;margin-top:15.9pt;width:474pt;height:.1pt;z-index:-251654144;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6019800,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBt9dpLIQIAAIEEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L3YyIOuMOMXQoMWA&#10;oivQFDsrshwLk0WNUmLn70fJdpJ2t2E+CJT4RPLxUV7d9q1hR4Vegy35fJZzpqyEStt9yV+3959u&#10;OPNB2EoYsKrkJ+X57frjh1XnCrWABkylkFEQ64vOlbwJwRVZ5mWjWuFn4JQlZw3YikBb3GcVio6i&#10;tyZb5Pky6wArhyCV93S6GZx8neLXtZLhR117FZgpOdUW0opp3cU1W69EsUfhGi3HMsQ/VNEKbSnp&#10;OdRGBMEOqP8K1WqJ4KEOMwltBnWtpUociM08f8fmpRFOJS7UHO/ObfL/L6x8Oj4j0xVp95kzK1rS&#10;6GFsB51QezrnC0K9uGeMBL17BPnLkyN744kbP2L6GtuIJXqsT70+nXut+sAkHS7z+debnCSR5Jsv&#10;viQpMlFMd+XBhwcFKY44PvowKFVNlmgmS/Z2MpH0jkqbpHTgjJRGzkjp3aC0EyHei8VFk3WXQuJZ&#10;C0e1heQN7yqn0i5eY69RZyoTS8IOCDJiGurVYKTUZF+TMzZVMb9ZpgHyYHR1r42JVXjc7+4MsqOI&#10;45u+yIMivIE59GEjfDPgkmuEGTvqNEgTRdpBdSLJOxK55P73QaDizHy3NFTxgUwGTsZuMjCYO0jP&#10;KDWIcm77nwIdi+lLHkjZJ5hGVhSTaJH6GRtvWvh2CFDrqGiaoaGicUNzngiObzI+pOt9Ql3+HOs/&#10;AAAA//8DAFBLAwQUAAYACAAAACEAWbSTN9wAAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7D&#10;MBBE70j8g7VI3KgTF6UoxKkAUXFuqYS4bWOTRMTrELuN+/dsT3Cc2afZmWqd3CBOdgq9Jw35IgNh&#10;qfGmp1bD/n1z9wAiRCSDgyer4WwDrOvrqwpL42fa2tMutoJDKJSooYtxLKUMTWcdhoUfLfHty08O&#10;I8uplWbCmcPdIFWWFdJhT/yhw9G+dLb53h2dhs/X4m3vkvpYtj8KV2abZkzPWt/epKdHENGm+AfD&#10;pT5Xh5o7HfyRTBAD61VRMKphmfOEC5Cre3YO7KgMZF3J/xPqXwAAAP//AwBQSwECLQAUAAYACAAA&#10;ACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQIt&#10;ABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQIt&#10;ABQABgAIAAAAIQBt9dpLIQIAAIEEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBL&#10;AQItABQABgAIAAAAIQBZtJM33AAAAAoBAAAPAAAAAAAAAAAAAAAAAHsEAABkcnMvZG93bnJldi54&#10;bWxQSwUGAAAAAAQABADzAAAAhAUAAAAA&#10;" path="m,l6019800,e" filled="f" strokeweight=".17183mm">
                 <v:path arrowok="t"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A36212" w:rsidRPr="00A36212" w:rsidRDefault="00A36212" w:rsidP="00A36212">
+    <w:p w14:paraId="560F0BB4" w14:textId="77777777" w:rsidR="00A36212" w:rsidRPr="00A36212" w:rsidRDefault="00A36212" w:rsidP="00A36212">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="1" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="2760"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A36212">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>(nurodyti</w:t>
       </w:r>
       <w:r w:rsidRPr="00A36212">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:spacing w:val="-6"/>
@@ -1504,76 +1504,76 @@
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>(dailės,</w:t>
       </w:r>
       <w:r w:rsidRPr="00A36212">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:spacing w:val="-6"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00A36212">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>muzikos)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A36212" w:rsidRPr="00A36212" w:rsidRDefault="00A36212" w:rsidP="00A36212">
+    <w:p w14:paraId="1A40CFAF" w14:textId="77777777" w:rsidR="00A36212" w:rsidRPr="00A36212" w:rsidRDefault="00A36212" w:rsidP="00A36212">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="223" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A36212">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251663360" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="282C08A6" wp14:editId="3C5494F5">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251663360" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6756A152" wp14:editId="0177B77C">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>1082039</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>303383</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="6076950" cy="1270"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapTopAndBottom/>
                 <wp:docPr id="14" name="Graphic 14"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="6076950" cy="1270"/>
                         </a:xfrm>
@@ -1602,104 +1602,104 @@
                         </a:ln>
                       </wps:spPr>
                       <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:shape w14:anchorId="3D669739" id="Graphic 14" o:spid="_x0000_s1026" style="position:absolute;margin-left:85.2pt;margin-top:23.9pt;width:478.5pt;height:.1pt;z-index:-251653120;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6076950,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCz86E7IgIAAIEEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0X+wEW5oacYqhQYsB&#10;RVegGXZWZDk2JksaqcTOvx8lfyTtbsN8ECjxieTjo7y+6xrNTgqwtibn81nKmTLSFrU55PzH7uHT&#10;ijP0whRCW6NyflbI7zYfP6xbl6mFrawuFDAKYjBrXc4r712WJCgr1QicWacMOUsLjfC0hUNSgGgp&#10;eqOTRZouk9ZC4cBKhUin297JNzF+WSrpv5clKs90zqk2H1eI6z6syWYtsgMIV9VyKEP8QxWNqA0l&#10;nUJthRfsCPVfoZpagkVb+pm0TWLLspYqciA28/Qdm9dKOBW5UHPQTW3C/xdWPp9egNUFafeZMyMa&#10;0uhxaAedUHtahxmhXt0LBILonqz8heRI3njCBgdMV0ITsESPdbHX56nXqvNM0uEyvVnefiFJJPnm&#10;i5soRSKy8a48on9UNsYRpyf0vVLFaIlqtGRnRhNI76C0jkp7zkhp4IyU3vdKO+HDvVBcMFl7KSSc&#10;NfakdjZ6/bvKqbSLV5tr1ERlZEnYHkFGSEO96o2YmuxrctqEKlardB4HCK2ui4da61AFwmF/r4Gd&#10;RBjf+AUeFOENzAH6rcCqx0XXANNm0KmXJoi0t8WZJG9J5Jzj76MAxZn+ZmiowgMZDRiN/WiA1/c2&#10;PqPYIMq5634KcCykz7knZZ/tOLIiG0UL1CdsuGns16O3ZR0UjTPUVzRsaM4jweFNhod0vY+oy59j&#10;8wcAAP//AwBQSwMEFAAGAAgAAAAhADORADLcAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj8FO&#10;wzAQRO9I/IO1SNyo06olUYhTVUjcaaGI4ybeJoF4ncZuG/6e7QmOM/s0O1OsJ9erM42h82xgPktA&#10;EdfedtwYeH97echAhYhssfdMBn4owLq8vSkwt/7CWzrvYqMkhEOOBtoYh1zrULfkMMz8QCy3gx8d&#10;RpFjo+2IFwl3vV4kyaN22LF8aHGg55bq793JGdDHbNVkm8PH9tPa/dfqFesqHo25v5s2T6AiTfEP&#10;hmt9qQ6ldKr8iW1Qveg0WQpqYJnKhCswX6TiVOJkCeiy0P8nlL8AAAD//wMAUEsBAi0AFAAGAAgA&#10;AAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwEC&#10;LQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwEC&#10;LQAUAAYACAAAACEAs/OhOyICAACBBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQ&#10;SwECLQAUAAYACAAAACEAM5EAMtwAAAAKAQAADwAAAAAAAAAAAAAAAAB8BAAAZHJzL2Rvd25yZXYu&#10;eG1sUEsFBgAAAAAEAAQA8wAAAIUFAAAAAA==&#10;" path="m,l6076950,e" filled="f" strokeweight=".24447mm">
                 <v:path arrowok="t"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A36212" w:rsidRPr="00A36212" w:rsidRDefault="00A36212" w:rsidP="00A36212">
+    <w:p w14:paraId="436C3781" w14:textId="77777777" w:rsidR="00A36212" w:rsidRPr="00A36212" w:rsidRDefault="00A36212" w:rsidP="00A36212">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A36212" w:rsidRPr="00A36212" w:rsidRDefault="00A36212" w:rsidP="00A36212">
+    <w:p w14:paraId="299A1BEB" w14:textId="77777777" w:rsidR="00A36212" w:rsidRPr="00A36212" w:rsidRDefault="00A36212" w:rsidP="00A36212">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A36212" w:rsidRPr="00A36212" w:rsidRDefault="00A36212" w:rsidP="00A36212">
+    <w:p w14:paraId="182DC7DC" w14:textId="77777777" w:rsidR="00A36212" w:rsidRPr="00A36212" w:rsidRDefault="00A36212" w:rsidP="00A36212">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="82" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A36212">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251664384" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="13E34DE1" wp14:editId="122F602C">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251664384" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="68C6CAB7" wp14:editId="2D5BB0F0">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>1082039</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>213867</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="6019800" cy="1270"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapTopAndBottom/>
                 <wp:docPr id="15" name="Graphic 15"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="6019800" cy="1270"/>
                         </a:xfrm>
@@ -1728,79 +1728,79 @@
                         </a:ln>
                       </wps:spPr>
                       <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:shape w14:anchorId="4AE7D31D" id="Graphic 15" o:spid="_x0000_s1026" style="position:absolute;margin-left:85.2pt;margin-top:16.85pt;width:474pt;height:.1pt;z-index:-251652096;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6019800,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAlomXeIQIAAIEEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L3YCrGuNOMXQoMWA&#10;oivQDDsrshwbk0WNVOL070fJdpJ2t2E+CJT4RPLxUV7eHjsrDgapBVfK+SyXwjgNVet2pfyxuf90&#10;LQUF5SplwZlSvhqSt6uPH5a9L8wCGrCVQcFBHBW9L2UTgi+yjHRjOkUz8MaxswbsVOAt7rIKVc/R&#10;O5st8vwq6wErj6ANEZ+uB6dcpfh1bXT4XtdkgrCl5NpCWjGt27hmq6Uqdqh80+qxDPUPVXSqdZz0&#10;FGqtghJ7bP8K1bUagaAOMw1dBnXdapM4MJt5/o7NS6O8SVy4OeRPbaL/F1Y/HZ5RtBVr91kKpzrW&#10;6GFsB59we3pPBaNe/DNGguQfQf8idmRvPHFDI+ZYYxexTE8cU69fT702xyA0H17l85vrnCXR7Jsv&#10;viQpMlVMd/WewoOBFEcdHikMSlWTpZrJ0kc3mch6R6VtUjpIwUqjFKz0dlDaqxDvxeKiKfpzIfGs&#10;g4PZQPKGd5VzaWevdZeoE5WJJWMHBBsxDfdqMFJqti/JWReruOEgaYAIbFvdt9bGKgh32zuL4qDi&#10;+KYv8uAIb2AeKawVNQMuuUaYdaNOgzRRpC1Uryx5zyKXkn7vFRop7DfHQxUfyGTgZGwnA4O9g/SM&#10;UoM45+b4U6EXMX0pAyv7BNPIqmISLVI/YeNNB1/3Aeo2KppmaKho3PCcJ4Ljm4wP6XKfUOc/x+oP&#10;AAAA//8DAFBLAwQUAAYACAAAACEAAo6tK9wAAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPzU7D&#10;MBCE70i8g7VI3KidFtEQ4lQIiRuqRNoHcOIlieqfyHaawNOzOcFxZj/NzpSHxRp2xRAH7yRkGwEM&#10;Xev14DoJ59P7Qw4sJuW0Mt6hhG+McKhub0pVaD+7T7zWqWMU4mKhJPQpjQXnse3RqrjxIzq6fflg&#10;VSIZOq6DmincGr4V4olbNTj60KsR33psL/VkJRx/THaZcjufj/VJbNNH8CE0Ut7fLa8vwBIu6Q+G&#10;tT5Vh4o6NX5yOjJDei8eCZWw2+2BrUCW5eQ0q/MMvCr5/wnVLwAAAP//AwBQSwECLQAUAAYACAAA&#10;ACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQIt&#10;ABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQIt&#10;ABQABgAIAAAAIQAlomXeIQIAAIEEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBL&#10;AQItABQABgAIAAAAIQACjq0r3AAAAAoBAAAPAAAAAAAAAAAAAAAAAHsEAABkcnMvZG93bnJldi54&#10;bWxQSwUGAAAAAAQABADzAAAAhAUAAAAA&#10;" path="m,l6019800,e" filled="f" strokeweight=".26669mm">
                 <v:path arrowok="t"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A36212" w:rsidRPr="00A36212" w:rsidRDefault="00A36212" w:rsidP="00A36212">
+    <w:p w14:paraId="2F591352" w14:textId="77777777" w:rsidR="00A36212" w:rsidRPr="00A36212" w:rsidRDefault="00A36212" w:rsidP="00A36212">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A36212" w:rsidRPr="00A36212" w:rsidRDefault="00A36212" w:rsidP="00A36212">
+    <w:p w14:paraId="074706CF" w14:textId="77777777" w:rsidR="00A36212" w:rsidRPr="00A36212" w:rsidRDefault="00A36212" w:rsidP="00A36212">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A36212" w:rsidRPr="00A36212" w:rsidRDefault="00A36212" w:rsidP="00A36212">
+    <w:p w14:paraId="4ADCFAC1" w14:textId="77777777" w:rsidR="00A36212" w:rsidRPr="00A36212" w:rsidRDefault="00A36212" w:rsidP="00A36212">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="4"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A36212">
         <w:rPr>
           <w:rFonts w:ascii="Webdings" w:eastAsia="Times New Roman" w:hAnsi="Webdings" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
       <w:r w:rsidRPr="00A36212">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-6"/>
           <w:sz w:val="24"/>
@@ -1898,51 +1898,51 @@
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>yra</w:t>
       </w:r>
       <w:r w:rsidRPr="00A36212">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00A36212">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>teisinga.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A36212" w:rsidRPr="00A36212" w:rsidRDefault="00A36212" w:rsidP="00A36212">
+    <w:p w14:paraId="1A8CA9DD" w14:textId="77777777" w:rsidR="00A36212" w:rsidRPr="00A36212" w:rsidRDefault="00A36212" w:rsidP="00A36212">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="138" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="4"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A36212">
         <w:rPr>
           <w:rFonts w:ascii="Webdings" w:eastAsia="Times New Roman" w:hAnsi="Webdings" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
       <w:r w:rsidRPr="00A36212">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="24"/>
@@ -2141,100 +2141,100 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ir</w:t>
       </w:r>
       <w:r w:rsidRPr="00A36212">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00A36212">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>sporto mokyklą tvarkos aprašą.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A36212" w:rsidRPr="00A36212" w:rsidRDefault="00A36212" w:rsidP="00A36212">
+    <w:p w14:paraId="215D3E68" w14:textId="77777777" w:rsidR="00A36212" w:rsidRPr="00A36212" w:rsidRDefault="00A36212" w:rsidP="00A36212">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A36212" w:rsidRPr="00A36212" w:rsidRDefault="00A36212" w:rsidP="00A36212">
+    <w:p w14:paraId="112FDB53" w14:textId="77777777" w:rsidR="00A36212" w:rsidRPr="00A36212" w:rsidRDefault="00A36212" w:rsidP="00A36212">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A36212" w:rsidRPr="00A36212" w:rsidRDefault="00A36212" w:rsidP="00A36212">
+    <w:p w14:paraId="73FDB3D3" w14:textId="77777777" w:rsidR="00A36212" w:rsidRPr="00A36212" w:rsidRDefault="00A36212" w:rsidP="00A36212">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="60" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A36212">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251665408" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3E892AA3" wp14:editId="2F3580F7">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251665408" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="319FC00E" wp14:editId="58979CE5">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>4862829</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>199965</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="2165350" cy="1270"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapTopAndBottom/>
                 <wp:docPr id="16" name="Graphic 16"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="2165350" cy="1270"/>
                         </a:xfrm>
@@ -2263,113 +2263,113 @@
                         </a:ln>
                       </wps:spPr>
                       <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:shape w14:anchorId="6A8760D9" id="Graphic 16" o:spid="_x0000_s1026" style="position:absolute;margin-left:382.9pt;margin-top:15.75pt;width:170.5pt;height:.1pt;z-index:-251651072;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="2165350,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCYEg5iIgIAAIEEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L04yNCuMOMXQoMWA&#10;oivQDDsrshwbk0WNVOLk70fJdpJ2t2E+CJT4RPLxUV7eHVsrDgapAVfI2WQqhXEaysbtCvlj8/Dp&#10;VgoKypXKgjOFPBmSd6uPH5adz80carClQcFBHOWdL2Qdgs+zjHRtWkUT8MaxswJsVeAt7rISVcfR&#10;W5vNp9NF1gGWHkEbIj5d9065SvGryujwvarIBGELybWFtGJat3HNVkuV71D5utFDGeofqmhV4zjp&#10;OdRaBSX22PwVqm00AkEVJhraDKqq0SZxYDaz6Ts2r7XyJnHh5pA/t4n+X1j9fHhB0ZSs3UIKp1rW&#10;6HFoB59wezpPOaNe/QtGguSfQP8idmRvPHFDA+ZYYRuxTE8cU69P516bYxCaD+ezxc3nG5ZEs282&#10;/5KkyFQ+3tV7Co8GUhx1eKLQK1WOlqpHSx/daCLrHZW2SekgBSuNUrDS215pr0K8F4uLpuguhcSz&#10;Fg5mA8kb3lXOpV281l2jzlRGloztEWzENNyr3kip2b4mZ12s4vZ2OksDRGCb8qGxNlZBuNveWxQH&#10;Fcc3fZEHR3gD80hhrajucck1wKwbdOqliSJtoTyx5B2LXEj6vVdopLDfHA9VfCCjgaOxHQ0M9h7S&#10;M0oN4pyb40+FXsT0hQys7DOMI6vyUbRI/YyNNx183QeomqhomqG+omHDc54IDm8yPqTrfUJd/hyr&#10;PwAAAP//AwBQSwMEFAAGAAgAAAAhABx5b0PfAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMjz1P&#10;wzAQhnck/oN1SGzUCagpTeNUCAESU9W0DGxufCRR4nNkO03aX48zwfh+6L3nsu2kO3ZG6xpDAuJF&#10;BAypNKqhSsDx8P7wDMx5SUp2hlDABR1s89ubTKbKjLTHc+ErFkbIpVJA7X2fcu7KGrV0C9MjhezH&#10;WC19kLbiysoxjOuOP0ZRwrVsKFyoZY+vNZZtMWgBb8Xu+HUpv6+23SWf68Fe24/xIMT93fSyAeZx&#10;8n9lmPEDOuSB6WQGUo51AlbJMqB7AU/xEthciKMkOKfZWQHPM/7/hfwXAAD//wMAUEsBAi0AFAAG&#10;AAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQ&#10;SwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQ&#10;SwECLQAUAAYACAAAACEAmBIOYiICAACBBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54&#10;bWxQSwECLQAUAAYACAAAACEAHHlvQ98AAAAKAQAADwAAAAAAAAAAAAAAAAB8BAAAZHJzL2Rvd25y&#10;ZXYueG1sUEsFBgAAAAAEAAQA8wAAAIgFAAAAAA==&#10;" path="m,l2165350,e" filled="f" strokeweight=".24447mm">
                 <v:path arrowok="t"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A36212" w:rsidRPr="00A36212" w:rsidRDefault="00A36212" w:rsidP="00A36212">
+    <w:p w14:paraId="66E89A17" w14:textId="77777777" w:rsidR="00A36212" w:rsidRPr="00A36212" w:rsidRDefault="00A36212" w:rsidP="00A36212">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="1" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="6382"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A36212">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>(parašas)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A36212" w:rsidRPr="00A36212" w:rsidRDefault="00A36212" w:rsidP="00A36212">
+    <w:p w14:paraId="046C48B0" w14:textId="77777777" w:rsidR="00A36212" w:rsidRPr="00A36212" w:rsidRDefault="00A36212" w:rsidP="00A36212">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A36212" w:rsidRPr="00A36212" w:rsidRDefault="00A36212" w:rsidP="00A36212">
+    <w:p w14:paraId="492D43BB" w14:textId="77777777" w:rsidR="00A36212" w:rsidRPr="00A36212" w:rsidRDefault="00A36212" w:rsidP="00A36212">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="15" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A36212">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251666432" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="32A13DBA" wp14:editId="6EC9D2AC">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251666432" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4B6AE5CA" wp14:editId="5EFE6619">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>3188970</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>170802</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="1905000" cy="1270"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapTopAndBottom/>
                 <wp:docPr id="17" name="Graphic 17"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="1905000" cy="1270"/>
                         </a:xfrm>
@@ -2398,162 +2398,162 @@
                         </a:ln>
                       </wps:spPr>
                       <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:shape w14:anchorId="3EE3D268" id="Graphic 17" o:spid="_x0000_s1026" style="position:absolute;margin-left:251.1pt;margin-top:13.45pt;width:150pt;height:.1pt;z-index:-251650048;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="1905000,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCAGzvSIQIAAIEEAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L3YCrF2NOMXQoMWA&#10;oivQDDsrshwbk0WNVOL070fJdpJ2t2E+CJT4RPLxUV7eHjsrDgapBVfK+SyXwjgNVet2pfyxuf/0&#10;RQoKylXKgjOlfDUkb1cfPyx7X5gFNGArg4KDOCp6X8omBF9kGenGdIpm4I1jZw3YqcBb3GUVqp6j&#10;dzZb5PlV1gNWHkEbIj5dD065SvHr2ujwva7JBGFLybWFtGJat3HNVktV7FD5ptVjGeofquhU6zjp&#10;KdRaBSX22P4Vqms1AkEdZhq6DOq61SZxYDbz/B2bl0Z5k7hwc8if2kT/L6x+OjyjaCvW7loKpzrW&#10;6GFsB59we3pPBaNe/DNGguQfQf8idmRvPHFDI+ZYYxexTE8cU69fT702xyA0H85v8s95zpJo9s0X&#10;10mKTBXTXb2n8GAgxVGHRwqDUtVkqWay9NFNJrLeUWmblA5SsNIoBSu9HZT2KsR7sbhoiv5cSDzr&#10;4GA2kLzhXeVc2tlr3SXqRGViydgBwUZMw70ajJSa7Uty1sUqbq7yeRogAttW9621sQrC3fbOojio&#10;OL7pizw4whuYRwprRc2AS64RZt2o0yBNFGkL1StL3rPIpaTfe4VGCvvN8VDFBzIZOBnbycBg7yA9&#10;o9Qgzrk5/lToRUxfysDKPsE0sqqYRIvUT9h408HXfYC6jYqmGRoqGjc854ng+CbjQ7rcJ9T5z7H6&#10;AwAA//8DAFBLAwQUAAYACAAAACEAqVa6et0AAAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyPTU/D&#10;MAyG70j8h8hI3Fjawr66phNCwLQDBwrinDWmLWuc0GRb+fcYLnD060evHxfr0fbiiEPoHClIJwkI&#10;pNqZjhoFry8PVwsQIWoyuneECr4wwLo8Pyt0btyJnvFYxUZwCYVcK2hj9LmUoW7R6jBxHol3726w&#10;OvI4NNIM+sTltpdZksyk1R3xhVZ7vGux3lcHq2DbffjUO5k+3j95e/M231T7z2ulLi/G2xWIiGP8&#10;g+FHn9WhZKedO5AJolcwTbKMUQXZbAmCgcVvsONgnoIsC/n/g/IbAAD//wMAUEsBAi0AFAAGAAgA&#10;AAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwEC&#10;LQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwEC&#10;LQAUAAYACAAAACEAgBs70iECAACBBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQ&#10;SwECLQAUAAYACAAAACEAqVa6et0AAAAJAQAADwAAAAAAAAAAAAAAAAB7BAAAZHJzL2Rvd25yZXYu&#10;eG1sUEsFBgAAAAAEAAQA8wAAAIUFAAAAAA==&#10;" path="m,l1905000,e" filled="f" strokeweight=".26669mm">
                 <v:path arrowok="t"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000513AE" w:rsidRDefault="000513AE">
-[...2 lines deleted...]
-    </w:p>
+    <w:p w14:paraId="688C34D3" w14:textId="77777777" w:rsidR="000513AE" w:rsidRDefault="000513AE"/>
     <w:sectPr w:rsidR="000513AE">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="567" w:footer="567" w:gutter="0"/>
       <w:cols w:space="1296"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Webdings">
     <w:panose1 w:val="05030102010509060703"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="1296"/>
   <w:hyphenationZone w:val="396"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A36212"/>
     <w:rsid w:val="000513AE"/>
+    <w:rsid w:val="003E18EA"/>
     <w:rsid w:val="00A36212"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="lt-LT"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
+  <w14:docId w14:val="6C9366B3"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{72222A75-9C9D-48D2-A8C7-D7B345AF18C0}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="lt-LT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -2615,98 +2615,94 @@
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
@@ -2881,87 +2877,92 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="prastasis">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Numatytasispastraiposriftas">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="prastojilentel">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Sraonra">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="„Office“ tema">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
@@ -3193,55 +3194,55 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>377</Words>
-  <Characters>216</Characters>
+  <Words>88</Words>
+  <Characters>505</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>1</Lines>
+  <Lines>4</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Pavadinimas</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>HP</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <CharactersWithSpaces>592</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>