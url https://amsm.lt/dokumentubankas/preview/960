--- v0 (2025-10-13)
+++ v1 (2025-12-16)
@@ -3,51 +3,51 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
     <w:p w14:paraId="1706887D" w14:textId="77777777" w:rsidR="0086248C" w:rsidRPr="0086248C" w:rsidRDefault="0086248C" w:rsidP="0086248C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="4820"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0086248C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>PRITARTA</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="70AEE2F2" w14:textId="0498EC3D" w:rsidR="0086248C" w:rsidRPr="0086248C" w:rsidRDefault="009B3853" w:rsidP="0086248C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="4820"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
@@ -176,59 +176,51 @@
       <w:r w:rsidR="00FE40ED">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> m. kovo 24 </w:t>
       </w:r>
       <w:r w:rsidRPr="0086248C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>d.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="73F43545" w14:textId="1945E2F6" w:rsidR="00BA0EAC" w:rsidRPr="0086248C" w:rsidRDefault="004550A8" w:rsidP="00BA0EAC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="4820"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t>po</w:t>
-[...7 lines deleted...]
-        <w:t>tvarkiu</w:t>
+        <w:t>potvarkiu</w:t>
       </w:r>
       <w:r w:rsidR="00FE40ED">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve"> Nr. K2-128</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="082086FC" w14:textId="77777777" w:rsidR="0086248C" w:rsidRPr="0086248C" w:rsidRDefault="0086248C" w:rsidP="0086248C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="4820"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0086248C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>PATVIRTINTA</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="62E72D90" w14:textId="1BB479AB" w:rsidR="0086248C" w:rsidRPr="0086248C" w:rsidRDefault="00C72033" w:rsidP="0086248C">
       <w:pPr>
@@ -406,52 +398,52 @@
     </w:p>
     <w:p w14:paraId="204DEC85" w14:textId="0FA4F13C" w:rsidR="0086248C" w:rsidRPr="0086248C" w:rsidRDefault="0086248C" w:rsidP="0086248C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0086248C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="687764AF" w14:textId="77777777" w:rsidR="0086248C" w:rsidRPr="0086248C" w:rsidRDefault="0086248C" w:rsidP="0085052A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="1" w:name="part_10aa87644dd84f3bbc9e549e5336c5b9"/>
-      <w:bookmarkEnd w:id="1"/>
+      <w:bookmarkStart w:id="0" w:name="part_10aa87644dd84f3bbc9e549e5336c5b9"/>
+      <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidRPr="0086248C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>I SKYRIUS</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="475E7A85" w14:textId="595AE0A6" w:rsidR="0086248C" w:rsidRDefault="0086248C" w:rsidP="0085052A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0086248C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
@@ -6488,52 +6480,52 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t xml:space="preserve"> metų strateginis veiklos planas, Lietuvos pažangos strategija 2030, Rekomendacijos dėl Formalųjį švietimą papildančio ugdymo.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="2FD82430" w14:textId="20F39459" w:rsidR="0086248C" w:rsidRPr="0086248C" w:rsidRDefault="0086248C" w:rsidP="009B3853">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="11F11FA8" w14:textId="76422904" w:rsidR="0086248C" w:rsidRPr="00EE3EAD" w:rsidRDefault="00292EB9" w:rsidP="009B3853">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="2" w:name="part_9c47998444ab4fff926c104fce543dce"/>
-      <w:bookmarkEnd w:id="2"/>
+      <w:bookmarkStart w:id="1" w:name="part_9c47998444ab4fff926c104fce543dce"/>
+      <w:bookmarkEnd w:id="1"/>
       <w:r w:rsidRPr="00EE3EAD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>V</w:t>
       </w:r>
       <w:r w:rsidR="00B014E6" w:rsidRPr="00EE3EAD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0086248C" w:rsidRPr="00EE3EAD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>SKYRIUS</w:t>
       </w:r>
     </w:p>
@@ -6957,59 +6949,59 @@
           <w:b/>
           <w:kern w:val="0"/>
           <w:lang w:val="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="TimesLT" w:eastAsia="Times New Roman" w:hAnsi="TimesLT" w:cs="Times New Roman"/>
           <w:b/>
           <w:kern w:val="0"/>
           <w:lang w:val="en-GB"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Lentelstinklelis"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="554"/>
+        <w:gridCol w:w="553"/>
         <w:gridCol w:w="560"/>
-        <w:gridCol w:w="498"/>
-        <w:gridCol w:w="3303"/>
+        <w:gridCol w:w="506"/>
+        <w:gridCol w:w="3299"/>
         <w:gridCol w:w="636"/>
         <w:gridCol w:w="756"/>
         <w:gridCol w:w="756"/>
         <w:gridCol w:w="840"/>
-        <w:gridCol w:w="3216"/>
+        <w:gridCol w:w="3213"/>
         <w:gridCol w:w="967"/>
         <w:gridCol w:w="967"/>
         <w:gridCol w:w="940"/>
       </w:tblGrid>
       <w:tr w:rsidR="002C283F" w14:paraId="1CAACE4A" w14:textId="77777777" w:rsidTr="001076CC">
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="1368"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="554" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:textDirection w:val="btLr"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="22C187E0" w14:textId="72C5E720" w:rsidR="002C283F" w:rsidRDefault="002C283F" w:rsidP="002C283F">
             <w:pPr>
               <w:ind w:left="113" w:right="113"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
@@ -10215,76 +10207,76 @@
         <w:ind w:firstLine="720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="554FA34B" w14:textId="405FF73F" w:rsidR="004D295A" w:rsidRPr="009111D7" w:rsidRDefault="004D295A" w:rsidP="0086248C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="004D295A" w:rsidRPr="009111D7" w:rsidSect="00AA0C82">
       <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
       <w:pgMar w:top="1701" w:right="1701" w:bottom="567" w:left="1134" w:header="567" w:footer="567" w:gutter="0"/>
       <w:cols w:space="1296"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7E5BE827" w14:textId="77777777" w:rsidR="009E0327" w:rsidRDefault="009E0327" w:rsidP="009B3853">
+    <w:p w14:paraId="6E2A3790" w14:textId="77777777" w:rsidR="000740D0" w:rsidRDefault="000740D0" w:rsidP="009B3853">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="64EACB64" w14:textId="77777777" w:rsidR="009E0327" w:rsidRDefault="009E0327" w:rsidP="009B3853">
+    <w:p w14:paraId="47F054BD" w14:textId="77777777" w:rsidR="000740D0" w:rsidRDefault="000740D0" w:rsidP="009B3853">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
@@ -10308,122 +10300,122 @@
   <w:font w:name="Aptos Display">
     <w:altName w:val="Arial"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="TimesLT">
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000007" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000081" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-90695464"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr/>
     <w:sdtContent>
       <w:p w14:paraId="628A7B31" w14:textId="5C0532A7" w:rsidR="009B3853" w:rsidRDefault="009B3853">
         <w:pPr>
           <w:pStyle w:val="Porat"/>
           <w:jc w:val="center"/>
         </w:pPr>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="004550A8">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:t>10</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="35CD5400" w14:textId="77777777" w:rsidR="009B3853" w:rsidRDefault="009B3853">
     <w:pPr>
       <w:pStyle w:val="Porat"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0B656C33" w14:textId="77777777" w:rsidR="009E0327" w:rsidRDefault="009E0327" w:rsidP="009B3853">
+    <w:p w14:paraId="1EFB02D5" w14:textId="77777777" w:rsidR="000740D0" w:rsidRDefault="000740D0" w:rsidP="009B3853">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5F0CA573" w14:textId="77777777" w:rsidR="009E0327" w:rsidRDefault="009E0327" w:rsidP="009B3853">
+    <w:p w14:paraId="3AEFC089" w14:textId="77777777" w:rsidR="000740D0" w:rsidRDefault="000740D0" w:rsidP="009B3853">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="05C86B87"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F8B4BA10"/>
     <w:lvl w:ilvl="0" w:tplc="04270001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04270003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -12560,82 +12552,84 @@
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="20">
     <w:abstractNumId w:val="14"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="1296"/>
   <w:hyphenationZone w:val="396"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="003769F2"/>
     <w:rsid w:val="00005277"/>
     <w:rsid w:val="00014069"/>
     <w:rsid w:val="00020BC7"/>
     <w:rsid w:val="0002299F"/>
     <w:rsid w:val="00053523"/>
     <w:rsid w:val="000558B4"/>
     <w:rsid w:val="00055AD7"/>
     <w:rsid w:val="000600C6"/>
     <w:rsid w:val="00060E71"/>
+    <w:rsid w:val="000740D0"/>
     <w:rsid w:val="000764D8"/>
     <w:rsid w:val="000D65A0"/>
     <w:rsid w:val="000F3725"/>
     <w:rsid w:val="00101D73"/>
     <w:rsid w:val="0010762A"/>
     <w:rsid w:val="001076CC"/>
     <w:rsid w:val="00120DF7"/>
     <w:rsid w:val="00137E66"/>
     <w:rsid w:val="00164E90"/>
     <w:rsid w:val="001E2CF7"/>
     <w:rsid w:val="00224CCC"/>
     <w:rsid w:val="00235A64"/>
     <w:rsid w:val="00243AFC"/>
     <w:rsid w:val="002529AA"/>
     <w:rsid w:val="00292EB9"/>
     <w:rsid w:val="0029727C"/>
     <w:rsid w:val="002C283F"/>
     <w:rsid w:val="002E1DC2"/>
     <w:rsid w:val="002E53E6"/>
     <w:rsid w:val="002F4F25"/>
     <w:rsid w:val="00307F6B"/>
     <w:rsid w:val="003137EB"/>
     <w:rsid w:val="003243A7"/>
     <w:rsid w:val="00355F65"/>
     <w:rsid w:val="00355FAD"/>
@@ -12723,104 +12717,105 @@
     <w:rsid w:val="00C86678"/>
     <w:rsid w:val="00CA2B1A"/>
     <w:rsid w:val="00CA6319"/>
     <w:rsid w:val="00CC573B"/>
     <w:rsid w:val="00CD4411"/>
     <w:rsid w:val="00D34F4F"/>
     <w:rsid w:val="00D672C7"/>
     <w:rsid w:val="00D84B8B"/>
     <w:rsid w:val="00D9732A"/>
     <w:rsid w:val="00DC25DA"/>
     <w:rsid w:val="00DF2DCC"/>
     <w:rsid w:val="00E13707"/>
     <w:rsid w:val="00E319DA"/>
     <w:rsid w:val="00E319DC"/>
     <w:rsid w:val="00E36047"/>
     <w:rsid w:val="00E36434"/>
     <w:rsid w:val="00E62B01"/>
     <w:rsid w:val="00E62B14"/>
     <w:rsid w:val="00E64A97"/>
     <w:rsid w:val="00E70B1E"/>
     <w:rsid w:val="00EA471A"/>
     <w:rsid w:val="00EE3EAD"/>
     <w:rsid w:val="00F068DC"/>
     <w:rsid w:val="00F168E4"/>
     <w:rsid w:val="00F2127E"/>
+    <w:rsid w:val="00F74B6C"/>
     <w:rsid w:val="00F77CEE"/>
     <w:rsid w:val="00F857E6"/>
     <w:rsid w:val="00F86309"/>
     <w:rsid w:val="00FE40ED"/>
     <w:rsid w:val="00FE5212"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="lt-LT"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="33D606E9"/>
   <w15:docId w15:val="{CB22F0E8-81A3-4EA4-B7CD-629036E31C53}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:kern w:val="2"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="lt-LT" w:eastAsia="en-US" w:bidi="ar-SA"/>
         <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -12882,98 +12877,94 @@
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
@@ -13148,50 +13139,55 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="prastasis">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Antrat1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="prastasis"/>
     <w:next w:val="prastasis"/>
     <w:link w:val="Antrat1Diagrama"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="003769F2"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="360" w:after="80"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="40"/>
       <w:szCs w:val="40"/>
     </w:rPr>
@@ -13792,51 +13788,51 @@
     <w:name w:val="footer"/>
     <w:basedOn w:val="prastasis"/>
     <w:link w:val="PoratDiagrama"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="009B3853"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4819"/>
         <w:tab w:val="right" w:pos="9638"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="PoratDiagrama">
     <w:name w:val="Poraštė Diagrama"/>
     <w:basedOn w:val="Numatytasispastraiposriftas"/>
     <w:link w:val="Porat"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="009B3853"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:divs>
     <w:div w:id="278925280">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="149955376">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
@@ -14451,55 +14447,55 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{81721E47-EE94-4A12-AF02-6F791FC7BDBC}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>10</Pages>
-  <Words>12618</Words>
-  <Characters>7193</Characters>
+  <Words>2956</Words>
+  <Characters>16855</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>59</Lines>
+  <Lines>140</Lines>
   <Paragraphs>39</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Pavadinimas</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr/>
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>