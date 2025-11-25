--- v0 (2025-10-13)
+++ v1 (2025-11-25)
@@ -1,49 +1,49 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
     <w:p w14:paraId="439A3F66" w14:textId="77777777" w:rsidR="009F1E5D" w:rsidRDefault="009F1E5D" w:rsidP="00505805">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1660063C" w14:textId="77777777" w:rsidR="005F0E64" w:rsidRPr="00955343" w:rsidRDefault="00115424" w:rsidP="00CF760A">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r w:rsidRPr="00955343">
         <w:t xml:space="preserve">                                                                                                                                          </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7CDBDCCC" w14:textId="77777777" w:rsidR="00BE5E5C" w:rsidRPr="00955343" w:rsidRDefault="00224147" w:rsidP="00033A09">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r w:rsidRPr="00955343">
         <w:rPr>
           <w:b/>
         </w:rPr>
@@ -859,57 +859,52 @@
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Pivašiūnai</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2381" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5EC82393" w14:textId="0F29B5C7" w:rsidR="00344E17" w:rsidRDefault="00344E17" w:rsidP="00344E17">
             <w:r>
               <w:t xml:space="preserve">Algirdas </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Glovickis</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidR="003809AE">
               <w:t>,</w:t>
             </w:r>
             <w:r>
-              <w:t xml:space="preserve"> Laimutė </w:t>
-[...5 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t xml:space="preserve"> Laimutė Aleksiupienė</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F86251" w:rsidRPr="00955343" w14:paraId="44DDFA42" w14:textId="77777777" w:rsidTr="00301444">
         <w:trPr>
           <w:trHeight w:val="261"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="534" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="40C68E74" w14:textId="77777777" w:rsidR="00F86251" w:rsidRDefault="00F86251" w:rsidP="00344E17">
             <w:pPr>
               <w:pStyle w:val="Sraopastraipa"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="28"/>
               </w:numPr>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3685" w:type="dxa"/>
@@ -1686,57 +1681,52 @@
             <w:r>
               <w:t>k</w:t>
             </w:r>
             <w:r w:rsidR="00344E17">
               <w:t>ovo 4 d. 14.00 val.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2155" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="6EB317DF" w14:textId="379C05DD" w:rsidR="00344E17" w:rsidRDefault="00344E17" w:rsidP="00344E17">
             <w:r>
               <w:t xml:space="preserve">Alytaus muzikos mokykla </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2381" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="67A7A88A" w14:textId="7799C2FA" w:rsidR="00344E17" w:rsidRDefault="00344E17" w:rsidP="00344E17">
             <w:r>
-              <w:t xml:space="preserve">Laimutė </w:t>
-[...5 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Laimutė Aleksiupienė</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00491F48" w:rsidRPr="00955343" w14:paraId="465410B4" w14:textId="77777777" w:rsidTr="00301444">
         <w:trPr>
           <w:trHeight w:val="489"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="534" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="159389DE" w14:textId="77777777" w:rsidR="00491F48" w:rsidRDefault="00491F48" w:rsidP="00491F48">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="18"/>
               </w:numPr>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3685" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
@@ -1980,57 +1970,52 @@
             <w:r>
               <w:t>k</w:t>
             </w:r>
             <w:r w:rsidR="00491F48">
               <w:t xml:space="preserve">ovo 17 d. nuotolinis </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2155" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="0C48DFC7" w14:textId="54D2416C" w:rsidR="00491F48" w:rsidRDefault="00491F48" w:rsidP="00491F48">
             <w:r>
               <w:t>Kauno sakralinės muzikos mokykla</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2381" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="62BD8A31" w14:textId="1AE1BB89" w:rsidR="00491F48" w:rsidRPr="00B91783" w:rsidRDefault="00491F48" w:rsidP="00491F48">
             <w:r w:rsidRPr="00943135">
-              <w:t xml:space="preserve">Laimutė </w:t>
-[...5 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Laimutė Aleksiupienė</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00491F48" w:rsidRPr="00955343" w14:paraId="700A5827" w14:textId="77777777" w:rsidTr="00402D58">
         <w:trPr>
           <w:trHeight w:val="932"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="534" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="70EDE15F" w14:textId="77777777" w:rsidR="00491F48" w:rsidRDefault="00491F48" w:rsidP="00491F48">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="70EBE9AD" w14:textId="77777777" w:rsidR="00491F48" w:rsidRDefault="00491F48" w:rsidP="00491F48">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="25708EE8" w14:textId="77777777" w:rsidR="00491F48" w:rsidRDefault="00491F48" w:rsidP="00491F48">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -2673,52 +2658,50 @@
             </w:pPr>
           </w:p>
           <w:p w14:paraId="0C71CD55" w14:textId="77777777" w:rsidR="00491F48" w:rsidRDefault="00491F48" w:rsidP="00491F48">
             <w:pPr>
               <w:ind w:right="-108"/>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="420E3FF2" w14:textId="5B751E3B" w:rsidR="00491F48" w:rsidRPr="00713F42" w:rsidRDefault="00491F48" w:rsidP="00491F48">
             <w:pPr>
               <w:ind w:right="-108"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1956" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="34423B5A" w14:textId="1446D1EC" w:rsidR="00491F48" w:rsidRDefault="000F475F" w:rsidP="00491F48">
             <w:pPr>
               <w:ind w:right="-108"/>
             </w:pPr>
             <w:r>
               <w:t>k</w:t>
             </w:r>
-            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-            <w:bookmarkEnd w:id="0"/>
             <w:r w:rsidR="00491F48">
               <w:t>ovo 19 d.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6BEBB81F" w14:textId="77777777" w:rsidR="00491F48" w:rsidRDefault="00491F48" w:rsidP="00491F48">
             <w:pPr>
               <w:ind w:right="-108"/>
             </w:pPr>
             <w:r>
               <w:t>15.15 val.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="37B80686" w14:textId="77777777" w:rsidR="00491F48" w:rsidRDefault="00491F48" w:rsidP="00491F48"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2155" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="6A7FBE8C" w14:textId="77777777" w:rsidR="00491F48" w:rsidRDefault="00491F48" w:rsidP="00491F48">
             <w:pPr>
               <w:ind w:right="-108"/>
             </w:pPr>
             <w:r>
               <w:t>Alytaus r.</w:t>
@@ -3534,57 +3517,52 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="68017DCA" w14:textId="399441F4" w:rsidR="00491F48" w:rsidRDefault="00491F48" w:rsidP="00491F48">
             <w:r w:rsidRPr="00BB0CB6">
               <w:t xml:space="preserve">Iki </w:t>
             </w:r>
             <w:r>
               <w:t>kovo 26 d.</w:t>
             </w:r>
             <w:r w:rsidRPr="00BB0CB6">
               <w:t xml:space="preserve">   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2381" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1C43AA3E" w14:textId="70161DE1" w:rsidR="00491F48" w:rsidRPr="0066366A" w:rsidRDefault="00491F48" w:rsidP="00491F48">
             <w:r>
-              <w:t xml:space="preserve">Laimutė </w:t>
-[...5 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t>Laimutė Aleksiupienė</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00491F48" w:rsidRPr="00955343" w14:paraId="5E3C04DA" w14:textId="77777777" w:rsidTr="00301444">
         <w:trPr>
           <w:trHeight w:val="255"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10598" w:type="dxa"/>
             <w:gridSpan w:val="8"/>
           </w:tcPr>
           <w:p w14:paraId="09722FC3" w14:textId="77777777" w:rsidR="00491F48" w:rsidRDefault="00491F48" w:rsidP="00491F48">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="7C9F10EC" w14:textId="77777777" w:rsidR="00491F48" w:rsidRDefault="00491F48" w:rsidP="00491F48">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
@@ -3662,59 +3640,51 @@
           </w:p>
           <w:p w14:paraId="018DF41B" w14:textId="53ED7B42" w:rsidR="00491F48" w:rsidRPr="00955343" w:rsidRDefault="00491F48" w:rsidP="00491F48"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3DDA5306" w14:textId="77777777" w:rsidR="00491F48" w:rsidRDefault="00491F48" w:rsidP="00491F48">
             <w:r>
               <w:t xml:space="preserve">Nuolat </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7BAFF541" w14:textId="77777777" w:rsidR="00491F48" w:rsidRPr="00955343" w:rsidRDefault="00491F48" w:rsidP="00491F48"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2381" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2860AF62" w14:textId="77777777" w:rsidR="00491F48" w:rsidRDefault="00491F48" w:rsidP="00491F48">
             <w:r>
               <w:t>Direktorius,</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="20350451" w14:textId="77777777" w:rsidR="00491F48" w:rsidRPr="00955343" w:rsidRDefault="00491F48" w:rsidP="00491F48">
             <w:r>
-              <w:t xml:space="preserve">Laimutė </w:t>
-[...7 lines deleted...]
-              <w:t>,</w:t>
+              <w:t>Laimutė Aleksiupienė,</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2CF3565E" w14:textId="77777777" w:rsidR="00491F48" w:rsidRPr="00955343" w:rsidRDefault="00491F48" w:rsidP="00491F48">
             <w:r w:rsidRPr="00955343">
               <w:t>mokyklos mokytojai</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00491F48" w:rsidRPr="00955343" w14:paraId="347A1824" w14:textId="77777777" w:rsidTr="00301444">
         <w:trPr>
           <w:trHeight w:val="255"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="534" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0C953085" w14:textId="77777777" w:rsidR="00491F48" w:rsidRPr="00955343" w:rsidRDefault="00491F48" w:rsidP="00491F48">
             <w:r w:rsidRPr="00955343">
               <w:lastRenderedPageBreak/>
               <w:t>2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -3824,59 +3794,51 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1A5489C0" w14:textId="77777777" w:rsidR="00491F48" w:rsidRDefault="00491F48" w:rsidP="00491F48">
             <w:r w:rsidRPr="00955343">
               <w:t>Nuolat</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="38354771" w14:textId="77777777" w:rsidR="00491F48" w:rsidRPr="00955343" w:rsidRDefault="00491F48" w:rsidP="00491F48"/>
           <w:p w14:paraId="6F0298D5" w14:textId="77777777" w:rsidR="00491F48" w:rsidRPr="00955343" w:rsidRDefault="00491F48" w:rsidP="00491F48"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2381" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="51AE1AF7" w14:textId="77777777" w:rsidR="00491F48" w:rsidRDefault="00491F48" w:rsidP="00491F48">
             <w:r>
               <w:t>Direktorius,</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1F4D4BAD" w14:textId="77777777" w:rsidR="00491F48" w:rsidRPr="00955343" w:rsidRDefault="00491F48" w:rsidP="00491F48">
             <w:r>
-              <w:t xml:space="preserve">Laimutė </w:t>
-[...7 lines deleted...]
-              <w:t>,</w:t>
+              <w:t>Laimutė Aleksiupienė,</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="735CEC6F" w14:textId="77777777" w:rsidR="00491F48" w:rsidRPr="00955343" w:rsidRDefault="00491F48" w:rsidP="00491F48">
             <w:r w:rsidRPr="00955343">
               <w:t xml:space="preserve">mokyklos mokytojai </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00491F48" w:rsidRPr="00955343" w14:paraId="35B7197E" w14:textId="77777777" w:rsidTr="00301444">
         <w:trPr>
           <w:trHeight w:val="255"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="534" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1AAF8EFC" w14:textId="77777777" w:rsidR="00491F48" w:rsidRPr="00955343" w:rsidRDefault="00491F48" w:rsidP="00491F48">
             <w:r>
               <w:t>4.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -4046,51 +4008,51 @@
           <w:p w14:paraId="1C3E299F" w14:textId="77777777" w:rsidR="00491F48" w:rsidRDefault="00491F48" w:rsidP="00491F48">
             <w:r>
               <w:t>Direktorius,</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="17CF77EE" w14:textId="77777777" w:rsidR="00491F48" w:rsidRPr="00955343" w:rsidRDefault="00491F48" w:rsidP="00491F48">
             <w:r>
               <w:t>mokyklos mokytojai</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="500518B6" w14:textId="77777777" w:rsidR="003F4C2E" w:rsidRDefault="003F4C2E" w:rsidP="005A58C7"/>
     <w:sectPr w:rsidR="003F4C2E" w:rsidSect="0024674E">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="709" w:right="849" w:bottom="284" w:left="1021" w:header="567" w:footer="567" w:gutter="0"/>
       <w:cols w:space="1296"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
@@ -4115,51 +4077,51 @@
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="03D37023"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E6EC6BBE"/>
     <w:lvl w:ilvl="0" w:tplc="04270015">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04270019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -6738,64 +6700,65 @@
   <w:num w:numId="22">
     <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="23">
     <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="24">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="25">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="26">
     <w:abstractNumId w:val="19"/>
   </w:num>
   <w:num w:numId="27">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="28">
     <w:abstractNumId w:val="25"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="1296"/>
   <w:hyphenationZone w:val="396"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00E14C6A"/>
     <w:rsid w:val="00001330"/>
     <w:rsid w:val="00001ED2"/>
     <w:rsid w:val="0000268F"/>
     <w:rsid w:val="0000309C"/>
     <w:rsid w:val="000062AF"/>
     <w:rsid w:val="000076A3"/>
     <w:rsid w:val="00014E7C"/>
     <w:rsid w:val="000161E0"/>
     <w:rsid w:val="000169FF"/>
     <w:rsid w:val="00016C22"/>
     <w:rsid w:val="000173EA"/>
     <w:rsid w:val="000203C8"/>
     <w:rsid w:val="00024413"/>
     <w:rsid w:val="00031A2A"/>
     <w:rsid w:val="00031DF9"/>
     <w:rsid w:val="00032E76"/>
     <w:rsid w:val="0003388B"/>
     <w:rsid w:val="00033A09"/>
     <w:rsid w:val="00037510"/>
     <w:rsid w:val="00041420"/>
     <w:rsid w:val="000433A7"/>
     <w:rsid w:val="00046EF0"/>
@@ -7533,50 +7496,51 @@
     <w:rsid w:val="007B78DE"/>
     <w:rsid w:val="007B7FB2"/>
     <w:rsid w:val="007C0B79"/>
     <w:rsid w:val="007C22A2"/>
     <w:rsid w:val="007C72D1"/>
     <w:rsid w:val="007C7F0B"/>
     <w:rsid w:val="007D2730"/>
     <w:rsid w:val="007D3644"/>
     <w:rsid w:val="007D4090"/>
     <w:rsid w:val="007D4AB3"/>
     <w:rsid w:val="007E0575"/>
     <w:rsid w:val="007E19BF"/>
     <w:rsid w:val="007E7EB7"/>
     <w:rsid w:val="007F14E4"/>
     <w:rsid w:val="007F26B3"/>
     <w:rsid w:val="007F42F7"/>
     <w:rsid w:val="007F49C8"/>
     <w:rsid w:val="007F754A"/>
     <w:rsid w:val="00800777"/>
     <w:rsid w:val="00810376"/>
     <w:rsid w:val="00811A49"/>
     <w:rsid w:val="00811FA5"/>
     <w:rsid w:val="008141DD"/>
     <w:rsid w:val="00814625"/>
     <w:rsid w:val="008156DD"/>
+    <w:rsid w:val="008172A6"/>
     <w:rsid w:val="00821059"/>
     <w:rsid w:val="0082151D"/>
     <w:rsid w:val="008227DE"/>
     <w:rsid w:val="008232C0"/>
     <w:rsid w:val="00823D7F"/>
     <w:rsid w:val="008258EE"/>
     <w:rsid w:val="00826655"/>
     <w:rsid w:val="00827C1C"/>
     <w:rsid w:val="008301B6"/>
     <w:rsid w:val="00830A6B"/>
     <w:rsid w:val="00830AA2"/>
     <w:rsid w:val="00831870"/>
     <w:rsid w:val="00832A6B"/>
     <w:rsid w:val="00833A86"/>
     <w:rsid w:val="00833E4E"/>
     <w:rsid w:val="008347EE"/>
     <w:rsid w:val="00835504"/>
     <w:rsid w:val="00835B82"/>
     <w:rsid w:val="00835FC2"/>
     <w:rsid w:val="00837636"/>
     <w:rsid w:val="0084000D"/>
     <w:rsid w:val="0084036B"/>
     <w:rsid w:val="0084105A"/>
     <w:rsid w:val="008425D0"/>
     <w:rsid w:val="00844173"/>
@@ -8323,61 +8287,61 @@
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="lt-LT"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="49A3BFB9"/>
   <w15:docId w15:val="{E5BD6A7D-F05F-46E1-BB17-2659CE2E4E87}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="lt-LT" w:eastAsia="lt-LT" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -8433,98 +8397,94 @@
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1" w:uiPriority="99"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1" w:uiPriority="99"/>
@@ -8698,50 +8658,55 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="prastasis">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00881475"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Numatytasispastraiposriftas">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="prastojilentel">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
@@ -8866,51 +8831,51 @@
     <w:name w:val="Debesėlio tekstas Diagrama"/>
     <w:basedOn w:val="Numatytasispastraiposriftas"/>
     <w:link w:val="Debesliotekstas"/>
     <w:semiHidden/>
     <w:rsid w:val="00B57A46"/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="prastasiniatinklio">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="prastasis"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="004E4732"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:divs>
     <w:div w:id="39090180">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="191698953">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -9430,55 +9395,55 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3EA9178F-5F9B-475A-9C7B-3BBECD4C96BB}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>4582</Words>
-  <Characters>2612</Characters>
+  <Words>1073</Words>
+  <Characters>6121</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>21</Lines>
+  <Lines>51</Lines>
   <Paragraphs>14</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Pavadinimas</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>Eil</vt:lpstr>
       <vt:lpstr>Eil</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>