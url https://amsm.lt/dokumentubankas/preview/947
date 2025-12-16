--- v0 (2025-10-13)
+++ v1 (2025-12-16)
@@ -1,56 +1,54 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
     <w:p w14:paraId="67B94264" w14:textId="77777777" w:rsidR="005F0E64" w:rsidRPr="00955343" w:rsidRDefault="00115424" w:rsidP="00CF760A">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidRPr="00955343">
         <w:t xml:space="preserve">                                                                                                                                          </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4934D496" w14:textId="77777777" w:rsidR="00BE5E5C" w:rsidRPr="00955343" w:rsidRDefault="00224147" w:rsidP="00033A09">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r w:rsidRPr="00955343">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Alytaus r.</w:t>
       </w:r>
       <w:r w:rsidR="00D130AD" w:rsidRPr="00955343">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> m</w:t>
       </w:r>
       <w:r w:rsidR="00EA54AB" w:rsidRPr="00955343">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>eno ir sporto</w:t>
@@ -1824,67 +1822,51 @@
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00043F18">
               <w:t xml:space="preserve">Seminaras. </w:t>
             </w:r>
             <w:r w:rsidRPr="00043F18">
               <w:rPr>
                 <w:color w:val="212121"/>
                 <w:lang w:val="pt-PT" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Mokymų tema — </w:t>
             </w:r>
             <w:r w:rsidRPr="00043F18">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:val="pt-PT" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>„Canva ir dirbtinis intelektas: vizualinio turinio generavimas". </w:t>
             </w:r>
             <w:r w:rsidRPr="00043F18">
               <w:rPr>
                 <w:color w:val="212121"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve">Lekt. </w:t>
-[...15 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve">Lekt. Reda </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00043F18">
               <w:rPr>
                 <w:color w:val="212121"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Navardauskaitė</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
           <w:p w14:paraId="0F7D5E8A" w14:textId="77777777" w:rsidR="00EB7605" w:rsidRPr="00043F18" w:rsidRDefault="00EB7605" w:rsidP="00EB7605">
             <w:pPr>
               <w:pStyle w:val="Betarp"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="65FA9C3E" w14:textId="3195EA79" w:rsidR="00EB7605" w:rsidRPr="00043F18" w:rsidRDefault="002F0A85" w:rsidP="00EB7605">
             <w:r>
               <w:t xml:space="preserve">Sausio </w:t>
             </w:r>
@@ -2888,51 +2870,51 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="614CBA21" w14:textId="77777777" w:rsidR="003F4C2E" w:rsidRDefault="003F4C2E" w:rsidP="005A58C7"/>
     <w:p w14:paraId="75995710" w14:textId="13BDFA47" w:rsidR="0057225E" w:rsidRPr="00955343" w:rsidRDefault="000B5EE9" w:rsidP="005A58C7">
       <w:r>
         <w:t xml:space="preserve">Sudarė mokytoja metodininkė                                                       Laimutė Aleksiupienė    </w:t>
       </w:r>
       <w:r w:rsidR="000433A7" w:rsidRPr="00955343">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="0057225E" w:rsidRPr="00955343" w:rsidSect="0024674E">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="709" w:right="849" w:bottom="284" w:left="1021" w:header="567" w:footer="567" w:gutter="0"/>
       <w:cols w:space="1296"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
@@ -2956,51 +2938,51 @@
   <w:font w:name="TimesNewRomanPSMT">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="03D37023"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E6EC6BBE"/>
     <w:lvl w:ilvl="0" w:tplc="04270015">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04270019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -6214,64 +6196,65 @@
   <w:num w:numId="29">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="30">
     <w:abstractNumId w:val="30"/>
   </w:num>
   <w:num w:numId="31">
     <w:abstractNumId w:val="25"/>
   </w:num>
   <w:num w:numId="32">
     <w:abstractNumId w:val="20"/>
   </w:num>
   <w:num w:numId="33">
     <w:abstractNumId w:val="28"/>
   </w:num>
   <w:num w:numId="34">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="35">
     <w:abstractNumId w:val="16"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="1296"/>
   <w:hyphenationZone w:val="396"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00E14C6A"/>
     <w:rsid w:val="0000088E"/>
     <w:rsid w:val="00000908"/>
     <w:rsid w:val="00001330"/>
     <w:rsid w:val="00001ED2"/>
     <w:rsid w:val="0000268F"/>
     <w:rsid w:val="0000309C"/>
     <w:rsid w:val="000062AF"/>
     <w:rsid w:val="000076A3"/>
     <w:rsid w:val="00013DEC"/>
     <w:rsid w:val="00014E7C"/>
     <w:rsid w:val="000161E0"/>
     <w:rsid w:val="000169FF"/>
     <w:rsid w:val="00016C22"/>
     <w:rsid w:val="00016FFE"/>
     <w:rsid w:val="000173EA"/>
     <w:rsid w:val="000203C8"/>
     <w:rsid w:val="00024413"/>
     <w:rsid w:val="00031A2A"/>
     <w:rsid w:val="00031DF9"/>
     <w:rsid w:val="0003388B"/>
     <w:rsid w:val="00033A09"/>
     <w:rsid w:val="00037510"/>
@@ -7210,50 +7193,51 @@
     <w:rsid w:val="009628BF"/>
     <w:rsid w:val="00964A96"/>
     <w:rsid w:val="00965346"/>
     <w:rsid w:val="00980BE4"/>
     <w:rsid w:val="00982519"/>
     <w:rsid w:val="009868C4"/>
     <w:rsid w:val="00987702"/>
     <w:rsid w:val="00991490"/>
     <w:rsid w:val="00991B61"/>
     <w:rsid w:val="0099224E"/>
     <w:rsid w:val="00992ADB"/>
     <w:rsid w:val="00994832"/>
     <w:rsid w:val="00996217"/>
     <w:rsid w:val="00996755"/>
     <w:rsid w:val="00996CBF"/>
     <w:rsid w:val="0099744C"/>
     <w:rsid w:val="009A00AA"/>
     <w:rsid w:val="009A0234"/>
     <w:rsid w:val="009A10D8"/>
     <w:rsid w:val="009A1585"/>
     <w:rsid w:val="009A4967"/>
     <w:rsid w:val="009A49F7"/>
     <w:rsid w:val="009B138A"/>
     <w:rsid w:val="009B3902"/>
     <w:rsid w:val="009B5CA7"/>
+    <w:rsid w:val="009B6457"/>
     <w:rsid w:val="009C0A8B"/>
     <w:rsid w:val="009C4227"/>
     <w:rsid w:val="009C44F8"/>
     <w:rsid w:val="009C53B5"/>
     <w:rsid w:val="009C6F1A"/>
     <w:rsid w:val="009D1779"/>
     <w:rsid w:val="009D1E68"/>
     <w:rsid w:val="009D214C"/>
     <w:rsid w:val="009D337B"/>
     <w:rsid w:val="009D49BA"/>
     <w:rsid w:val="009D572C"/>
     <w:rsid w:val="009D5EC5"/>
     <w:rsid w:val="009D60AD"/>
     <w:rsid w:val="009D6E7A"/>
     <w:rsid w:val="009D76B7"/>
     <w:rsid w:val="009D7AB1"/>
     <w:rsid w:val="009E1345"/>
     <w:rsid w:val="009E15B3"/>
     <w:rsid w:val="009E22E0"/>
     <w:rsid w:val="009E3818"/>
     <w:rsid w:val="009E445E"/>
     <w:rsid w:val="009E4A44"/>
     <w:rsid w:val="009E4C05"/>
     <w:rsid w:val="009F1E5D"/>
     <w:rsid w:val="009F2354"/>
@@ -7820,61 +7804,61 @@
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="lt-LT"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="77634D80"/>
   <w15:docId w15:val="{2D5E3BBB-E2A1-4AE3-A980-D93206D2CEA0}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="lt-LT" w:eastAsia="lt-LT" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -7930,98 +7914,94 @@
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1" w:uiPriority="99"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1" w:uiPriority="99"/>
@@ -8195,50 +8175,55 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="prastasis">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00881475"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Antrat2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="prastasis"/>
     <w:next w:val="prastasis"/>
     <w:link w:val="Antrat2Diagrama"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="005A6192"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="40"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
@@ -8408,51 +8393,51 @@
     <w:basedOn w:val="Numatytasispastraiposriftas"/>
     <w:link w:val="Antrat2"/>
     <w:semiHidden/>
     <w:rsid w:val="005A6192"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Betarp">
     <w:name w:val="No Spacing"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="005A6192"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:divs>
     <w:div w:id="39090180">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="191698953">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -8985,55 +8970,55 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{13CFAA71-F9A2-4FCB-80EC-04647B278990}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>3727</Words>
-  <Characters>2125</Characters>
+  <Words>873</Words>
+  <Characters>4979</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>17</Lines>
+  <Lines>41</Lines>
   <Paragraphs>11</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Pavadinimas</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>Eil</vt:lpstr>
       <vt:lpstr>Eil</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>