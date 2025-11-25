--- v0 (2025-10-13)
+++ v1 (2025-11-25)
@@ -2,111 +2,109 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w:rsidR="00F33395" w:rsidRDefault="00F33395" w:rsidP="00F33395">
+    <w:p w14:paraId="4CECCFC9" w14:textId="77777777" w:rsidR="00F33395" w:rsidRDefault="00F33395" w:rsidP="00F33395">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>ALYTAUS R. MENO IR SPORTO MOKYKLA</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F33395" w:rsidRDefault="00F33395" w:rsidP="00F33395">
+    <w:p w14:paraId="33EC27BD" w14:textId="77777777" w:rsidR="00F33395" w:rsidRDefault="00F33395" w:rsidP="00F33395">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="14656"/>
         </w:tabs>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>_________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F33395" w:rsidRDefault="00F33395" w:rsidP="00F33395">
+    <w:p w14:paraId="05BD4FB6" w14:textId="77777777" w:rsidR="00F33395" w:rsidRDefault="00F33395" w:rsidP="00F33395">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="14656"/>
         </w:tabs>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>(švietimo įstaigos pavadinimas)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CE1ABD" w:rsidRDefault="00F33395" w:rsidP="00CE1ABD">
+    <w:p w14:paraId="4AA7A89F" w14:textId="77777777" w:rsidR="00CE1ABD" w:rsidRDefault="00F33395" w:rsidP="00CE1ABD">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="14656"/>
         </w:tabs>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>____________</w:t>
       </w:r>
       <w:r w:rsidRPr="00F33395">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>DIREKTORĖS</w:t>
@@ -114,110 +112,110 @@
       <w:r w:rsidRPr="00F33395">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>_</w:t>
       </w:r>
       <w:r w:rsidRPr="00F33395">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>AUKSĖS SAPEŽINSKIENĖS</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>______________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F33395" w:rsidRDefault="00F33395" w:rsidP="00F33395">
+    <w:p w14:paraId="1CFCBBBF" w14:textId="77777777" w:rsidR="00F33395" w:rsidRDefault="00F33395" w:rsidP="00F33395">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>(švietimo įstaigos vadovo vardas ir pavardė)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F33395" w:rsidRDefault="00BA6F6D" w:rsidP="00F33395">
+    <w:p w14:paraId="26BB5C04" w14:textId="77777777" w:rsidR="00F33395" w:rsidRDefault="00BA6F6D" w:rsidP="00F33395">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>2024</w:t>
       </w:r>
       <w:r w:rsidR="00331EEC">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00F33395">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>METŲ VEIKLOS ATASKAITA</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F33395" w:rsidRDefault="00F33395" w:rsidP="00F33395">
+    <w:p w14:paraId="7CC5BFD2" w14:textId="77777777" w:rsidR="00F33395" w:rsidRDefault="00F33395" w:rsidP="00F33395">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F33395" w:rsidRDefault="00F33395" w:rsidP="00F33395">
+    <w:p w14:paraId="495CC83C" w14:textId="77777777" w:rsidR="00F33395" w:rsidRDefault="00F33395" w:rsidP="00F33395">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>_</w:t>
       </w:r>
       <w:r w:rsidR="00BA6F6D">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>2025-01-20</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
@@ -227,2438 +225,2454 @@
       </w:r>
       <w:r w:rsidRPr="00331EEC">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>__</w:t>
       </w:r>
       <w:r w:rsidR="00331EEC">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>__</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F33395" w:rsidRDefault="00F33395" w:rsidP="00F33395">
+    <w:p w14:paraId="077A83D6" w14:textId="77777777" w:rsidR="00F33395" w:rsidRDefault="00F33395" w:rsidP="00F33395">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>(data)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F33395" w:rsidRDefault="00F33395" w:rsidP="00F33395">
+    <w:p w14:paraId="02205AA6" w14:textId="77777777" w:rsidR="00F33395" w:rsidRDefault="00F33395" w:rsidP="00F33395">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3828"/>
         </w:tabs>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>___</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>Daugai</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>____</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F33395" w:rsidRDefault="00F33395" w:rsidP="00F33395">
+    <w:p w14:paraId="2E4244BC" w14:textId="77777777" w:rsidR="00F33395" w:rsidRDefault="00F33395" w:rsidP="00F33395">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3828"/>
         </w:tabs>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>(sudarymo vieta)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F33395" w:rsidRDefault="00F33395" w:rsidP="00F33395">
+    <w:p w14:paraId="3F539D24" w14:textId="77777777" w:rsidR="00F33395" w:rsidRDefault="00F33395" w:rsidP="00F33395">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F33395" w:rsidRDefault="00F33395" w:rsidP="00F33395">
+    <w:p w14:paraId="05C04B71" w14:textId="77777777" w:rsidR="00F33395" w:rsidRDefault="00F33395" w:rsidP="00F33395">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>I SKYRIUS</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F33395" w:rsidRDefault="00F33395" w:rsidP="00F33395">
+    <w:p w14:paraId="3D1AEDF7" w14:textId="77777777" w:rsidR="00F33395" w:rsidRDefault="00F33395" w:rsidP="00F33395">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>STRATEGINIO PLANO IR METINIO VEIKLOS PLANO ĮGYVENDINIMAS</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F33395" w:rsidRDefault="00F33395" w:rsidP="00F33395">
+    <w:p w14:paraId="4D27F43F" w14:textId="77777777" w:rsidR="00F33395" w:rsidRDefault="00F33395" w:rsidP="00F33395">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Lentelstinklelis"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="-147" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9775"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00F33395" w:rsidTr="00F33395">
+      <w:tr w:rsidR="00F33395" w14:paraId="38F6F6B5" w14:textId="77777777" w:rsidTr="00F33395">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9775" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="000F3013" w:rsidRPr="00A577D8" w:rsidRDefault="00A421A0" w:rsidP="00DD66B1">
+          <w:p w14:paraId="10D1F4B9" w14:textId="77777777" w:rsidR="000F3013" w:rsidRPr="00A577D8" w:rsidRDefault="00A421A0" w:rsidP="00DD66B1">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A577D8">
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve">           </w:t>
             </w:r>
             <w:r w:rsidR="000F3013" w:rsidRPr="00A577D8">
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>Strateginių tikslų įgyvendinimui parengti tarpusavyje derantys metiniai veiklos ir u</w:t>
             </w:r>
             <w:r w:rsidRPr="00A577D8">
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>g</w:t>
             </w:r>
             <w:r w:rsidR="000F3013" w:rsidRPr="00A577D8">
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>dymo planai, vadovo metinės veiklos užduotys.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00F33395" w:rsidRDefault="00A421A0" w:rsidP="00DD66B1">
+          <w:p w14:paraId="61A61CE5" w14:textId="77777777" w:rsidR="00F33395" w:rsidRDefault="00A421A0" w:rsidP="00DD66B1">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A577D8">
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve">           </w:t>
             </w:r>
             <w:r w:rsidR="008510E3">
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>Mokykla savo veiklą vykdė</w:t>
             </w:r>
             <w:r w:rsidR="00F45BC4">
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve"> vadovaudamasi 2022-2024</w:t>
             </w:r>
             <w:r w:rsidR="00F33395" w:rsidRPr="00A577D8">
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
-              <w:t xml:space="preserve"> m.m. strateginiu veiklos planu.</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00066153" w:rsidRDefault="00066153" w:rsidP="00DD66B1">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00F33395" w:rsidRPr="00A577D8">
+              <w:rPr>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>m.m</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00F33395" w:rsidRPr="00A577D8">
+              <w:rPr>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>. strateginiu veiklos planu.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3CAF662B" w14:textId="77777777" w:rsidR="00066153" w:rsidRDefault="00066153" w:rsidP="00DD66B1">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve">           </w:t>
             </w:r>
             <w:r w:rsidRPr="008510E3">
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve">Alytaus r. meno ir sporto mokykla - </w:t>
             </w:r>
             <w:r w:rsidRPr="008510E3">
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>formalųjį švietimą papildančio meninio ir sportinio ugdymo mokykla. Ugdymas vyksta individualia ir grupine forma</w:t>
             </w:r>
             <w:r w:rsidR="00F50D78">
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00AA359D" w:rsidRDefault="00AA359D" w:rsidP="00DD66B1">
+          <w:p w14:paraId="2FEF4575" w14:textId="77777777" w:rsidR="00AA359D" w:rsidRDefault="00AA359D" w:rsidP="00DD66B1">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="004F1AA9" w:rsidRPr="00653D02" w:rsidRDefault="004F1AA9" w:rsidP="00DD66B1">
+          <w:p w14:paraId="09485813" w14:textId="77777777" w:rsidR="004F1AA9" w:rsidRPr="00653D02" w:rsidRDefault="004F1AA9" w:rsidP="00DD66B1">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00653D02">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Mokyklos darbuotojai:</w:t>
             </w:r>
           </w:p>
           <w:tbl>
             <w:tblPr>
               <w:tblW w:w="0" w:type="auto"/>
               <w:tblInd w:w="25" w:type="dxa"/>
               <w:tblBorders>
                 <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                 <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                 <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                 <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                 <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                 <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               </w:tblBorders>
               <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
             </w:tblPr>
             <w:tblGrid>
               <w:gridCol w:w="459"/>
               <w:gridCol w:w="5008"/>
               <w:gridCol w:w="2080"/>
               <w:gridCol w:w="1977"/>
             </w:tblGrid>
-            <w:tr w:rsidR="004F1AA9" w:rsidRPr="00653D02" w:rsidTr="00AA359D">
+            <w:tr w:rsidR="004F1AA9" w:rsidRPr="00653D02" w14:paraId="768C3B87" w14:textId="77777777" w:rsidTr="00AA359D">
               <w:trPr>
                 <w:trHeight w:val="221"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="459" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w:rsidR="004F1AA9" w:rsidRPr="00653D02" w:rsidRDefault="004F1AA9" w:rsidP="00DD66B1"/>
+                <w:p w14:paraId="376777B7" w14:textId="77777777" w:rsidR="004F1AA9" w:rsidRPr="00653D02" w:rsidRDefault="004F1AA9" w:rsidP="00DD66B1"/>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="5008" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w:rsidR="004F1AA9" w:rsidRPr="00653D02" w:rsidRDefault="004F1AA9" w:rsidP="00DD66B1"/>
+                <w:p w14:paraId="176884C5" w14:textId="77777777" w:rsidR="004F1AA9" w:rsidRPr="00653D02" w:rsidRDefault="004F1AA9" w:rsidP="00DD66B1"/>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2080" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                   <w:hideMark/>
                 </w:tcPr>
-                <w:p w:rsidR="004F1AA9" w:rsidRPr="00653D02" w:rsidRDefault="00BA6F6D" w:rsidP="00DD66B1">
+                <w:p w14:paraId="1FBA3284" w14:textId="77777777" w:rsidR="004F1AA9" w:rsidRPr="00653D02" w:rsidRDefault="00BA6F6D" w:rsidP="00DD66B1">
                   <w:pPr>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:b/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:b/>
                     </w:rPr>
                     <w:t>2024</w:t>
                   </w:r>
                   <w:r w:rsidR="004F1AA9" w:rsidRPr="00653D02">
                     <w:rPr>
                       <w:b/>
                     </w:rPr>
                     <w:t>-01-01</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1977" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                   <w:hideMark/>
                 </w:tcPr>
-                <w:p w:rsidR="004F1AA9" w:rsidRPr="00653D02" w:rsidRDefault="00BA6F6D" w:rsidP="00DD66B1">
+                <w:p w14:paraId="4530A73A" w14:textId="77777777" w:rsidR="004F1AA9" w:rsidRPr="00653D02" w:rsidRDefault="00BA6F6D" w:rsidP="00DD66B1">
                   <w:pPr>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:b/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:b/>
                     </w:rPr>
                     <w:t>2024</w:t>
                   </w:r>
                   <w:r w:rsidR="004F1AA9" w:rsidRPr="00653D02">
                     <w:rPr>
                       <w:b/>
                     </w:rPr>
                     <w:t>-12-31</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="004F1AA9" w:rsidRPr="00653D02" w:rsidTr="00AA359D">
+            <w:tr w:rsidR="004F1AA9" w:rsidRPr="00653D02" w14:paraId="09A764C9" w14:textId="77777777" w:rsidTr="00AA359D">
               <w:trPr>
                 <w:trHeight w:val="180"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="459" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                   <w:hideMark/>
                 </w:tcPr>
-                <w:p w:rsidR="004F1AA9" w:rsidRPr="00653D02" w:rsidRDefault="004F1AA9" w:rsidP="00DD66B1">
+                <w:p w14:paraId="7CD4939D" w14:textId="77777777" w:rsidR="004F1AA9" w:rsidRPr="00653D02" w:rsidRDefault="004F1AA9" w:rsidP="00DD66B1">
                   <w:pPr>
                     <w:rPr>
                       <w:b/>
                       <w:i/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00653D02">
                     <w:rPr>
                       <w:b/>
                       <w:i/>
                     </w:rPr>
                     <w:t>1.</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="5008" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                   <w:hideMark/>
                 </w:tcPr>
-                <w:p w:rsidR="004F1AA9" w:rsidRPr="00653D02" w:rsidRDefault="004F1AA9" w:rsidP="00DD66B1">
+                <w:p w14:paraId="022FEBB2" w14:textId="77777777" w:rsidR="004F1AA9" w:rsidRPr="00653D02" w:rsidRDefault="004F1AA9" w:rsidP="00DD66B1">
                   <w:pPr>
                     <w:rPr>
                       <w:b/>
                       <w:i/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00653D02">
                     <w:rPr>
                       <w:b/>
                       <w:i/>
                     </w:rPr>
                     <w:t>Bendras darbuotojų skaičius</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2080" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w:rsidR="004F1AA9" w:rsidRPr="00653D02" w:rsidRDefault="00560C46" w:rsidP="00DD66B1">
+                <w:p w14:paraId="0371B04F" w14:textId="77777777" w:rsidR="004F1AA9" w:rsidRPr="00653D02" w:rsidRDefault="00560C46" w:rsidP="00DD66B1">
                   <w:pPr>
                     <w:jc w:val="center"/>
                   </w:pPr>
                   <w:r>
                     <w:t>22</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1977" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w:rsidR="004F1AA9" w:rsidRPr="00653D02" w:rsidRDefault="002341DB" w:rsidP="00DD66B1">
+                <w:p w14:paraId="3B85735C" w14:textId="77777777" w:rsidR="004F1AA9" w:rsidRPr="00653D02" w:rsidRDefault="002341DB" w:rsidP="00DD66B1">
                   <w:pPr>
                     <w:jc w:val="center"/>
                   </w:pPr>
                   <w:r>
                     <w:t>22</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="004F1AA9" w:rsidRPr="00653D02" w:rsidTr="00AA359D">
+            <w:tr w:rsidR="004F1AA9" w:rsidRPr="00653D02" w14:paraId="0B3A5BBD" w14:textId="77777777" w:rsidTr="00AA359D">
               <w:trPr>
                 <w:trHeight w:val="180"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="459" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                   <w:hideMark/>
                 </w:tcPr>
-                <w:p w:rsidR="004F1AA9" w:rsidRPr="00653D02" w:rsidRDefault="004F1AA9" w:rsidP="00DD66B1">
+                <w:p w14:paraId="75D22B70" w14:textId="77777777" w:rsidR="004F1AA9" w:rsidRPr="00653D02" w:rsidRDefault="004F1AA9" w:rsidP="00DD66B1">
                   <w:r w:rsidRPr="00653D02">
                     <w:rPr>
                       <w:b/>
                       <w:i/>
                     </w:rPr>
                     <w:t>2.</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="5008" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                   <w:hideMark/>
                 </w:tcPr>
-                <w:p w:rsidR="004F1AA9" w:rsidRPr="00653D02" w:rsidRDefault="004F1AA9" w:rsidP="00DD66B1">
+                <w:p w14:paraId="1AD95F47" w14:textId="77777777" w:rsidR="004F1AA9" w:rsidRPr="00653D02" w:rsidRDefault="004F1AA9" w:rsidP="00DD66B1">
                   <w:pPr>
                     <w:rPr>
                       <w:b/>
                       <w:i/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00653D02">
                     <w:rPr>
                       <w:b/>
                       <w:i/>
                     </w:rPr>
                     <w:t>Pedagoginių darbuotojų skaičius</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2080" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w:rsidR="004F1AA9" w:rsidRPr="00653D02" w:rsidRDefault="0057650F" w:rsidP="00DD66B1">
+                <w:p w14:paraId="2028D660" w14:textId="77777777" w:rsidR="004F1AA9" w:rsidRPr="00653D02" w:rsidRDefault="0057650F" w:rsidP="00DD66B1">
                   <w:pPr>
                     <w:jc w:val="center"/>
                   </w:pPr>
                   <w:r>
                     <w:t>1</w:t>
                   </w:r>
                   <w:r w:rsidR="00560C46">
                     <w:t>7</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1977" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w:rsidR="004F1AA9" w:rsidRPr="00653D02" w:rsidRDefault="0057650F" w:rsidP="00DD66B1">
+                <w:p w14:paraId="59B4E176" w14:textId="77777777" w:rsidR="004F1AA9" w:rsidRPr="00653D02" w:rsidRDefault="0057650F" w:rsidP="00DD66B1">
                   <w:pPr>
                     <w:jc w:val="center"/>
                   </w:pPr>
                   <w:r>
                     <w:t>1</w:t>
                   </w:r>
                   <w:r w:rsidR="004F7429">
                     <w:t>7</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="004F1AA9" w:rsidRPr="00653D02" w:rsidTr="00AA359D">
+            <w:tr w:rsidR="004F1AA9" w:rsidRPr="00653D02" w14:paraId="08F64011" w14:textId="77777777" w:rsidTr="00AA359D">
               <w:trPr>
                 <w:trHeight w:val="180"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="459" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w:rsidR="004F1AA9" w:rsidRPr="00653D02" w:rsidRDefault="004F1AA9" w:rsidP="00DD66B1"/>
+                <w:p w14:paraId="58DE1C67" w14:textId="77777777" w:rsidR="004F1AA9" w:rsidRPr="00653D02" w:rsidRDefault="004F1AA9" w:rsidP="00DD66B1"/>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="5008" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                   <w:hideMark/>
                 </w:tcPr>
-                <w:p w:rsidR="004F1AA9" w:rsidRPr="00653D02" w:rsidRDefault="004F1AA9" w:rsidP="00DD66B1">
+                <w:p w14:paraId="5BF484D7" w14:textId="77777777" w:rsidR="004F1AA9" w:rsidRPr="00653D02" w:rsidRDefault="004F1AA9" w:rsidP="00DD66B1">
                   <w:r w:rsidRPr="00653D02">
                     <w:t>Turinčių eksperto kvalifikacinę kategoriją</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2080" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w:rsidR="004F1AA9" w:rsidRPr="00653D02" w:rsidRDefault="004F1AA9" w:rsidP="00DD66B1">
+                <w:p w14:paraId="4E991BC0" w14:textId="77777777" w:rsidR="004F1AA9" w:rsidRPr="00653D02" w:rsidRDefault="004F1AA9" w:rsidP="00DD66B1">
                   <w:pPr>
                     <w:jc w:val="center"/>
                   </w:pPr>
                   <w:r>
                     <w:t>2</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1977" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w:rsidR="004F1AA9" w:rsidRPr="00653D02" w:rsidRDefault="004F1AA9" w:rsidP="00DD66B1">
+                <w:p w14:paraId="62CA60F3" w14:textId="77777777" w:rsidR="004F1AA9" w:rsidRPr="00653D02" w:rsidRDefault="004F1AA9" w:rsidP="00DD66B1">
                   <w:pPr>
                     <w:jc w:val="center"/>
                   </w:pPr>
                   <w:r>
                     <w:t>2</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="004F1AA9" w:rsidRPr="00653D02" w:rsidTr="00AA359D">
+            <w:tr w:rsidR="004F1AA9" w:rsidRPr="00653D02" w14:paraId="1324E8E2" w14:textId="77777777" w:rsidTr="00AA359D">
               <w:trPr>
                 <w:trHeight w:val="180"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="459" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w:rsidR="004F1AA9" w:rsidRPr="00653D02" w:rsidRDefault="004F1AA9" w:rsidP="00DD66B1"/>
+                <w:p w14:paraId="6A049454" w14:textId="77777777" w:rsidR="004F1AA9" w:rsidRPr="00653D02" w:rsidRDefault="004F1AA9" w:rsidP="00DD66B1"/>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="5008" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                   <w:hideMark/>
                 </w:tcPr>
-                <w:p w:rsidR="004F1AA9" w:rsidRPr="00653D02" w:rsidRDefault="004F1AA9" w:rsidP="00DD66B1">
+                <w:p w14:paraId="4CBB57A5" w14:textId="77777777" w:rsidR="004F1AA9" w:rsidRPr="00653D02" w:rsidRDefault="004F1AA9" w:rsidP="00DD66B1">
                   <w:r w:rsidRPr="00653D02">
                     <w:t>Turinčių metodininko kvalifikacinę kategoriją</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2080" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w:rsidR="004F1AA9" w:rsidRPr="00653D02" w:rsidRDefault="002341DB" w:rsidP="00DD66B1">
+                <w:p w14:paraId="4A1E3BD1" w14:textId="77777777" w:rsidR="004F1AA9" w:rsidRPr="00653D02" w:rsidRDefault="002341DB" w:rsidP="00DD66B1">
                   <w:pPr>
                     <w:jc w:val="center"/>
                   </w:pPr>
                   <w:r>
                     <w:t>7</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1977" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w:rsidR="004F1AA9" w:rsidRPr="00653D02" w:rsidRDefault="0057650F" w:rsidP="00DD66B1">
+                <w:p w14:paraId="04E9A9D4" w14:textId="77777777" w:rsidR="004F1AA9" w:rsidRPr="00653D02" w:rsidRDefault="0057650F" w:rsidP="00DD66B1">
                   <w:pPr>
                     <w:jc w:val="center"/>
                   </w:pPr>
                   <w:r>
                     <w:t>7</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="004F1AA9" w:rsidRPr="00653D02" w:rsidTr="00AA359D">
+            <w:tr w:rsidR="004F1AA9" w:rsidRPr="00653D02" w14:paraId="2F814482" w14:textId="77777777" w:rsidTr="00AA359D">
               <w:trPr>
                 <w:trHeight w:val="180"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="459" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w:rsidR="004F1AA9" w:rsidRPr="00653D02" w:rsidRDefault="004F1AA9" w:rsidP="00DD66B1"/>
+                <w:p w14:paraId="0A06E8CB" w14:textId="77777777" w:rsidR="004F1AA9" w:rsidRPr="00653D02" w:rsidRDefault="004F1AA9" w:rsidP="00DD66B1"/>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="5008" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                   <w:hideMark/>
                 </w:tcPr>
-                <w:p w:rsidR="004F1AA9" w:rsidRPr="00653D02" w:rsidRDefault="004F1AA9" w:rsidP="00DD66B1">
+                <w:p w14:paraId="461D5A2F" w14:textId="77777777" w:rsidR="004F1AA9" w:rsidRPr="00653D02" w:rsidRDefault="004F1AA9" w:rsidP="00DD66B1">
                   <w:r w:rsidRPr="00653D02">
                     <w:t>Turinčių vyr. mokytojo kvalifikacinę kategoriją</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2080" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w:rsidR="004F1AA9" w:rsidRPr="00653D02" w:rsidRDefault="002341DB" w:rsidP="00DD66B1">
+                <w:p w14:paraId="6F199DE1" w14:textId="77777777" w:rsidR="004F1AA9" w:rsidRPr="00653D02" w:rsidRDefault="002341DB" w:rsidP="00DD66B1">
                   <w:pPr>
                     <w:jc w:val="center"/>
                   </w:pPr>
                   <w:r>
                     <w:t>5</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1977" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w:rsidR="004F1AA9" w:rsidRPr="00653D02" w:rsidRDefault="0057650F" w:rsidP="00DD66B1">
+                <w:p w14:paraId="44CAB4A7" w14:textId="77777777" w:rsidR="004F1AA9" w:rsidRPr="00653D02" w:rsidRDefault="0057650F" w:rsidP="00DD66B1">
                   <w:pPr>
                     <w:jc w:val="center"/>
                   </w:pPr>
                   <w:r>
                     <w:t>5</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="004F1AA9" w:rsidRPr="00653D02" w:rsidTr="00AA359D">
+            <w:tr w:rsidR="004F1AA9" w:rsidRPr="00653D02" w14:paraId="58B3D95B" w14:textId="77777777" w:rsidTr="00AA359D">
               <w:trPr>
                 <w:trHeight w:val="180"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="459" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w:rsidR="004F1AA9" w:rsidRPr="00653D02" w:rsidRDefault="004F1AA9" w:rsidP="00DD66B1"/>
+                <w:p w14:paraId="0D2E00E7" w14:textId="77777777" w:rsidR="004F1AA9" w:rsidRPr="00653D02" w:rsidRDefault="004F1AA9" w:rsidP="00DD66B1"/>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="5008" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                   <w:hideMark/>
                 </w:tcPr>
-                <w:p w:rsidR="004F1AA9" w:rsidRPr="00653D02" w:rsidRDefault="004F1AA9" w:rsidP="00DD66B1">
+                <w:p w14:paraId="38E550F2" w14:textId="77777777" w:rsidR="004F1AA9" w:rsidRPr="00653D02" w:rsidRDefault="004F1AA9" w:rsidP="00DD66B1">
                   <w:r w:rsidRPr="00653D02">
                     <w:t>Turinčių mokytojo kvalifikacinę kategoriją</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2080" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w:rsidR="004F1AA9" w:rsidRPr="00653D02" w:rsidRDefault="00560C46" w:rsidP="00DD66B1">
+                <w:p w14:paraId="505F2223" w14:textId="77777777" w:rsidR="004F1AA9" w:rsidRPr="00653D02" w:rsidRDefault="00560C46" w:rsidP="00DD66B1">
                   <w:pPr>
                     <w:jc w:val="center"/>
                   </w:pPr>
                   <w:r>
                     <w:t>3</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1977" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w:rsidR="004F1AA9" w:rsidRPr="00653D02" w:rsidRDefault="004F7429" w:rsidP="00DD66B1">
+                <w:p w14:paraId="6CAD8AD4" w14:textId="77777777" w:rsidR="004F1AA9" w:rsidRPr="00653D02" w:rsidRDefault="004F7429" w:rsidP="00DD66B1">
                   <w:pPr>
                     <w:jc w:val="center"/>
                   </w:pPr>
                   <w:r>
                     <w:t>3</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
           </w:tbl>
-          <w:p w:rsidR="004F1AA9" w:rsidRPr="00653D02" w:rsidRDefault="004F1AA9" w:rsidP="00DD66B1"/>
-          <w:p w:rsidR="004F1AA9" w:rsidRPr="00405B0C" w:rsidRDefault="004F1AA9" w:rsidP="00DD66B1">
+          <w:p w14:paraId="06A65918" w14:textId="77777777" w:rsidR="004F1AA9" w:rsidRPr="00653D02" w:rsidRDefault="004F1AA9" w:rsidP="00DD66B1"/>
+          <w:p w14:paraId="36B4A9D0" w14:textId="77777777" w:rsidR="004F1AA9" w:rsidRPr="00405B0C" w:rsidRDefault="004F1AA9" w:rsidP="00DD66B1">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00405B0C">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Mokykloje besimokančių mokinių skaičius</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
           <w:tbl>
             <w:tblPr>
               <w:tblW w:w="0" w:type="auto"/>
               <w:tblBorders>
                 <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                 <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                 <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                 <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                 <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                 <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               </w:tblBorders>
               <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
             </w:tblPr>
             <w:tblGrid>
               <w:gridCol w:w="1370"/>
               <w:gridCol w:w="822"/>
               <w:gridCol w:w="821"/>
               <w:gridCol w:w="691"/>
               <w:gridCol w:w="821"/>
               <w:gridCol w:w="1084"/>
               <w:gridCol w:w="822"/>
               <w:gridCol w:w="691"/>
               <w:gridCol w:w="723"/>
               <w:gridCol w:w="1003"/>
               <w:gridCol w:w="701"/>
             </w:tblGrid>
-            <w:tr w:rsidR="004F1AA9" w:rsidRPr="009D5A56" w:rsidTr="00CF2724">
+            <w:tr w:rsidR="004F1AA9" w:rsidRPr="009D5A56" w14:paraId="1EA6D689" w14:textId="77777777" w:rsidTr="00CF2724">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1384" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                   <w:hideMark/>
                 </w:tcPr>
-                <w:p w:rsidR="004F1AA9" w:rsidRPr="009D5A56" w:rsidRDefault="00BA6F6D" w:rsidP="00DD66B1">
+                <w:p w14:paraId="4BE35DF7" w14:textId="77777777" w:rsidR="004F1AA9" w:rsidRPr="009D5A56" w:rsidRDefault="00BA6F6D" w:rsidP="00DD66B1">
                   <w:r>
                     <w:t>2024</w:t>
                   </w:r>
                   <w:r w:rsidR="004F1AA9" w:rsidRPr="009D5A56">
                     <w:t>-</w:t>
                   </w:r>
                   <w:r w:rsidR="00F45BC4">
                     <w:t>10</w:t>
                   </w:r>
                   <w:r w:rsidR="004F1AA9" w:rsidRPr="009D5A56">
                     <w:t>-01</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="851" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                   <w:hideMark/>
                 </w:tcPr>
-                <w:p w:rsidR="004F1AA9" w:rsidRPr="009D5A56" w:rsidRDefault="004F1AA9" w:rsidP="00DD66B1">
+                <w:p w14:paraId="6C98988E" w14:textId="77777777" w:rsidR="004F1AA9" w:rsidRPr="009D5A56" w:rsidRDefault="004F1AA9" w:rsidP="00DD66B1">
                   <w:pPr>
                     <w:ind w:hanging="108"/>
                     <w:jc w:val="center"/>
                   </w:pPr>
                   <w:r>
                     <w:t>1 kl.</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="850" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                   <w:hideMark/>
                 </w:tcPr>
-                <w:p w:rsidR="004F1AA9" w:rsidRPr="009D5A56" w:rsidRDefault="004F1AA9" w:rsidP="00DD66B1">
+                <w:p w14:paraId="352178E5" w14:textId="77777777" w:rsidR="004F1AA9" w:rsidRPr="009D5A56" w:rsidRDefault="004F1AA9" w:rsidP="00DD66B1">
                   <w:pPr>
                     <w:ind w:hanging="108"/>
                   </w:pPr>
                   <w:r>
                     <w:t xml:space="preserve"> 2 kl.</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="709" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                   <w:hideMark/>
                 </w:tcPr>
-                <w:p w:rsidR="004F1AA9" w:rsidRPr="009D5A56" w:rsidRDefault="004F1AA9" w:rsidP="00DD66B1">
+                <w:p w14:paraId="6027C607" w14:textId="77777777" w:rsidR="004F1AA9" w:rsidRPr="009D5A56" w:rsidRDefault="004F1AA9" w:rsidP="00DD66B1">
                   <w:pPr>
                     <w:ind w:hanging="108"/>
                   </w:pPr>
                   <w:r>
                     <w:t>3 kl.</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="850" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                   <w:hideMark/>
                 </w:tcPr>
-                <w:p w:rsidR="004F1AA9" w:rsidRPr="009D5A56" w:rsidRDefault="004F1AA9" w:rsidP="00DD66B1">
+                <w:p w14:paraId="70E4D667" w14:textId="77777777" w:rsidR="004F1AA9" w:rsidRPr="009D5A56" w:rsidRDefault="004F1AA9" w:rsidP="00DD66B1">
                   <w:r>
                     <w:t xml:space="preserve"> 4 kl.</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1134" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                   <w:hideMark/>
                 </w:tcPr>
-                <w:p w:rsidR="004F1AA9" w:rsidRPr="009D5A56" w:rsidRDefault="004F1AA9" w:rsidP="00DD66B1">
+                <w:p w14:paraId="160221C9" w14:textId="77777777" w:rsidR="004F1AA9" w:rsidRPr="009D5A56" w:rsidRDefault="004F1AA9" w:rsidP="00DD66B1">
                   <w:r>
                     <w:t xml:space="preserve"> 5 kl.</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="851" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                   <w:hideMark/>
                 </w:tcPr>
-                <w:p w:rsidR="004F1AA9" w:rsidRPr="009D5A56" w:rsidRDefault="004F1AA9" w:rsidP="00DD66B1">
+                <w:p w14:paraId="6AD6D2F1" w14:textId="77777777" w:rsidR="004F1AA9" w:rsidRPr="009D5A56" w:rsidRDefault="004F1AA9" w:rsidP="00DD66B1">
                   <w:r>
                     <w:t>6 kl.</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="709" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                   <w:hideMark/>
                 </w:tcPr>
-                <w:p w:rsidR="004F1AA9" w:rsidRPr="009D5A56" w:rsidRDefault="004F1AA9" w:rsidP="00DD66B1">
+                <w:p w14:paraId="4E6746DC" w14:textId="77777777" w:rsidR="004F1AA9" w:rsidRPr="009D5A56" w:rsidRDefault="004F1AA9" w:rsidP="00DD66B1">
                   <w:pPr>
                     <w:ind w:hanging="108"/>
                   </w:pPr>
                   <w:r>
                     <w:t xml:space="preserve"> 7 kl.</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="744" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                   <w:hideMark/>
                 </w:tcPr>
-                <w:p w:rsidR="004F1AA9" w:rsidRPr="009D5A56" w:rsidRDefault="004F1AA9" w:rsidP="00DD66B1">
+                <w:p w14:paraId="6B16418F" w14:textId="77777777" w:rsidR="004F1AA9" w:rsidRPr="009D5A56" w:rsidRDefault="004F1AA9" w:rsidP="00DD66B1">
                   <w:r>
                     <w:t>8 kl.</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1003" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w:rsidR="004F1AA9" w:rsidRDefault="004F1AA9" w:rsidP="00DD66B1">
+                <w:p w14:paraId="4FDDEA68" w14:textId="77777777" w:rsidR="004F1AA9" w:rsidRDefault="004F1AA9" w:rsidP="00DD66B1">
                   <w:r>
                     <w:t>Mėgėjai</w:t>
                   </w:r>
                 </w:p>
-                <w:p w:rsidR="004F1AA9" w:rsidRPr="009D5A56" w:rsidRDefault="004F1AA9" w:rsidP="00DD66B1"/>
+                <w:p w14:paraId="0F768182" w14:textId="77777777" w:rsidR="004F1AA9" w:rsidRPr="009D5A56" w:rsidRDefault="004F1AA9" w:rsidP="00DD66B1"/>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="708" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                   <w:hideMark/>
                 </w:tcPr>
-                <w:p w:rsidR="004F1AA9" w:rsidRPr="009D5A56" w:rsidRDefault="004F1AA9" w:rsidP="00DD66B1">
+                <w:p w14:paraId="50531704" w14:textId="77777777" w:rsidR="004F1AA9" w:rsidRPr="009D5A56" w:rsidRDefault="004F1AA9" w:rsidP="00DD66B1">
                   <w:r w:rsidRPr="009D5A56">
                     <w:t>Iš viso</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="004F1AA9" w:rsidRPr="009D5A56" w:rsidTr="00CF2724">
+            <w:tr w:rsidR="004F1AA9" w:rsidRPr="009D5A56" w14:paraId="7C284630" w14:textId="77777777" w:rsidTr="00CF2724">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1384" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                   <w:hideMark/>
                 </w:tcPr>
-                <w:p w:rsidR="004F1AA9" w:rsidRPr="009D5A56" w:rsidRDefault="004F1AA9" w:rsidP="00DD66B1">
+                <w:p w14:paraId="018116B2" w14:textId="77777777" w:rsidR="004F1AA9" w:rsidRPr="009D5A56" w:rsidRDefault="004F1AA9" w:rsidP="00DD66B1">
                   <w:r w:rsidRPr="009D5A56">
                     <w:t>Muzikinio</w:t>
                   </w:r>
                 </w:p>
-                <w:p w:rsidR="004F1AA9" w:rsidRPr="009D5A56" w:rsidRDefault="004F1AA9" w:rsidP="00DD66B1">
+                <w:p w14:paraId="505064BC" w14:textId="77777777" w:rsidR="004F1AA9" w:rsidRPr="009D5A56" w:rsidRDefault="004F1AA9" w:rsidP="00DD66B1">
                   <w:r w:rsidRPr="009D5A56">
                     <w:t>ugdymo skyrius</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="851" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w:rsidR="004F1AA9" w:rsidRPr="009D5A56" w:rsidRDefault="00560C46" w:rsidP="00DD66B1">
+                <w:p w14:paraId="3735515F" w14:textId="77777777" w:rsidR="004F1AA9" w:rsidRPr="009D5A56" w:rsidRDefault="00560C46" w:rsidP="00DD66B1">
                   <w:pPr>
                     <w:jc w:val="center"/>
                   </w:pPr>
                   <w:r>
                     <w:t>31</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="850" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w:rsidR="004F1AA9" w:rsidRPr="009D5A56" w:rsidRDefault="00560C46" w:rsidP="00DD66B1">
+                <w:p w14:paraId="137F7CFC" w14:textId="77777777" w:rsidR="004F1AA9" w:rsidRPr="009D5A56" w:rsidRDefault="00560C46" w:rsidP="00DD66B1">
                   <w:pPr>
                     <w:jc w:val="center"/>
                   </w:pPr>
                   <w:r>
                     <w:t>4</w:t>
                   </w:r>
                   <w:r w:rsidR="00676D53">
                     <w:t>2</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="709" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w:rsidR="004F1AA9" w:rsidRPr="009D5A56" w:rsidRDefault="00560C46" w:rsidP="00DD66B1">
+                <w:p w14:paraId="1CEA905D" w14:textId="77777777" w:rsidR="004F1AA9" w:rsidRPr="009D5A56" w:rsidRDefault="00560C46" w:rsidP="00DD66B1">
                   <w:pPr>
                     <w:jc w:val="center"/>
                   </w:pPr>
                   <w:r>
                     <w:t>16</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="850" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w:rsidR="004F1AA9" w:rsidRPr="009D5A56" w:rsidRDefault="00560C46" w:rsidP="00DD66B1">
+                <w:p w14:paraId="6DB0F7D4" w14:textId="77777777" w:rsidR="004F1AA9" w:rsidRPr="009D5A56" w:rsidRDefault="00560C46" w:rsidP="00DD66B1">
                   <w:pPr>
                     <w:jc w:val="center"/>
                   </w:pPr>
                   <w:r>
                     <w:t>24</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1134" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w:rsidR="004F1AA9" w:rsidRPr="009D5A56" w:rsidRDefault="00560C46" w:rsidP="00DD66B1">
+                <w:p w14:paraId="39207B20" w14:textId="77777777" w:rsidR="004F1AA9" w:rsidRPr="009D5A56" w:rsidRDefault="00560C46" w:rsidP="00DD66B1">
                   <w:pPr>
                     <w:jc w:val="center"/>
                   </w:pPr>
                   <w:r>
                     <w:t>9</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="851" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w:rsidR="004F1AA9" w:rsidRPr="009D5A56" w:rsidRDefault="00560C46" w:rsidP="00DD66B1">
+                <w:p w14:paraId="2E203EE3" w14:textId="77777777" w:rsidR="004F1AA9" w:rsidRPr="009D5A56" w:rsidRDefault="00560C46" w:rsidP="00DD66B1">
                   <w:pPr>
                     <w:jc w:val="center"/>
                   </w:pPr>
                   <w:r>
                     <w:t>12</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="709" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w:rsidR="004F1AA9" w:rsidRPr="009D5A56" w:rsidRDefault="00560C46" w:rsidP="00DD66B1">
+                <w:p w14:paraId="26195026" w14:textId="77777777" w:rsidR="004F1AA9" w:rsidRPr="009D5A56" w:rsidRDefault="00560C46" w:rsidP="00DD66B1">
                   <w:pPr>
                     <w:jc w:val="center"/>
                   </w:pPr>
                   <w:r>
                     <w:t>9</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="744" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w:rsidR="004F1AA9" w:rsidRPr="009D5A56" w:rsidRDefault="00560C46" w:rsidP="00DD66B1">
+                <w:p w14:paraId="342498CC" w14:textId="77777777" w:rsidR="004F1AA9" w:rsidRPr="009D5A56" w:rsidRDefault="00560C46" w:rsidP="00DD66B1">
                   <w:pPr>
                     <w:jc w:val="center"/>
                   </w:pPr>
                   <w:r>
                     <w:t>4</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1003" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w:rsidR="004F1AA9" w:rsidRPr="009D5A56" w:rsidRDefault="00560C46" w:rsidP="00DD66B1">
+                <w:p w14:paraId="7B069F86" w14:textId="77777777" w:rsidR="004F1AA9" w:rsidRPr="009D5A56" w:rsidRDefault="00560C46" w:rsidP="00DD66B1">
                   <w:pPr>
                     <w:jc w:val="center"/>
                   </w:pPr>
                   <w:r>
                     <w:t>4</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="708" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w:rsidR="004F1AA9" w:rsidRPr="009D5A56" w:rsidRDefault="00560C46" w:rsidP="00DD66B1">
+                <w:p w14:paraId="4822DA94" w14:textId="77777777" w:rsidR="004F1AA9" w:rsidRPr="009D5A56" w:rsidRDefault="00560C46" w:rsidP="00DD66B1">
                   <w:pPr>
                     <w:jc w:val="center"/>
                   </w:pPr>
                   <w:r>
                     <w:t>155</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="004F1AA9" w:rsidRPr="009D5A56" w:rsidTr="00CF2724">
+            <w:tr w:rsidR="004F1AA9" w:rsidRPr="009D5A56" w14:paraId="29C21346" w14:textId="77777777" w:rsidTr="00CF2724">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1384" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                   <w:hideMark/>
                 </w:tcPr>
-                <w:p w:rsidR="004F1AA9" w:rsidRPr="009D5A56" w:rsidRDefault="004F1AA9" w:rsidP="00DD66B1">
+                <w:p w14:paraId="3019AB41" w14:textId="77777777" w:rsidR="004F1AA9" w:rsidRPr="009D5A56" w:rsidRDefault="004F1AA9" w:rsidP="00DD66B1">
                   <w:r w:rsidRPr="009D5A56">
                     <w:t>Dailės</w:t>
                   </w:r>
                 </w:p>
-                <w:p w:rsidR="004F1AA9" w:rsidRPr="009D5A56" w:rsidRDefault="004F1AA9" w:rsidP="00DD66B1">
+                <w:p w14:paraId="63CBB45A" w14:textId="77777777" w:rsidR="004F1AA9" w:rsidRPr="009D5A56" w:rsidRDefault="004F1AA9" w:rsidP="00DD66B1">
                   <w:r w:rsidRPr="009D5A56">
                     <w:t>skyrius</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="851" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w:rsidR="004F1AA9" w:rsidRPr="009D5A56" w:rsidRDefault="00560C46" w:rsidP="00DD66B1">
+                <w:p w14:paraId="18D2D570" w14:textId="77777777" w:rsidR="004F1AA9" w:rsidRPr="009D5A56" w:rsidRDefault="00560C46" w:rsidP="00DD66B1">
                   <w:pPr>
                     <w:jc w:val="center"/>
                   </w:pPr>
                   <w:r>
                     <w:t>5</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="850" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w:rsidR="004F1AA9" w:rsidRPr="009D5A56" w:rsidRDefault="00560C46" w:rsidP="00DD66B1">
+                <w:p w14:paraId="6B52DD03" w14:textId="77777777" w:rsidR="004F1AA9" w:rsidRPr="009D5A56" w:rsidRDefault="00560C46" w:rsidP="00DD66B1">
                   <w:pPr>
                     <w:jc w:val="center"/>
                   </w:pPr>
                   <w:r>
                     <w:t>7</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="709" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w:rsidR="004F1AA9" w:rsidRPr="009D5A56" w:rsidRDefault="00560C46" w:rsidP="00DD66B1">
+                <w:p w14:paraId="64F5A630" w14:textId="77777777" w:rsidR="004F1AA9" w:rsidRPr="009D5A56" w:rsidRDefault="00560C46" w:rsidP="00DD66B1">
                   <w:pPr>
                     <w:jc w:val="center"/>
                   </w:pPr>
                   <w:r>
                     <w:t>7</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="850" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w:rsidR="004F1AA9" w:rsidRPr="009D5A56" w:rsidRDefault="00560C46" w:rsidP="00DD66B1">
+                <w:p w14:paraId="3EF56112" w14:textId="77777777" w:rsidR="004F1AA9" w:rsidRPr="009D5A56" w:rsidRDefault="00560C46" w:rsidP="00DD66B1">
                   <w:pPr>
                     <w:jc w:val="center"/>
                   </w:pPr>
                   <w:r>
                     <w:t>3</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1134" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w:rsidR="004F1AA9" w:rsidRPr="009D5A56" w:rsidRDefault="00560C46" w:rsidP="00DD66B1">
+                <w:p w14:paraId="6699BD03" w14:textId="77777777" w:rsidR="004F1AA9" w:rsidRPr="009D5A56" w:rsidRDefault="00560C46" w:rsidP="00DD66B1">
                   <w:pPr>
                     <w:jc w:val="center"/>
                   </w:pPr>
                   <w:r>
                     <w:t>1</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="851" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w:rsidR="004F1AA9" w:rsidRPr="009D5A56" w:rsidRDefault="00560C46" w:rsidP="00DD66B1">
+                <w:p w14:paraId="32F51540" w14:textId="77777777" w:rsidR="004F1AA9" w:rsidRPr="009D5A56" w:rsidRDefault="00560C46" w:rsidP="00DD66B1">
                   <w:pPr>
                     <w:jc w:val="center"/>
                   </w:pPr>
                   <w:r>
                     <w:t>-</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="709" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w:rsidR="004F1AA9" w:rsidRPr="009D5A56" w:rsidRDefault="00560C46" w:rsidP="00DD66B1">
+                <w:p w14:paraId="7F3D0712" w14:textId="77777777" w:rsidR="004F1AA9" w:rsidRPr="009D5A56" w:rsidRDefault="00560C46" w:rsidP="00DD66B1">
                   <w:pPr>
                     <w:jc w:val="center"/>
                   </w:pPr>
                   <w:r>
                     <w:t>5</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="744" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w:rsidR="004F1AA9" w:rsidRPr="009D5A56" w:rsidRDefault="008A609D" w:rsidP="00DD66B1">
+                <w:p w14:paraId="63454109" w14:textId="77777777" w:rsidR="004F1AA9" w:rsidRPr="009D5A56" w:rsidRDefault="008A609D" w:rsidP="00DD66B1">
                   <w:pPr>
                     <w:jc w:val="center"/>
                   </w:pPr>
                   <w:r>
                     <w:t>-</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1003" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w:rsidR="004F1AA9" w:rsidRPr="009D5A56" w:rsidRDefault="00560C46" w:rsidP="00DD66B1">
+                <w:p w14:paraId="72DCEE14" w14:textId="77777777" w:rsidR="004F1AA9" w:rsidRPr="009D5A56" w:rsidRDefault="00560C46" w:rsidP="00DD66B1">
                   <w:pPr>
                     <w:jc w:val="center"/>
                   </w:pPr>
                   <w:r>
                     <w:t>3</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="708" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w:rsidR="004F1AA9" w:rsidRPr="009D5A56" w:rsidRDefault="00560C46" w:rsidP="00DD66B1">
+                <w:p w14:paraId="20A6601E" w14:textId="77777777" w:rsidR="004F1AA9" w:rsidRPr="009D5A56" w:rsidRDefault="00560C46" w:rsidP="00DD66B1">
                   <w:pPr>
                     <w:jc w:val="center"/>
                   </w:pPr>
                   <w:r>
                     <w:t>31</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="004F1AA9" w:rsidRPr="009D5A56" w:rsidTr="00CF2724">
+            <w:tr w:rsidR="004F1AA9" w:rsidRPr="009D5A56" w14:paraId="75D6DBCC" w14:textId="77777777" w:rsidTr="00CF2724">
               <w:trPr>
                 <w:trHeight w:val="630"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1384" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                   <w:hideMark/>
                 </w:tcPr>
-                <w:p w:rsidR="004F1AA9" w:rsidRPr="009D5A56" w:rsidRDefault="004F1AA9" w:rsidP="00DD66B1">
+                <w:p w14:paraId="156A3CFF" w14:textId="77777777" w:rsidR="004F1AA9" w:rsidRPr="009D5A56" w:rsidRDefault="004F1AA9" w:rsidP="00DD66B1">
                   <w:r w:rsidRPr="009D5A56">
                     <w:t>Sporto skyrius</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="851" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w:rsidR="004F1AA9" w:rsidRPr="009D5A56" w:rsidRDefault="00560C46" w:rsidP="00DD66B1">
+                <w:p w14:paraId="27B2D0F0" w14:textId="77777777" w:rsidR="004F1AA9" w:rsidRPr="009D5A56" w:rsidRDefault="00560C46" w:rsidP="00DD66B1">
                   <w:pPr>
                     <w:jc w:val="center"/>
                   </w:pPr>
                   <w:r>
                     <w:t>15</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="850" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w:rsidR="004F1AA9" w:rsidRPr="009D5A56" w:rsidRDefault="00560C46" w:rsidP="00DD66B1">
+                <w:p w14:paraId="120659E9" w14:textId="77777777" w:rsidR="004F1AA9" w:rsidRPr="009D5A56" w:rsidRDefault="00560C46" w:rsidP="00DD66B1">
                   <w:pPr>
                     <w:jc w:val="center"/>
                   </w:pPr>
                   <w:r>
                     <w:t>38</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="709" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w:rsidR="004F1AA9" w:rsidRPr="009D5A56" w:rsidRDefault="00560C46" w:rsidP="00DD66B1">
+                <w:p w14:paraId="18B40781" w14:textId="77777777" w:rsidR="004F1AA9" w:rsidRPr="009D5A56" w:rsidRDefault="00560C46" w:rsidP="00DD66B1">
                   <w:pPr>
                     <w:jc w:val="center"/>
                   </w:pPr>
                   <w:r>
                     <w:t>2</w:t>
                   </w:r>
                   <w:r w:rsidR="00676D53">
                     <w:t>3</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="850" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w:rsidR="004F1AA9" w:rsidRPr="009D5A56" w:rsidRDefault="00560C46" w:rsidP="00DD66B1">
+                <w:p w14:paraId="4D909AC2" w14:textId="77777777" w:rsidR="004F1AA9" w:rsidRPr="009D5A56" w:rsidRDefault="00560C46" w:rsidP="00DD66B1">
                   <w:pPr>
                     <w:jc w:val="center"/>
                   </w:pPr>
                   <w:r>
                     <w:t>8</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1134" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w:rsidR="004F1AA9" w:rsidRPr="009D5A56" w:rsidRDefault="00676D53" w:rsidP="00DD66B1">
+                <w:p w14:paraId="3F8DD579" w14:textId="77777777" w:rsidR="004F1AA9" w:rsidRPr="009D5A56" w:rsidRDefault="00676D53" w:rsidP="00DD66B1">
                   <w:pPr>
                     <w:jc w:val="center"/>
                   </w:pPr>
                   <w:r>
                     <w:t>4</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="851" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w:rsidR="004F1AA9" w:rsidRPr="009D5A56" w:rsidRDefault="00560C46" w:rsidP="00DD66B1">
+                <w:p w14:paraId="3F436A5C" w14:textId="77777777" w:rsidR="004F1AA9" w:rsidRPr="009D5A56" w:rsidRDefault="00560C46" w:rsidP="00DD66B1">
                   <w:pPr>
                     <w:jc w:val="center"/>
                   </w:pPr>
                   <w:r>
                     <w:t>2</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="709" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w:rsidR="004F1AA9" w:rsidRPr="009D5A56" w:rsidRDefault="00676D53" w:rsidP="00DD66B1">
+                <w:p w14:paraId="18541860" w14:textId="77777777" w:rsidR="004F1AA9" w:rsidRPr="009D5A56" w:rsidRDefault="00676D53" w:rsidP="00DD66B1">
                   <w:pPr>
                     <w:jc w:val="center"/>
                   </w:pPr>
                   <w:r>
                     <w:t>3</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="744" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w:rsidR="004F1AA9" w:rsidRPr="009D5A56" w:rsidRDefault="00560C46" w:rsidP="00DD66B1">
+                <w:p w14:paraId="6D37E341" w14:textId="77777777" w:rsidR="004F1AA9" w:rsidRPr="009D5A56" w:rsidRDefault="00560C46" w:rsidP="00DD66B1">
                   <w:pPr>
                     <w:jc w:val="center"/>
                   </w:pPr>
                   <w:r>
                     <w:t>2</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1003" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w:rsidR="004F1AA9" w:rsidRPr="009D5A56" w:rsidRDefault="00560C46" w:rsidP="00DD66B1">
+                <w:p w14:paraId="1416204A" w14:textId="77777777" w:rsidR="004F1AA9" w:rsidRPr="009D5A56" w:rsidRDefault="00560C46" w:rsidP="00DD66B1">
                   <w:pPr>
                     <w:jc w:val="center"/>
                   </w:pPr>
                   <w:r>
                     <w:t>-</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="708" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w:rsidR="004F1AA9" w:rsidRPr="009D5A56" w:rsidRDefault="00676D53" w:rsidP="00DD66B1">
+                <w:p w14:paraId="2FE16B1C" w14:textId="77777777" w:rsidR="004F1AA9" w:rsidRPr="009D5A56" w:rsidRDefault="00676D53" w:rsidP="00DD66B1">
                   <w:pPr>
                     <w:jc w:val="center"/>
                   </w:pPr>
                   <w:r>
                     <w:t>9</w:t>
                   </w:r>
                   <w:r w:rsidR="00560C46">
                     <w:t>5</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="004F1AA9" w:rsidRPr="009D5A56" w:rsidTr="00CF2724">
+            <w:tr w:rsidR="004F1AA9" w:rsidRPr="009D5A56" w14:paraId="7D62BE8D" w14:textId="77777777" w:rsidTr="00CF2724">
               <w:trPr>
                 <w:trHeight w:val="195"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1384" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                   <w:hideMark/>
                 </w:tcPr>
-                <w:p w:rsidR="004F1AA9" w:rsidRPr="009D5A56" w:rsidRDefault="004F1AA9" w:rsidP="00DD66B1">
+                <w:p w14:paraId="4EBB1E04" w14:textId="77777777" w:rsidR="004F1AA9" w:rsidRPr="009D5A56" w:rsidRDefault="004F1AA9" w:rsidP="00DD66B1">
                   <w:r w:rsidRPr="009D5A56">
                     <w:t>Iš viso</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="851" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w:rsidR="004F1AA9" w:rsidRPr="009D5A56" w:rsidRDefault="00560C46" w:rsidP="00DD66B1">
+                <w:p w14:paraId="7B7B517F" w14:textId="77777777" w:rsidR="004F1AA9" w:rsidRPr="009D5A56" w:rsidRDefault="00560C46" w:rsidP="00DD66B1">
                   <w:pPr>
                     <w:jc w:val="center"/>
                   </w:pPr>
                   <w:r>
                     <w:t>51</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="850" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w:rsidR="004F1AA9" w:rsidRPr="009D5A56" w:rsidRDefault="00560C46" w:rsidP="00DD66B1">
+                <w:p w14:paraId="44F2715E" w14:textId="77777777" w:rsidR="004F1AA9" w:rsidRPr="009D5A56" w:rsidRDefault="00560C46" w:rsidP="00DD66B1">
                   <w:pPr>
                     <w:jc w:val="center"/>
                   </w:pPr>
                   <w:r>
                     <w:t>8</w:t>
                   </w:r>
                   <w:r w:rsidR="00676D53">
                     <w:t>7</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="709" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w:rsidR="004F1AA9" w:rsidRPr="009D5A56" w:rsidRDefault="00560C46" w:rsidP="00DD66B1">
+                <w:p w14:paraId="23F40349" w14:textId="77777777" w:rsidR="004F1AA9" w:rsidRPr="009D5A56" w:rsidRDefault="00560C46" w:rsidP="00DD66B1">
                   <w:pPr>
                     <w:jc w:val="center"/>
                   </w:pPr>
                   <w:r>
                     <w:t>46</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="850" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w:rsidR="004F1AA9" w:rsidRPr="009D5A56" w:rsidRDefault="00560C46" w:rsidP="00DD66B1">
+                <w:p w14:paraId="632EBCB8" w14:textId="77777777" w:rsidR="004F1AA9" w:rsidRPr="009D5A56" w:rsidRDefault="00560C46" w:rsidP="00DD66B1">
                   <w:pPr>
                     <w:jc w:val="center"/>
                   </w:pPr>
                   <w:r>
                     <w:t>35</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1134" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w:rsidR="004F1AA9" w:rsidRPr="009D5A56" w:rsidRDefault="00560C46" w:rsidP="00DD66B1">
+                <w:p w14:paraId="130AB756" w14:textId="77777777" w:rsidR="004F1AA9" w:rsidRPr="009D5A56" w:rsidRDefault="00560C46" w:rsidP="00DD66B1">
                   <w:pPr>
                     <w:jc w:val="center"/>
                   </w:pPr>
                   <w:r>
                     <w:t>14</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="851" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w:rsidR="004F1AA9" w:rsidRPr="009D5A56" w:rsidRDefault="0057650F" w:rsidP="00DD66B1">
+                <w:p w14:paraId="1D282594" w14:textId="77777777" w:rsidR="004F1AA9" w:rsidRPr="009D5A56" w:rsidRDefault="0057650F" w:rsidP="00DD66B1">
                   <w:pPr>
                     <w:jc w:val="center"/>
                   </w:pPr>
                   <w:r>
                     <w:t>1</w:t>
                   </w:r>
                   <w:r w:rsidR="00560C46">
                     <w:t>4</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="709" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w:rsidR="004F1AA9" w:rsidRPr="009D5A56" w:rsidRDefault="0057650F" w:rsidP="00DD66B1">
+                <w:p w14:paraId="28364F3F" w14:textId="77777777" w:rsidR="004F1AA9" w:rsidRPr="009D5A56" w:rsidRDefault="0057650F" w:rsidP="00DD66B1">
                   <w:pPr>
                     <w:jc w:val="center"/>
                   </w:pPr>
                   <w:r>
                     <w:t>1</w:t>
                   </w:r>
                   <w:r w:rsidR="00560C46">
                     <w:t>7</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="744" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w:rsidR="004F1AA9" w:rsidRPr="009D5A56" w:rsidRDefault="00560C46" w:rsidP="00DD66B1">
+                <w:p w14:paraId="468AEB5E" w14:textId="77777777" w:rsidR="004F1AA9" w:rsidRPr="009D5A56" w:rsidRDefault="00560C46" w:rsidP="00DD66B1">
                   <w:pPr>
                     <w:jc w:val="center"/>
                   </w:pPr>
                   <w:r>
                     <w:t>6</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1003" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w:rsidR="004F1AA9" w:rsidRPr="009D5A56" w:rsidRDefault="00560C46" w:rsidP="00DD66B1">
+                <w:p w14:paraId="5A7459ED" w14:textId="77777777" w:rsidR="004F1AA9" w:rsidRPr="009D5A56" w:rsidRDefault="00560C46" w:rsidP="00DD66B1">
                   <w:pPr>
                     <w:jc w:val="center"/>
                   </w:pPr>
                   <w:r>
                     <w:t>7</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="708" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w:rsidR="004F1AA9" w:rsidRPr="006F4B0E" w:rsidRDefault="00560C46" w:rsidP="00DD66B1">
+                <w:p w14:paraId="3CAABEB3" w14:textId="77777777" w:rsidR="004F1AA9" w:rsidRPr="006F4B0E" w:rsidRDefault="00560C46" w:rsidP="00DD66B1">
                   <w:pPr>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:b/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:b/>
                     </w:rPr>
                     <w:t>277</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
           </w:tbl>
-          <w:p w:rsidR="004F1AA9" w:rsidRDefault="004F1AA9" w:rsidP="00DD66B1">
+          <w:p w14:paraId="50352C25" w14:textId="77777777" w:rsidR="004F1AA9" w:rsidRDefault="004F1AA9" w:rsidP="00DD66B1">
             <w:r w:rsidRPr="00653D02">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="004F1AA9" w:rsidRPr="00653D02" w:rsidRDefault="004F1AA9" w:rsidP="00DD66B1">
+          <w:p w14:paraId="22EB6A46" w14:textId="77777777" w:rsidR="004F1AA9" w:rsidRPr="00653D02" w:rsidRDefault="004F1AA9" w:rsidP="00DD66B1">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00653D02">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Mokinių</w:t>
             </w:r>
             <w:r w:rsidR="00BA6F6D">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve"> laidos 2024</w:t>
             </w:r>
             <w:r w:rsidRPr="00653D02">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve"> m.:</w:t>
             </w:r>
           </w:p>
           <w:tbl>
             <w:tblPr>
               <w:tblW w:w="9498" w:type="dxa"/>
               <w:tblInd w:w="25" w:type="dxa"/>
               <w:tblBorders>
                 <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                 <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                 <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                 <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                 <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                 <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               </w:tblBorders>
               <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
             </w:tblPr>
             <w:tblGrid>
               <w:gridCol w:w="4536"/>
               <w:gridCol w:w="1276"/>
               <w:gridCol w:w="1418"/>
               <w:gridCol w:w="1275"/>
               <w:gridCol w:w="993"/>
             </w:tblGrid>
-            <w:tr w:rsidR="00AB6A4F" w:rsidRPr="00653D02" w:rsidTr="00AA359D">
+            <w:tr w:rsidR="00AB6A4F" w:rsidRPr="00653D02" w14:paraId="44985816" w14:textId="77777777" w:rsidTr="00AA359D">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="4536" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w:rsidR="00AB6A4F" w:rsidRPr="00653D02" w:rsidRDefault="00AB6A4F" w:rsidP="00DD66B1"/>
+                <w:p w14:paraId="3C58C94F" w14:textId="77777777" w:rsidR="00AB6A4F" w:rsidRPr="00653D02" w:rsidRDefault="00AB6A4F" w:rsidP="00DD66B1"/>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1276" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                   <w:hideMark/>
                 </w:tcPr>
-                <w:p w:rsidR="00AB6A4F" w:rsidRPr="00653D02" w:rsidRDefault="00AB6A4F" w:rsidP="00DD66B1">
+                <w:p w14:paraId="352FB949" w14:textId="77777777" w:rsidR="00AB6A4F" w:rsidRPr="00653D02" w:rsidRDefault="00AB6A4F" w:rsidP="00DD66B1">
                   <w:pPr>
                     <w:jc w:val="center"/>
                   </w:pPr>
                   <w:r w:rsidRPr="00653D02">
                     <w:t>Muzikinio</w:t>
                   </w:r>
                 </w:p>
-                <w:p w:rsidR="00AB6A4F" w:rsidRPr="00653D02" w:rsidRDefault="00AB6A4F" w:rsidP="00DD66B1">
+                <w:p w14:paraId="02E3FA58" w14:textId="77777777" w:rsidR="00AB6A4F" w:rsidRPr="00653D02" w:rsidRDefault="00AB6A4F" w:rsidP="00DD66B1">
                   <w:pPr>
                     <w:jc w:val="center"/>
                   </w:pPr>
                   <w:r w:rsidRPr="00653D02">
                     <w:t>ugdymo skyrius</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1418" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                   <w:hideMark/>
                 </w:tcPr>
-                <w:p w:rsidR="00AB6A4F" w:rsidRPr="00653D02" w:rsidRDefault="00AA359D" w:rsidP="00DD66B1">
+                <w:p w14:paraId="7F07A6C1" w14:textId="77777777" w:rsidR="00AB6A4F" w:rsidRPr="00653D02" w:rsidRDefault="00AA359D" w:rsidP="00DD66B1">
                   <w:pPr>
                     <w:jc w:val="center"/>
                   </w:pPr>
                   <w:r>
                     <w:t>Dailės</w:t>
                   </w:r>
                 </w:p>
-                <w:p w:rsidR="00AB6A4F" w:rsidRPr="00653D02" w:rsidRDefault="00AB6A4F" w:rsidP="00DD66B1">
+                <w:p w14:paraId="6395416F" w14:textId="77777777" w:rsidR="00AB6A4F" w:rsidRPr="00653D02" w:rsidRDefault="00AB6A4F" w:rsidP="00DD66B1">
                   <w:pPr>
                     <w:jc w:val="center"/>
                   </w:pPr>
                   <w:r w:rsidRPr="00653D02">
                     <w:t>ugdymo</w:t>
                   </w:r>
                 </w:p>
-                <w:p w:rsidR="00AB6A4F" w:rsidRPr="00653D02" w:rsidRDefault="00AB6A4F" w:rsidP="00DD66B1">
+                <w:p w14:paraId="6FFC31E3" w14:textId="77777777" w:rsidR="00AB6A4F" w:rsidRPr="00653D02" w:rsidRDefault="00AB6A4F" w:rsidP="00DD66B1">
                   <w:pPr>
                     <w:jc w:val="center"/>
                   </w:pPr>
                   <w:r w:rsidRPr="00653D02">
                     <w:t>skyrius</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1275" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                   <w:hideMark/>
                 </w:tcPr>
-                <w:p w:rsidR="00AB6A4F" w:rsidRPr="00653D02" w:rsidRDefault="00AB6A4F" w:rsidP="00DD66B1">
+                <w:p w14:paraId="3912C741" w14:textId="77777777" w:rsidR="00AB6A4F" w:rsidRPr="00653D02" w:rsidRDefault="00AB6A4F" w:rsidP="00DD66B1">
                   <w:pPr>
                     <w:jc w:val="center"/>
                   </w:pPr>
                   <w:r w:rsidRPr="00653D02">
                     <w:t>Sportinio ugdymo</w:t>
                   </w:r>
                 </w:p>
-                <w:p w:rsidR="00AB6A4F" w:rsidRPr="00653D02" w:rsidRDefault="00AB6A4F" w:rsidP="00DD66B1">
+                <w:p w14:paraId="2072D0C5" w14:textId="77777777" w:rsidR="00AB6A4F" w:rsidRPr="00653D02" w:rsidRDefault="00AB6A4F" w:rsidP="00DD66B1">
                   <w:pPr>
                     <w:jc w:val="center"/>
                   </w:pPr>
                   <w:r w:rsidRPr="00653D02">
                     <w:t>skyrius</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="993" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                   <w:hideMark/>
                 </w:tcPr>
-                <w:p w:rsidR="00AB6A4F" w:rsidRPr="00653D02" w:rsidRDefault="00AB6A4F" w:rsidP="00DD66B1">
+                <w:p w14:paraId="6FBFEC55" w14:textId="77777777" w:rsidR="00AB6A4F" w:rsidRPr="00653D02" w:rsidRDefault="00AB6A4F" w:rsidP="00DD66B1">
                   <w:pPr>
                     <w:jc w:val="center"/>
                   </w:pPr>
                   <w:r w:rsidRPr="00653D02">
                     <w:t>Iš</w:t>
                   </w:r>
                 </w:p>
-                <w:p w:rsidR="00AB6A4F" w:rsidRPr="00653D02" w:rsidRDefault="00AB6A4F" w:rsidP="00DD66B1">
+                <w:p w14:paraId="30DA5FC2" w14:textId="77777777" w:rsidR="00AB6A4F" w:rsidRPr="00653D02" w:rsidRDefault="00AB6A4F" w:rsidP="00DD66B1">
                   <w:pPr>
                     <w:jc w:val="center"/>
                   </w:pPr>
                   <w:r w:rsidRPr="00653D02">
                     <w:t>viso</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00AB6A4F" w:rsidRPr="00653D02" w:rsidTr="00AA359D">
+            <w:tr w:rsidR="00AB6A4F" w:rsidRPr="00653D02" w14:paraId="0F1C0747" w14:textId="77777777" w:rsidTr="00AA359D">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="4536" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                   <w:hideMark/>
                 </w:tcPr>
-                <w:p w:rsidR="00AB6A4F" w:rsidRPr="00653D02" w:rsidRDefault="00BA6F6D" w:rsidP="00DD66B1">
+                <w:p w14:paraId="23783031" w14:textId="77777777" w:rsidR="00AB6A4F" w:rsidRPr="00653D02" w:rsidRDefault="00BA6F6D" w:rsidP="00DD66B1">
                   <w:r>
                     <w:t>Buvo mokinių 2023–2024</w:t>
                   </w:r>
                   <w:r w:rsidR="00AB6A4F" w:rsidRPr="00653D02">
                     <w:t xml:space="preserve"> m. m. pabaigoje</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1276" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w:rsidR="00AB6A4F" w:rsidRPr="00653D02" w:rsidRDefault="00560C46" w:rsidP="00DD66B1">
+                <w:p w14:paraId="54DD865D" w14:textId="77777777" w:rsidR="00AB6A4F" w:rsidRPr="00653D02" w:rsidRDefault="00560C46" w:rsidP="00DD66B1">
                   <w:pPr>
                     <w:jc w:val="center"/>
                   </w:pPr>
                   <w:r>
                     <w:t>155</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1418" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w:rsidR="00AB6A4F" w:rsidRPr="00653D02" w:rsidRDefault="00560C46" w:rsidP="00DD66B1">
+                <w:p w14:paraId="51789153" w14:textId="77777777" w:rsidR="00AB6A4F" w:rsidRPr="00653D02" w:rsidRDefault="00560C46" w:rsidP="00DD66B1">
                   <w:pPr>
                     <w:jc w:val="center"/>
                   </w:pPr>
                   <w:r>
                     <w:t>28</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1275" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w:rsidR="00AB6A4F" w:rsidRPr="00653D02" w:rsidRDefault="00560C46" w:rsidP="00DD66B1">
+                <w:p w14:paraId="196BFA71" w14:textId="77777777" w:rsidR="00AB6A4F" w:rsidRPr="00653D02" w:rsidRDefault="00560C46" w:rsidP="00DD66B1">
                   <w:pPr>
                     <w:jc w:val="center"/>
                   </w:pPr>
                   <w:r>
                     <w:t>109</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="993" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w:rsidR="00AB6A4F" w:rsidRPr="00653D02" w:rsidRDefault="00560C46" w:rsidP="00DD66B1">
+                <w:p w14:paraId="5E7379FF" w14:textId="77777777" w:rsidR="00AB6A4F" w:rsidRPr="00653D02" w:rsidRDefault="00560C46" w:rsidP="00DD66B1">
                   <w:pPr>
                     <w:jc w:val="center"/>
                   </w:pPr>
                   <w:r>
                     <w:t>292</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="00AB6A4F" w:rsidRPr="00653D02" w:rsidTr="00AA359D">
+            <w:tr w:rsidR="00AB6A4F" w:rsidRPr="00653D02" w14:paraId="0D657CA5" w14:textId="77777777" w:rsidTr="00AA359D">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="4536" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                   <w:hideMark/>
                 </w:tcPr>
-                <w:p w:rsidR="00AB6A4F" w:rsidRPr="00653D02" w:rsidRDefault="00AB6A4F" w:rsidP="00DD66B1">
+                <w:p w14:paraId="414FE7E3" w14:textId="77777777" w:rsidR="00AB6A4F" w:rsidRPr="00653D02" w:rsidRDefault="00AB6A4F" w:rsidP="00DD66B1">
                   <w:r w:rsidRPr="00653D02">
                     <w:t>Iš jų gavo išsilavinimo pažymėjimą</w:t>
                   </w:r>
                 </w:p>
-                <w:p w:rsidR="00AB6A4F" w:rsidRPr="00653D02" w:rsidRDefault="00AB6A4F" w:rsidP="00DD66B1">
+                <w:p w14:paraId="317FD90A" w14:textId="77777777" w:rsidR="00AB6A4F" w:rsidRPr="00653D02" w:rsidRDefault="00AB6A4F" w:rsidP="00DD66B1">
                   <w:r w:rsidRPr="00653D02">
                     <w:t>Serija NV kodas 9201</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1276" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w:rsidR="00AB6A4F" w:rsidRPr="00653D02" w:rsidRDefault="00560C46" w:rsidP="00DD66B1">
+                <w:p w14:paraId="10B62BDA" w14:textId="77777777" w:rsidR="00AB6A4F" w:rsidRPr="00653D02" w:rsidRDefault="00560C46" w:rsidP="00DD66B1">
                   <w:pPr>
                     <w:jc w:val="center"/>
                   </w:pPr>
                   <w:r>
                     <w:t>9</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1418" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w:rsidR="00AB6A4F" w:rsidRPr="00653D02" w:rsidRDefault="00560C46" w:rsidP="00DD66B1">
+                <w:p w14:paraId="37BD0E28" w14:textId="77777777" w:rsidR="00AB6A4F" w:rsidRPr="00653D02" w:rsidRDefault="00560C46" w:rsidP="00DD66B1">
                   <w:pPr>
                     <w:jc w:val="center"/>
                   </w:pPr>
                   <w:r>
                     <w:t>4</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1275" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w:rsidR="00AB6A4F" w:rsidRPr="00653D02" w:rsidRDefault="00560C46" w:rsidP="00DD66B1">
+                <w:p w14:paraId="6AD4E4B4" w14:textId="77777777" w:rsidR="00AB6A4F" w:rsidRPr="00653D02" w:rsidRDefault="00560C46" w:rsidP="00DD66B1">
                   <w:pPr>
                     <w:jc w:val="center"/>
                   </w:pPr>
                   <w:r>
                     <w:t>-</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="993" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w:rsidR="00AB6A4F" w:rsidRPr="00653D02" w:rsidRDefault="00AA359D" w:rsidP="00DD66B1">
+                <w:p w14:paraId="0456B4DF" w14:textId="77777777" w:rsidR="00AB6A4F" w:rsidRPr="00653D02" w:rsidRDefault="00AA359D" w:rsidP="00DD66B1">
                   <w:pPr>
                     <w:jc w:val="center"/>
                   </w:pPr>
                   <w:r>
                     <w:t>13</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
           </w:tbl>
-          <w:p w:rsidR="004F1AA9" w:rsidRPr="00653D02" w:rsidRDefault="004F1AA9" w:rsidP="00DD66B1">
+          <w:p w14:paraId="096B912C" w14:textId="77777777" w:rsidR="004F1AA9" w:rsidRPr="00653D02" w:rsidRDefault="004F1AA9" w:rsidP="00DD66B1">
             <w:r w:rsidRPr="00653D02">
               <w:t xml:space="preserve">  </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="004F1AA9" w:rsidRPr="0013459D" w:rsidRDefault="004F1AA9" w:rsidP="00DD66B1">
+          <w:p w14:paraId="7EAD068B" w14:textId="77777777" w:rsidR="004F1AA9" w:rsidRPr="0013459D" w:rsidRDefault="004F1AA9" w:rsidP="00DD66B1">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00653D02">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00AA359D">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00653D02">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Mok</w:t>
             </w:r>
             <w:r w:rsidR="00D144E3">
               <w:rPr>
@@ -2695,1027 +2709,1047 @@
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve"> 1 d.:</w:t>
             </w:r>
           </w:p>
           <w:tbl>
             <w:tblPr>
               <w:tblW w:w="9421" w:type="dxa"/>
               <w:tblInd w:w="108" w:type="dxa"/>
               <w:tblBorders>
                 <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                 <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                 <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                 <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                 <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
                 <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               </w:tblBorders>
               <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
             </w:tblPr>
             <w:tblGrid>
               <w:gridCol w:w="1985"/>
               <w:gridCol w:w="2410"/>
               <w:gridCol w:w="2976"/>
               <w:gridCol w:w="2050"/>
             </w:tblGrid>
-            <w:tr w:rsidR="004F1AA9" w:rsidRPr="00653D02" w:rsidTr="00CF2724">
+            <w:tr w:rsidR="004F1AA9" w:rsidRPr="00653D02" w14:paraId="2EFCEBC5" w14:textId="77777777" w:rsidTr="00CF2724">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1985" w:type="dxa"/>
                   <w:vMerge w:val="restart"/>
                 </w:tcPr>
-                <w:p w:rsidR="004F1AA9" w:rsidRPr="00653D02" w:rsidRDefault="004F1AA9" w:rsidP="00DD66B1">
+                <w:p w14:paraId="4EE1003A" w14:textId="77777777" w:rsidR="004F1AA9" w:rsidRPr="00653D02" w:rsidRDefault="004F1AA9" w:rsidP="00DD66B1">
                   <w:pPr>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:b/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                       <w:lang w:eastAsia="lt-LT"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00653D02">
                     <w:rPr>
                       <w:b/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                       <w:lang w:eastAsia="lt-LT"/>
                     </w:rPr>
                     <w:lastRenderedPageBreak/>
                     <w:t>Skyriai</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="7436" w:type="dxa"/>
                   <w:gridSpan w:val="3"/>
                 </w:tcPr>
-                <w:p w:rsidR="004F1AA9" w:rsidRPr="00653D02" w:rsidRDefault="004F1AA9" w:rsidP="00DD66B1">
+                <w:p w14:paraId="28D2831E" w14:textId="77777777" w:rsidR="004F1AA9" w:rsidRPr="00653D02" w:rsidRDefault="004F1AA9" w:rsidP="00DD66B1">
                   <w:pPr>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:b/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                       <w:lang w:eastAsia="lt-LT"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00653D02">
                     <w:rPr>
                       <w:b/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                       <w:lang w:eastAsia="lt-LT"/>
                     </w:rPr>
                     <w:t>Mokinių skaičius</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="004F1AA9" w:rsidRPr="00653D02" w:rsidTr="00CF2724">
+            <w:tr w:rsidR="004F1AA9" w:rsidRPr="00653D02" w14:paraId="0FDED8F0" w14:textId="77777777" w:rsidTr="00CF2724">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1985" w:type="dxa"/>
                   <w:vMerge/>
                 </w:tcPr>
-                <w:p w:rsidR="004F1AA9" w:rsidRPr="00653D02" w:rsidRDefault="004F1AA9" w:rsidP="00DD66B1">
+                <w:p w14:paraId="37ED9E30" w14:textId="77777777" w:rsidR="004F1AA9" w:rsidRPr="00653D02" w:rsidRDefault="004F1AA9" w:rsidP="00DD66B1">
                   <w:pPr>
                     <w:rPr>
                       <w:b/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                       <w:lang w:eastAsia="lt-LT"/>
                     </w:rPr>
                   </w:pPr>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2410" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w:rsidR="004F1AA9" w:rsidRPr="00653D02" w:rsidRDefault="00676D53" w:rsidP="00DD66B1">
+                <w:p w14:paraId="31DA6510" w14:textId="77777777" w:rsidR="004F1AA9" w:rsidRPr="00653D02" w:rsidRDefault="00676D53" w:rsidP="00DD66B1">
                   <w:pPr>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:b/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                       <w:lang w:eastAsia="lt-LT"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:b/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                       <w:lang w:eastAsia="lt-LT"/>
                     </w:rPr>
                     <w:t>Muzika</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2976" w:type="dxa"/>
                   <w:tcBorders>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w:rsidR="004F1AA9" w:rsidRPr="00653D02" w:rsidRDefault="004F1AA9" w:rsidP="00DD66B1">
+                <w:p w14:paraId="2263F78C" w14:textId="77777777" w:rsidR="004F1AA9" w:rsidRPr="00653D02" w:rsidRDefault="004F1AA9" w:rsidP="00DD66B1">
                   <w:pPr>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:b/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                       <w:lang w:eastAsia="lt-LT"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00653D02">
                     <w:rPr>
                       <w:b/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                       <w:lang w:eastAsia="lt-LT"/>
                     </w:rPr>
                     <w:t>Sporto</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2050" w:type="dxa"/>
                   <w:tcBorders>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w:rsidR="004F1AA9" w:rsidRPr="00653D02" w:rsidRDefault="004F1AA9" w:rsidP="00DD66B1">
+                <w:p w14:paraId="701C7C70" w14:textId="77777777" w:rsidR="004F1AA9" w:rsidRPr="00653D02" w:rsidRDefault="004F1AA9" w:rsidP="00DD66B1">
                   <w:pPr>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:b/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                       <w:lang w:eastAsia="lt-LT"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00653D02">
                     <w:rPr>
                       <w:b/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                       <w:lang w:eastAsia="lt-LT"/>
                     </w:rPr>
                     <w:t>Dailė</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="004F1AA9" w:rsidRPr="00653D02" w:rsidTr="00CF2724">
+            <w:tr w:rsidR="004F1AA9" w:rsidRPr="00653D02" w14:paraId="16297067" w14:textId="77777777" w:rsidTr="00CF2724">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1985" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w:rsidR="004F1AA9" w:rsidRPr="00653D02" w:rsidRDefault="004F1AA9" w:rsidP="00DD66B1">
+                <w:p w14:paraId="73353997" w14:textId="77777777" w:rsidR="004F1AA9" w:rsidRPr="00653D02" w:rsidRDefault="004F1AA9" w:rsidP="00DD66B1">
                   <w:pPr>
                     <w:jc w:val="both"/>
                     <w:rPr>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                       <w:lang w:eastAsia="lt-LT"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00653D02">
                     <w:rPr>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                       <w:lang w:eastAsia="lt-LT"/>
                     </w:rPr>
                     <w:t>Miroslavo</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2410" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w:rsidR="004F1AA9" w:rsidRPr="00653D02" w:rsidRDefault="00560C46" w:rsidP="00DD66B1">
+                <w:p w14:paraId="5BEF3DDB" w14:textId="77777777" w:rsidR="004F1AA9" w:rsidRPr="00653D02" w:rsidRDefault="00560C46" w:rsidP="00DD66B1">
                   <w:pPr>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                       <w:lang w:eastAsia="lt-LT"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                       <w:lang w:eastAsia="lt-LT"/>
                     </w:rPr>
                     <w:t>18</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2976" w:type="dxa"/>
                   <w:tcBorders>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w:rsidR="004F1AA9" w:rsidRPr="00653D02" w:rsidRDefault="00560C46" w:rsidP="00DD66B1">
+                <w:p w14:paraId="0424D8E6" w14:textId="77777777" w:rsidR="004F1AA9" w:rsidRPr="00653D02" w:rsidRDefault="00560C46" w:rsidP="00DD66B1">
                   <w:pPr>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                       <w:lang w:eastAsia="lt-LT"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                       <w:lang w:eastAsia="lt-LT"/>
                     </w:rPr>
                     <w:t>4</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2050" w:type="dxa"/>
                   <w:tcBorders>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w:rsidR="004F1AA9" w:rsidRPr="00653D02" w:rsidRDefault="00D144E3" w:rsidP="00DD66B1">
+                <w:p w14:paraId="14A196F8" w14:textId="77777777" w:rsidR="004F1AA9" w:rsidRPr="00653D02" w:rsidRDefault="00D144E3" w:rsidP="00DD66B1">
                   <w:pPr>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                       <w:lang w:eastAsia="lt-LT"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                       <w:lang w:eastAsia="lt-LT"/>
                     </w:rPr>
                     <w:t>-</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="004F1AA9" w:rsidRPr="00653D02" w:rsidTr="00CF2724">
+            <w:tr w:rsidR="004F1AA9" w:rsidRPr="00653D02" w14:paraId="2F2D9B3C" w14:textId="77777777" w:rsidTr="00CF2724">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1985" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w:rsidR="004F1AA9" w:rsidRPr="00653D02" w:rsidRDefault="004F1AA9" w:rsidP="00DD66B1">
+                <w:p w14:paraId="4EC9DDC2" w14:textId="77777777" w:rsidR="004F1AA9" w:rsidRPr="00653D02" w:rsidRDefault="004F1AA9" w:rsidP="00DD66B1">
                   <w:pPr>
                     <w:jc w:val="both"/>
                     <w:rPr>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                       <w:lang w:eastAsia="lt-LT"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00653D02">
                     <w:rPr>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                       <w:lang w:eastAsia="lt-LT"/>
                     </w:rPr>
                     <w:t>Simno</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2410" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w:rsidR="004F1AA9" w:rsidRPr="00653D02" w:rsidRDefault="00560C46" w:rsidP="00DD66B1">
+                <w:p w14:paraId="314D3A1D" w14:textId="77777777" w:rsidR="004F1AA9" w:rsidRPr="00653D02" w:rsidRDefault="00560C46" w:rsidP="00DD66B1">
                   <w:pPr>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                       <w:lang w:eastAsia="lt-LT"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                       <w:lang w:eastAsia="lt-LT"/>
                     </w:rPr>
                     <w:t>33</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2976" w:type="dxa"/>
                   <w:tcBorders>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w:rsidR="004F1AA9" w:rsidRPr="00653D02" w:rsidRDefault="00AB6A4F" w:rsidP="00DD66B1">
+                <w:p w14:paraId="7ABB2DD1" w14:textId="77777777" w:rsidR="004F1AA9" w:rsidRPr="00653D02" w:rsidRDefault="00AB6A4F" w:rsidP="00DD66B1">
                   <w:pPr>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                       <w:lang w:eastAsia="lt-LT"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                       <w:lang w:eastAsia="lt-LT"/>
                     </w:rPr>
                     <w:t>1</w:t>
                   </w:r>
                   <w:r w:rsidR="00560C46">
                     <w:rPr>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                       <w:lang w:eastAsia="lt-LT"/>
                     </w:rPr>
                     <w:t>3</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2050" w:type="dxa"/>
                   <w:tcBorders>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w:rsidR="004F1AA9" w:rsidRPr="00653D02" w:rsidRDefault="00D144E3" w:rsidP="00DD66B1">
+                <w:p w14:paraId="79D9AF79" w14:textId="77777777" w:rsidR="004F1AA9" w:rsidRPr="00653D02" w:rsidRDefault="00D144E3" w:rsidP="00DD66B1">
                   <w:pPr>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                       <w:lang w:eastAsia="lt-LT"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                       <w:lang w:eastAsia="lt-LT"/>
                     </w:rPr>
                     <w:t>-</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="004F1AA9" w:rsidRPr="00653D02" w:rsidTr="00CF2724">
+            <w:tr w:rsidR="004F1AA9" w:rsidRPr="00653D02" w14:paraId="52FF31B4" w14:textId="77777777" w:rsidTr="00CF2724">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1985" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w:rsidR="004F1AA9" w:rsidRPr="00653D02" w:rsidRDefault="004F1AA9" w:rsidP="00DD66B1">
+                <w:p w14:paraId="03A92464" w14:textId="77777777" w:rsidR="004F1AA9" w:rsidRPr="00653D02" w:rsidRDefault="004F1AA9" w:rsidP="00DD66B1">
                   <w:pPr>
                     <w:jc w:val="both"/>
                     <w:rPr>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                       <w:lang w:eastAsia="lt-LT"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00653D02">
                     <w:rPr>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                       <w:lang w:eastAsia="lt-LT"/>
                     </w:rPr>
                     <w:t>Krokialaukio</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2410" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w:rsidR="004F1AA9" w:rsidRPr="00653D02" w:rsidRDefault="00560C46" w:rsidP="00DD66B1">
+                <w:p w14:paraId="0AE5D0C5" w14:textId="77777777" w:rsidR="004F1AA9" w:rsidRPr="00653D02" w:rsidRDefault="00560C46" w:rsidP="00DD66B1">
                   <w:pPr>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                       <w:lang w:eastAsia="lt-LT"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                       <w:lang w:eastAsia="lt-LT"/>
                     </w:rPr>
                     <w:t>9</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2976" w:type="dxa"/>
                   <w:tcBorders>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w:rsidR="004F1AA9" w:rsidRPr="00653D02" w:rsidRDefault="00560C46" w:rsidP="00DD66B1">
+                <w:p w14:paraId="2D86D123" w14:textId="77777777" w:rsidR="004F1AA9" w:rsidRPr="00653D02" w:rsidRDefault="00560C46" w:rsidP="00DD66B1">
                   <w:pPr>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                       <w:lang w:eastAsia="lt-LT"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                       <w:lang w:eastAsia="lt-LT"/>
                     </w:rPr>
                     <w:t>14</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2050" w:type="dxa"/>
                   <w:tcBorders>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w:rsidR="004F1AA9" w:rsidRPr="00653D02" w:rsidRDefault="00D144E3" w:rsidP="00DD66B1">
+                <w:p w14:paraId="2811EEB4" w14:textId="77777777" w:rsidR="004F1AA9" w:rsidRPr="00653D02" w:rsidRDefault="00D144E3" w:rsidP="00DD66B1">
                   <w:pPr>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                       <w:lang w:eastAsia="lt-LT"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                       <w:lang w:eastAsia="lt-LT"/>
                     </w:rPr>
                     <w:t>-</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="004F1AA9" w:rsidRPr="00653D02" w:rsidTr="00CF2724">
+            <w:tr w:rsidR="004F1AA9" w:rsidRPr="00653D02" w14:paraId="21260F9F" w14:textId="77777777" w:rsidTr="00CF2724">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1985" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w:rsidR="004F1AA9" w:rsidRPr="00653D02" w:rsidRDefault="004F1AA9" w:rsidP="00DD66B1">
+                <w:p w14:paraId="232296B7" w14:textId="77777777" w:rsidR="004F1AA9" w:rsidRPr="00653D02" w:rsidRDefault="004F1AA9" w:rsidP="00DD66B1">
                   <w:pPr>
                     <w:jc w:val="both"/>
                     <w:rPr>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                       <w:lang w:eastAsia="lt-LT"/>
                     </w:rPr>
                   </w:pPr>
+                  <w:proofErr w:type="spellStart"/>
                   <w:r w:rsidRPr="00653D02">
                     <w:rPr>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                       <w:lang w:eastAsia="lt-LT"/>
                     </w:rPr>
                     <w:t>Pivašiūnų</w:t>
                   </w:r>
+                  <w:proofErr w:type="spellEnd"/>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2410" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w:rsidR="004F1AA9" w:rsidRPr="00653D02" w:rsidRDefault="00560C46" w:rsidP="00DD66B1">
+                <w:p w14:paraId="00FCB989" w14:textId="77777777" w:rsidR="004F1AA9" w:rsidRPr="00653D02" w:rsidRDefault="00560C46" w:rsidP="00DD66B1">
                   <w:pPr>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                       <w:lang w:eastAsia="lt-LT"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                       <w:lang w:eastAsia="lt-LT"/>
                     </w:rPr>
                     <w:t>21</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2976" w:type="dxa"/>
                   <w:tcBorders>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w:rsidR="004F1AA9" w:rsidRPr="00653D02" w:rsidRDefault="00676D53" w:rsidP="00DD66B1">
+                <w:p w14:paraId="7A666215" w14:textId="77777777" w:rsidR="004F1AA9" w:rsidRPr="00653D02" w:rsidRDefault="00676D53" w:rsidP="00DD66B1">
                   <w:pPr>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                       <w:lang w:eastAsia="lt-LT"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                       <w:lang w:eastAsia="lt-LT"/>
                     </w:rPr>
                     <w:t>-</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2050" w:type="dxa"/>
                   <w:tcBorders>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w:rsidR="004F1AA9" w:rsidRPr="00653D02" w:rsidRDefault="00D144E3" w:rsidP="00DD66B1">
+                <w:p w14:paraId="44CDAB01" w14:textId="77777777" w:rsidR="004F1AA9" w:rsidRPr="00653D02" w:rsidRDefault="00D144E3" w:rsidP="00DD66B1">
                   <w:pPr>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                       <w:lang w:eastAsia="lt-LT"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                       <w:lang w:eastAsia="lt-LT"/>
                     </w:rPr>
                     <w:t>-</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="004F1AA9" w:rsidRPr="00653D02" w:rsidTr="00CF2724">
+            <w:tr w:rsidR="004F1AA9" w:rsidRPr="00653D02" w14:paraId="22D2AB9C" w14:textId="77777777" w:rsidTr="00CF2724">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1985" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w:rsidR="004F1AA9" w:rsidRPr="00653D02" w:rsidRDefault="004F1AA9" w:rsidP="00DD66B1">
+                <w:p w14:paraId="4C31FA76" w14:textId="77777777" w:rsidR="004F1AA9" w:rsidRPr="00653D02" w:rsidRDefault="004F1AA9" w:rsidP="00DD66B1">
                   <w:pPr>
                     <w:jc w:val="both"/>
                     <w:rPr>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                       <w:lang w:eastAsia="lt-LT"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00653D02">
                     <w:rPr>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                       <w:lang w:eastAsia="lt-LT"/>
                     </w:rPr>
                     <w:t>Butrimonių</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2410" w:type="dxa"/>
                 </w:tcPr>
-                <w:p w:rsidR="004F1AA9" w:rsidRPr="00653D02" w:rsidRDefault="00560C46" w:rsidP="00DD66B1">
+                <w:p w14:paraId="34626772" w14:textId="77777777" w:rsidR="004F1AA9" w:rsidRPr="00653D02" w:rsidRDefault="00560C46" w:rsidP="00DD66B1">
                   <w:pPr>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                       <w:lang w:eastAsia="lt-LT"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                       <w:lang w:eastAsia="lt-LT"/>
                     </w:rPr>
                     <w:t>25</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2976" w:type="dxa"/>
                   <w:tcBorders>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w:rsidR="004F1AA9" w:rsidRPr="00653D02" w:rsidRDefault="00560C46" w:rsidP="00DD66B1">
+                <w:p w14:paraId="3E274D71" w14:textId="77777777" w:rsidR="004F1AA9" w:rsidRPr="00653D02" w:rsidRDefault="00560C46" w:rsidP="00DD66B1">
                   <w:pPr>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                       <w:lang w:eastAsia="lt-LT"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                       <w:lang w:eastAsia="lt-LT"/>
                     </w:rPr>
                     <w:t>13</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2050" w:type="dxa"/>
                   <w:tcBorders>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w:rsidR="004F1AA9" w:rsidRPr="00653D02" w:rsidRDefault="00D144E3" w:rsidP="00DD66B1">
+                <w:p w14:paraId="04D2B767" w14:textId="77777777" w:rsidR="004F1AA9" w:rsidRPr="00653D02" w:rsidRDefault="00D144E3" w:rsidP="00DD66B1">
                   <w:pPr>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                       <w:lang w:eastAsia="lt-LT"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                       <w:lang w:eastAsia="lt-LT"/>
                     </w:rPr>
                     <w:t>-</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="004F1AA9" w:rsidRPr="00653D02" w:rsidTr="00CF2724">
+            <w:tr w:rsidR="004F1AA9" w:rsidRPr="00653D02" w14:paraId="7E0C21E2" w14:textId="77777777" w:rsidTr="00CF2724">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1985" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w:rsidR="004F1AA9" w:rsidRPr="00653D02" w:rsidRDefault="004F1AA9" w:rsidP="00DD66B1">
+                <w:p w14:paraId="070E3433" w14:textId="77777777" w:rsidR="004F1AA9" w:rsidRPr="00653D02" w:rsidRDefault="004F1AA9" w:rsidP="00DD66B1">
                   <w:pPr>
                     <w:jc w:val="both"/>
                     <w:rPr>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                       <w:lang w:eastAsia="lt-LT"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00653D02">
                     <w:rPr>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                       <w:lang w:eastAsia="lt-LT"/>
                     </w:rPr>
                     <w:t>Daugų</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2410" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w:rsidR="004F1AA9" w:rsidRPr="00653D02" w:rsidRDefault="00676D53" w:rsidP="00DD66B1">
+                <w:p w14:paraId="46F548AA" w14:textId="77777777" w:rsidR="004F1AA9" w:rsidRPr="00653D02" w:rsidRDefault="00676D53" w:rsidP="00DD66B1">
                   <w:pPr>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                       <w:lang w:eastAsia="lt-LT"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                       <w:lang w:eastAsia="lt-LT"/>
                     </w:rPr>
                     <w:t>45</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2976" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w:rsidR="004F1AA9" w:rsidRPr="00653D02" w:rsidRDefault="00560C46" w:rsidP="00DD66B1">
+                <w:p w14:paraId="4AF18E2E" w14:textId="77777777" w:rsidR="004F1AA9" w:rsidRPr="00653D02" w:rsidRDefault="00560C46" w:rsidP="00DD66B1">
                   <w:pPr>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                       <w:lang w:eastAsia="lt-LT"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                       <w:lang w:eastAsia="lt-LT"/>
                     </w:rPr>
                     <w:t>51</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2050" w:type="dxa"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w:rsidR="004F1AA9" w:rsidRPr="00653D02" w:rsidRDefault="00560C46" w:rsidP="00DD66B1">
+                <w:p w14:paraId="2FE84E2F" w14:textId="77777777" w:rsidR="004F1AA9" w:rsidRPr="00653D02" w:rsidRDefault="00560C46" w:rsidP="00DD66B1">
                   <w:pPr>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                       <w:lang w:eastAsia="lt-LT"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                       <w:lang w:eastAsia="lt-LT"/>
                     </w:rPr>
                     <w:t>31</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="004F1AA9" w:rsidRPr="00653D02" w:rsidTr="00CF2724">
+            <w:tr w:rsidR="004F1AA9" w:rsidRPr="00653D02" w14:paraId="0998CCA2" w14:textId="77777777" w:rsidTr="00CF2724">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1985" w:type="dxa"/>
                   <w:tcBorders>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w:rsidR="004F1AA9" w:rsidRPr="00653D02" w:rsidRDefault="004F1AA9" w:rsidP="00DD66B1">
+                <w:p w14:paraId="327CDFE0" w14:textId="77777777" w:rsidR="004F1AA9" w:rsidRPr="00653D02" w:rsidRDefault="004F1AA9" w:rsidP="00DD66B1">
                   <w:pPr>
                     <w:jc w:val="both"/>
                     <w:rPr>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                       <w:lang w:eastAsia="lt-LT"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00653D02">
                     <w:rPr>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                       <w:lang w:eastAsia="lt-LT"/>
                     </w:rPr>
                     <w:t xml:space="preserve"> Iš viso</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2410" w:type="dxa"/>
                   <w:tcBorders>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w:rsidR="004F1AA9" w:rsidRPr="00653D02" w:rsidRDefault="00560C46" w:rsidP="00DD66B1">
+                <w:p w14:paraId="7BA5691E" w14:textId="77777777" w:rsidR="004F1AA9" w:rsidRPr="00653D02" w:rsidRDefault="00560C46" w:rsidP="00DD66B1">
                   <w:pPr>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                       <w:lang w:eastAsia="lt-LT"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                       <w:lang w:eastAsia="lt-LT"/>
                     </w:rPr>
                     <w:t>151</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2976" w:type="dxa"/>
                   <w:tcBorders>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                     <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w:rsidR="004F1AA9" w:rsidRPr="00653D02" w:rsidRDefault="00560C46" w:rsidP="00DD66B1">
+                <w:p w14:paraId="13BE8E73" w14:textId="77777777" w:rsidR="004F1AA9" w:rsidRPr="00653D02" w:rsidRDefault="00560C46" w:rsidP="00DD66B1">
                   <w:pPr>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                       <w:lang w:eastAsia="lt-LT"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                       <w:lang w:eastAsia="lt-LT"/>
                     </w:rPr>
                     <w:t>95</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2050" w:type="dxa"/>
                   <w:tcBorders>
                     <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
                   </w:tcBorders>
                 </w:tcPr>
-                <w:p w:rsidR="004F1AA9" w:rsidRPr="00653D02" w:rsidRDefault="00560C46" w:rsidP="00DD66B1">
+                <w:p w14:paraId="106B90A5" w14:textId="77777777" w:rsidR="004F1AA9" w:rsidRPr="00653D02" w:rsidRDefault="00560C46" w:rsidP="00DD66B1">
                   <w:pPr>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                       <w:lang w:eastAsia="lt-LT"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                       <w:lang w:eastAsia="lt-LT"/>
                     </w:rPr>
                     <w:t>31</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
-            <w:tr w:rsidR="004F1AA9" w:rsidRPr="00653D02" w:rsidTr="00CF2724">
+            <w:tr w:rsidR="004F1AA9" w:rsidRPr="00653D02" w14:paraId="7E443CB0" w14:textId="77777777" w:rsidTr="00CF2724">
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="9421" w:type="dxa"/>
                   <w:gridSpan w:val="4"/>
                 </w:tcPr>
-                <w:p w:rsidR="004F1AA9" w:rsidRPr="00653D02" w:rsidRDefault="004F1AA9" w:rsidP="00DD66B1">
+                <w:p w14:paraId="45EF094A" w14:textId="77777777" w:rsidR="004F1AA9" w:rsidRPr="00653D02" w:rsidRDefault="004F1AA9" w:rsidP="00DD66B1">
                   <w:pPr>
                     <w:rPr>
                       <w:b/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                       <w:lang w:eastAsia="lt-LT"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="00653D02">
                     <w:rPr>
                       <w:b/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                       <w:lang w:eastAsia="lt-LT"/>
                     </w:rPr>
                     <w:t xml:space="preserve">Iš viso:    </w:t>
                   </w:r>
                   <w:r w:rsidR="00D144E3">
                     <w:rPr>
                       <w:b/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                       <w:lang w:eastAsia="lt-LT"/>
                     </w:rPr>
                     <w:t xml:space="preserve">                                                                                   </w:t>
                   </w:r>
                   <w:r w:rsidR="00560C46">
                     <w:rPr>
                       <w:b/>
                       <w:sz w:val="22"/>
                       <w:szCs w:val="22"/>
                       <w:lang w:eastAsia="lt-LT"/>
                     </w:rPr>
                     <w:t>277</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
           </w:tbl>
-          <w:p w:rsidR="004F1AA9" w:rsidRPr="008510E3" w:rsidRDefault="004F1AA9" w:rsidP="00DD66B1">
+          <w:p w14:paraId="1AD91FDB" w14:textId="77777777" w:rsidR="004F1AA9" w:rsidRPr="008510E3" w:rsidRDefault="004F1AA9" w:rsidP="00DD66B1">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00912D3B" w:rsidRPr="00500914" w:rsidRDefault="00500914" w:rsidP="00DD66B1">
+          <w:p w14:paraId="16A7C80A" w14:textId="77777777" w:rsidR="00912D3B" w:rsidRPr="00500914" w:rsidRDefault="00500914" w:rsidP="00DD66B1">
             <w:pPr>
               <w:pStyle w:val="Sraopastraipa"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00500914">
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve">Tikslas. Teikti </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
-              <w:t>kokybiškas, kiekvienam vaikui prieinamas neformaliojo ugdymo paslaugas, modernizuojant ugdymo(-si) procesą ir aplinką, tobulinti pedagogų profesines kompetencijas.</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00CD04BF" w:rsidRPr="00A577D8" w:rsidRDefault="00500914" w:rsidP="00DD66B1">
+              <w:t>kokybiškas, kiekvienam vaikui prieinamas neformaliojo ugdymo paslaugas, modernizuojant ugdymo(-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>si</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>) procesą ir aplinką, tobulinti pedagogų profesines kompetencijas.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3DB1D2F1" w14:textId="77777777" w:rsidR="00CD04BF" w:rsidRPr="00A577D8" w:rsidRDefault="00500914" w:rsidP="00DD66B1">
             <w:pPr>
               <w:ind w:left="720"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Turtinama mokymosi bazė, gerinamos ugdymosi sąlygos.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="006A0D97" w:rsidRDefault="008B1FC6" w:rsidP="004C7EC3">
+          <w:p w14:paraId="69F640F0" w14:textId="77777777" w:rsidR="006A0D97" w:rsidRDefault="008B1FC6" w:rsidP="004C7EC3">
             <w:pPr>
               <w:pStyle w:val="Sraopastraipa"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006A0D97">
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>2024</w:t>
             </w:r>
             <w:r w:rsidR="006F4B0E" w:rsidRPr="006A0D97">
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve"> metais turtinta mokyklos ir jos skyrių materialinė bazė. </w:t>
             </w:r>
@@ -3830,70 +3864,95 @@
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve"> irklavimo programos mokiniams</w:t>
             </w:r>
             <w:r w:rsidR="005C2D7D" w:rsidRPr="006A0D97">
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="002D3F0E" w:rsidRPr="006A0D97">
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r w:rsidR="006A0D97">
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve">15 vnt. </w:t>
             </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="005C2D7D" w:rsidRPr="006A0D97">
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
-              <w:t xml:space="preserve">kimono </w:t>
+              <w:t>kimono</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="005C2D7D" w:rsidRPr="006A0D97">
+              <w:rPr>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="006A0D97">
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>varžyboms</w:t>
             </w:r>
             <w:r w:rsidR="005C2D7D" w:rsidRPr="006A0D97">
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
-              <w:t>–dziudo prog</w:t>
+              <w:t>–</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="005C2D7D" w:rsidRPr="006A0D97">
+              <w:rPr>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>dziudo</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="005C2D7D" w:rsidRPr="006A0D97">
+              <w:rPr>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> prog</w:t>
             </w:r>
             <w:r w:rsidR="006A0D97" w:rsidRPr="006A0D97">
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>r</w:t>
             </w:r>
             <w:r w:rsidR="005C2D7D" w:rsidRPr="006A0D97">
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve">amai, 10 vnt. marškinėlių – futbolo programai, </w:t>
             </w:r>
             <w:r w:rsidR="002D3F0E" w:rsidRPr="006A0D97">
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>futbolo kamuoliai</w:t>
             </w:r>
             <w:r w:rsidR="00822325" w:rsidRPr="006A0D97">
               <w:rPr>
                 <w:szCs w:val="24"/>
@@ -3985,138 +4044,177 @@
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r w:rsidR="006A0D97" w:rsidRPr="006A0D97">
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>2 vnt. spaus</w:t>
             </w:r>
             <w:r w:rsidR="006A0D97">
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>dintuvai</w:t>
             </w:r>
             <w:r w:rsidR="006A0D97" w:rsidRPr="006A0D97">
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00500914" w:rsidRDefault="006A0D97" w:rsidP="004C7EC3">
+          <w:p w14:paraId="27262BC7" w14:textId="77777777" w:rsidR="00500914" w:rsidRDefault="006A0D97" w:rsidP="004C7EC3">
             <w:pPr>
               <w:pStyle w:val="Sraopastraipa"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>Atnaujinta po</w:t>
             </w:r>
             <w:r w:rsidR="0081760D">
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
-              <w:t>ilsio zona mokytojams: įsigyta mikrobangų krosnelė, karšto oro gruzdintuvė, kaitlentė</w:t>
-            </w:r>
+              <w:t xml:space="preserve">ilsio zona mokytojams: įsigyta mikrobangų krosnelė, karšto oro </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="0081760D">
+              <w:rPr>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>gruzdintuvė</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="0081760D">
+              <w:rPr>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="0081760D">
+              <w:rPr>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>kaitlentė</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00640DE4" w:rsidRPr="00640DE4" w:rsidRDefault="00640DE4" w:rsidP="00640DE4">
+          <w:p w14:paraId="7E6A3D0B" w14:textId="77777777" w:rsidR="00640DE4" w:rsidRPr="00640DE4" w:rsidRDefault="00640DE4" w:rsidP="00640DE4">
             <w:pPr>
               <w:pStyle w:val="Sraopastraipa"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>Nemunaičio</w:t>
             </w:r>
             <w:r w:rsidRPr="006A0D97">
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>skyriuje įsigyta 2 vnt. lovų ir džiovyklė patalynei.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00A31C85" w:rsidRDefault="00A31C85" w:rsidP="00DD66B1">
+          <w:p w14:paraId="4CB4C156" w14:textId="77777777" w:rsidR="00A31C85" w:rsidRDefault="00A31C85" w:rsidP="00DD66B1">
             <w:pPr>
               <w:pStyle w:val="Sraopastraipa"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Naudojamės Microsoft Office 365 programiniu paketu (Teams), skirtu veiklų planavimui ir organizavimui, komunikacijai.</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00500914" w:rsidRPr="002575FD" w:rsidRDefault="00500914" w:rsidP="002575FD">
+              <w:t>Naudojamės Microsoft Office 365 programiniu paketu (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Teams</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>), skirtu veiklų planavimui ir organizavimui, komunikacijai.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4D69E146" w14:textId="77777777" w:rsidR="00500914" w:rsidRPr="002575FD" w:rsidRDefault="00500914" w:rsidP="002575FD">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:i/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002575FD">
               <w:rPr>
                 <w:i/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Naudojamos kokybiškos ugdymo priemonės </w:t>
             </w:r>
             <w:r w:rsidR="001B22FE" w:rsidRPr="002575FD">
               <w:rPr>
                 <w:i/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">ir pritaikytos patalpos didina mokinių </w:t>
             </w:r>
             <w:r w:rsidR="00640DE4">
               <w:rPr>
                 <w:i/>
                 <w:szCs w:val="24"/>
@@ -4151,68 +4249,68 @@
               </w:rPr>
               <w:t>apranga, sporto programoms,</w:t>
             </w:r>
             <w:r w:rsidR="001B22FE" w:rsidRPr="002575FD">
               <w:rPr>
                 <w:i/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00640DE4">
               <w:rPr>
                 <w:i/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>gerina ugdymo kokybę bei galimybes aktyviau sportuoti ir kokybiškiau dalyvauti varžybose</w:t>
             </w:r>
             <w:r w:rsidR="001B22FE" w:rsidRPr="002575FD">
               <w:rPr>
                 <w:i/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00492BED" w:rsidRPr="00492BED" w:rsidRDefault="00492BED" w:rsidP="00DD66B1">
+          <w:p w14:paraId="71F41CE2" w14:textId="77777777" w:rsidR="00492BED" w:rsidRPr="00492BED" w:rsidRDefault="00492BED" w:rsidP="00DD66B1">
             <w:pPr>
               <w:pStyle w:val="Sraopastraipa"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Sekama ir fiksuojama asmeninė mokinių pažanga.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00492BED" w:rsidRDefault="00492BED" w:rsidP="00DD66B1">
+          <w:p w14:paraId="3D04FDDE" w14:textId="77777777" w:rsidR="00492BED" w:rsidRDefault="00492BED" w:rsidP="00DD66B1">
             <w:pPr>
               <w:pStyle w:val="Sraopastraipa"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>Mokinių pažanga fiksuojama MANO DIENYNAS, vyksta nuoseklus vertinimas ir įsivertinimas pamokose</w:t>
             </w:r>
             <w:r w:rsidR="00A31C85">
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>.</w:t>
@@ -4234,95 +4332,95 @@
             <w:r w:rsidR="00962A27">
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r w:rsidR="00962A27" w:rsidRPr="007376B8">
                 <w:rPr>
                   <w:rStyle w:val="Hipersaitas"/>
                   <w:szCs w:val="24"/>
                   <w:lang w:eastAsia="lt-LT"/>
                 </w:rPr>
                 <w:t>www.apklausa.lt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="00962A27">
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00A31C85" w:rsidRPr="0081760D" w:rsidRDefault="00A31C85" w:rsidP="0081760D">
+          <w:p w14:paraId="038BF98E" w14:textId="77777777" w:rsidR="00A31C85" w:rsidRPr="0081760D" w:rsidRDefault="00A31C85" w:rsidP="0081760D">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:i/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0081760D">
               <w:rPr>
                 <w:i/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>Mokykloje išlaikoma mokinių pažangos stebėjimo, vertinimo, įsivertinimo ir aptarimo kultūra.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="001B22FE" w:rsidRPr="001B22FE" w:rsidRDefault="001B22FE" w:rsidP="00DD66B1">
+          <w:p w14:paraId="2BF17023" w14:textId="77777777" w:rsidR="001B22FE" w:rsidRPr="001B22FE" w:rsidRDefault="001B22FE" w:rsidP="00DD66B1">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve">            </w:t>
             </w:r>
             <w:r w:rsidRPr="001B22FE">
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>Planingai ir tikslingai tobulinama darbuotojų kvalifikacija.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00A1571D" w:rsidRDefault="00A1571D" w:rsidP="00DD66B1">
+          <w:p w14:paraId="6867C75A" w14:textId="77777777" w:rsidR="00A1571D" w:rsidRDefault="00A1571D" w:rsidP="00DD66B1">
             <w:pPr>
               <w:pStyle w:val="Sraopastraipa"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A577D8">
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>Visi</w:t>
             </w:r>
             <w:r w:rsidR="001B22FE">
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve"> 17</w:t>
@@ -4390,51 +4488,51 @@
               </w:rPr>
               <w:t xml:space="preserve"> val.</w:t>
             </w:r>
             <w:r w:rsidR="0081760D">
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve"> M</w:t>
             </w:r>
             <w:r w:rsidR="00640DE4">
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve">okyklos </w:t>
             </w:r>
             <w:r w:rsidR="0081760D">
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>administracijos darbuotojai kėlė kvalifikaciją pagal savo darbo specifiką.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="0081760D" w:rsidRDefault="00492BED" w:rsidP="00DD66B1">
+          <w:p w14:paraId="7057C353" w14:textId="77777777" w:rsidR="0081760D" w:rsidRDefault="00492BED" w:rsidP="00DD66B1">
             <w:pPr>
               <w:pStyle w:val="Sraopastraipa"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve">Mokytojai tobulino kvalifikaciją mokyklos organizuojamuose tarptautiniuose meistriškumo ir kvalifikacijos tobulinimo kursuose </w:t>
             </w:r>
             <w:r w:rsidR="0081760D">
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>„Linksmoji polkutė-2024</w:t>
             </w:r>
@@ -4459,141 +4557,149 @@
             <w:r w:rsidRPr="00A577D8">
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="0081760D">
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>„Sentimentai valsui-2024“</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidR="0081760D">
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00492BED" w:rsidRDefault="0081760D" w:rsidP="00DD66B1">
+          <w:p w14:paraId="71ED3C1D" w14:textId="77777777" w:rsidR="00492BED" w:rsidRDefault="0081760D" w:rsidP="00DD66B1">
             <w:pPr>
               <w:pStyle w:val="Sraopastraipa"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001074C5">
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Suorganizuoti</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> ilgalaikiai</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>mokymai</w:t>
             </w:r>
             <w:r w:rsidRPr="001074C5">
               <w:rPr>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
-              <w:t xml:space="preserve"> ,,Įtraukiojo ugdymo požymiai ir strategija“, kuriuos vedė lektorė  specialioji pedagogė, logopedė, ABA ir TOMATIS terapeutė Renata Grigalienė</w:t>
-            </w:r>
+              <w:t xml:space="preserve"> ,,Įtraukiojo ugdymo požymiai ir strategija“, kuriuos vedė lektorė  specialioji pedagogė, logopedė, ABA ir TOMATIS terapeutė Renata </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001074C5">
+              <w:rPr>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>Grigalienė</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:color w:val="5F5F5F"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00574259" w:rsidRPr="009270C6" w:rsidRDefault="00B62258" w:rsidP="009270C6">
+          <w:p w14:paraId="35281335" w14:textId="77777777" w:rsidR="00574259" w:rsidRPr="009270C6" w:rsidRDefault="00B62258" w:rsidP="009270C6">
             <w:pPr>
               <w:pStyle w:val="Sraopastraipa"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Mo</w:t>
             </w:r>
             <w:r w:rsidR="009270C6">
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>kytojai išklausė modulį</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> „Sceninis muzikinis žanras- operetė“(pagal kvalifikacijos tobulinimo programą „Mokytojų bendrųjų kompetencijų tobulinimas edukacinėje praktikoje“. </w:t>
             </w:r>
             <w:r w:rsidR="00574259" w:rsidRPr="009270C6">
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00492BED" w:rsidRDefault="00574259" w:rsidP="00DD66B1">
+          <w:p w14:paraId="5D7596AB" w14:textId="77777777" w:rsidR="00492BED" w:rsidRDefault="00574259" w:rsidP="00DD66B1">
             <w:pPr>
               <w:pStyle w:val="Sraopastraipa"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>P</w:t>
             </w:r>
             <w:r w:rsidRPr="00492BED">
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>ravestos 32  atviros bei integruotos pamokos, stebėtos 25</w:t>
             </w:r>
             <w:r>
@@ -4617,334 +4723,398 @@
             <w:r w:rsidRPr="00492BED">
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
             <w:r w:rsidR="009270C6">
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00492BED">
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>kolegai“ metodai, naujas kolegialaus bendravimo būdas</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00492BED" w:rsidRPr="002575FD" w:rsidRDefault="00492BED" w:rsidP="002575FD">
+          <w:p w14:paraId="032203BA" w14:textId="77777777" w:rsidR="00492BED" w:rsidRPr="002575FD" w:rsidRDefault="00492BED" w:rsidP="002575FD">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:i/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002575FD">
               <w:rPr>
                 <w:i/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>Sukurtos palankios sąlygos profesiniam tobulėjimui, gerosios patirties sklaidai.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00C60427" w:rsidRDefault="00C60427" w:rsidP="00DD66B1">
+          <w:p w14:paraId="4AF5B5BC" w14:textId="77777777" w:rsidR="00C60427" w:rsidRDefault="00C60427" w:rsidP="00DD66B1">
             <w:pPr>
               <w:pStyle w:val="Sraopastraipa"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Didinat taikomų ugdymo(-si)metodų įvairovę, gerinama pamokos kokybė.</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00EE07E6" w:rsidRDefault="00860E93" w:rsidP="00DD66B1">
+              <w:t>Didinat taikomų ugdymo(-</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>si</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>)metodų įvairovę, gerinama pamokos kokybė.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4F49CBDC" w14:textId="77777777" w:rsidR="00EE07E6" w:rsidRDefault="00860E93" w:rsidP="00DD66B1">
             <w:pPr>
               <w:pStyle w:val="Sraopastraipa"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:t>Pravesta 16 integruotų pamokų, apjungiant muziką, dailę ir sportą.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00C60427" w:rsidRDefault="00C60427" w:rsidP="00DD66B1">
+          <w:p w14:paraId="5D1E8A3E" w14:textId="77777777" w:rsidR="00C60427" w:rsidRDefault="00C60427" w:rsidP="00DD66B1">
             <w:pPr>
               <w:pStyle w:val="Sraopastraipa"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="00877A48">
               <w:t>Baidarių irklav</w:t>
             </w:r>
             <w:r w:rsidR="00FF3171">
               <w:t>imo pravesta pamoka su olimpiniais čempionais</w:t>
             </w:r>
             <w:r w:rsidRPr="00877A48">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">Mindaugu </w:t>
             </w:r>
             <w:r w:rsidR="00FF3171">
-              <w:t>ir Simonu Maldoniais</w:t>
-            </w:r>
+              <w:t xml:space="preserve">ir Simonu </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00FF3171">
+              <w:t>Maldoniais</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00C60427" w:rsidRDefault="007B7756" w:rsidP="00DD66B1">
+          <w:p w14:paraId="77AA45C3" w14:textId="77777777" w:rsidR="00C60427" w:rsidRDefault="007B7756" w:rsidP="00DD66B1">
             <w:pPr>
               <w:pStyle w:val="Sraopastraipa"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="007B7756">
               <w:rPr>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>Kauno Juozo Gruodžio konservatorijos  mokinių koncertas </w:t>
             </w:r>
             <w:r w:rsidRPr="007B7756">
               <w:rPr>
                 <w:rStyle w:val="Grietas"/>
                 <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>,,Muzikinis dialogas“</w:t>
             </w:r>
             <w:r w:rsidRPr="007B7756">
               <w:rPr>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r w:rsidRPr="007B7756">
               <w:t xml:space="preserve">meistriškumo pamoką vedė </w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">konservatorijos </w:t>
             </w:r>
             <w:r w:rsidRPr="007B7756">
               <w:t xml:space="preserve">kanklių mokytoja </w:t>
             </w:r>
-            <w:r>
-[...3 lines deleted...]
-          <w:p w:rsidR="009C071E" w:rsidRPr="009C071E" w:rsidRDefault="009C071E" w:rsidP="00DD66B1">
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Dilėta</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> Kubilienė.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5A43307E" w14:textId="77777777" w:rsidR="009C071E" w:rsidRPr="009C071E" w:rsidRDefault="009C071E" w:rsidP="00DD66B1">
             <w:pPr>
               <w:pStyle w:val="Sraopastraipa"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="009C071E">
               <w:rPr>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
-              <w:t>Muzikos dienos proga edukacinę džiazo popietę pravedė profesionalus džiazo atlikėjas Aleksandras Lakšmanas. </w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00C60427" w:rsidRPr="00C60427" w:rsidRDefault="007B7756" w:rsidP="00DD66B1">
+              <w:t xml:space="preserve">Muzikos dienos proga edukacinę džiazo popietę pravedė profesionalus džiazo atlikėjas Aleksandras </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C071E">
+              <w:rPr>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>Lakšmanas</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C071E">
+              <w:rPr>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5EA825EB" w14:textId="77777777" w:rsidR="00C60427" w:rsidRPr="00C60427" w:rsidRDefault="007B7756" w:rsidP="00DD66B1">
             <w:pPr>
               <w:pStyle w:val="Sraopastraipa"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">Sporto, muzikos ir dailės </w:t>
             </w:r>
             <w:r w:rsidR="009270C6">
               <w:t>pravestos 32 atviros pamokos</w:t>
             </w:r>
             <w:r w:rsidR="00EE07E6">
               <w:t xml:space="preserve">, taip pat </w:t>
             </w:r>
             <w:r>
               <w:t>pamokos kitoje aplinkoje.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00C60427" w:rsidRDefault="00C60427" w:rsidP="00DD66B1">
+          <w:p w14:paraId="73C38188" w14:textId="77777777" w:rsidR="00C60427" w:rsidRDefault="00C60427" w:rsidP="00DD66B1">
             <w:pPr>
               <w:pStyle w:val="Sraopastraipa"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
-              <w:t>Styginių instrumentų netradicinė pamoka „Muzikos ir veltinių sąsajos“ vyko Pivašiūnų amatų centre.</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00C60427" w:rsidRPr="00A3665C" w:rsidRDefault="00C60427" w:rsidP="00DD66B1">
+              <w:t xml:space="preserve">Styginių instrumentų netradicinė pamoka „Muzikos ir veltinių sąsajos“ vyko </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Pivašiūnų</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> amatų centre.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2E4D4474" w14:textId="77777777" w:rsidR="00C60427" w:rsidRPr="00A3665C" w:rsidRDefault="00C60427" w:rsidP="00DD66B1">
             <w:pPr>
               <w:pStyle w:val="Sraopastraipa"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:t>Dailės</w:t>
             </w:r>
             <w:r w:rsidR="00FF3171">
               <w:t xml:space="preserve"> ir muzikos skyrių</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> mokiniai </w:t>
             </w:r>
             <w:r w:rsidR="00FF3171">
               <w:t xml:space="preserve">ir mokytojai </w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">vyko į Jelgavos </w:t>
             </w:r>
             <w:r w:rsidR="00EE07E6">
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>krašto Muzikos ir meno mokyklos organizuoja</w:t>
             </w:r>
             <w:r w:rsidR="00FF3171">
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
-              <w:t>mą tarptautinę stovyklą „Izkraso pasauli 2024“.</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00A3665C" w:rsidRPr="00C60427" w:rsidRDefault="00A3665C" w:rsidP="00DD66B1">
+              <w:t>mą tarptautinę stovyklą „</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00FF3171">
+              <w:rPr>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>Izkraso</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00FF3171">
+              <w:rPr>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> pasauli 2024“.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6547EE54" w14:textId="77777777" w:rsidR="00A3665C" w:rsidRPr="00C60427" w:rsidRDefault="00A3665C" w:rsidP="00DD66B1">
             <w:pPr>
               <w:pStyle w:val="Sraopastraipa"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>Atvirų pam</w:t>
             </w:r>
             <w:r w:rsidR="00EE07E6">
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>okų „Kolega – kolegai“ praktika taikyta 7 pamokose.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00C60427" w:rsidRPr="002575FD" w:rsidRDefault="00C60427" w:rsidP="002575FD">
+          <w:p w14:paraId="138F04B4" w14:textId="77777777" w:rsidR="00C60427" w:rsidRPr="002575FD" w:rsidRDefault="00C60427" w:rsidP="002575FD">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:i/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002575FD">
               <w:rPr>
                 <w:i/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>Kuriamos ir palaikomos veiksmingos ugdymosi sąlygos. Didėjo mokinių įsitraukimas ir mokymosi motyvacija, ugdymo turinys tapo veiksmingesnis.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="003B4778" w:rsidRDefault="00516597" w:rsidP="00DD66B1">
+          <w:p w14:paraId="70B42E5A" w14:textId="77777777" w:rsidR="003B4778" w:rsidRDefault="00516597" w:rsidP="00DD66B1">
             <w:pPr>
               <w:pStyle w:val="Sraopastraipa"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Aktyviai kultūrinei ir sportinei veiklai telkiama ir stiprinama mokyklos bendruomenė.</w:t>
             </w:r>
             <w:r w:rsidR="003B4778">
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="003B4778" w:rsidRPr="003B4778" w:rsidRDefault="003B4778" w:rsidP="00DD66B1">
+          <w:p w14:paraId="4B631F0B" w14:textId="77777777" w:rsidR="003B4778" w:rsidRPr="003B4778" w:rsidRDefault="003B4778" w:rsidP="00DD66B1">
             <w:pPr>
               <w:pStyle w:val="Sraopastraipa"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="12"/>
               </w:numPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Suorganizuoti </w:t>
             </w:r>
             <w:r w:rsidRPr="00A577D8">
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> renginiai, tokie kaip </w:t>
             </w:r>
             <w:r w:rsidR="00FF3171">
@@ -5022,298 +5192,406 @@
             <w:r>
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">“, </w:t>
             </w:r>
             <w:r w:rsidR="00FF3171">
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>suaugusiųjų mokymosi savaitės</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r w:rsidR="00FF3171">
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>respublikinė</w:t>
             </w:r>
             <w:r w:rsidRPr="00A577D8">
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>s kan</w:t>
+              <w:t xml:space="preserve">s </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00A577D8">
+              <w:rPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>kan</w:t>
             </w:r>
             <w:r w:rsidR="00FF3171">
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>upolo varžybos „Daugai Open 2024</w:t>
+              <w:t>upolo</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00FF3171">
+              <w:rPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> varžybos „Daugai </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00FF3171">
+              <w:rPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Open</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00FF3171">
+              <w:rPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2024</w:t>
             </w:r>
             <w:r w:rsidRPr="00A577D8">
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>“</w:t>
             </w:r>
             <w:r w:rsidR="00FF3171">
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
             <w:r w:rsidR="00F229AF">
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> respublikinės kanupolo varžybos Merės taurei laimėti.</w:t>
+              <w:t xml:space="preserve"> respublikinės </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00F229AF">
+              <w:rPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>kanupolo</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00F229AF">
+              <w:rPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> varžybos Merės taurei laimėti.</w:t>
             </w:r>
             <w:r w:rsidR="00FF3171">
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="003B4778" w:rsidRPr="00574259" w:rsidRDefault="008F5998" w:rsidP="00DD66B1">
+          <w:p w14:paraId="34AAB5A6" w14:textId="77777777" w:rsidR="003B4778" w:rsidRPr="00574259" w:rsidRDefault="008F5998" w:rsidP="00DD66B1">
             <w:pPr>
               <w:pStyle w:val="Sraopastraipa"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="12"/>
               </w:numPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:t>Surengtos 7</w:t>
             </w:r>
             <w:r w:rsidR="003B4778">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="003B4778">
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>dailininkų, mokytojų,</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> mokinių</w:t>
             </w:r>
             <w:r w:rsidR="003B4778" w:rsidRPr="00A577D8">
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">Lino Stasionio ir Varvaros </w:t>
-            </w:r>
+              <w:t xml:space="preserve">Lino </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Stasionio</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ir </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Varvaros</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="00FB1090">
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">Yukalchuk </w:t>
+              <w:t>Yukalchuk</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00FB1090">
+              <w:rPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="003B4778" w:rsidRPr="00A577D8">
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>pi</w:t>
             </w:r>
             <w:r w:rsidR="003B4778">
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>ešinių parodos.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="002575FD" w:rsidRDefault="00574259" w:rsidP="00FF3171">
+          <w:p w14:paraId="1407742E" w14:textId="77777777" w:rsidR="002575FD" w:rsidRDefault="00574259" w:rsidP="00FF3171">
             <w:pPr>
               <w:pStyle w:val="Sraopastraipa"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="12"/>
               </w:numPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00574259">
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Vidutiniškai 3 kartus </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>per mėnesį vyko vidaus ir išorės renginiai (koncertai, parodos, varžybos).</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00F229AF" w:rsidRPr="00F229AF" w:rsidRDefault="00F229AF" w:rsidP="00FF3171">
+          <w:p w14:paraId="7D00B823" w14:textId="77777777" w:rsidR="00F229AF" w:rsidRPr="00F229AF" w:rsidRDefault="00F229AF" w:rsidP="00FF3171">
             <w:pPr>
               <w:pStyle w:val="Sraopastraipa"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="12"/>
               </w:numPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Suorganizuota </w:t>
             </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00F229AF">
               <w:rPr>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
-              <w:t>adventinė vakaronė ,,Už girių, girių ugnelė degė“</w:t>
+              <w:t>adventinė</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F229AF">
+              <w:rPr>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> vakaronė ,,Už girių, girių ugnelė degė“</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>, skirta sutelkti Daugų krašto ir mokyklos bendruomenę.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="5F5F5F"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00F229AF">
               <w:rPr>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bendrystė ir jaukumas, lietuvių etninės kultūros puoselėjimas, supažindinant su adventinio laikotarpio žaidimais, mįslėmis, dainomis, giesmėmis, šokiais bei daug šiltų ir šviesių žodžių </w:t>
-[...1 lines deleted...]
-            <w:r>
+              <w:t xml:space="preserve">Bendrystė ir jaukumas, lietuvių etninės kultūros puoselėjimas, supažindinant su </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00F229AF">
               <w:rPr>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
+              <w:t>adventinio</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F229AF">
+              <w:rPr>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> laikotarpio žaidimais, mįslėmis, dainomis, giesmėmis, šokiais bei daug šiltų ir šviesių žodžių </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
               <w:t xml:space="preserve">išsakyta </w:t>
             </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00F229AF">
               <w:rPr>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
-              <w:t>adventinės vakaronės metu</w:t>
-[...1 lines deleted...]
-            <w:r>
+              <w:t>adventinės</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00F229AF">
               <w:rPr>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
+              <w:t xml:space="preserve"> vakaronės metu</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidRPr="00F229AF">
               <w:rPr>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00FF3171" w:rsidRPr="00FF3171" w:rsidRDefault="00FF3171" w:rsidP="00FF3171">
+          <w:p w14:paraId="1FA51618" w14:textId="77777777" w:rsidR="00FF3171" w:rsidRPr="00FF3171" w:rsidRDefault="00FF3171" w:rsidP="00FF3171">
             <w:pPr>
               <w:pStyle w:val="Sraopastraipa"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="12"/>
               </w:numPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Muzikos skyriaus mokiniai koncertavo įvairiuose renginiuose.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00516597" w:rsidRPr="002575FD" w:rsidRDefault="00516597" w:rsidP="002575FD">
+          <w:p w14:paraId="1B4D6878" w14:textId="77777777" w:rsidR="00516597" w:rsidRPr="002575FD" w:rsidRDefault="00516597" w:rsidP="002575FD">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:i/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002575FD">
               <w:rPr>
                 <w:i/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Mokykloje vykstantys koncertai, parodos, turnyrai ir kiti renginiai prisidėjo prie Alytaus rajono  ir Lietuvos kultūros bei turizmo plėtros procesų. Kiekvienam projektui parengti nuostatai, renginiai viešinami. </w:t>
             </w:r>
             <w:r w:rsidR="008B38EF" w:rsidRPr="002575FD">
               <w:rPr>
                 <w:i/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Išlaikyta renginių įvairovė, vyko efektyvus bendravimas ir bendradarbiavimas.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00516597" w:rsidRPr="00574259" w:rsidRDefault="00516597" w:rsidP="00DD66B1">
+          <w:p w14:paraId="03AD7D98" w14:textId="77777777" w:rsidR="00516597" w:rsidRPr="00574259" w:rsidRDefault="00516597" w:rsidP="00DD66B1">
             <w:pPr>
               <w:pStyle w:val="Sraopastraipa"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00574259">
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Dalyvaujama ir siekiama aukštų rezultatų Tarptautiniuose ir respublikiniuose konkursuose, turnyruose, varžybose.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="003B4778" w:rsidRDefault="003B4778" w:rsidP="00DD66B1">
+          <w:p w14:paraId="31B7D3F6" w14:textId="77777777" w:rsidR="003B4778" w:rsidRDefault="003B4778" w:rsidP="00DD66B1">
             <w:pPr>
               <w:pStyle w:val="Sraopastraipa"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="10"/>
               </w:numPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A577D8">
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Mokyklos mokinių koncertinė</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
             <w:r w:rsidRPr="00A577D8">
               <w:rPr>
@@ -5353,52 +5631,57 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>, parodose</w:t>
             </w:r>
             <w:r w:rsidRPr="00A577D8">
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> bei užėmė prizines vietas. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Muzikos skyriaus mokiniai dalyvaudami</w:t>
             </w:r>
             <w:r w:rsidRPr="00B12D34">
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> konkursuose, iškovojo </w:t>
             </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="008F5998">
-              <w:t>Laureto diplomus – 34, diplomus -28, padėkas –18, specialius prizus – 4, viso 84</w:t>
+              <w:t>Laureto</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="008F5998">
+              <w:t xml:space="preserve"> diplomus – 34, diplomus -28, padėkas –18, specialius prizus – 4, viso 84</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">. Dailės skyriaus mokiniai iškovojo </w:t>
             </w:r>
             <w:r w:rsidR="00516597">
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> laureatų vietas, 2</w:t>
             </w:r>
             <w:r w:rsidR="008F5998">
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
@@ -5408,107 +5691,135 @@
               </w:rPr>
               <w:t xml:space="preserve"> padėka</w:t>
             </w:r>
             <w:r w:rsidR="008F5998">
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>s</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">. Sporto skyrius šiemet buvo gausus varžybų bei turnyrų. </w:t>
             </w:r>
             <w:r w:rsidR="008F5998">
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Dalyvauta 6 futbolo turnyruose</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">, užimtos 1 ir 4 vietos. Dalyvauta 9 dziudo ir grappling turnyruose, užimtos  </w:t>
+              <w:t xml:space="preserve">, užimtos 1 ir 4 vietos. Dalyvauta 9 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>dziudo</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ir </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>grappling</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> turnyruose, užimtos  </w:t>
             </w:r>
             <w:r w:rsidR="008F5998">
               <w:t>6 - I vietos, 12 - II vietų, 14 - III vietų</w:t>
             </w:r>
             <w:r w:rsidR="008F5998">
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Daug laimėjimų iškovojo baidarių irklavimo sporto mokiniai.  </w:t>
             </w:r>
             <w:r w:rsidR="008F5998">
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Dalyvauta 13 varžybų Lietuvoje ir užsienyje. </w:t>
             </w:r>
             <w:r w:rsidR="008F5998">
               <w:t>7 kartus užimtos aukštos I-III vietos, 3 kartus tapo čempionais. Kitose varžybose užimtos garbingos 4-6 vietos</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00516597" w:rsidRPr="002575FD" w:rsidRDefault="00516597" w:rsidP="002575FD">
+          <w:p w14:paraId="744B507E" w14:textId="77777777" w:rsidR="00516597" w:rsidRPr="002575FD" w:rsidRDefault="00516597" w:rsidP="002575FD">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:i/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002575FD">
               <w:rPr>
                 <w:i/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Mokiniai geba nuosekliai dirbti, siekti savo užsibrėžto tikslo, įsivertinti savo pasiekimus respublikiniame ir tarptautiniame kontekste.</w:t>
             </w:r>
             <w:r w:rsidR="008B38EF" w:rsidRPr="002575FD">
               <w:rPr>
                 <w:i/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="009640D4" w:rsidRPr="00A577D8" w:rsidRDefault="008B38EF" w:rsidP="00DD66B1">
+          <w:p w14:paraId="085BE099" w14:textId="77777777" w:rsidR="009640D4" w:rsidRPr="00A577D8" w:rsidRDefault="008B38EF" w:rsidP="00DD66B1">
             <w:pPr>
               <w:pStyle w:val="Sraopastraipa"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Aktyvinama</w:t>
             </w:r>
             <w:r w:rsidR="009640D4" w:rsidRPr="00A577D8">
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
@@ -5516,51 +5827,51 @@
               </w:rPr>
               <w:t>visa</w:t>
             </w:r>
             <w:r w:rsidR="00A34C10" w:rsidRPr="00A577D8">
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>bendruomenė dalyvauti</w:t>
             </w:r>
             <w:r w:rsidR="009640D4" w:rsidRPr="00A577D8">
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> projektinėje veikloje.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="003B3B2A" w:rsidRPr="00E0074B" w:rsidRDefault="004C4AD8" w:rsidP="00DD66B1">
+          <w:p w14:paraId="47C3F392" w14:textId="77777777" w:rsidR="003B3B2A" w:rsidRPr="00E0074B" w:rsidRDefault="004C4AD8" w:rsidP="00DD66B1">
             <w:pPr>
               <w:pStyle w:val="Sraopastraipa"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="28"/>
               </w:numPr>
               <w:suppressAutoHyphens/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:t>Parengti ir įgyvendinti 5</w:t>
             </w:r>
             <w:r w:rsidR="008B38EF">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00E0074B">
               <w:t>projektai</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> vaikams ir jaunimui</w:t>
             </w:r>
@@ -5576,51 +5887,51 @@
             </w:r>
             <w:r w:rsidR="00D75875" w:rsidRPr="00E0074B">
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="ar-SA"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00E0074B">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
               </w:rPr>
               <w:t>finansuoti</w:t>
             </w:r>
             <w:r w:rsidR="00D75875" w:rsidRPr="00E0074B">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
               </w:rPr>
               <w:t xml:space="preserve"> Alytaus rajono savivaldybės.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00D75875" w:rsidRPr="008B38EF" w:rsidRDefault="004C4AD8" w:rsidP="00DD66B1">
+          <w:p w14:paraId="43640566" w14:textId="77777777" w:rsidR="00D75875" w:rsidRPr="008B38EF" w:rsidRDefault="004C4AD8" w:rsidP="00DD66B1">
             <w:pPr>
               <w:pStyle w:val="Sraopastraipa"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="28"/>
               </w:numPr>
               <w:suppressAutoHyphens/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:color w:val="5F5F5F"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Parengti ir įgyvendinti 2 projektai suaugusiems </w:t>
             </w:r>
             <w:r w:rsidR="00443E0D" w:rsidRPr="008B38EF">
               <w:rPr>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FEFEFE"/>
               </w:rPr>
               <w:t>„</w:t>
             </w:r>
@@ -5672,236 +5983,266 @@
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="5F5F5F"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t xml:space="preserve">Ir </w:t>
             </w:r>
             <w:r w:rsidRPr="008178A5">
               <w:rPr>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>visuomenės sveikatos rėmimo specialiosios programos projektas „Būkime sveiki ir laimingi“</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>, programa orientuota į lėtinių neinfekcinių ligų prevenciją per praktinius sveikos mitybos užsiėmimus, dalyvavo 16 dalyvių.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="004C4AD8" w:rsidRDefault="004C4AD8" w:rsidP="00B62258">
+          <w:p w14:paraId="6F300054" w14:textId="77777777" w:rsidR="004C4AD8" w:rsidRDefault="004C4AD8" w:rsidP="00B62258">
             <w:pPr>
               <w:pStyle w:val="Sraopastraipa"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="7"/>
               </w:numPr>
               <w:suppressAutoHyphens/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C4AD8">
               <w:rPr>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>Surengta stovykla užsienio kalba</w:t>
             </w:r>
             <w:r w:rsidR="00F33828" w:rsidRPr="004C4AD8">
               <w:rPr>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t xml:space="preserve"> Ukrainos vaikams</w:t>
             </w:r>
             <w:r w:rsidR="006F1FDA" w:rsidRPr="004C4AD8">
               <w:rPr>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t xml:space="preserve"> ir jaunimui</w:t>
             </w:r>
             <w:r w:rsidR="00F33828" w:rsidRPr="004C4AD8">
               <w:rPr>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
-              <w:t>, atvykusiems iš Irpinės.</w:t>
+              <w:t xml:space="preserve">, atvykusiems iš </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00F33828" w:rsidRPr="004C4AD8">
+              <w:rPr>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>Irpinės</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00F33828" w:rsidRPr="004C4AD8">
+              <w:rPr>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
             <w:r w:rsidRPr="004C4AD8">
               <w:rPr>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t xml:space="preserve"> Stovykloje dalyvavo 28</w:t>
             </w:r>
             <w:r w:rsidR="006F1FDA" w:rsidRPr="004C4AD8">
               <w:rPr>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t xml:space="preserve"> dalyviai. </w:t>
             </w:r>
             <w:r w:rsidRPr="004C4AD8">
               <w:rPr>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>Stovykla finansuota</w:t>
             </w:r>
             <w:r w:rsidR="00010C3B" w:rsidRPr="004C4AD8">
               <w:rPr>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t xml:space="preserve"> Alytaus rajono savivaldybės </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>lėšomis.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="003074A3" w:rsidRDefault="003074A3" w:rsidP="00B62258">
+          <w:p w14:paraId="1F899466" w14:textId="77777777" w:rsidR="003074A3" w:rsidRDefault="003074A3" w:rsidP="00B62258">
             <w:pPr>
               <w:pStyle w:val="Sraopastraipa"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="7"/>
               </w:numPr>
               <w:suppressAutoHyphens/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C4AD8">
               <w:rPr>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t xml:space="preserve">Dalyvauta projekte - </w:t>
             </w:r>
             <w:r w:rsidR="00A3665C" w:rsidRPr="004C4AD8">
               <w:rPr>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t xml:space="preserve"> ,,Sveikata visus metus 2024“, kurį organizavo – Lietuvos neformaliojo švietimo agentūra. Projekto trukmė – 2024 metų sausio-gruodžio mėnesiais.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="004C4AD8" w:rsidRPr="002B11EE" w:rsidRDefault="004C4AD8" w:rsidP="002B11EE">
+          <w:p w14:paraId="7C0EC685" w14:textId="77777777" w:rsidR="004C4AD8" w:rsidRPr="002B11EE" w:rsidRDefault="004C4AD8" w:rsidP="002B11EE">
             <w:pPr>
               <w:pStyle w:val="Sraopastraipa"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="5"/>
               </w:numPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t xml:space="preserve">3 mokiniai ir 3 mokytojai dalyvavo </w:t>
             </w:r>
             <w:r w:rsidR="002B11EE">
               <w:t xml:space="preserve">Jelgavos </w:t>
             </w:r>
             <w:r w:rsidR="002B11EE">
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
-              <w:t>krašto Muzikos ir meno mokyklos organizuojamoje tarptautinėje stovykloje „Izkraso pasauli 2024“.</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00E0074B" w:rsidRPr="002575FD" w:rsidRDefault="00E0074B" w:rsidP="002575FD">
+              <w:t>krašto Muzikos ir meno mokyklos organizuojamoje tarptautinėje stovykloje „</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="002B11EE">
+              <w:rPr>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>Izkraso</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="002B11EE">
+              <w:rPr>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> pasauli 2024“.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5DE2E8BB" w14:textId="77777777" w:rsidR="00E0074B" w:rsidRPr="002575FD" w:rsidRDefault="00E0074B" w:rsidP="002575FD">
             <w:pPr>
               <w:suppressAutoHyphens/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:i/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002575FD">
               <w:rPr>
                 <w:i/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>Projektinė veikla</w:t>
             </w:r>
             <w:r w:rsidR="00BC6B84" w:rsidRPr="002575FD">
               <w:rPr>
                 <w:i/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t xml:space="preserve"> padėjo</w:t>
             </w:r>
             <w:r w:rsidRPr="002575FD">
               <w:rPr>
                 <w:i/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t xml:space="preserve"> įgyvendinti kūrybinius sumanymus, plėtoti iniciatyvą ir kūrybiškumą, ugdyti kultūrines, asmenines, socialines kompetencijas.</w:t>
             </w:r>
             <w:r w:rsidR="00BC6B84" w:rsidRPr="002575FD">
               <w:rPr>
                 <w:i/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t xml:space="preserve"> Projektų organizatoriai pasikeitė projektų organizavimo ir vadybos patirtimi.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00E0074B" w:rsidRPr="00E0074B" w:rsidRDefault="00E0074B" w:rsidP="00DD66B1">
+          <w:p w14:paraId="6507370E" w14:textId="77777777" w:rsidR="00E0074B" w:rsidRPr="00E0074B" w:rsidRDefault="00E0074B" w:rsidP="00DD66B1">
             <w:pPr>
               <w:pStyle w:val="Sraopastraipa"/>
               <w:suppressAutoHyphens/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>Vykdomas bendradarbiavimas su kitomis įstaigomis.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="008F6622" w:rsidRPr="0032343B" w:rsidRDefault="00195C81" w:rsidP="00DD66B1">
+          <w:p w14:paraId="60D80E38" w14:textId="77777777" w:rsidR="008F6622" w:rsidRPr="0032343B" w:rsidRDefault="00195C81" w:rsidP="00DD66B1">
             <w:pPr>
               <w:pStyle w:val="Sraopastraipa"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="7"/>
               </w:numPr>
               <w:suppressAutoHyphens/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0032343B">
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Mokykla  yra  atvira  bendruomenei,  bendradarbiauja </w:t>
             </w:r>
             <w:r w:rsidR="00BC6B84">
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>bei vykdo įvairią veiklą kartu</w:t>
             </w:r>
@@ -5911,149 +6252,171 @@
               </w:rPr>
               <w:t xml:space="preserve"> su  įvairiomis  instit</w:t>
             </w:r>
             <w:r w:rsidR="00A63250">
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>ucijomis: Kauno ko</w:t>
             </w:r>
             <w:r w:rsidR="00387B3E">
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>legijos</w:t>
             </w:r>
             <w:r w:rsidR="00A63250">
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> Alytaus filialu</w:t>
             </w:r>
             <w:r w:rsidR="00423129" w:rsidRPr="0032343B">
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>, Alytaus rajono gimnazijomis, Vilniaus Juozo Tallat- Kelpšos konservator</w:t>
+              <w:t xml:space="preserve">, Alytaus rajono gimnazijomis, Vilniaus Juozo </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00423129" w:rsidRPr="0032343B">
+              <w:rPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Tallat</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00423129" w:rsidRPr="0032343B">
+              <w:rPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>- Kelpšos konservator</w:t>
             </w:r>
             <w:r w:rsidR="00A577D8" w:rsidRPr="0032343B">
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>ija, Elektrėnų meno mokykla, Varėnos sporto centru, Alytaus futbolo a</w:t>
             </w:r>
             <w:r w:rsidR="007A30D0" w:rsidRPr="0032343B">
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>kademija, Lazdijų sp</w:t>
             </w:r>
             <w:r w:rsidR="00615E9A">
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>orto centru</w:t>
             </w:r>
             <w:r w:rsidR="00ED0F73" w:rsidRPr="0032343B">
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>, Birštono meno mokykla, Daugų technologijos ir verslo mokykla, Daugų</w:t>
             </w:r>
             <w:r w:rsidR="00615E9A">
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> ir Nemunaičio</w:t>
             </w:r>
             <w:r w:rsidR="00ED0F73" w:rsidRPr="0032343B">
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> sen</w:t>
             </w:r>
             <w:r w:rsidR="00615E9A">
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">iūnijomis, Lietuvos šaulių sąjunga, Jelgavos meno mokykla. </w:t>
             </w:r>
             <w:r w:rsidR="00423129" w:rsidRPr="0032343B">
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00BC6B84" w:rsidRDefault="006818C1" w:rsidP="00615E9A">
+          <w:p w14:paraId="5BA65707" w14:textId="77777777" w:rsidR="00BC6B84" w:rsidRDefault="006818C1" w:rsidP="00615E9A">
             <w:pPr>
               <w:pStyle w:val="Sraopastraipa"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="7"/>
               </w:numPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Mokykla vyk</w:t>
             </w:r>
             <w:r w:rsidR="00BC6B84">
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>dė</w:t>
             </w:r>
             <w:r w:rsidR="00E0074B">
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> ir socialinę veiklą. </w:t>
             </w:r>
             <w:r w:rsidR="009D3C95">
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Surengti</w:t>
             </w:r>
             <w:r w:rsidR="00E0074B" w:rsidRPr="00615E9A">
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> koncertai </w:t>
             </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="001849E9" w:rsidRPr="00615E9A">
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Pivašiūnų parapijos</w:t>
+              <w:t>Pivašiūnų</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="001849E9" w:rsidRPr="00615E9A">
+              <w:rPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> parapijos</w:t>
             </w:r>
             <w:r w:rsidR="00BC6B84" w:rsidRPr="00615E9A">
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
             <w:r w:rsidRPr="00615E9A">
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> Alytaus ra</w:t>
             </w:r>
             <w:r w:rsidR="001849E9" w:rsidRPr="00615E9A">
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>jono savi</w:t>
             </w:r>
             <w:r w:rsidR="00BC6B84" w:rsidRPr="00615E9A">
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">valdybės globos namų, </w:t>
             </w:r>
@@ -6072,156 +6435,188 @@
             <w:r w:rsidR="005A1FEB" w:rsidRPr="00615E9A">
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidR="009D3C95">
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> P</w:t>
             </w:r>
             <w:r w:rsidR="00387B3E">
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>yragų dienos</w:t>
             </w:r>
             <w:r w:rsidR="009D3C95">
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> proga aplankyti Daugų palaikomojo gydymo ir slaugos ligoninės ligoniai.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="009D3C95" w:rsidRPr="009D3C95" w:rsidRDefault="009D3C95" w:rsidP="00615E9A">
+          <w:p w14:paraId="17659BD6" w14:textId="77777777" w:rsidR="009D3C95" w:rsidRPr="009D3C95" w:rsidRDefault="009D3C95" w:rsidP="00615E9A">
             <w:pPr>
               <w:pStyle w:val="Sraopastraipa"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="7"/>
               </w:numPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009D3C95">
               <w:rPr>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>Mokykloje svečiavosi kolegos iš Vilniaus ,,Ąžuoliuko” muzik</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>os mokyklos bei Alytaus jaunimo centro.</w:t>
             </w:r>
             <w:r w:rsidRPr="009D3C95">
               <w:rPr>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t xml:space="preserve"> Svečiai buvo maloniai sutikti ir supažindinti su mūsų mokyklos aplinka bei veikla.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00F2476C" w:rsidRPr="009C071E" w:rsidRDefault="009C071E" w:rsidP="00DD66B1">
+          <w:p w14:paraId="3018109F" w14:textId="77777777" w:rsidR="00F2476C" w:rsidRPr="009C071E" w:rsidRDefault="009C071E" w:rsidP="00DD66B1">
             <w:pPr>
               <w:pStyle w:val="Sraopastraipa"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="7"/>
               </w:numPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Mokykloje eksponuoti </w:t>
             </w:r>
             <w:r w:rsidRPr="009C071E">
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
-              <w:t>Klaipėdos Adomo Brako dailės mokykl</w:t>
-[...1 lines deleted...]
-            <w:r>
+              <w:t xml:space="preserve">Klaipėdos Adomo </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C071E">
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
+              <w:t>Brako</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C071E">
+              <w:rPr>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> dailės mokykl</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
               <w:t xml:space="preserve">os mokinių grafikos darbai, </w:t>
             </w:r>
             <w:r w:rsidRPr="009C071E">
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
-              <w:t>Trakų meno mokyklos Aukštadvario skyriaus mokinių darbų paroda ,, PASAULIS KiTaIp"</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="00F2476C" w:rsidRPr="00A577D8" w:rsidRDefault="00F2476C" w:rsidP="00DD66B1">
+              <w:t xml:space="preserve">Trakų meno mokyklos Aukštadvario skyriaus mokinių darbų paroda ,, PASAULIS </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C071E">
+              <w:rPr>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>KiTaIp</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C071E">
+              <w:rPr>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>"</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2642803A" w14:textId="77777777" w:rsidR="00F2476C" w:rsidRPr="00A577D8" w:rsidRDefault="00F2476C" w:rsidP="00DD66B1">
             <w:pPr>
               <w:pStyle w:val="Sraopastraipa"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="7"/>
               </w:numPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Mok</w:t>
             </w:r>
             <w:r w:rsidR="00387B3E">
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>yklos mokinai koncertavo</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> įvairiuose renginiuose, šventėse, muzikinėse popietėse.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="009C071E" w:rsidRPr="00DB0A30" w:rsidRDefault="009D3C95" w:rsidP="00DB0A30">
+          <w:p w14:paraId="603DEA17" w14:textId="77777777" w:rsidR="009C071E" w:rsidRPr="00DB0A30" w:rsidRDefault="009D3C95" w:rsidP="00DB0A30">
             <w:pPr>
               <w:pStyle w:val="Sraopastraipa"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="7"/>
               </w:numPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:i/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>B</w:t>
             </w:r>
             <w:r w:rsidRPr="009D3C95">
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
@@ -6230,814 +6625,870 @@
             <w:r>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>cijas stovyklautojams pravedė</w:t>
             </w:r>
             <w:r w:rsidRPr="009D3C95">
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t xml:space="preserve"> dailės mokytojai Ingrida Vaitkienė ir Arūnas Vaitkus</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="5F5F5F"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="000C7F83" w:rsidRPr="009C071E" w:rsidRDefault="00BC6B84" w:rsidP="009C071E">
+          <w:p w14:paraId="424A56F6" w14:textId="77777777" w:rsidR="000C7F83" w:rsidRPr="009C071E" w:rsidRDefault="00BC6B84" w:rsidP="009C071E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:i/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009C071E">
               <w:rPr>
                 <w:i/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>Per kultūrinius mainus ir partnerystę su kitomis įstaigomis, mokykla prisidėjo prie iniciatyvų, bei prasiplėtė mokinių ir mokytojų galimybės.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00AC7485" w:rsidRDefault="00AC7485" w:rsidP="006F4B0E">
+    <w:p w14:paraId="75634156" w14:textId="77777777" w:rsidR="00AC7485" w:rsidRDefault="00AC7485" w:rsidP="006F4B0E">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00BC6B84" w:rsidRDefault="00BC6B84" w:rsidP="00F33395">
+    <w:p w14:paraId="7BCE7A4C" w14:textId="77777777" w:rsidR="00BC6B84" w:rsidRDefault="00BC6B84" w:rsidP="00F33395">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00BC6B84" w:rsidRDefault="00BC6B84" w:rsidP="00F33395">
+    <w:p w14:paraId="3B36B1C4" w14:textId="77777777" w:rsidR="00BC6B84" w:rsidRDefault="00BC6B84" w:rsidP="00F33395">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F33395" w:rsidRDefault="00F33395" w:rsidP="00F33395">
+    <w:p w14:paraId="3C4E854B" w14:textId="77777777" w:rsidR="00F33395" w:rsidRDefault="00F33395" w:rsidP="00F33395">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>II SKYRIUS</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F33395" w:rsidRDefault="00F33395" w:rsidP="00F33395">
+    <w:p w14:paraId="2B5C66F6" w14:textId="77777777" w:rsidR="00F33395" w:rsidRDefault="00F33395" w:rsidP="00F33395">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>METŲ VEIKLOS UŽDUOTYS, REZULTATAI IR RODIKLIAI</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F33395" w:rsidRDefault="00F33395" w:rsidP="00F33395">
+    <w:p w14:paraId="12E6C79B" w14:textId="77777777" w:rsidR="00F33395" w:rsidRDefault="00F33395" w:rsidP="00F33395">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F33395" w:rsidRDefault="00F33395" w:rsidP="00F33395">
+    <w:p w14:paraId="3A844FCA" w14:textId="77777777" w:rsidR="00F33395" w:rsidRDefault="00F33395" w:rsidP="00F33395">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:tab/>
         <w:t>Pagrindiniai praėjusių metų veiklos rezultatai</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9782" w:type="dxa"/>
         <w:tblInd w:w="-176" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1589"/>
         <w:gridCol w:w="1984"/>
         <w:gridCol w:w="2552"/>
         <w:gridCol w:w="3657"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00F33395" w:rsidTr="00570BEF">
+      <w:tr w:rsidR="00F33395" w14:paraId="1975EB65" w14:textId="77777777" w:rsidTr="00570BEF">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1589" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00F33395" w:rsidRDefault="00F33395">
+          <w:p w14:paraId="00F5C0FE" w14:textId="77777777" w:rsidR="00F33395" w:rsidRDefault="00F33395">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>Metų užduotys</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>(toliau – užduotys)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00F33395" w:rsidRDefault="00F33395">
+          <w:p w14:paraId="6EF9841F" w14:textId="77777777" w:rsidR="00F33395" w:rsidRDefault="00F33395">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>Siektini rezultatai</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00F33395" w:rsidRDefault="00F33395">
+          <w:p w14:paraId="754E8DC6" w14:textId="77777777" w:rsidR="00F33395" w:rsidRDefault="00F33395">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>Rezultatų vertinimo rodikliai</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>(kuriais vadovaujantis vertinama, ar nustatytos užduotys įvykdytos)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3657" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00F33395" w:rsidRDefault="00F33395">
+          <w:p w14:paraId="61A1DBB0" w14:textId="77777777" w:rsidR="00F33395" w:rsidRDefault="00F33395">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>Pasiekti rezultatai ir jų rodikliai</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005C3C6C" w:rsidRPr="006B4E01" w:rsidTr="008B1FC6">
+      <w:tr w:rsidR="005C3C6C" w:rsidRPr="006B4E01" w14:paraId="581C0F4C" w14:textId="77777777" w:rsidTr="008B1FC6">
         <w:trPr>
           <w:trHeight w:val="510"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1589" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005C3C6C" w:rsidRDefault="005C3C6C" w:rsidP="00BA6F6D">
+          <w:p w14:paraId="5BD45037" w14:textId="77777777" w:rsidR="005C3C6C" w:rsidRDefault="005C3C6C" w:rsidP="00BA6F6D">
             <w:pPr>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>1.1.</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Užtikrinti tinkamą įstaigos </w:t>
             </w:r>
             <w:r>
               <w:lastRenderedPageBreak/>
               <w:t>valdymą, tobulinant ugdymo proceso organizavimą.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="005C3C6C" w:rsidRDefault="005C3C6C" w:rsidP="0076699D">
+          <w:p w14:paraId="7B16359A" w14:textId="77777777" w:rsidR="005C3C6C" w:rsidRDefault="005C3C6C" w:rsidP="0076699D">
             <w:pPr>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="005C3C6C" w:rsidRDefault="005C3C6C" w:rsidP="0076699D">
+          <w:p w14:paraId="1E135D2B" w14:textId="77777777" w:rsidR="005C3C6C" w:rsidRDefault="005C3C6C" w:rsidP="0076699D">
             <w:pPr>
               <w:overflowPunct w:val="0"/>
               <w:textAlignment w:val="baseline"/>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">1.1.1. Atnaujinti mokyklos veiklą bei ugdymo </w:t>
             </w:r>
             <w:r>
               <w:lastRenderedPageBreak/>
               <w:t>proceso organizavimą reglamentuojančius dokumentus.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="005C3C6C" w:rsidRDefault="005C3C6C" w:rsidP="00BA6F6D">
+          <w:p w14:paraId="67E9F6C9" w14:textId="77777777" w:rsidR="005C3C6C" w:rsidRDefault="005C3C6C" w:rsidP="00BA6F6D">
             <w:r>
               <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">1.1.1.1.Atnaujintas darbuotojų darbo </w:t>
             </w:r>
             <w:r>
               <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">apmokėjimo sistemos aprašas. </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="005C3C6C" w:rsidRPr="00A337E3" w:rsidRDefault="005C3C6C" w:rsidP="00BA6F6D">
+          <w:p w14:paraId="15AD77C1" w14:textId="77777777" w:rsidR="005C3C6C" w:rsidRPr="00A337E3" w:rsidRDefault="005C3C6C" w:rsidP="00BA6F6D">
             <w:pPr>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:t>1.1.1.2. Atnaujinti ir patvirtinti mokyklos nuostatai.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3657" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005C3C6C" w:rsidRDefault="005C3C6C" w:rsidP="00BA6F6D">
+          <w:p w14:paraId="3AD7EED2" w14:textId="77777777" w:rsidR="005C3C6C" w:rsidRDefault="005C3C6C" w:rsidP="00BA6F6D">
             <w:pPr>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008B18C1">
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>Įvykdyta.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="005C3C6C" w:rsidRDefault="005C3C6C" w:rsidP="00BA6F6D">
+          <w:p w14:paraId="08F1C19D" w14:textId="77777777" w:rsidR="005C3C6C" w:rsidRDefault="005C3C6C" w:rsidP="00BA6F6D">
             <w:pPr>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve">Atnaujintas Alytaus r. meno ir sporto mokyklos darbuotojų darbo </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>apmokėjimo sistemos aprašas 2024 m. sausio 2 d. Nr. MV-1.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="005C3C6C" w:rsidRDefault="005C3C6C" w:rsidP="00BA6F6D">
+          <w:p w14:paraId="3D9D56E9" w14:textId="77777777" w:rsidR="005C3C6C" w:rsidRDefault="005C3C6C" w:rsidP="00BA6F6D">
             <w:pPr>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>Atnaujinti ir Alytaus rajono savivaldybės tarybos patvirtinti Alytaus r. meno ir sporto mokyklos nuostatai 2024 m. rugpjūčio 13 d. Nr. K-156.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005C3C6C" w:rsidRPr="006B4E01" w:rsidTr="008B1FC6">
+      <w:tr w:rsidR="005C3C6C" w:rsidRPr="006B4E01" w14:paraId="7DF7A0E9" w14:textId="77777777" w:rsidTr="008B1FC6">
         <w:trPr>
           <w:trHeight w:val="4260"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1589" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="005C3C6C" w:rsidRDefault="005C3C6C" w:rsidP="0076699D">
+          <w:p w14:paraId="4783AA9B" w14:textId="77777777" w:rsidR="005C3C6C" w:rsidRDefault="005C3C6C" w:rsidP="0076699D">
             <w:pPr>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="005C3C6C" w:rsidRDefault="005C3C6C" w:rsidP="007A1E68">
+          <w:p w14:paraId="2134C78A" w14:textId="77777777" w:rsidR="005C3C6C" w:rsidRDefault="005C3C6C" w:rsidP="007A1E68">
             <w:r>
               <w:t>1.1.2.Užtikrinti mokinių pasiekimus ir pažangą.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="005C3C6C" w:rsidRDefault="005C3C6C" w:rsidP="0076699D">
+          <w:p w14:paraId="00D7BAB3" w14:textId="77777777" w:rsidR="005C3C6C" w:rsidRDefault="005C3C6C" w:rsidP="0076699D">
             <w:pPr>
               <w:overflowPunct w:val="0"/>
               <w:textAlignment w:val="baseline"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="005C3C6C" w:rsidRDefault="005C3C6C" w:rsidP="007A1E68">
-[...1 lines deleted...]
-              <w:t>1.1.2.1.Suplanuoti ir įgyvendinti visų ugdymo programų atsiskaitymai, darbų peržiūros ir baigiamieji egzaminai, pagrindinio ugdymo programas (FŠPU) 2023-2024 m.m. baigusiųjų mokinių mokymosi vidurkis (baigiamųjų egzaminų ir diferencijuotų įskaitų gautų įvertinimų vidurkis)-9,7 (buvo 9,6).</w:t>
+          <w:p w14:paraId="6F221607" w14:textId="77777777" w:rsidR="005C3C6C" w:rsidRDefault="005C3C6C" w:rsidP="007A1E68">
+            <w:r>
+              <w:t xml:space="preserve">1.1.2.1.Suplanuoti ir įgyvendinti visų ugdymo programų atsiskaitymai, darbų peržiūros ir baigiamieji egzaminai, pagrindinio ugdymo programas (FŠPU) 2023-2024 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>m.m</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t>. baigusiųjų mokinių mokymosi vidurkis (baigiamųjų egzaminų ir diferencijuotų įskaitų gautų įvertinimų vidurkis)-9,7 (buvo 9,6).</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3657" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005C3C6C" w:rsidRDefault="005C3C6C" w:rsidP="007A1E68">
+          <w:p w14:paraId="09B402CF" w14:textId="77777777" w:rsidR="005C3C6C" w:rsidRDefault="005C3C6C" w:rsidP="007A1E68">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005D05AE">
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>Įvykdyta.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="005C3C6C" w:rsidRDefault="004E2BAD" w:rsidP="007A1E68">
-[...11 lines deleted...]
-              <w:t>Visuose mokyklos skyriuose v</w:t>
+          <w:p w14:paraId="59DC6C61" w14:textId="77777777" w:rsidR="005C3C6C" w:rsidRDefault="004E2BAD" w:rsidP="007A1E68">
+            <w:pPr>
+              <w:rPr>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Visuose mokyklos skyriuose </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>v</w:t>
             </w:r>
             <w:r w:rsidR="00A44926">
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>+</w:t>
             </w:r>
             <w:r w:rsidR="004C7EC3">
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
-              <w:t>yko I ir II pusmečio muzikos, dailės ir sporto skyrių mokinių žinių patikrinimai, perklausos, darbų peržiūros. Direktoriaus įsakymai 2024 m. balandžio 23 d. Nr . MV-17, 2024 m. gruodžio 5 d. Nr. MV-43.</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="004C7EC3" w:rsidRDefault="000D2B03" w:rsidP="007A1E68">
+              <w:t>yko</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="004C7EC3">
+              <w:rPr>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> I ir II pusmečio muzikos, dailės ir sporto skyrių mokinių žinių patikrinimai, perklausos, darbų peržiūros. Direktoriaus įsakymai 2024 m. balandžio 23 d. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="004C7EC3">
+              <w:rPr>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>Nr</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="004C7EC3">
+              <w:rPr>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> . MV-17, 2024 m. gruodžio 5 d. Nr. MV-43.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7836B361" w14:textId="77777777" w:rsidR="004C7EC3" w:rsidRDefault="00333912" w:rsidP="007A1E68">
             <w:pPr>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r w:rsidR="004C7EC3">
                 <w:rPr>
                   <w:rStyle w:val="Hipersaitas"/>
                 </w:rPr>
                 <w:t>Šventiniai atsiskaitymo koncertai ,,Ei, Kalėda, Kalėda“ | Alytaus r. meno ir sporto mokykla</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
-          <w:p w:rsidR="004C7EC3" w:rsidRPr="005F2579" w:rsidRDefault="004C7EC3" w:rsidP="007A1E68">
+          <w:p w14:paraId="658C90E3" w14:textId="77777777" w:rsidR="004C7EC3" w:rsidRPr="005F2579" w:rsidRDefault="004C7EC3" w:rsidP="007A1E68">
             <w:pPr>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>Baigiamųjų egzaminų ir baigiamųjų darbų pristatymas vyko gegužės mėnesį (Įsakymo Nr. MV-20, 2024 m. gegužės 3 d.)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="005C3C6C" w:rsidRDefault="00FF4B26" w:rsidP="00FF4B26">
-[...1 lines deleted...]
-              <w:t>2023-2024 m.m. baigusiųjų mokinių mokymosi vidurkis (baigiamųjų egzaminų ir diferencijuotų įskaitų</w:t>
+          <w:p w14:paraId="5C9F5005" w14:textId="77777777" w:rsidR="005C3C6C" w:rsidRDefault="00FF4B26" w:rsidP="00FF4B26">
+            <w:r>
+              <w:t xml:space="preserve">2023-2024 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>m.m</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t>. baigusiųjų mokinių mokymosi vidurkis (baigiamųjų egzaminų ir diferencijuotų įskaitų</w:t>
             </w:r>
             <w:r w:rsidR="00991937">
               <w:t xml:space="preserve"> gautų įvertinimų vidurkis) ~ 9,7 (9,695)</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
             <w:r w:rsidR="00991937">
               <w:t>Muzikos skyriaus -9,66, dailės skyriaus – 9,73.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00991937" w:rsidRPr="00A44926" w:rsidRDefault="000D2B03" w:rsidP="00FF4B26">
+          <w:p w14:paraId="66CDBDCF" w14:textId="77777777" w:rsidR="00991937" w:rsidRPr="00A44926" w:rsidRDefault="00333912" w:rsidP="00FF4B26">
             <w:pPr>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r w:rsidR="00991937">
                 <w:rPr>
                   <w:rStyle w:val="Hipersaitas"/>
                 </w:rPr>
                 <w:t>Alytaus r. meno ir sporto mokyklos dailės skyriaus peržiūra ir baigiamųjų darbų gynimas  | Alytaus r. meno ir sporto mokykla</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005C3C6C" w:rsidRPr="006B4E01" w:rsidTr="001074C5">
+      <w:tr w:rsidR="005C3C6C" w:rsidRPr="006B4E01" w14:paraId="780CF5EB" w14:textId="77777777" w:rsidTr="001074C5">
         <w:trPr>
           <w:trHeight w:val="58"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1589" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="005C3C6C" w:rsidRDefault="005C3C6C" w:rsidP="0076699D">
+          <w:p w14:paraId="1FE50E5F" w14:textId="77777777" w:rsidR="005C3C6C" w:rsidRDefault="005C3C6C" w:rsidP="0076699D">
             <w:pPr>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="005C3C6C" w:rsidRDefault="005C3C6C" w:rsidP="005D05AE">
+          <w:p w14:paraId="31651294" w14:textId="77777777" w:rsidR="005C3C6C" w:rsidRDefault="005C3C6C" w:rsidP="005D05AE">
             <w:r>
               <w:t>1.1.3. Aktyvinti tėvų įsitraukimą į mokyklos savivaldos veiklą.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="005C3C6C" w:rsidRDefault="005C3C6C" w:rsidP="0076699D">
+          <w:p w14:paraId="0D8676DC" w14:textId="77777777" w:rsidR="005C3C6C" w:rsidRDefault="005C3C6C" w:rsidP="0076699D">
             <w:pPr>
               <w:overflowPunct w:val="0"/>
               <w:textAlignment w:val="baseline"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="005C3C6C" w:rsidRDefault="00866354" w:rsidP="00C01ED7">
+          <w:p w14:paraId="7A8A8726" w14:textId="77777777" w:rsidR="005C3C6C" w:rsidRDefault="00866354" w:rsidP="00C01ED7">
             <w:r>
               <w:t>1.1.3.1.Atliktos</w:t>
             </w:r>
             <w:r w:rsidR="005C3C6C">
-              <w:t xml:space="preserve"> tėvų apklausos ugdymo organizavimo klausimais – tėvų (globėjų, rūpintojų) l. gerai ir gerai vertinančių vaikų ugdymo(si) kokybę procentinė dalis pagal mokykloje vykdomas programas – ne mažesnė nei 80 proc. </w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="005C3C6C" w:rsidRDefault="005C3C6C" w:rsidP="00C01ED7">
+              <w:t xml:space="preserve"> tėvų apklausos ugdymo organizavimo klausimais – tėvų (globėjų, rūpintojų) l. gerai ir gerai vertinančių vaikų ugdymo(</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="005C3C6C">
+              <w:t>si</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="005C3C6C">
+              <w:t xml:space="preserve">) kokybę procentinė dalis pagal mokykloje vykdomas programas – ne mažesnė nei 80 proc. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2F6FA39C" w14:textId="77777777" w:rsidR="005C3C6C" w:rsidRDefault="005C3C6C" w:rsidP="00C01ED7">
             <w:r>
               <w:t>1.1.3.2. Bent 20 proc. tėvų aktyviai įsitrauks į mokyklos organizuojamas veiklas, teiks pasiūlymus dėl veiklos tobulinimo.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="005C3C6C" w:rsidRDefault="005C3C6C" w:rsidP="00C01ED7">
+          <w:p w14:paraId="68E4533D" w14:textId="77777777" w:rsidR="005C3C6C" w:rsidRDefault="005C3C6C" w:rsidP="00C01ED7">
             <w:r>
               <w:lastRenderedPageBreak/>
               <w:t>1.1.3.3. Atliktas mokytojų, mokinių ir tėvų poreikių tyrimas dėl elektroninio dienyno naudojimosi efektyvumo.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="005C3C6C" w:rsidRDefault="005C3C6C" w:rsidP="00C01ED7">
+          <w:p w14:paraId="1A5A3483" w14:textId="77777777" w:rsidR="005C3C6C" w:rsidRDefault="005C3C6C" w:rsidP="00C01ED7">
             <w:r>
               <w:t>1.1.3.4. Suorganizuota „Atvirų durų savaitė“.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3657" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00022F48" w:rsidRDefault="00E06504" w:rsidP="00BA6F6D">
+          <w:p w14:paraId="119D47E8" w14:textId="77777777" w:rsidR="00022F48" w:rsidRDefault="00E06504" w:rsidP="00BA6F6D">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>Įvykdyta.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00E87714" w:rsidRPr="00E87714" w:rsidRDefault="00AB269D" w:rsidP="00BA6F6D">
+          <w:p w14:paraId="59DC393D" w14:textId="77777777" w:rsidR="00E87714" w:rsidRPr="00E87714" w:rsidRDefault="00AB269D" w:rsidP="00BA6F6D">
             <w:pPr>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>1.</w:t>
             </w:r>
             <w:r w:rsidR="00E87714">
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve">Apklausos atliktos per </w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r w:rsidR="00E87714" w:rsidRPr="003E36F4">
                 <w:rPr>
                   <w:rStyle w:val="Hipersaitas"/>
                   <w:szCs w:val="24"/>
@@ -7082,90 +7533,106 @@
               <w:t>erai</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve"> – 33 proc. (viso </w:t>
             </w:r>
             <w:r w:rsidRPr="009E01D6">
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>92</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve"> proc.)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00022F48" w:rsidRDefault="00AB269D" w:rsidP="00BA6F6D">
+          <w:p w14:paraId="708CCE92" w14:textId="77777777" w:rsidR="00022F48" w:rsidRDefault="00AB269D" w:rsidP="00BA6F6D">
             <w:pPr>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve">2. Dalyvavusių apklausoje 67 proc. tėvų teigia, aktyviai dalyvaujantys mokyklos veikloje. Vedamuose tėvų susirinkimuose dalyvauja apie 50 proc. tėvų. Susirinkimai vyksta </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>sporto, muzikos, dailės skyrių atskirai. Pusmečių atsiskaitymuose ir renginiuose dalyvauja apie 60 proc. tėvų, didžiausias aktyvumas Butrimonių, Miroslavo, Krokialaukio skyriuose, mažiausias (apie 20 proc.) – Pivašiūnų skyriuje.</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="004C7EC3" w:rsidRPr="00AB269D" w:rsidRDefault="000D2B03" w:rsidP="00BA6F6D">
+              <w:t xml:space="preserve">sporto, muzikos, dailės skyrių atskirai. Pusmečių atsiskaitymuose ir renginiuose dalyvauja apie 60 proc. tėvų, didžiausias aktyvumas Butrimonių, Miroslavo, Krokialaukio skyriuose, mažiausias (apie 20 proc.) – </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>Pivašiūnų</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> skyriuje.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="64DDA914" w14:textId="77777777" w:rsidR="004C7EC3" w:rsidRPr="00AB269D" w:rsidRDefault="00333912" w:rsidP="00BA6F6D">
             <w:pPr>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r w:rsidR="004C7EC3">
                 <w:rPr>
                   <w:rStyle w:val="Hipersaitas"/>
                 </w:rPr>
                 <w:t>Šventiniai atsiskaitymo koncertai ,,Ei, Kalėda, Kalėda“ | Alytaus r. meno ir sporto mokykla</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
-          <w:p w:rsidR="00022F48" w:rsidRPr="00AB269D" w:rsidRDefault="00AB269D" w:rsidP="00BA6F6D">
+          <w:p w14:paraId="26AC4FCA" w14:textId="77777777" w:rsidR="00022F48" w:rsidRPr="00AB269D" w:rsidRDefault="00AB269D" w:rsidP="00BA6F6D">
             <w:pPr>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AB269D">
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve">Mokykloje </w:t>
             </w:r>
             <w:r w:rsidR="00DD353C">
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve">ir už jos ribų </w:t>
             </w:r>
             <w:r w:rsidRPr="00AB269D">
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
@@ -7206,1142 +7673,1245 @@
               </w:rPr>
               <w:t xml:space="preserve">vyko </w:t>
             </w:r>
             <w:r w:rsidR="00DD353C">
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve">mokyklos mokinių šeimos </w:t>
             </w:r>
             <w:r w:rsidR="00DD353C" w:rsidRPr="00022F48">
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t xml:space="preserve">Julės ir Dariaus Levickų </w:t>
             </w:r>
             <w:r w:rsidR="00DD353C">
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>namuose. Dalyvavo muzikos skyriaus mokiniai su tėveliais.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00022F48" w:rsidRPr="00022F48" w:rsidRDefault="000D2B03" w:rsidP="00BA6F6D">
+          <w:p w14:paraId="3B7DC4F6" w14:textId="77777777" w:rsidR="00022F48" w:rsidRPr="00022F48" w:rsidRDefault="00333912" w:rsidP="00BA6F6D">
             <w:pPr>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r w:rsidR="00022F48" w:rsidRPr="00022F48">
                 <w:rPr>
                   <w:rStyle w:val="Hipersaitas"/>
                   <w:szCs w:val="24"/>
                   <w:lang w:eastAsia="lt-LT"/>
                 </w:rPr>
                 <w:t>https://amsm.lt/lt/naujienos/renginiai/2024/05/seimu-dienos-paminejimas-dariaus-ir-jules-levicku-namuose</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="00022F48" w:rsidRPr="00022F48">
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00022F48" w:rsidRPr="00424E0F" w:rsidRDefault="00DD353C" w:rsidP="00BA6F6D">
+          <w:p w14:paraId="62F9DD45" w14:textId="77777777" w:rsidR="00022F48" w:rsidRPr="00424E0F" w:rsidRDefault="00DD353C" w:rsidP="00BA6F6D">
             <w:pPr>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve">3. Dėl elektroninio dienyno naudojimo ir naudingumo buvo atlikta apklausa atlikta per </w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r w:rsidRPr="003E36F4">
                 <w:rPr>
                   <w:rStyle w:val="Hipersaitas"/>
                   <w:szCs w:val="24"/>
                   <w:lang w:eastAsia="lt-LT"/>
                 </w:rPr>
                 <w:t>www.apklausa.lt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
-              <w:t xml:space="preserve">  platformą. 70 proc. tėvų naudojasi el dienynu.</w:t>
+              <w:t xml:space="preserve">  platformą. 70 proc. tėvų naudojasi </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>el</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> dienynu.</w:t>
             </w:r>
             <w:r w:rsidR="009E01D6">
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve"> 10 proc. tėvų nesinaudoja el. dienynu ir teikia prioritetą asmeniniam bendravimui. 90 proc. tėvų nori daugiau individualių pokalbių. 60 proc. tėvų nori dalyvauti susirinkimuose.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00022F48" w:rsidRPr="00022F48" w:rsidRDefault="00424E0F" w:rsidP="00BA6F6D">
+          <w:p w14:paraId="26AA79FB" w14:textId="77777777" w:rsidR="00022F48" w:rsidRPr="00022F48" w:rsidRDefault="00424E0F" w:rsidP="00BA6F6D">
             <w:pPr>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>4.</w:t>
             </w:r>
             <w:r w:rsidR="00022F48" w:rsidRPr="00022F48">
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>2024 m. gegužės 14-17 d.</w:t>
             </w:r>
             <w:r w:rsidR="00022F48">
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00022F48" w:rsidRPr="00022F48">
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>vyko Atvirų durų savaitė.</w:t>
             </w:r>
             <w:r w:rsidR="009E01D6">
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve"> Visuose skyriuose dalyvavo per 150 tėvų ( 58 proc.)</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="005C3C6C" w:rsidRPr="005D05AE" w:rsidRDefault="000D2B03" w:rsidP="00BA6F6D">
+          <w:p w14:paraId="75166AD2" w14:textId="77777777" w:rsidR="005C3C6C" w:rsidRPr="005D05AE" w:rsidRDefault="00333912" w:rsidP="00BA6F6D">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r w:rsidR="00022F48" w:rsidRPr="00022F48">
                 <w:rPr>
                   <w:rStyle w:val="Hipersaitas"/>
                   <w:szCs w:val="24"/>
                   <w:lang w:eastAsia="lt-LT"/>
                 </w:rPr>
                 <w:t>https://amsm.lt/lt/naujienos/kvietimai/2024/05/kvietimas-i-atviru-duru-diena</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="00022F48">
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005C3C6C" w:rsidRPr="006B4E01" w:rsidTr="008B1FC6">
+      <w:tr w:rsidR="005C3C6C" w:rsidRPr="006B4E01" w14:paraId="1FA6A976" w14:textId="77777777" w:rsidTr="008B1FC6">
         <w:trPr>
           <w:trHeight w:val="563"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1589" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="005C3C6C" w:rsidRDefault="005C3C6C" w:rsidP="0076699D">
+          <w:p w14:paraId="24432D7C" w14:textId="77777777" w:rsidR="005C3C6C" w:rsidRDefault="005C3C6C" w:rsidP="0076699D">
             <w:pPr>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="005C3C6C" w:rsidRDefault="005C3C6C" w:rsidP="00C01ED7">
+          <w:p w14:paraId="4034C44A" w14:textId="77777777" w:rsidR="005C3C6C" w:rsidRDefault="005C3C6C" w:rsidP="00C01ED7">
             <w:r>
               <w:t>1.1.4. Plėsti ugdymo programų pasiūlą.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="005C3C6C" w:rsidRDefault="005C3C6C" w:rsidP="0076699D">
+          <w:p w14:paraId="435B2758" w14:textId="77777777" w:rsidR="005C3C6C" w:rsidRDefault="005C3C6C" w:rsidP="0076699D">
             <w:pPr>
               <w:overflowPunct w:val="0"/>
               <w:textAlignment w:val="baseline"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="005C3C6C" w:rsidRDefault="005C3C6C" w:rsidP="00C01ED7">
+          <w:p w14:paraId="1B013A5B" w14:textId="77777777" w:rsidR="005C3C6C" w:rsidRDefault="005C3C6C" w:rsidP="00C01ED7">
             <w:r>
               <w:t xml:space="preserve">1.1.4.1. Parengtos ir akredituotos 2 naujos NVŠ irklavimo sporto programos. </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="005C3C6C" w:rsidRDefault="005C3C6C" w:rsidP="00C01ED7">
+          <w:p w14:paraId="1928714E" w14:textId="77777777" w:rsidR="005C3C6C" w:rsidRDefault="005C3C6C" w:rsidP="00C01ED7">
             <w:pPr>
               <w:pStyle w:val="prastasiniatinklio"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:t>1.1.4.2.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00353F46">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve">Įgyvendinta bent viena </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve">NVŠ </w:t>
             </w:r>
             <w:r w:rsidRPr="00353F46">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>nauja programa.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="005C3C6C" w:rsidRDefault="005C3C6C" w:rsidP="00C01ED7">
+          <w:p w14:paraId="3F8F7250" w14:textId="77777777" w:rsidR="005C3C6C" w:rsidRDefault="005C3C6C" w:rsidP="00C01ED7">
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve">1.1.4.3. Atnaujinta dailės ugdymo </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>programa papildant  mokomuoju dalyku „Dizaino pagrindai“.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3657" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005C3C6C" w:rsidRDefault="005C3C6C" w:rsidP="00BA6F6D">
+          <w:p w14:paraId="7D212AA5" w14:textId="77777777" w:rsidR="005C3C6C" w:rsidRDefault="005C3C6C" w:rsidP="00BA6F6D">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008B18C1">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>Įvykdyta.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="005C3C6C" w:rsidRPr="004D3591" w:rsidRDefault="005C3C6C" w:rsidP="00BA6F6D">
+          <w:p w14:paraId="7C6DF5FF" w14:textId="77777777" w:rsidR="005C3C6C" w:rsidRPr="004D3591" w:rsidRDefault="005C3C6C" w:rsidP="00BA6F6D">
             <w:r w:rsidRPr="004D3591">
               <w:t xml:space="preserve">Parengtos </w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">ir akredituotos </w:t>
             </w:r>
             <w:r w:rsidRPr="004D3591">
               <w:t>dvi NVŠ</w:t>
             </w:r>
             <w:r>
-              <w:t xml:space="preserve"> programos: Kanupolas (120504519), Bendro fizinio pasirengimo (120504520). Programos skirtos stiprinti baidarių irklavimo programas. </w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="005C3C6C" w:rsidRDefault="005C3C6C" w:rsidP="00BA6F6D">
+              <w:t xml:space="preserve"> programos: </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Kanupolas</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> (120504519), Bendro fizinio pasirengimo (120504520). Programos skirtos stiprinti baidarių irklavimo programas. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="218333CC" w14:textId="77777777" w:rsidR="005C3C6C" w:rsidRDefault="005C3C6C" w:rsidP="00BA6F6D">
             <w:r w:rsidRPr="004D3591">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:t>Ab</w:t>
             </w:r>
             <w:r w:rsidRPr="004D3591">
               <w:t>i programos</w:t>
             </w:r>
             <w:r>
-              <w:t xml:space="preserve">: Kanupolas (120504519) ir  Bendro fizinio </w:t>
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Kanupolas</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> (120504519) ir  Bendro fizinio </w:t>
             </w:r>
             <w:r>
               <w:lastRenderedPageBreak/>
               <w:t>pasirengimo (120504520) įgyvendintos.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="005C3C6C" w:rsidRPr="00D82B97" w:rsidRDefault="005C3C6C" w:rsidP="00BA6F6D">
+          <w:p w14:paraId="4166CBD6" w14:textId="77777777" w:rsidR="005C3C6C" w:rsidRPr="00D82B97" w:rsidRDefault="005C3C6C" w:rsidP="00BA6F6D">
             <w:r>
               <w:t>Alytaus r. meno ir sporto mokyklos direktoriaus įsakymu sudaryta darbo grupė, ugdymo planui parengti 2024 m. gegužės 16 d. Nr. MV- 22,  2024-2025 m. Ugdymo plane atnaujinta dailės ugdymo programa papildant mokamuoju dalyku „Dizaino pagrindai“, parengti planai.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0076699D" w:rsidTr="009E01D6">
+      <w:tr w:rsidR="0076699D" w14:paraId="01FB0843" w14:textId="77777777" w:rsidTr="009E01D6">
         <w:trPr>
           <w:trHeight w:val="983"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1589" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="0076699D" w:rsidRDefault="0076699D" w:rsidP="0076699D">
+          <w:p w14:paraId="57BFC9BD" w14:textId="77777777" w:rsidR="0076699D" w:rsidRDefault="0076699D" w:rsidP="0076699D">
             <w:pPr>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>1.2.</w:t>
             </w:r>
             <w:r w:rsidRPr="00A337E3">
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>Skatinti pamokos vedimo būdų ir formų įvairovę.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="005C3C6C" w:rsidRDefault="005C3C6C" w:rsidP="005C3C6C">
+          <w:p w14:paraId="73AB4880" w14:textId="77777777" w:rsidR="005C3C6C" w:rsidRDefault="005C3C6C" w:rsidP="005C3C6C">
             <w:pPr>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>1.2.1.Išlaikyti ir plėtoti tradicinius mokyklos renginius.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="0076699D" w:rsidRPr="00A337E3" w:rsidRDefault="0076699D" w:rsidP="0076699D">
+          <w:p w14:paraId="0D094579" w14:textId="77777777" w:rsidR="0076699D" w:rsidRPr="00A337E3" w:rsidRDefault="0076699D" w:rsidP="0076699D">
             <w:pPr>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="0076699D" w:rsidRDefault="005C3C6C" w:rsidP="0076699D">
+          <w:p w14:paraId="37BAE6E2" w14:textId="77777777" w:rsidR="0076699D" w:rsidRDefault="005C3C6C" w:rsidP="0076699D">
             <w:pPr>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>1.2.1.1.  Tradiciniai 3 respublikiniai konkursai bus perorganizuoti į  tarptautinius muzikinius konkursus, 2 regioninės varžybos – į  respublikinius turnyrus, surengtos Lietuvos dailininkų darbų parodos.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="005C3C6C" w:rsidRPr="00A337E3" w:rsidRDefault="005C3C6C" w:rsidP="0076699D">
+          <w:p w14:paraId="18384139" w14:textId="77777777" w:rsidR="005C3C6C" w:rsidRPr="00A337E3" w:rsidRDefault="005C3C6C" w:rsidP="0076699D">
             <w:pPr>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3657" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="005C3C6C" w:rsidRDefault="00877A48" w:rsidP="005C3C6C">
+          <w:p w14:paraId="412AE85F" w14:textId="77777777" w:rsidR="005C3C6C" w:rsidRDefault="00877A48" w:rsidP="005C3C6C">
             <w:r w:rsidRPr="008B18C1">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Įvykdyta.</w:t>
             </w:r>
             <w:r w:rsidRPr="00877A48">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00770AD0" w:rsidRPr="00877A48" w:rsidRDefault="00770AD0" w:rsidP="005C3C6C">
+          <w:p w14:paraId="262154FD" w14:textId="77777777" w:rsidR="00770AD0" w:rsidRPr="00877A48" w:rsidRDefault="00770AD0" w:rsidP="005C3C6C">
             <w:r>
               <w:t>Surengti tarptautiniai konkursai:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00BA5435" w:rsidRDefault="00022F48" w:rsidP="0076699D">
+          <w:p w14:paraId="67C62488" w14:textId="77777777" w:rsidR="00BA5435" w:rsidRDefault="00022F48" w:rsidP="0076699D">
             <w:pPr>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>1.</w:t>
             </w:r>
             <w:r w:rsidR="00BA5435" w:rsidRPr="00BA5435">
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>XIII Tarptautinis  jaunųjų atlikėjų  konkursas-seminaras </w:t>
             </w:r>
-            <w:bookmarkStart w:id="1" w:name="_Hlk159503117"/>
+            <w:bookmarkStart w:id="0" w:name="_Hlk159503117"/>
             <w:r w:rsidR="00BA5435" w:rsidRPr="00BA5435">
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
               </w:rPr>
               <w:t>,,Linksmoji polkutė - 2024“</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="1"/>
+            <w:bookmarkEnd w:id="0"/>
             <w:r w:rsidR="00BA5435" w:rsidRPr="00BA5435">
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00BA5435" w:rsidRDefault="000D2B03" w:rsidP="0076699D">
+          <w:p w14:paraId="37745F35" w14:textId="77777777" w:rsidR="00BA5435" w:rsidRDefault="00333912" w:rsidP="0076699D">
             <w:pPr>
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r w:rsidR="00BA5435" w:rsidRPr="007855C3">
                 <w:rPr>
                   <w:rStyle w:val="Hipersaitas"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:t>https://amsm.lt/lt/naujienos/konkursai/2024/02/linksmoji-polkute-2024</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="00BA5435">
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00BA5435" w:rsidRDefault="00022F48" w:rsidP="0076699D">
+          <w:p w14:paraId="06753A04" w14:textId="77777777" w:rsidR="00BA5435" w:rsidRDefault="00022F48" w:rsidP="0076699D">
             <w:pPr>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>2.</w:t>
             </w:r>
             <w:r w:rsidR="00BA5435" w:rsidRPr="00BA5435">
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>XXI jau  Tarptautinis seminaras-konkursas „Etiudas ir ne tik“</w:t>
             </w:r>
             <w:r w:rsidR="00BA5435">
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00BA5435" w:rsidRDefault="000D2B03" w:rsidP="0076699D">
+          <w:p w14:paraId="5A3F630C" w14:textId="77777777" w:rsidR="00BA5435" w:rsidRDefault="00333912" w:rsidP="0076699D">
             <w:pPr>
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r w:rsidR="00BA5435" w:rsidRPr="007855C3">
                 <w:rPr>
                   <w:rStyle w:val="Hipersaitas"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:t>https://amsm.lt/lt/naujienos/konkursai/2024/03/alytaus-r-meno-mokyklos-organizuojamas-konkursas-etiudas-ir-ne-tik-isaugo-i-tarptautini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="00BA5435">
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00022F48" w:rsidRDefault="00022F48" w:rsidP="0076699D">
+          <w:p w14:paraId="4CC7BB05" w14:textId="77777777" w:rsidR="00022F48" w:rsidRDefault="00022F48" w:rsidP="0076699D">
             <w:pPr>
               <w:rPr>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="5F5F5F"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00022F48">
               <w:rPr>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>XIV tarptautinis jaunųjų atlikėjų konkursas-seminaras ,,Sentimentai valsui 2024“</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00022F48" w:rsidRPr="00022F48" w:rsidRDefault="000D2B03" w:rsidP="0076699D">
+          <w:p w14:paraId="255E8BBB" w14:textId="77777777" w:rsidR="00022F48" w:rsidRPr="00022F48" w:rsidRDefault="00333912" w:rsidP="0076699D">
             <w:pPr>
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r w:rsidR="00022F48" w:rsidRPr="007855C3">
                 <w:rPr>
                   <w:rStyle w:val="Hipersaitas"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:t>https://amsm.lt/lt/naujienos/konkursai/2024/05/xiv-tarptautinis-jaunuju-atlikeju-konkursas-sentimentai-valsui-2024</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="00022F48">
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00BA5435" w:rsidRDefault="00770AD0" w:rsidP="0076699D">
+          <w:p w14:paraId="37234167" w14:textId="77777777" w:rsidR="00BA5435" w:rsidRDefault="00770AD0" w:rsidP="0076699D">
             <w:pPr>
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Surengtos ir eksponuotos p</w:t>
             </w:r>
             <w:r w:rsidR="00BA5435">
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">arodos: </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00BA5435" w:rsidRDefault="00BA5435" w:rsidP="0076699D">
-[...12 lines deleted...]
-          <w:p w:rsidR="00BA5435" w:rsidRDefault="000D2B03" w:rsidP="0076699D">
+          <w:p w14:paraId="5E90D64C" w14:textId="77777777" w:rsidR="00BA5435" w:rsidRDefault="00BA5435" w:rsidP="0076699D">
+            <w:pPr>
+              <w:rPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1.Menininkų Algimanto </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Judicko</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ir Gusto Jagmino darbų paroda.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7579FF31" w14:textId="77777777" w:rsidR="00BA5435" w:rsidRDefault="00333912" w:rsidP="0076699D">
             <w:pPr>
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r w:rsidR="00BA5435" w:rsidRPr="007855C3">
                 <w:rPr>
                   <w:rStyle w:val="Hipersaitas"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:t>https://amsm.lt/lt/naujienos/parodos/2024/04/algimanto-judicko-ir-gusto-jagmino-kurybos-darbu-paroda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="00BA5435">
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="001074C5" w:rsidRDefault="001074C5" w:rsidP="0076699D">
+          <w:p w14:paraId="643FF5FB" w14:textId="77777777" w:rsidR="001074C5" w:rsidRDefault="001074C5" w:rsidP="0076699D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="5F5F5F"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="5F5F5F"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="001074C5">
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
-              <w:t>Klaipėdos Adomo Brako dailės mokyklos mokinių grafikos darbų paroda. Dailės mokytoja ekspertė Rima Baukaitė</w:t>
-            </w:r>
+              <w:t xml:space="preserve">Klaipėdos Adomo </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001074C5">
+              <w:rPr>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>Brako</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="001074C5">
+              <w:rPr>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> dailės mokyklos mokinių grafikos darbų paroda. Dailės mokytoja ekspertė Rima </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001074C5">
+              <w:rPr>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>Baukaitė</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="5F5F5F"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="001074C5" w:rsidRPr="00BA5435" w:rsidRDefault="000D2B03" w:rsidP="0076699D">
+          <w:p w14:paraId="04CC8FB4" w14:textId="77777777" w:rsidR="001074C5" w:rsidRPr="00BA5435" w:rsidRDefault="00333912" w:rsidP="0076699D">
             <w:pPr>
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r w:rsidR="001074C5" w:rsidRPr="007855C3">
                 <w:rPr>
                   <w:rStyle w:val="Hipersaitas"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:t>https://amsm.lt/lt/naujienos/parodos/2024/09/klaipedos-adomo-brako-dailes-mokyklos-mokiniu-grafikos-darbu-paroda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="001074C5">
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00BA219C" w:rsidRDefault="00BA219C" w:rsidP="0076699D">
+          <w:p w14:paraId="36B1A6FC" w14:textId="77777777" w:rsidR="00BA219C" w:rsidRDefault="00BA219C" w:rsidP="0076699D">
             <w:r>
               <w:t>3.</w:t>
             </w:r>
             <w:r w:rsidR="00BA5435">
               <w:t xml:space="preserve">Arūno Vaitkaus portretinių šaržų paroda „Nusišypsok ir būk gražus“ </w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r w:rsidR="00BA5435" w:rsidRPr="007855C3">
                 <w:rPr>
                   <w:rStyle w:val="Hipersaitas"/>
                 </w:rPr>
                 <w:t>https://amsm.lt/lt/naujienos/parodo</w:t>
               </w:r>
               <w:r w:rsidR="00BA5435" w:rsidRPr="007855C3">
                 <w:rPr>
                   <w:rStyle w:val="Hipersaitas"/>
                 </w:rPr>
                 <w:lastRenderedPageBreak/>
                 <w:t>s/2024/02/aruno-vaitkaus-portretiniu-sarzu-paroda-alytaus-r-meno-ir-sporto-mokykloje-nusisypsok-ir-busi-grazus</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="00BA5435">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00BA219C" w:rsidRDefault="00BA219C" w:rsidP="0076699D">
+          <w:p w14:paraId="585FED08" w14:textId="77777777" w:rsidR="00BA219C" w:rsidRDefault="00BA219C" w:rsidP="0076699D">
             <w:r>
               <w:t>4. Tapytojų grupės Mėlynas Menas darbų paroda. 2024 -05-29—06-29</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00387B3E" w:rsidRDefault="00387B3E" w:rsidP="0076699D">
+          <w:p w14:paraId="731543CA" w14:textId="77777777" w:rsidR="00387B3E" w:rsidRDefault="00387B3E" w:rsidP="0076699D">
             <w:pPr>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">5. </w:t>
             </w:r>
             <w:r w:rsidRPr="009C071E">
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
-              <w:t>Trakų meno mokyklos Aukštadvario skyriaus mokinių darbų paroda ,, PASAULIS KiTaIp"</w:t>
-[...1 lines deleted...]
-            <w:r>
+              <w:t xml:space="preserve">Trakų meno mokyklos Aukštadvario skyriaus mokinių darbų paroda ,, PASAULIS </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009C071E">
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
+              <w:t>KiTaIp</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009C071E">
+              <w:rPr>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:szCs w:val="24"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00387B3E" w:rsidRDefault="000D2B03" w:rsidP="0076699D">
+          <w:p w14:paraId="11D68E34" w14:textId="77777777" w:rsidR="00387B3E" w:rsidRDefault="00333912" w:rsidP="0076699D">
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r w:rsidR="00387B3E" w:rsidRPr="009C3067">
                 <w:rPr>
                   <w:rStyle w:val="Hipersaitas"/>
                 </w:rPr>
                 <w:t>https://amsm.lt/lt/naujienos/parodos/2024/11/mokiniu-darbu-paroda-pasaulis-kitaip</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="00387B3E">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00770AD0" w:rsidRDefault="00770AD0" w:rsidP="0076699D">
+          <w:p w14:paraId="6F1A1111" w14:textId="77777777" w:rsidR="00770AD0" w:rsidRDefault="00770AD0" w:rsidP="0076699D">
             <w:r>
               <w:t>Surengtos sporto varžybos:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00770AD0" w:rsidRDefault="00770AD0" w:rsidP="0076699D">
-[...6 lines deleted...]
-              <w:t>2.Respublikinės Kanupolo varžybos „Merės taurei“ laimėti 2024-07-06 Nr. MV-26</w:t>
+          <w:p w14:paraId="560DB182" w14:textId="77777777" w:rsidR="00770AD0" w:rsidRDefault="00770AD0" w:rsidP="0076699D">
+            <w:r>
+              <w:t xml:space="preserve">1.Lietuvos </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Kanupolo</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> varžybos Dauguose 2024-08-28 Nr. MV-29</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="665FBDA3" w14:textId="77777777" w:rsidR="00770AD0" w:rsidRPr="00BA219C" w:rsidRDefault="00770AD0" w:rsidP="00770AD0">
+            <w:r>
+              <w:t xml:space="preserve">2.Respublikinės </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Kanupolo</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> varžybos „Merės taurei“ laimėti 2024-07-06 Nr. MV-26</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005C3C6C" w:rsidTr="00B25E9B">
+      <w:tr w:rsidR="005C3C6C" w14:paraId="6252B6F4" w14:textId="77777777" w:rsidTr="00B25E9B">
         <w:trPr>
           <w:trHeight w:val="5640"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1589" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="005C3C6C" w:rsidRDefault="005C3C6C" w:rsidP="0076699D">
+          <w:p w14:paraId="167890FD" w14:textId="77777777" w:rsidR="005C3C6C" w:rsidRDefault="005C3C6C" w:rsidP="0076699D">
             <w:pPr>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="005C3C6C" w:rsidRDefault="005C3C6C" w:rsidP="0076699D">
+          <w:p w14:paraId="2A5EF88E" w14:textId="77777777" w:rsidR="005C3C6C" w:rsidRDefault="005C3C6C" w:rsidP="0076699D">
             <w:pPr>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>1.2.2. Sudaryti naujas bendradarbiavimo sutartis.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="005C3C6C" w:rsidRDefault="005C3C6C" w:rsidP="0076699D">
+          <w:p w14:paraId="1872245F" w14:textId="77777777" w:rsidR="005C3C6C" w:rsidRDefault="005C3C6C" w:rsidP="0076699D">
             <w:pPr>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve">1.2.2. </w:t>
             </w:r>
             <w:r w:rsidR="00231820">
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve">Pasirašytos 3 bendradarbiavimo sutartys: su Lenkijos Respublikos Punsko savivaldybės I laipsnio muzikos mokykla, Seinų lietuvių „Žiburio“ mokykla, Kauno </w:t>
             </w:r>
             <w:r w:rsidR="00B201E5">
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve">Juozo </w:t>
             </w:r>
             <w:r w:rsidR="00231820">
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>Gruodžio konservatorija. Vykdomos bendradarbiavimo veiklos.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3657" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="005C3C6C" w:rsidRDefault="00231820" w:rsidP="0076699D">
+          <w:p w14:paraId="6DEA209C" w14:textId="77777777" w:rsidR="005C3C6C" w:rsidRDefault="00231820" w:rsidP="0076699D">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">Įvykdyta. </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00B201E5" w:rsidRDefault="00231820" w:rsidP="0076699D">
+          <w:p w14:paraId="49F1E12E" w14:textId="77777777" w:rsidR="00B201E5" w:rsidRDefault="00231820" w:rsidP="0076699D">
             <w:r w:rsidRPr="00231820">
               <w:t>P</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">asirašytos </w:t>
             </w:r>
             <w:r w:rsidR="00B201E5">
               <w:t xml:space="preserve">3 </w:t>
             </w:r>
             <w:r>
               <w:t>bendradarbiavimo sutartys</w:t>
             </w:r>
             <w:r w:rsidR="00B201E5">
               <w:t>:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00B201E5" w:rsidRDefault="00231820" w:rsidP="00B201E5">
+          <w:p w14:paraId="5F5879C0" w14:textId="77777777" w:rsidR="00B201E5" w:rsidRDefault="00231820" w:rsidP="00B201E5">
             <w:pPr>
               <w:pStyle w:val="Sraopastraipa"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="29"/>
               </w:numPr>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">su Seinų lietuvių „Žiburio“ gimnazija Nr. ĮMS-18, 2024 m. lapkričio 7 d., </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00B201E5" w:rsidRDefault="00231820" w:rsidP="00BA219C">
+          <w:p w14:paraId="6043A4FF" w14:textId="77777777" w:rsidR="00B201E5" w:rsidRDefault="00231820" w:rsidP="00BA219C">
             <w:pPr>
               <w:pStyle w:val="Sraopastraipa"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="29"/>
               </w:numPr>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">Punsko savivaldybės I laipsnio muzikos mokykla Nr. ĮMS -17, 2024 m. lapkričio 7 d., </w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r w:rsidR="00BA219C" w:rsidRPr="007855C3">
                 <w:rPr>
                   <w:rStyle w:val="Hipersaitas"/>
                 </w:rPr>
                 <w:t>https://amsm.lt/lt/naujienos/renginiai/2024/11/draugu-ratas-pleciasi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="00BA219C">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00231820" w:rsidRDefault="00B201E5" w:rsidP="00B201E5">
+          <w:p w14:paraId="1E1DBA35" w14:textId="77777777" w:rsidR="00231820" w:rsidRDefault="00B201E5" w:rsidP="00B201E5">
             <w:pPr>
               <w:pStyle w:val="Sraopastraipa"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="29"/>
               </w:numPr>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">su Kauno Juozo Gruodžio konservatorija Nr. ĮMS -2, 2024 m. balandžio 5 d. </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00B25E9B" w:rsidRPr="00231820" w:rsidRDefault="00231820" w:rsidP="0076699D">
+          <w:p w14:paraId="757D487C" w14:textId="77777777" w:rsidR="00B25E9B" w:rsidRPr="00231820" w:rsidRDefault="00231820" w:rsidP="0076699D">
             <w:r>
               <w:t>Vykdomas glaudus bendradarbiavimas su Kauno kolegijos Alytaus filialu, Daugų technologijos ir verslo mokykla, Alytaus r. gimnazijomis, Birštono meno mokykla, Jelgavos meno mokykla.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B25E9B" w:rsidTr="00570BEF">
+      <w:tr w:rsidR="00B25E9B" w14:paraId="76E08AC9" w14:textId="77777777" w:rsidTr="00570BEF">
         <w:trPr>
           <w:trHeight w:val="419"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1589" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00B25E9B" w:rsidRDefault="00B25E9B" w:rsidP="0076699D">
+          <w:p w14:paraId="1A419CDD" w14:textId="77777777" w:rsidR="00B25E9B" w:rsidRDefault="00B25E9B" w:rsidP="0076699D">
             <w:pPr>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00B25E9B" w:rsidRDefault="00B25E9B" w:rsidP="0076699D">
+          <w:p w14:paraId="622B852D" w14:textId="77777777" w:rsidR="00B25E9B" w:rsidRDefault="00B25E9B" w:rsidP="0076699D">
             <w:pPr>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>1.2.3. Mokinių dalyvavimas respublikiniuose ir tarptautiniuose konkursuose, v</w:t>
             </w:r>
             <w:r w:rsidR="009E01D6">
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>aržybose, turnyruose, parodose.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00B25E9B" w:rsidRDefault="00B25E9B" w:rsidP="0076699D">
+          <w:p w14:paraId="3AA106B6" w14:textId="77777777" w:rsidR="00B25E9B" w:rsidRDefault="00B25E9B" w:rsidP="0076699D">
             <w:pPr>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>1.2.3.1.M</w:t>
             </w:r>
             <w:r w:rsidRPr="00E26113">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve">okinių, dalyvaujančių </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
@@ -8355,1108 +8925,1177 @@
             </w:r>
             <w:r w:rsidR="00E5725C">
               <w:rPr>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>21 proc. iki 31 proc.)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3657" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00B25E9B" w:rsidRDefault="009E01D6" w:rsidP="0076699D">
+          <w:p w14:paraId="4E8B3528" w14:textId="77777777" w:rsidR="00B25E9B" w:rsidRDefault="009E01D6" w:rsidP="0076699D">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Įvykdyta.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="009E01D6" w:rsidRDefault="0041257F" w:rsidP="0076699D">
+          <w:p w14:paraId="4D830C7B" w14:textId="77777777" w:rsidR="009E01D6" w:rsidRDefault="0041257F" w:rsidP="0076699D">
             <w:r w:rsidRPr="0041257F">
               <w:t>Muzikos, dailės ir sporto skyriaus mokiniai aktyviai dalyv</w:t>
             </w:r>
             <w:r w:rsidR="00AE7B3E">
               <w:t>avo</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> įvairiuose konkursuose, festivaliuose, parodose, varžybose.</w:t>
             </w:r>
             <w:r w:rsidRPr="0041257F">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00AE7B3E">
-              <w:t xml:space="preserve">Muzikos skyriaus laimėjimai: Laureto diplomai – 34, diplomai -28, padėkos –18, specialūs prizai – 4, viso 84 (pernai -58) Dalyvavo 32 </w:t>
+              <w:t xml:space="preserve">Muzikos skyriaus laimėjimai: </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00AE7B3E">
+              <w:t>Laureto</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00AE7B3E">
+              <w:t xml:space="preserve"> diplomai – 34, diplomai -28, padėkos –18, specialūs prizai – 4, viso 84 (pernai -58) Dalyvavo 32 </w:t>
             </w:r>
             <w:r w:rsidR="00AE7B3E">
               <w:lastRenderedPageBreak/>
               <w:t>muzikantai (pernai 26)- padidėjo 17 proc.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00AE7B3E" w:rsidRDefault="00AE7B3E" w:rsidP="0076699D">
+          <w:p w14:paraId="3782B96E" w14:textId="77777777" w:rsidR="00AE7B3E" w:rsidRDefault="00AE7B3E" w:rsidP="0076699D">
             <w:r>
               <w:t xml:space="preserve">Dailės skyriaus </w:t>
             </w:r>
             <w:r w:rsidR="00615E9A">
               <w:t>20 mokinių (pernai 10 ) dalyvavo konkursuose Lietuvoje, Latvijoje ir Japonijoje:</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> 8 laure</w:t>
             </w:r>
             <w:r w:rsidR="00615E9A">
               <w:t>a</w:t>
             </w:r>
             <w:r>
               <w:t>t</w:t>
             </w:r>
             <w:r w:rsidR="00615E9A">
               <w:t>o diplomai</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r w:rsidR="00615E9A">
               <w:t>21 padėka.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00EC5C3B" w:rsidRDefault="00EC5C3B" w:rsidP="0076699D">
+          <w:p w14:paraId="2D107645" w14:textId="77777777" w:rsidR="00EC5C3B" w:rsidRDefault="00EC5C3B" w:rsidP="0076699D">
             <w:r>
               <w:t xml:space="preserve">Sporto skyriaus baidarių irklavimo mokiniai šiemet labai intensyviai dalyvavo varžybose Lietuvoje ir užsienyje (13 ) 7 kartus užimtos aukštos I-III vietos, 3 kartus tapo čempionais. Kitose varžybose užimtos 4-6 vietos. </w:t>
             </w:r>
             <w:r w:rsidR="00BA2F09">
               <w:t xml:space="preserve">Dalyvavo 24 mokiniai (pernai 14) – padidėjo 42 proc. </w:t>
             </w:r>
-            <w:r>
-              <w:t>Dziudo skyriaus  6 - I vietos, 12 - II vietų, 14 - III vietų</w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Dziudo</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> skyriaus  6 - I vietos, 12 - II vietų, 14 - III vietų</w:t>
             </w:r>
             <w:r w:rsidR="00BA2F09">
               <w:t>. Šiemet 32 medaliai</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> (pernai</w:t>
             </w:r>
             <w:r w:rsidR="00BA2F09">
               <w:t xml:space="preserve"> 27) – padidėjo 16 proc.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00BA2F09" w:rsidRPr="0041257F" w:rsidRDefault="00BA2F09" w:rsidP="0076699D">
+          <w:p w14:paraId="6B960F94" w14:textId="77777777" w:rsidR="00BA2F09" w:rsidRPr="0041257F" w:rsidRDefault="00BA2F09" w:rsidP="0076699D">
             <w:r>
               <w:t xml:space="preserve">Surengti 6 </w:t>
             </w:r>
             <w:r w:rsidR="00DB0A30">
               <w:t xml:space="preserve">regioniniai </w:t>
             </w:r>
             <w:r>
               <w:t>futbolo turnyrai.</w:t>
             </w:r>
             <w:r w:rsidR="00615E9A">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00DB0A30">
               <w:t>Dalyvavo apie 70 proc. mokinių, kurie mokosi futbolo ugdymo programoje.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0076699D" w:rsidTr="00B25E9B">
+      <w:tr w:rsidR="0076699D" w14:paraId="0D4378B0" w14:textId="77777777" w:rsidTr="00B25E9B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1589" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="0076699D" w:rsidRDefault="0076699D" w:rsidP="0076699D">
+          <w:p w14:paraId="1F394220" w14:textId="77777777" w:rsidR="0076699D" w:rsidRDefault="0076699D" w:rsidP="0076699D">
             <w:pPr>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="0076699D" w:rsidRPr="00A337E3" w:rsidRDefault="00B25E9B" w:rsidP="0076699D">
+          <w:p w14:paraId="72AA77E6" w14:textId="77777777" w:rsidR="0076699D" w:rsidRPr="00A337E3" w:rsidRDefault="00B25E9B" w:rsidP="0076699D">
             <w:pPr>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>1.2.4.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve"> Skatinti dalyvavimą projektinėse veiklose, kurios atskleidžia kūrybiškumą, kritinį mąstymą, bendravimą ir bendradarbiavimą</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="0076699D" w:rsidRPr="00A337E3" w:rsidRDefault="001A089A" w:rsidP="001A089A">
+          <w:p w14:paraId="10C6AE31" w14:textId="77777777" w:rsidR="0076699D" w:rsidRPr="00A337E3" w:rsidRDefault="001A089A" w:rsidP="001A089A">
             <w:pPr>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve">1.2.4.1. Parengti ir įgyvendinti bent 2 projektai. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3657" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="007A6D46" w:rsidRDefault="00AE7B3E" w:rsidP="00AB40C1">
+          <w:p w14:paraId="31153630" w14:textId="77777777" w:rsidR="007A6D46" w:rsidRDefault="00AE7B3E" w:rsidP="00AB40C1">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Įvykdyta ir viršyta.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00FF588A" w:rsidRPr="00FF588A" w:rsidRDefault="00FF588A" w:rsidP="00AB40C1">
+          <w:p w14:paraId="15CCA59C" w14:textId="77777777" w:rsidR="00FF588A" w:rsidRPr="00FF588A" w:rsidRDefault="00FF588A" w:rsidP="00AB40C1">
             <w:r w:rsidRPr="00FF588A">
               <w:t xml:space="preserve">Parengti ir įgyventi </w:t>
             </w:r>
             <w:r>
               <w:t>5 projekt</w:t>
             </w:r>
             <w:r w:rsidR="00404C90">
               <w:t>ai, skirti mokiniams</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">, bei 2 </w:t>
             </w:r>
             <w:r w:rsidR="00404C90">
               <w:t xml:space="preserve">projektai skirti </w:t>
             </w:r>
             <w:r>
               <w:t>suaugusiems.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="0054637A" w:rsidRDefault="0054637A" w:rsidP="0054637A">
+          <w:p w14:paraId="66FA00CD" w14:textId="77777777" w:rsidR="0054637A" w:rsidRDefault="0054637A" w:rsidP="0054637A">
             <w:pPr>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>1.</w:t>
             </w:r>
             <w:r w:rsidR="00404C90">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve">Kultūros projektas </w:t>
             </w:r>
             <w:r w:rsidRPr="0054637A">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>,,Su instrumentinės muzikos tėkme“</w:t>
             </w:r>
             <w:r w:rsidR="00404C90">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="0054637A" w:rsidRDefault="0054637A" w:rsidP="0054637A">
+          <w:p w14:paraId="1FFD9BFB" w14:textId="77777777" w:rsidR="0054637A" w:rsidRDefault="0054637A" w:rsidP="0054637A">
             <w:pPr>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>2.Vaikų vasar</w:t>
             </w:r>
             <w:r w:rsidR="00404C90">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>os stovykla „Jaunasis kūrėjas“. Stovykloje dalyvavo 20 vaikų.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="0054637A" w:rsidRDefault="0054637A" w:rsidP="0054637A">
+          <w:p w14:paraId="5F55A80D" w14:textId="77777777" w:rsidR="0054637A" w:rsidRDefault="0054637A" w:rsidP="0054637A">
             <w:pPr>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve">3.Vaikų ir jaunimo stovykla „Atostogaukime sportuodami“. Stovykloje ilsėjosi </w:t>
             </w:r>
             <w:r>
-              <w:t>vaikai ir jaunimas iš Ukrainos Irpinės miesto.</w:t>
-[...2 lines deleted...]
-          <w:p w:rsidR="0054637A" w:rsidRDefault="0054637A" w:rsidP="0054637A">
+              <w:t xml:space="preserve">vaikai ir jaunimas iš Ukrainos </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>Irpinės</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> miesto.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="741CD994" w14:textId="77777777" w:rsidR="0054637A" w:rsidRDefault="0054637A" w:rsidP="0054637A">
             <w:pPr>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
             </w:pPr>
             <w:r>
               <w:t>4. Alytaus rajono mokyklų žaidynės. Projekte dalyvavo 366 mokiniai iš visų Alytaus rajono gimnazijų, vyko septynios įvairių sporto šakų varžybos.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="0054637A" w:rsidRPr="00FF588A" w:rsidRDefault="0054637A" w:rsidP="00FF588A">
+          <w:p w14:paraId="11D40153" w14:textId="77777777" w:rsidR="0054637A" w:rsidRPr="00FF588A" w:rsidRDefault="0054637A" w:rsidP="00FF588A">
             <w:pPr>
               <w:overflowPunct w:val="0"/>
               <w:autoSpaceDE w:val="0"/>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r>
-              <w:t>5.Baidarių irklavimo, kanupolo sportas-sveikos gyvensenos dalis. Projekto dėka baidarių irklavimo programos mokiniai dalyvavo varžybose ne tik Lietuvoje, bet užsienyje. Sudalyvauta 13 varžybų.</w:t>
+              <w:t xml:space="preserve">5.Baidarių irklavimo, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:t>kanupolo</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:t xml:space="preserve"> sportas-sveikos gyvensenos dalis. Projekto dėka baidarių irklavimo programos mokiniai dalyvavo varžybose ne tik Lietuvoje, bet užsienyje. Sudalyvauta 13 varžybų.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A45345" w:rsidTr="00570BEF">
+      <w:tr w:rsidR="00A45345" w14:paraId="3733B0EC" w14:textId="77777777" w:rsidTr="00570BEF">
         <w:trPr>
           <w:trHeight w:val="907"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1589" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00A45345" w:rsidRDefault="00A45345" w:rsidP="0076699D">
+          <w:p w14:paraId="7079BFDE" w14:textId="77777777" w:rsidR="00A45345" w:rsidRDefault="00A45345" w:rsidP="0076699D">
             <w:pPr>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00A45345" w:rsidRDefault="001A089A" w:rsidP="0076699D">
+          <w:p w14:paraId="09C28FE1" w14:textId="77777777" w:rsidR="00A45345" w:rsidRDefault="001A089A" w:rsidP="0076699D">
             <w:r>
               <w:t>1.2.5. Didinti mokyklos patrauklumą ir žinomumą.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00A45345" w:rsidRDefault="001A089A" w:rsidP="0076699D">
+          <w:p w14:paraId="08165155" w14:textId="77777777" w:rsidR="00A45345" w:rsidRDefault="001A089A" w:rsidP="0076699D">
             <w:r>
               <w:t>1.2.5.1.Sukurta ir įgyvendinta mokyklos įvaizdžio gerinimo strategija.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="001A089A" w:rsidRDefault="001A089A" w:rsidP="0076699D">
+          <w:p w14:paraId="5B3ACBE5" w14:textId="77777777" w:rsidR="001A089A" w:rsidRDefault="001A089A" w:rsidP="0076699D">
             <w:r>
               <w:lastRenderedPageBreak/>
               <w:t>1.2.5.2. Atlikta apklausa dėl poreikio muzikos skyriaus Krokialaukio Tomo Noraus – Naruševičiaus gimnazijoje.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3657" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00B25E9B" w:rsidRPr="007F0ADD" w:rsidRDefault="00A45345" w:rsidP="00B25E9B">
+          <w:p w14:paraId="79ACFBDC" w14:textId="77777777" w:rsidR="00B25E9B" w:rsidRPr="007F0ADD" w:rsidRDefault="00A45345" w:rsidP="00B25E9B">
             <w:pPr>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008B18C1">
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>Įvykdyta</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidR="007F0ADD">
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="007F0ADD" w:rsidRPr="009B2E48" w:rsidRDefault="009B2E48" w:rsidP="009B2E48">
+          <w:p w14:paraId="7C4727CC" w14:textId="77777777" w:rsidR="007F0ADD" w:rsidRPr="009B2E48" w:rsidRDefault="009B2E48" w:rsidP="009B2E48">
             <w:pPr>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>1.</w:t>
             </w:r>
             <w:r w:rsidRPr="009B2E48">
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve">Mokyklos direktoriaus įsakymu „Dėl mokyklos įvaizdžio gerinimo strategijos sukūrimo ir įgyvendinimo darbo grupės </w:t>
             </w:r>
             <w:r w:rsidRPr="009B2E48">
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>sudarymo“ sudaryta darbo grupė parengti planą, 2024-08-20 d. Nr. MV-27</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="009B2E48" w:rsidRPr="009B2E48" w:rsidRDefault="009B2E48" w:rsidP="009B2E48">
+          <w:p w14:paraId="50CEA722" w14:textId="77777777" w:rsidR="009B2E48" w:rsidRPr="009B2E48" w:rsidRDefault="009B2E48" w:rsidP="009B2E48">
             <w:pPr>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidR="00404C90">
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>. M</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>okyklos įvaizdžio gerinimo planas 2024-2025 metams patvirtintas</w:t>
             </w:r>
             <w:r w:rsidR="00404C90">
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve"> 2024-08-30 įsakymu Nr. MV-30 .</w:t>
             </w:r>
             <w:r w:rsidR="00E5725C">
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve"> Už plano vykdymą atsakinga visa mokyklos bendruomenė. 2024 metais planas</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
-              <w:t xml:space="preserve"> pradėtas įgyvendinti: sukurtas kalėdinis video apie mokyklą, pradėtos rengti dailininkų parodos, atviras pamokas veda žinomi sportininkai bei konservatorijos dėstytojai, reklamuojami renginiai bei vykdomos veikl</w:t>
+              <w:t xml:space="preserve"> pradėtas įgyvendinti: sukurtas kalėdinis </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>video</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> apie mokyklą, pradėtos rengti dailininkų parodos, atviras pamokas veda žinomi sportininkai bei konservatorijos dėstytojai, reklamuojami renginiai bei vykdomos veikl</w:t>
             </w:r>
             <w:r w:rsidR="00404C90">
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>os, užsakyti mokyklos užrašo</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve"> eskizai, kiti plane numatyti įvaizdžio gerinimo įrankiai.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00B13787" w:rsidRPr="00B13787" w:rsidRDefault="00404C90" w:rsidP="00B13787">
+          <w:p w14:paraId="22EE9E18" w14:textId="77777777" w:rsidR="00B13787" w:rsidRPr="00B13787" w:rsidRDefault="00404C90" w:rsidP="00B13787">
             <w:pPr>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>2. A</w:t>
             </w:r>
             <w:r w:rsidR="00B13787">
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve">tlikta </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve">apklausa </w:t>
             </w:r>
             <w:r w:rsidR="00B72BB9">
               <w:t>Krokialaukio Tomo Noraus – Naruševičiaus gimnazijoje dėl muzikos skyriaus poreikio. Apklausti 1-7 klasių tėve</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">liai. </w:t>
             </w:r>
             <w:r w:rsidR="00B72BB9">
               <w:t xml:space="preserve">21 mokinys mokytis </w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">pageidavo </w:t>
             </w:r>
             <w:r w:rsidR="00B72BB9">
               <w:t>groti pianinu, gitara, klarnetu. Atsižvelgus į poreikį atidarytos pianino ir gitaros klasės. Priimti 9 mokiniai. Pamokas veda du mokytojai.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A45345" w:rsidTr="001A089A">
+      <w:tr w:rsidR="00A45345" w14:paraId="2AFA0272" w14:textId="77777777" w:rsidTr="001A089A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1589" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00A45345" w:rsidRPr="00A337E3" w:rsidRDefault="001A089A" w:rsidP="00A45345">
+          <w:p w14:paraId="55171C09" w14:textId="77777777" w:rsidR="00A45345" w:rsidRPr="00A337E3" w:rsidRDefault="001A089A" w:rsidP="00A45345">
             <w:pPr>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>1.3. Užtikrinti kokybišką ugdymą mokiniams, t</w:t>
             </w:r>
             <w:r w:rsidR="001074C5">
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve">urintiems specialiųjų ugdymosi </w:t>
             </w:r>
             <w:r w:rsidR="00E015CB">
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>p</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>oreikių.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00A45345" w:rsidRPr="00A337E3" w:rsidRDefault="001A089A" w:rsidP="00A45345">
+          <w:p w14:paraId="729B57FD" w14:textId="77777777" w:rsidR="00A45345" w:rsidRPr="00A337E3" w:rsidRDefault="001A089A" w:rsidP="00A45345">
             <w:pPr>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>1.3.1. Sudaryti sąlygas visiems mokiniams, kurie nori ugdytis mokykloje.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00A45345" w:rsidRDefault="001A089A" w:rsidP="00A45345">
+          <w:p w14:paraId="4C8B7321" w14:textId="77777777" w:rsidR="00A45345" w:rsidRDefault="001A089A" w:rsidP="00A45345">
             <w:pPr>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>1.3.1.1. Organizuoti ilgalaikiai mokymai mokytojams apie įtraukiojo ugdymo požymius ir strategijas.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="001A089A" w:rsidRDefault="001A089A" w:rsidP="00A45345">
+          <w:p w14:paraId="1CCC9A53" w14:textId="77777777" w:rsidR="001A089A" w:rsidRDefault="001A089A" w:rsidP="00A45345">
             <w:pPr>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>Mokymuose dalyvauja ne mažiau kaip 85 proc. mokytojų.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="001A089A" w:rsidRPr="00A337E3" w:rsidRDefault="001A089A" w:rsidP="00A45345">
+          <w:p w14:paraId="704913C1" w14:textId="77777777" w:rsidR="001A089A" w:rsidRPr="00A337E3" w:rsidRDefault="001A089A" w:rsidP="00A45345">
             <w:pPr>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>1.3.1.2.</w:t>
             </w:r>
             <w:r w:rsidR="00E1231A">
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve"> Papildyta „Mokyklos mokinių pažangos ir pasiekimų vertinimo tvarka“ kriterijais, skirtais specialiųjų ugdymosi poreikių turintiems ugdytiniams.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3657" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00A45345" w:rsidRDefault="001A089A" w:rsidP="00B74566">
+          <w:p w14:paraId="3E87B665" w14:textId="77777777" w:rsidR="00A45345" w:rsidRDefault="001A089A" w:rsidP="00B74566">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001A089A">
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Įvykdyta.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00E1231A" w:rsidRDefault="00404C90" w:rsidP="00B74566">
+          <w:p w14:paraId="776D0E17" w14:textId="77777777" w:rsidR="00E1231A" w:rsidRDefault="00404C90" w:rsidP="00B74566">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1.</w:t>
             </w:r>
             <w:r w:rsidR="001074C5" w:rsidRPr="001074C5">
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Suorganizuoti</w:t>
             </w:r>
             <w:r w:rsidR="001074C5">
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> ilgalaikiai</w:t>
             </w:r>
             <w:r w:rsidR="001074C5">
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="001074C5">
               <w:rPr>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>mokymai</w:t>
             </w:r>
             <w:r w:rsidR="001074C5" w:rsidRPr="001074C5">
               <w:rPr>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
-              <w:t xml:space="preserve"> ,,Įtraukiojo ugdymo požymiai ir strategija“, kuriuos vedė lektorė  specialioji pedagogė, logopedė, ABA ir TOMATIS terapeutė Renata Grigalienė</w:t>
-            </w:r>
+              <w:t xml:space="preserve"> ,,Įtraukiojo ugdymo požymiai ir strategija“, kuriuos vedė lektorė  specialioji pedagogė, logopedė, ABA ir TOMATIS terapeutė Renata </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="001074C5" w:rsidRPr="001074C5">
+              <w:rPr>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              </w:rPr>
+              <w:t>Grigalienė</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidR="001074C5">
               <w:rPr>
                 <w:color w:val="5F5F5F"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
             <w:r w:rsidR="001074C5" w:rsidRPr="001074C5">
               <w:rPr>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>Mokymuose dalyvavo visi mokytojai ir direktorė -100 proc</w:t>
             </w:r>
             <w:r w:rsidR="001074C5">
               <w:rPr>
                 <w:color w:val="5F5F5F"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00E1231A" w:rsidRPr="001074C5" w:rsidRDefault="000D2B03" w:rsidP="00B74566">
+          <w:p w14:paraId="2DC27A8C" w14:textId="77777777" w:rsidR="00E1231A" w:rsidRPr="001074C5" w:rsidRDefault="00333912" w:rsidP="00B74566">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r w:rsidR="001074C5" w:rsidRPr="001074C5">
                 <w:rPr>
                   <w:rStyle w:val="Hipersaitas"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:t>https://amsm.lt/lt/naujienos/renginiai/2024/10/kvalifikacijos-tobulinimo-programa-itraukiojo-ugdymo-pozymiai-ir-strategija</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="001074C5" w:rsidRPr="001074C5">
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00E1231A" w:rsidRDefault="001074C5" w:rsidP="00B74566">
+          <w:p w14:paraId="18E41FCF" w14:textId="77777777" w:rsidR="00E1231A" w:rsidRDefault="001074C5" w:rsidP="00B74566">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve"> „Mokyklos mokinių pažangos ir pasiekimų vertinimo tvarkos“ aprašas papildytas kriterijais, skirtais specialiųjų ugdymosi poreikių turintiems ugdytiniams.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="001A089A" w:rsidRDefault="00AF7311" w:rsidP="00B74566">
+          <w:p w14:paraId="02A4FE9A" w14:textId="77777777" w:rsidR="001A089A" w:rsidRDefault="00AF7311" w:rsidP="00B74566">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>2024 m. rugpjūčio 30 d. Nr.MV-32</w:t>
             </w:r>
             <w:r w:rsidR="00404C90">
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00404C90" w:rsidRPr="00B74566" w:rsidRDefault="00404C90" w:rsidP="00B74566">
+          <w:p w14:paraId="0EC8087B" w14:textId="77777777" w:rsidR="00404C90" w:rsidRPr="00B74566" w:rsidRDefault="00404C90" w:rsidP="00B74566">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
-              <w:t>Mokykloje mokosi 48 mokiniai, turintys spec.poreikių.</w:t>
+              <w:t xml:space="preserve">Mokykloje mokosi 48 mokiniai, turintys </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>spec.poreikių</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0076699D" w:rsidTr="00570BEF">
+      <w:tr w:rsidR="0076699D" w14:paraId="0358013F" w14:textId="77777777" w:rsidTr="00570BEF">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1589" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="0076699D" w:rsidRPr="00A337E3" w:rsidRDefault="00E1231A" w:rsidP="00BF56B3">
+          <w:p w14:paraId="543C9CE4" w14:textId="77777777" w:rsidR="0076699D" w:rsidRPr="00A337E3" w:rsidRDefault="00E1231A" w:rsidP="00BF56B3">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>1.4.</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Didinti neformaliojo </w:t>
             </w:r>
             <w:r>
               <w:lastRenderedPageBreak/>
               <w:t>suaugusiųjų švietimo paslaugų prieinamumą.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="0076699D" w:rsidRDefault="00E1231A" w:rsidP="0076699D">
+          <w:p w14:paraId="345BA9A0" w14:textId="77777777" w:rsidR="0076699D" w:rsidRDefault="00E1231A" w:rsidP="0076699D">
             <w:pPr>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>1.4.1.</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Sudaryti sąlygas </w:t>
             </w:r>
             <w:r>
               <w:lastRenderedPageBreak/>
               <w:t>suaugusiųjų bendrųjų kompetencijų ugdymui.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="0076699D" w:rsidRDefault="00E1231A" w:rsidP="0076699D">
+          <w:p w14:paraId="3B872DF3" w14:textId="77777777" w:rsidR="0076699D" w:rsidRDefault="00E1231A" w:rsidP="0076699D">
             <w:r>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>1.4.1.1.</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> Parengtas Alytaus rajono </w:t>
             </w:r>
             <w:r>
               <w:lastRenderedPageBreak/>
               <w:t>savivaldybės neformaliojo suaugusiųjų švietimo veiksmų planas.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00E1231A" w:rsidRDefault="00E1231A" w:rsidP="0076699D">
+          <w:p w14:paraId="4BFAA06A" w14:textId="77777777" w:rsidR="00E1231A" w:rsidRDefault="00E1231A" w:rsidP="0076699D">
             <w:r>
               <w:t>1.4.1.2.Parengtos bent dvi Alytaus rajono savivaldybės neformaliojo suaugusiųjų švietimo ir tęstinio mokymosi programos.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00E1231A" w:rsidRDefault="00E1231A" w:rsidP="0076699D">
+          <w:p w14:paraId="68E8D3E1" w14:textId="77777777" w:rsidR="00E1231A" w:rsidRDefault="00E1231A" w:rsidP="0076699D">
             <w:pPr>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:t>1.4.1.3. Daugėja 5 proc. asmenų, dalyvaujančių Trečiojo amžiaus universiteto veiklose.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3657" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="0076699D" w:rsidRDefault="007936C7" w:rsidP="00E1231A">
+          <w:p w14:paraId="4715429E" w14:textId="77777777" w:rsidR="0076699D" w:rsidRDefault="007936C7" w:rsidP="00E1231A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008B18C1">
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>Įvykdyta.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="008178A5" w:rsidRDefault="008178A5" w:rsidP="008178A5">
+          <w:p w14:paraId="15A9861C" w14:textId="77777777" w:rsidR="008178A5" w:rsidRDefault="008178A5" w:rsidP="008178A5">
             <w:r>
               <w:lastRenderedPageBreak/>
               <w:t>1. Parengtas Alytaus rajono savivaldybės neformaliojo suaugusiųjų švietimo ir tęstinio mokymosi veiksmų planas, įkeltas į mokyklos svetainę.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00E1231A" w:rsidRDefault="000D2B03" w:rsidP="00E1231A">
+          <w:p w14:paraId="238AAA6E" w14:textId="77777777" w:rsidR="00E1231A" w:rsidRDefault="00333912" w:rsidP="00E1231A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r w:rsidR="008178A5" w:rsidRPr="007855C3">
                 <w:rPr>
                   <w:rStyle w:val="Hipersaitas"/>
                   <w:szCs w:val="24"/>
                   <w:lang w:eastAsia="lt-LT"/>
                 </w:rPr>
                 <w:t>https://amsm.lt/lt/naujienos/treciojo-amziaus-universitetas/2024/09/alytaus-rajono-savivaldybes-neformaliojo-suaugusiuju-svietimo-ir-testinio-mokymosi-veiksmu-planas-2025-metams</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="008178A5">
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="008178A5" w:rsidRDefault="008178A5" w:rsidP="00E1231A">
+          <w:p w14:paraId="19B8F1AA" w14:textId="77777777" w:rsidR="008178A5" w:rsidRDefault="008178A5" w:rsidP="00E1231A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve">2. Parengtos ir įgyvendintos </w:t>
             </w:r>
             <w:r>
               <w:t>dvi Alytaus rajono savivaldybės neformaliojo suaugusiųjų švietimo ir tęstinio mokymosi programos:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="5F5F5F"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="008178A5">
@@ -9465,2358 +10104,2383 @@
               </w:rPr>
               <w:t>1)visuomenės sveikatos rėmimo specialiosios programos projektas „Būkime sveiki ir laimingi“</w:t>
             </w:r>
             <w:r w:rsidR="00906BD2">
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r w:rsidR="00E015CB">
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve">programa orientuota į lėtinių neinfekcinių ligų prevenciją per praktinius sveikos mitybos užsiėmimus, </w:t>
             </w:r>
             <w:r w:rsidR="00906BD2">
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>dalyvavo 16 dalyvių;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="008178A5" w:rsidRDefault="00E015CB" w:rsidP="00E1231A">
+          <w:p w14:paraId="671BC6F8" w14:textId="77777777" w:rsidR="008178A5" w:rsidRDefault="00E015CB" w:rsidP="00E1231A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve">2) Alytaus trečiojo amžiaus universiteto (TAU) Daugų filialo Neformaliojo suaugusiųjų švietimo ir tęstinio mokymosi programa, skirta emocinei ir psichinei sveikatai gerinti, dalyvavo 15 dalyvių. </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00E1231A" w:rsidRDefault="00E015CB" w:rsidP="00E1231A">
+          <w:p w14:paraId="2FAD0B7C" w14:textId="77777777" w:rsidR="00E1231A" w:rsidRDefault="00E015CB" w:rsidP="00E1231A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>3.2023 metais TAU</w:t>
             </w:r>
             <w:r w:rsidR="00CF5F52">
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve"> veikloje dalyvavo 29 moterys,  2024 metais viena išė</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>jo ir atėjo 3 dalyvės. Dalyvaujančių TAU veiklose padidėjo</w:t>
             </w:r>
             <w:r w:rsidR="00CF5F52">
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve"> 7 proc.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00E015CB" w:rsidRDefault="00E015CB" w:rsidP="00E1231A">
+          <w:p w14:paraId="1C9E6366" w14:textId="77777777" w:rsidR="00E015CB" w:rsidRDefault="00E015CB" w:rsidP="00E1231A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve">Visa informacija apie Tau veiklas skelbiama </w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r w:rsidRPr="003B0514">
                 <w:rPr>
                   <w:rStyle w:val="Hipersaitas"/>
                   <w:szCs w:val="24"/>
                   <w:lang w:eastAsia="lt-LT"/>
                 </w:rPr>
                 <w:t>www.amsm.lt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve"> bei </w:t>
             </w:r>
             <w:r w:rsidR="00404C90">
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve">mokyklos </w:t>
             </w:r>
-            <w:r>
-[...4 lines deleted...]
-              <w:t>facebook paskyroje.</w:t>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>facebook</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> paskyroje.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00F33395" w:rsidRDefault="00F33395" w:rsidP="00F33395">
+    <w:p w14:paraId="62348269" w14:textId="77777777" w:rsidR="00F33395" w:rsidRDefault="00F33395" w:rsidP="00F33395">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F33395" w:rsidRDefault="00F33395" w:rsidP="00F33395">
+    <w:p w14:paraId="137BDCA6" w14:textId="77777777" w:rsidR="00F33395" w:rsidRDefault="00F33395" w:rsidP="00F33395">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>2.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:tab/>
         <w:t>Užduotys, neįvykdytos ar įvykdytos iš dalies dėl numatytų rizikų (jei tokių buvo)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9390" w:type="dxa"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4425"/>
         <w:gridCol w:w="4965"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00F33395" w:rsidTr="001F0057">
+      <w:tr w:rsidR="00F33395" w14:paraId="5C2A1DCA" w14:textId="77777777" w:rsidTr="001F0057">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4425" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00F33395" w:rsidRDefault="00F33395">
+          <w:p w14:paraId="11CC925E" w14:textId="77777777" w:rsidR="00F33395" w:rsidRDefault="00F33395">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>Užduotys</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4965" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00F33395" w:rsidRDefault="00F33395">
+          <w:p w14:paraId="7017CD41" w14:textId="77777777" w:rsidR="00F33395" w:rsidRDefault="00F33395">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve">Priežastys, rizikos </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F33395" w:rsidTr="001F0057">
+      <w:tr w:rsidR="00F33395" w14:paraId="38CC5BDA" w14:textId="77777777" w:rsidTr="001F0057">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4425" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00F33395" w:rsidRDefault="00F33395">
+          <w:p w14:paraId="56C5ACDE" w14:textId="77777777" w:rsidR="00F33395" w:rsidRDefault="00F33395">
             <w:pPr>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>2.1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4965" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00F33395" w:rsidRDefault="00F33395">
+          <w:p w14:paraId="78859C5C" w14:textId="77777777" w:rsidR="00F33395" w:rsidRDefault="00F33395">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00F33395" w:rsidRDefault="00F33395" w:rsidP="00F33395"/>
-    <w:p w:rsidR="00F33395" w:rsidRPr="003407E9" w:rsidRDefault="00F33395" w:rsidP="00F33395">
+    <w:p w14:paraId="12EC795D" w14:textId="77777777" w:rsidR="00F33395" w:rsidRDefault="00F33395" w:rsidP="00F33395"/>
+    <w:p w14:paraId="14F89CFC" w14:textId="77777777" w:rsidR="00F33395" w:rsidRPr="003407E9" w:rsidRDefault="00F33395" w:rsidP="00F33395">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>3.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="003407E9">
         <w:rPr>
           <w:b/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>Veiklos, kurios nebuvo planuotos ir nustatytos, bet įvykdytos</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F33395" w:rsidRPr="003407E9" w:rsidRDefault="00F33395" w:rsidP="00F33395">
+    <w:p w14:paraId="20AB2BDE" w14:textId="77777777" w:rsidR="00F33395" w:rsidRPr="003407E9" w:rsidRDefault="00F33395" w:rsidP="00F33395">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003407E9">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>(pildoma, jei buvo atlikta papildomų, svarių įstaigos veiklos rezultatams)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9390" w:type="dxa"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5277"/>
         <w:gridCol w:w="4113"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00F33395" w:rsidRPr="003407E9" w:rsidTr="00C53BA5">
+      <w:tr w:rsidR="00F33395" w:rsidRPr="003407E9" w14:paraId="580092A5" w14:textId="77777777" w:rsidTr="00C53BA5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5277" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00F33395" w:rsidRPr="003407E9" w:rsidRDefault="00F33395">
+          <w:p w14:paraId="61BE9F97" w14:textId="77777777" w:rsidR="00F33395" w:rsidRPr="003407E9" w:rsidRDefault="00F33395">
             <w:pPr>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003407E9">
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>Užduotys / veiklos</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4113" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00F33395" w:rsidRPr="003407E9" w:rsidRDefault="00F33395">
+          <w:p w14:paraId="68FD49AE" w14:textId="77777777" w:rsidR="00F33395" w:rsidRPr="003407E9" w:rsidRDefault="00F33395">
             <w:pPr>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003407E9">
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>Poveikis švietimo įstaigos veiklai</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F33395" w:rsidRPr="003407E9" w:rsidTr="00C53BA5">
+      <w:tr w:rsidR="00F33395" w:rsidRPr="003407E9" w14:paraId="0123A737" w14:textId="77777777" w:rsidTr="00C53BA5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5277" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="008C11B0" w:rsidRDefault="00F33395" w:rsidP="008C11B0">
+          <w:p w14:paraId="29069624" w14:textId="77777777" w:rsidR="008C11B0" w:rsidRDefault="00F33395" w:rsidP="008C11B0">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003407E9">
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>3.1.</w:t>
             </w:r>
             <w:r w:rsidR="004E27E0" w:rsidRPr="003407E9">
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="009E01D6">
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve">Suorganizuotas Laivų paradas </w:t>
             </w:r>
             <w:r w:rsidR="00615E9A">
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>Mindaugo karūnavimo dienai, liepos 6 diena</w:t>
             </w:r>
             <w:r w:rsidR="009E01D6">
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00804A11" w:rsidRPr="00615E9A" w:rsidRDefault="00804A11" w:rsidP="00615E9A">
+          <w:p w14:paraId="7CBAA084" w14:textId="77777777" w:rsidR="00804A11" w:rsidRPr="00615E9A" w:rsidRDefault="00804A11" w:rsidP="00615E9A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4113" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00E4571F" w:rsidRDefault="00615E9A" w:rsidP="00E4571F">
+          <w:p w14:paraId="1EACE60F" w14:textId="77777777" w:rsidR="00E4571F" w:rsidRDefault="00615E9A" w:rsidP="00E4571F">
             <w:pPr>
               <w:rPr>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>Bendradarbiavimas su vietos bendruomenėmis, Lietuvos vandens transport</w:t>
             </w:r>
             <w:r w:rsidR="00C7433E">
               <w:rPr>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>o mylėtojais stiprina ryšius.</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00FD798F" w:rsidRPr="003407E9" w:rsidRDefault="00FD798F" w:rsidP="00AB0FF2">
+          <w:p w14:paraId="6A029BE6" w14:textId="77777777" w:rsidR="00FD798F" w:rsidRPr="003407E9" w:rsidRDefault="00FD798F" w:rsidP="00AB0FF2">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00F33395" w:rsidRDefault="00F33395" w:rsidP="00F33395"/>
-    <w:p w:rsidR="00F33395" w:rsidRDefault="00F33395" w:rsidP="00F33395">
+    <w:p w14:paraId="4FD2A898" w14:textId="77777777" w:rsidR="00F33395" w:rsidRDefault="00F33395" w:rsidP="00F33395"/>
+    <w:p w14:paraId="5F9AB139" w14:textId="77777777" w:rsidR="00F33395" w:rsidRDefault="00F33395" w:rsidP="00F33395">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">4. Pakoreguotos praėjusių metų veiklos užduotys (jei tokių buvo) ir rezultatai </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9390" w:type="dxa"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2269"/>
         <w:gridCol w:w="2128"/>
         <w:gridCol w:w="3007"/>
         <w:gridCol w:w="1986"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00F33395" w:rsidTr="001F0057">
+      <w:tr w:rsidR="00F33395" w14:paraId="74946FE3" w14:textId="77777777" w:rsidTr="001F0057">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2269" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00F33395" w:rsidRDefault="00F33395">
+          <w:p w14:paraId="4C8DD37D" w14:textId="77777777" w:rsidR="00F33395" w:rsidRDefault="00F33395">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>Užduotys</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2128" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00F33395" w:rsidRDefault="00F33395">
+          <w:p w14:paraId="77F73EF2" w14:textId="77777777" w:rsidR="00F33395" w:rsidRDefault="00F33395">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>Siektini rezultatai</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3007" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00F33395" w:rsidRDefault="00F33395">
+          <w:p w14:paraId="6336B044" w14:textId="77777777" w:rsidR="00F33395" w:rsidRDefault="00F33395">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>Rezultatų vertinimo rodikliai</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>(kuriais vadovaujantis vertinama, ar nustatytos užduotys įvykdytos)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1986" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00F33395" w:rsidRDefault="00F33395">
+          <w:p w14:paraId="4414FF56" w14:textId="77777777" w:rsidR="00F33395" w:rsidRDefault="00F33395">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>Pasiekti rezultatai ir jų rodikliai</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F33395" w:rsidTr="001F0057">
+      <w:tr w:rsidR="00F33395" w14:paraId="026A33CD" w14:textId="77777777" w:rsidTr="001F0057">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2269" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00F33395" w:rsidRDefault="00F33395">
+          <w:p w14:paraId="7D955C02" w14:textId="77777777" w:rsidR="00F33395" w:rsidRDefault="00F33395">
             <w:pPr>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>4.1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2128" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00F33395" w:rsidRDefault="00F33395">
+          <w:p w14:paraId="65F7C55D" w14:textId="77777777" w:rsidR="00F33395" w:rsidRDefault="00F33395">
             <w:pPr>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3007" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00F33395" w:rsidRDefault="00F33395">
+          <w:p w14:paraId="6D5B7EBD" w14:textId="77777777" w:rsidR="00F33395" w:rsidRDefault="00F33395">
             <w:pPr>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1986" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00F33395" w:rsidRDefault="00F33395">
+          <w:p w14:paraId="6A19FF76" w14:textId="77777777" w:rsidR="00F33395" w:rsidRDefault="00F33395">
             <w:pPr>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00F33395" w:rsidRDefault="00F33395" w:rsidP="00F33395">
+    <w:p w14:paraId="3F520275" w14:textId="77777777" w:rsidR="00F33395" w:rsidRDefault="00F33395" w:rsidP="00F33395">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F33395" w:rsidRDefault="00F33395" w:rsidP="00F33395">
+    <w:p w14:paraId="48352B2E" w14:textId="77777777" w:rsidR="00F33395" w:rsidRDefault="00F33395" w:rsidP="00F33395">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>III SKYRIUS</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F33395" w:rsidRDefault="00F33395" w:rsidP="00F33395">
+    <w:p w14:paraId="3AC66B0A" w14:textId="77777777" w:rsidR="00F33395" w:rsidRDefault="00F33395" w:rsidP="00F33395">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>GEBĖJIMŲ ATLIKTI PAREIGYBĖS APRAŠYME NUSTATYTAS FUNKCIJAS VERTINIMAS</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F33395" w:rsidRDefault="00F33395" w:rsidP="00F33395">
+    <w:p w14:paraId="6905249D" w14:textId="77777777" w:rsidR="00F33395" w:rsidRDefault="00F33395" w:rsidP="00F33395">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F33395" w:rsidRDefault="00F33395" w:rsidP="00F33395">
+    <w:p w14:paraId="055A8DE7" w14:textId="77777777" w:rsidR="00F33395" w:rsidRDefault="00F33395" w:rsidP="00F33395">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>5. Gebėjimų atlikti pareigybės aprašyme nustatytas funkcijas vertinimas</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F33395" w:rsidRDefault="00F33395" w:rsidP="00F33395">
+    <w:p w14:paraId="7E029BD9" w14:textId="77777777" w:rsidR="00F33395" w:rsidRDefault="00F33395" w:rsidP="00F33395">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>(pildoma, aptariant ataskaitą)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9385" w:type="dxa"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblCellMar>
           <w:left w:w="10" w:type="dxa"/>
           <w:right w:w="10" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6691"/>
         <w:gridCol w:w="2694"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00F33395" w:rsidTr="00F33395">
+      <w:tr w:rsidR="00F33395" w14:paraId="720558AE" w14:textId="77777777" w:rsidTr="00F33395">
         <w:trPr>
           <w:trHeight w:val="1"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6691" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00F33395" w:rsidRDefault="00F33395">
+          <w:p w14:paraId="4521D83B" w14:textId="77777777" w:rsidR="00F33395" w:rsidRDefault="00F33395">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Vertinimo kriterijai</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2694" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00F33395" w:rsidRDefault="00F33395">
+          <w:p w14:paraId="3E7127C6" w14:textId="77777777" w:rsidR="00F33395" w:rsidRDefault="00F33395">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Pažymimas atitinkamas langelis:</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00F33395" w:rsidRDefault="00F33395">
+          <w:p w14:paraId="160FB6B1" w14:textId="77777777" w:rsidR="00F33395" w:rsidRDefault="00F33395">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>1 – nepatenkinamai;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00F33395" w:rsidRDefault="00F33395">
+          <w:p w14:paraId="73E05D05" w14:textId="77777777" w:rsidR="00F33395" w:rsidRDefault="00F33395">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>2 – patenkinamai;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00F33395" w:rsidRDefault="00F33395">
+          <w:p w14:paraId="015D75EB" w14:textId="77777777" w:rsidR="00F33395" w:rsidRDefault="00F33395">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>3 – gerai;</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00F33395" w:rsidRDefault="00F33395">
+          <w:p w14:paraId="79815777" w14:textId="77777777" w:rsidR="00F33395" w:rsidRDefault="00F33395">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>4 – labai gerai</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F33395" w:rsidTr="00F33395">
+      <w:tr w:rsidR="00F33395" w14:paraId="707B6885" w14:textId="77777777" w:rsidTr="00F33395">
         <w:trPr>
           <w:trHeight w:val="1"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6691" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00F33395" w:rsidRDefault="00F33395">
+          <w:p w14:paraId="5227F888" w14:textId="77777777" w:rsidR="00F33395" w:rsidRDefault="00F33395">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>5.1. Informacijos ir situacijos valdymas atliekant funkcijas</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2694" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00F33395" w:rsidRDefault="00F33395">
+          <w:p w14:paraId="627653D8" w14:textId="77777777" w:rsidR="00F33395" w:rsidRDefault="00F33395">
             <w:pPr>
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>1□      2□       3□       4□</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F33395" w:rsidTr="00F33395">
+      <w:tr w:rsidR="00F33395" w14:paraId="42D638F4" w14:textId="77777777" w:rsidTr="00F33395">
         <w:trPr>
           <w:trHeight w:val="1"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6691" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00F33395" w:rsidRDefault="00F33395">
+          <w:p w14:paraId="4965BB77" w14:textId="77777777" w:rsidR="00F33395" w:rsidRDefault="00F33395">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>5.2. Išteklių (žmogiškųjų, laiko ir materialinių) paskirstymas</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2694" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00F33395" w:rsidRDefault="00F33395">
+          <w:p w14:paraId="5ED59587" w14:textId="77777777" w:rsidR="00F33395" w:rsidRDefault="00F33395">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="690"/>
               </w:tabs>
               <w:ind w:hanging="19"/>
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>1□      2□       3□       4□</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F33395" w:rsidTr="00F33395">
+      <w:tr w:rsidR="00F33395" w14:paraId="06F3B155" w14:textId="77777777" w:rsidTr="00F33395">
         <w:trPr>
           <w:trHeight w:val="1"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6691" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00F33395" w:rsidRDefault="00F33395">
+          <w:p w14:paraId="2F53CB79" w14:textId="77777777" w:rsidR="00F33395" w:rsidRDefault="00F33395">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>5.3. Lyderystės ir vadovavimo efektyvumas</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2694" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00F33395" w:rsidRDefault="00F33395">
+          <w:p w14:paraId="3CB1AAD6" w14:textId="77777777" w:rsidR="00F33395" w:rsidRDefault="00F33395">
             <w:pPr>
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>1□      2□       3□       4□</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F33395" w:rsidTr="00F33395">
+      <w:tr w:rsidR="00F33395" w14:paraId="0B42B1A7" w14:textId="77777777" w:rsidTr="00F33395">
         <w:trPr>
           <w:trHeight w:val="1"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6691" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00F33395" w:rsidRDefault="00F33395">
+          <w:p w14:paraId="4DE6B855" w14:textId="77777777" w:rsidR="00F33395" w:rsidRDefault="00F33395">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>5.4. Ž</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>inių, gebėjimų ir įgūdžių panaudojimas, atliekant funkcijas ir siekiant rezultatų</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2694" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00F33395" w:rsidRDefault="00F33395">
+          <w:p w14:paraId="273A8666" w14:textId="77777777" w:rsidR="00F33395" w:rsidRDefault="00F33395">
             <w:pPr>
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>1□      2□       3□       4□</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F33395" w:rsidTr="00F33395">
+      <w:tr w:rsidR="00F33395" w14:paraId="4B1E9385" w14:textId="77777777" w:rsidTr="00F33395">
         <w:trPr>
           <w:trHeight w:val="1"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6691" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00F33395" w:rsidRDefault="00F33395">
+          <w:p w14:paraId="18A608CB" w14:textId="77777777" w:rsidR="00F33395" w:rsidRDefault="00F33395">
             <w:pPr>
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>5.5. Bendras įvertinimas (pažymimas vidurkis)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2694" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00F33395" w:rsidRDefault="00F33395">
+          <w:p w14:paraId="34AC2545" w14:textId="77777777" w:rsidR="00F33395" w:rsidRDefault="00F33395">
             <w:pPr>
               <w:rPr>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>1□      2□       3□       4□</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00F33395" w:rsidRDefault="00F33395" w:rsidP="00F33395">
+    <w:p w14:paraId="6F0E2BC8" w14:textId="77777777" w:rsidR="00F33395" w:rsidRDefault="00F33395" w:rsidP="00F33395">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F33395" w:rsidRDefault="00F33395" w:rsidP="00F33395">
+    <w:p w14:paraId="0DB28907" w14:textId="77777777" w:rsidR="00F33395" w:rsidRDefault="00F33395" w:rsidP="00F33395">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>IV SKYRIUS</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F33395" w:rsidRDefault="00F33395" w:rsidP="00F33395">
+    <w:p w14:paraId="153F7E47" w14:textId="77777777" w:rsidR="00F33395" w:rsidRDefault="00F33395" w:rsidP="00F33395">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>PASIEKTŲ REZULTATŲ VYKDANT UŽDUOTIS ĮSIVERTINIMAS IR KOMPETENCIJŲ TOBULINIMAS</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F33395" w:rsidRDefault="00F33395" w:rsidP="00F33395">
+    <w:p w14:paraId="3FDC2E21" w14:textId="77777777" w:rsidR="00F33395" w:rsidRDefault="00F33395" w:rsidP="00F33395">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F33395" w:rsidRDefault="00F33395" w:rsidP="00F33395">
+    <w:p w14:paraId="7CE274A3" w14:textId="77777777" w:rsidR="00F33395" w:rsidRDefault="00F33395" w:rsidP="00F33395">
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>6.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:tab/>
         <w:t>Pasiektų rezultatų vykdant užduotis įsivertinimas</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9498" w:type="dxa"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7230"/>
         <w:gridCol w:w="2268"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00F33395" w:rsidTr="00F33395">
+      <w:tr w:rsidR="00F33395" w14:paraId="695200CB" w14:textId="77777777" w:rsidTr="00F33395">
         <w:trPr>
           <w:trHeight w:val="23"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00F33395" w:rsidRDefault="00F33395">
+          <w:p w14:paraId="16A18A74" w14:textId="77777777" w:rsidR="00F33395" w:rsidRDefault="00F33395">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>Užduočių įvykdymo aprašymas</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00F33395" w:rsidRDefault="00F33395">
+          <w:p w14:paraId="4E4933B8" w14:textId="77777777" w:rsidR="00F33395" w:rsidRDefault="00F33395">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>Pažymimas atitinkamas langelis</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F33395" w:rsidTr="00F33395">
+      <w:tr w:rsidR="00F33395" w14:paraId="529AE324" w14:textId="77777777" w:rsidTr="00F33395">
         <w:trPr>
           <w:trHeight w:val="23"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00F33395" w:rsidRDefault="00F33395">
+          <w:p w14:paraId="09F55B9E" w14:textId="77777777" w:rsidR="00F33395" w:rsidRDefault="00F33395">
             <w:pPr>
               <w:rPr>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>6.1. Visos užduotys įvykdytos ir viršijo kai kuriuos sutartus vertinimo rodiklius</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00F33395" w:rsidRDefault="00F33395">
+          <w:p w14:paraId="24C87725" w14:textId="77777777" w:rsidR="00F33395" w:rsidRDefault="00F33395">
             <w:pPr>
               <w:ind w:right="340"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve">Labai gerai </w:t>
             </w:r>
             <w:r w:rsidR="00A63250">
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>x</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="002704DF" w:rsidRDefault="002704DF">
+          <w:p w14:paraId="398F8981" w14:textId="77777777" w:rsidR="002704DF" w:rsidRDefault="002704DF">
             <w:pPr>
               <w:ind w:right="340"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F33395" w:rsidTr="00F33395">
+      <w:tr w:rsidR="00F33395" w14:paraId="7613614D" w14:textId="77777777" w:rsidTr="00F33395">
         <w:trPr>
           <w:trHeight w:val="23"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00F33395" w:rsidRDefault="00F33395">
+          <w:p w14:paraId="1B08CEA5" w14:textId="77777777" w:rsidR="00F33395" w:rsidRDefault="00F33395">
             <w:pPr>
               <w:rPr>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>6.2. Užduotys iš esmės įvykdytos arba viena neįvykdyta pagal sutartus vertinimo rodiklius</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00F33395" w:rsidRPr="00B74566" w:rsidRDefault="00F33395" w:rsidP="00F2191A">
+          <w:p w14:paraId="3BEC5F5E" w14:textId="77777777" w:rsidR="00F33395" w:rsidRPr="00B74566" w:rsidRDefault="00F33395" w:rsidP="00F2191A">
             <w:pPr>
               <w:ind w:right="340"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B74566">
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve">Gerai </w:t>
             </w:r>
             <w:r w:rsidR="00F2191A">
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>☐</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F33395" w:rsidTr="00F33395">
+      <w:tr w:rsidR="00F33395" w14:paraId="6E96F26D" w14:textId="77777777" w:rsidTr="00F33395">
         <w:trPr>
           <w:trHeight w:val="23"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00F33395" w:rsidRDefault="00F33395">
+          <w:p w14:paraId="6088C41A" w14:textId="77777777" w:rsidR="00F33395" w:rsidRDefault="00F33395">
             <w:pPr>
               <w:rPr>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>6.3. Įvykdyta ne mažiau kaip pusė užduočių pagal sutartus vertinimo rodiklius</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00F33395" w:rsidRDefault="00F33395">
+          <w:p w14:paraId="79D80078" w14:textId="77777777" w:rsidR="00F33395" w:rsidRDefault="00F33395">
             <w:pPr>
               <w:ind w:right="340"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve">Patenkinamai </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>☐</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F33395" w:rsidTr="00F33395">
+      <w:tr w:rsidR="00F33395" w14:paraId="4D4810E4" w14:textId="77777777" w:rsidTr="00F33395">
         <w:trPr>
           <w:trHeight w:val="23"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00F33395" w:rsidRDefault="00F33395">
+          <w:p w14:paraId="2FDF4319" w14:textId="77777777" w:rsidR="00F33395" w:rsidRDefault="00F33395">
             <w:pPr>
               <w:rPr>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>6.4. Pusė ar daugiau užduotys neįvykdyta pagal sutartus vertinimo rodiklius</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00F33395" w:rsidRDefault="00F33395">
+          <w:p w14:paraId="231DE788" w14:textId="77777777" w:rsidR="00F33395" w:rsidRDefault="00F33395">
             <w:pPr>
               <w:ind w:right="340"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve">Nepatenkinamai </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>☐</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00F33395" w:rsidRDefault="00F33395" w:rsidP="00F33395">
+    <w:p w14:paraId="60BCD56A" w14:textId="77777777" w:rsidR="00F33395" w:rsidRDefault="00F33395" w:rsidP="00F33395">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F33395" w:rsidRDefault="00F33395" w:rsidP="00F33395">
+    <w:p w14:paraId="47543480" w14:textId="77777777" w:rsidR="00F33395" w:rsidRDefault="00F33395" w:rsidP="00F33395">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>7.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:tab/>
         <w:t>Kompetencijos, kurias norėtų tobulinti</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9526" w:type="dxa"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9526"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00F33395" w:rsidTr="005A319B">
+      <w:tr w:rsidR="00F33395" w14:paraId="2DEF1CF8" w14:textId="77777777" w:rsidTr="005A319B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9526" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00F33395" w:rsidRDefault="00F33395" w:rsidP="00400C3A">
+          <w:p w14:paraId="046EE90C" w14:textId="77777777" w:rsidR="00F33395" w:rsidRDefault="00F33395" w:rsidP="00400C3A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>7.1.</w:t>
             </w:r>
             <w:r w:rsidR="00AE2328">
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="002814BC">
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>Vadovavimo žmonėms kompetencija.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F33395" w:rsidTr="005A319B">
+      <w:tr w:rsidR="00F33395" w14:paraId="63930860" w14:textId="77777777" w:rsidTr="005A319B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9526" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00F33395" w:rsidRDefault="00F33395" w:rsidP="00400C3A">
+          <w:p w14:paraId="493724FE" w14:textId="77777777" w:rsidR="00F33395" w:rsidRDefault="00F33395" w:rsidP="00400C3A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>7.2.</w:t>
             </w:r>
             <w:r w:rsidR="00A56865">
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="002814BC">
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>Vadovavimo ugdymui ir mokymuisi kompetencija.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00F33395" w:rsidRDefault="00F33395" w:rsidP="00F33395">
+    <w:p w14:paraId="1AB53E7E" w14:textId="77777777" w:rsidR="00F33395" w:rsidRDefault="00F33395" w:rsidP="00F33395">
       <w:pPr>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F33395" w:rsidRDefault="00F33395" w:rsidP="00F33395">
+    <w:p w14:paraId="362B25AA" w14:textId="77777777" w:rsidR="00F33395" w:rsidRDefault="00F33395" w:rsidP="00F33395">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>9.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:tab/>
         <w:t>Rizika, kuriai esant nustatytos užduotys gali būti neįvykdytos</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>(aplinkybės, kurios gali turėti neigiamos įtakos įvykdyti šias užduotis)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F33395" w:rsidRDefault="00F33395" w:rsidP="00F33395">
+    <w:p w14:paraId="3050C5F2" w14:textId="77777777" w:rsidR="00F33395" w:rsidRDefault="00F33395" w:rsidP="00F33395">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>(pildoma suderinus su švietimo įstaigos vadovu)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9493"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00F33395" w:rsidTr="00F33395">
+      <w:tr w:rsidR="00F33395" w14:paraId="527E5009" w14:textId="77777777" w:rsidTr="00F33395">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9493" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00F33395" w:rsidRDefault="00872594">
+          <w:p w14:paraId="25C6B0EE" w14:textId="77777777" w:rsidR="00F33395" w:rsidRDefault="00872594">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>9.1</w:t>
             </w:r>
             <w:r w:rsidR="00F33395">
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidR="00A56865">
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve"> Žmogiškieji faktoriai (pvz. laikinasis nedarbingumas)</w:t>
             </w:r>
             <w:r w:rsidR="003D3DD2">
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F33395" w:rsidRPr="001B46D9" w:rsidTr="00F33395">
+      <w:tr w:rsidR="00F33395" w:rsidRPr="001B46D9" w14:paraId="404D8340" w14:textId="77777777" w:rsidTr="00F33395">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9493" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00F33395" w:rsidRDefault="00872594">
+          <w:p w14:paraId="52D13E3D" w14:textId="77777777" w:rsidR="00F33395" w:rsidRDefault="00872594">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>9.2</w:t>
             </w:r>
             <w:r w:rsidR="00F33395">
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidR="00A56865">
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve"> Materialinių ir finansinių išteklių trūkumas.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003D3DD2" w:rsidTr="00F33395">
+      <w:tr w:rsidR="003D3DD2" w14:paraId="3A650DF8" w14:textId="77777777" w:rsidTr="00F33395">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9493" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="003D3DD2" w:rsidRDefault="003D3DD2">
+          <w:p w14:paraId="78B106F6" w14:textId="77777777" w:rsidR="003D3DD2" w:rsidRDefault="003D3DD2">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve">9.3. </w:t>
             </w:r>
             <w:r>
               <w:t>Epidemiologinė situacija šalyje.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="004436B1" w:rsidRDefault="004436B1" w:rsidP="00F33395">
+    <w:p w14:paraId="51D5ADA6" w14:textId="77777777" w:rsidR="004436B1" w:rsidRDefault="004436B1" w:rsidP="00F33395">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4253"/>
           <w:tab w:val="left" w:pos="6946"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F33395" w:rsidRDefault="00FC0AC8" w:rsidP="00F33395">
+    <w:p w14:paraId="0D7388E2" w14:textId="77777777" w:rsidR="00F33395" w:rsidRDefault="00FC0AC8" w:rsidP="00F33395">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4253"/>
           <w:tab w:val="left" w:pos="6946"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>Direktorė</w:t>
       </w:r>
       <w:r w:rsidR="00F33395">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">            </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">                                                                      </w:t>
       </w:r>
       <w:r w:rsidR="00B74566">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
-        <w:t xml:space="preserve">  Auksė Sapežinskienė       </w:t>
+        <w:t xml:space="preserve">  Auksė </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B74566">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t>Sapežinskienė</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B74566">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
       </w:r>
       <w:r w:rsidR="00F2191A">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>2025-01-20</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F33395" w:rsidRPr="00743E38" w:rsidRDefault="00F33395" w:rsidP="00743E38">
+    <w:p w14:paraId="2456F5D5" w14:textId="77777777" w:rsidR="00F33395" w:rsidRPr="00743E38" w:rsidRDefault="00F33395" w:rsidP="00743E38">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4536"/>
           <w:tab w:val="left" w:pos="7230"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:sectPr w:rsidR="00F33395" w:rsidRPr="00743E38" w:rsidSect="00CF6E4A">
           <w:footerReference w:type="default" r:id="rId27"/>
           <w:pgSz w:w="11907" w:h="16840"/>
           <w:pgMar w:top="1138" w:right="562" w:bottom="0" w:left="1699" w:header="288" w:footer="720" w:gutter="0"/>
           <w:pgNumType w:start="1"/>
           <w:cols w:space="1296"/>
         </w:sectPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>(švietimo įstaigos vadovo pareigos)                  (parašas</w:t>
       </w:r>
@@ -11855,88 +12519,88 @@
         </w:rPr>
         <w:t xml:space="preserve">         </w:t>
       </w:r>
       <w:r w:rsidR="00FC0AC8">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidR="00512637">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">       (data</w:t>
       </w:r>
       <w:r w:rsidR="00387B3E">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00063A2E" w:rsidRDefault="00063A2E" w:rsidP="006A1693">
+    <w:p w14:paraId="3721BAE8" w14:textId="77777777" w:rsidR="00063A2E" w:rsidRDefault="00063A2E" w:rsidP="006A1693">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="6804"/>
         </w:tabs>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00063A2E" w:rsidSect="00063A2E">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1701" w:right="567" w:bottom="1134" w:left="1701" w:header="567" w:footer="567" w:gutter="0"/>
       <w:cols w:space="1296"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="000D2B03" w:rsidRDefault="000D2B03" w:rsidP="001F0057">
+    <w:p w14:paraId="4F207241" w14:textId="77777777" w:rsidR="00333912" w:rsidRDefault="00333912" w:rsidP="001F0057">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="000D2B03" w:rsidRDefault="000D2B03" w:rsidP="001F0057">
+    <w:p w14:paraId="6EE4F65F" w14:textId="77777777" w:rsidR="00333912" w:rsidRDefault="00333912" w:rsidP="001F0057">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
@@ -11968,116 +12632,116 @@
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800001E3" w:usb1="1200FFEF" w:usb2="00040000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-978924060"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr/>
     <w:sdtContent>
-      <w:p w:rsidR="00FF3171" w:rsidRDefault="00FF3171">
+      <w:p w14:paraId="5DBF4EE6" w14:textId="77777777" w:rsidR="00FF3171" w:rsidRDefault="00FF3171">
         <w:pPr>
           <w:pStyle w:val="Porat"/>
           <w:jc w:val="right"/>
         </w:pPr>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="0008029D">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
-  <w:p w:rsidR="00FF3171" w:rsidRDefault="00FF3171">
+  <w:p w14:paraId="0F42BA47" w14:textId="77777777" w:rsidR="00FF3171" w:rsidRDefault="00FF3171">
     <w:pPr>
       <w:pStyle w:val="Porat"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="000D2B03" w:rsidRDefault="000D2B03" w:rsidP="001F0057">
+    <w:p w14:paraId="3444A7B3" w14:textId="77777777" w:rsidR="00333912" w:rsidRDefault="00333912" w:rsidP="001F0057">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="000D2B03" w:rsidRDefault="000D2B03" w:rsidP="001F0057">
+    <w:p w14:paraId="2ABCBA94" w14:textId="77777777" w:rsidR="00333912" w:rsidRDefault="00333912" w:rsidP="001F0057">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="013E5531"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="FE2EECB8"/>
     <w:lvl w:ilvl="0" w:tplc="0427000D">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04270003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -15544,72 +16208,74 @@
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="31">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="32">
     <w:abstractNumId w:val="12"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="1296"/>
   <w:hyphenationZone w:val="396"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2049"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00F33395"/>
     <w:rsid w:val="00010645"/>
     <w:rsid w:val="00010C3B"/>
     <w:rsid w:val="00022EA7"/>
     <w:rsid w:val="00022F48"/>
     <w:rsid w:val="00025CA4"/>
     <w:rsid w:val="000347D3"/>
     <w:rsid w:val="00035AB9"/>
     <w:rsid w:val="00047ADF"/>
     <w:rsid w:val="00063A2E"/>
     <w:rsid w:val="00066153"/>
     <w:rsid w:val="000672A6"/>
     <w:rsid w:val="0008029D"/>
     <w:rsid w:val="00082E35"/>
     <w:rsid w:val="00085194"/>
     <w:rsid w:val="00087C0A"/>
     <w:rsid w:val="00093C68"/>
     <w:rsid w:val="00094C05"/>
     <w:rsid w:val="000A0915"/>
     <w:rsid w:val="000C240D"/>
     <w:rsid w:val="000C7CCE"/>
     <w:rsid w:val="000C7F83"/>
     <w:rsid w:val="000D2B03"/>
@@ -15661,50 +16327,51 @@
     <w:rsid w:val="0026153C"/>
     <w:rsid w:val="00267BFC"/>
     <w:rsid w:val="002704DF"/>
     <w:rsid w:val="0027440F"/>
     <w:rsid w:val="00280EA9"/>
     <w:rsid w:val="002814BC"/>
     <w:rsid w:val="00292EE7"/>
     <w:rsid w:val="002B0B97"/>
     <w:rsid w:val="002B11EE"/>
     <w:rsid w:val="002B2407"/>
     <w:rsid w:val="002B27E9"/>
     <w:rsid w:val="002C2101"/>
     <w:rsid w:val="002D3F0E"/>
     <w:rsid w:val="002D6C50"/>
     <w:rsid w:val="002E0FCD"/>
     <w:rsid w:val="002F344E"/>
     <w:rsid w:val="003074A3"/>
     <w:rsid w:val="00310282"/>
     <w:rsid w:val="00312193"/>
     <w:rsid w:val="00314B09"/>
     <w:rsid w:val="0032343B"/>
     <w:rsid w:val="00323640"/>
     <w:rsid w:val="00324C2F"/>
     <w:rsid w:val="003254D6"/>
     <w:rsid w:val="00331EEC"/>
+    <w:rsid w:val="00333912"/>
     <w:rsid w:val="003407E9"/>
     <w:rsid w:val="00353F46"/>
     <w:rsid w:val="003731D9"/>
     <w:rsid w:val="00381C8A"/>
     <w:rsid w:val="00387B3E"/>
     <w:rsid w:val="00396534"/>
     <w:rsid w:val="003A3C9C"/>
     <w:rsid w:val="003B3B2A"/>
     <w:rsid w:val="003B4778"/>
     <w:rsid w:val="003C27A6"/>
     <w:rsid w:val="003C4697"/>
     <w:rsid w:val="003D3B7F"/>
     <w:rsid w:val="003D3DD2"/>
     <w:rsid w:val="003E6A03"/>
     <w:rsid w:val="003F7586"/>
     <w:rsid w:val="00400C3A"/>
     <w:rsid w:val="00402E6D"/>
     <w:rsid w:val="00404C90"/>
     <w:rsid w:val="0040697E"/>
     <w:rsid w:val="0041257F"/>
     <w:rsid w:val="00423129"/>
     <w:rsid w:val="00424E0F"/>
     <w:rsid w:val="0043171F"/>
     <w:rsid w:val="0043779F"/>
     <w:rsid w:val="004436B1"/>
@@ -16023,50 +16690,51 @@
     <w:rsid w:val="00CB7328"/>
     <w:rsid w:val="00CD04BF"/>
     <w:rsid w:val="00CD3ACB"/>
     <w:rsid w:val="00CD725E"/>
     <w:rsid w:val="00CE1ABD"/>
     <w:rsid w:val="00CE2A82"/>
     <w:rsid w:val="00CE593F"/>
     <w:rsid w:val="00CF2651"/>
     <w:rsid w:val="00CF2724"/>
     <w:rsid w:val="00CF5EEC"/>
     <w:rsid w:val="00CF5F52"/>
     <w:rsid w:val="00CF6E4A"/>
     <w:rsid w:val="00D06A7B"/>
     <w:rsid w:val="00D10BC8"/>
     <w:rsid w:val="00D110FC"/>
     <w:rsid w:val="00D125FC"/>
     <w:rsid w:val="00D13734"/>
     <w:rsid w:val="00D144E3"/>
     <w:rsid w:val="00D30DA2"/>
     <w:rsid w:val="00D313C4"/>
     <w:rsid w:val="00D414F9"/>
     <w:rsid w:val="00D416E3"/>
     <w:rsid w:val="00D65C77"/>
     <w:rsid w:val="00D75875"/>
     <w:rsid w:val="00D76105"/>
+    <w:rsid w:val="00D776A5"/>
     <w:rsid w:val="00D82B97"/>
     <w:rsid w:val="00D953E6"/>
     <w:rsid w:val="00DB0A30"/>
     <w:rsid w:val="00DB109A"/>
     <w:rsid w:val="00DC5CD0"/>
     <w:rsid w:val="00DD353C"/>
     <w:rsid w:val="00DD66B1"/>
     <w:rsid w:val="00DF4C82"/>
     <w:rsid w:val="00DF54BD"/>
     <w:rsid w:val="00DF7CA1"/>
     <w:rsid w:val="00E0074B"/>
     <w:rsid w:val="00E015CB"/>
     <w:rsid w:val="00E05523"/>
     <w:rsid w:val="00E06504"/>
     <w:rsid w:val="00E1083E"/>
     <w:rsid w:val="00E1231A"/>
     <w:rsid w:val="00E26113"/>
     <w:rsid w:val="00E31A80"/>
     <w:rsid w:val="00E33166"/>
     <w:rsid w:val="00E33616"/>
     <w:rsid w:val="00E33924"/>
     <w:rsid w:val="00E35BF6"/>
     <w:rsid w:val="00E45388"/>
     <w:rsid w:val="00E4571F"/>
     <w:rsid w:val="00E563F3"/>
@@ -16135,72 +16803,73 @@
     <w:rsid w:val="00FF588A"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="lt-LT"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
+  <w14:docId w14:val="048C9C25"/>
   <w15:docId w15:val="{2B7B3E20-19DD-4FFA-AAD6-CBB45395DB54}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="lt-LT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -16262,98 +16931,94 @@
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
@@ -16528,50 +17193,55 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="prastasis">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00F33395"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Numatytasispastraiposriftas">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="prastojilentel">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
@@ -16723,51 +17393,51 @@
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="font-size-xs">
     <w:name w:val="font-size-xs"/>
     <w:basedOn w:val="Numatytasispastraiposriftas"/>
     <w:rsid w:val="003407E9"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="prastasiniatinklio">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="prastasis"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00D13734"/>
     <w:pPr>
       <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:divs>
     <w:div w:id="229965967">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="269975549">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -17118,55 +17788,55 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA Fifth Edition"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{464839C3-4FDF-48A5-BD0B-4BD82AF58A69}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>13</Pages>
-  <Words>19215</Words>
-  <Characters>10953</Characters>
+  <Words>4502</Words>
+  <Characters>25666</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>91</Lines>
+  <Lines>213</Lines>
   <Paragraphs>60</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Pavadinimas</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <CharactersWithSpaces>30108</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>