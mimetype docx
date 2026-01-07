--- v1 (2025-11-25)
+++ v2 (2026-01-07)
@@ -7257,51 +7257,51 @@
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidR="004C7EC3">
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve"> I ir II pusmečio muzikos, dailės ir sporto skyrių mokinių žinių patikrinimai, perklausos, darbų peržiūros. Direktoriaus įsakymai 2024 m. balandžio 23 d. </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="004C7EC3">
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>Nr</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidR="004C7EC3">
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve"> . MV-17, 2024 m. gruodžio 5 d. Nr. MV-43.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7836B361" w14:textId="77777777" w:rsidR="004C7EC3" w:rsidRDefault="00333912" w:rsidP="007A1E68">
+          <w:p w14:paraId="7836B361" w14:textId="77777777" w:rsidR="004C7EC3" w:rsidRDefault="00BD2748" w:rsidP="007A1E68">
             <w:pPr>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r w:rsidR="004C7EC3">
                 <w:rPr>
                   <w:rStyle w:val="Hipersaitas"/>
                 </w:rPr>
                 <w:t>Šventiniai atsiskaitymo koncertai ,,Ei, Kalėda, Kalėda“ | Alytaus r. meno ir sporto mokykla</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p w14:paraId="658C90E3" w14:textId="77777777" w:rsidR="004C7EC3" w:rsidRPr="005F2579" w:rsidRDefault="004C7EC3" w:rsidP="007A1E68">
             <w:pPr>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="24"/>
@@ -7310,51 +7310,51 @@
               <w:t>Baigiamųjų egzaminų ir baigiamųjų darbų pristatymas vyko gegužės mėnesį (Įsakymo Nr. MV-20, 2024 m. gegužės 3 d.)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5C9F5005" w14:textId="77777777" w:rsidR="005C3C6C" w:rsidRDefault="00FF4B26" w:rsidP="00FF4B26">
             <w:r>
               <w:t xml:space="preserve">2023-2024 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>m.m</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:t>. baigusiųjų mokinių mokymosi vidurkis (baigiamųjų egzaminų ir diferencijuotų įskaitų</w:t>
             </w:r>
             <w:r w:rsidR="00991937">
               <w:t xml:space="preserve"> gautų įvertinimų vidurkis) ~ 9,7 (9,695)</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
             <w:r w:rsidR="00991937">
               <w:t>Muzikos skyriaus -9,66, dailės skyriaus – 9,73.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="66CDBDCF" w14:textId="77777777" w:rsidR="00991937" w:rsidRPr="00A44926" w:rsidRDefault="00333912" w:rsidP="00FF4B26">
+          <w:p w14:paraId="66CDBDCF" w14:textId="77777777" w:rsidR="00991937" w:rsidRPr="00A44926" w:rsidRDefault="00BD2748" w:rsidP="00FF4B26">
             <w:pPr>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r w:rsidR="00991937">
                 <w:rPr>
                   <w:rStyle w:val="Hipersaitas"/>
                 </w:rPr>
                 <w:t>Alytaus r. meno ir sporto mokyklos dailės skyriaus peržiūra ir baigiamųjų darbų gynimas  | Alytaus r. meno ir sporto mokykla</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005C3C6C" w:rsidRPr="006B4E01" w14:paraId="780CF5EB" w14:textId="77777777" w:rsidTr="001074C5">
         <w:trPr>
           <w:trHeight w:val="58"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1589" w:type="dxa"/>
             <w:vMerge/>
@@ -7572,51 +7572,51 @@
             <w:r>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">sporto, muzikos, dailės skyrių atskirai. Pusmečių atsiskaitymuose ir renginiuose dalyvauja apie 60 proc. tėvų, didžiausias aktyvumas Butrimonių, Miroslavo, Krokialaukio skyriuose, mažiausias (apie 20 proc.) – </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>Pivašiūnų</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve"> skyriuje.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="64DDA914" w14:textId="77777777" w:rsidR="004C7EC3" w:rsidRPr="00AB269D" w:rsidRDefault="00333912" w:rsidP="00BA6F6D">
+          <w:p w14:paraId="64DDA914" w14:textId="77777777" w:rsidR="004C7EC3" w:rsidRPr="00AB269D" w:rsidRDefault="00BD2748" w:rsidP="00BA6F6D">
             <w:pPr>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r w:rsidR="004C7EC3">
                 <w:rPr>
                   <w:rStyle w:val="Hipersaitas"/>
                 </w:rPr>
                 <w:t>Šventiniai atsiskaitymo koncertai ,,Ei, Kalėda, Kalėda“ | Alytaus r. meno ir sporto mokykla</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p w14:paraId="26AC4FCA" w14:textId="77777777" w:rsidR="00022F48" w:rsidRPr="00AB269D" w:rsidRDefault="00AB269D" w:rsidP="00BA6F6D">
             <w:pPr>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AB269D">
               <w:rPr>
                 <w:szCs w:val="24"/>
@@ -7673,51 +7673,51 @@
               </w:rPr>
               <w:t xml:space="preserve">vyko </w:t>
             </w:r>
             <w:r w:rsidR="00DD353C">
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve">mokyklos mokinių šeimos </w:t>
             </w:r>
             <w:r w:rsidR="00DD353C" w:rsidRPr="00022F48">
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t xml:space="preserve">Julės ir Dariaus Levickų </w:t>
             </w:r>
             <w:r w:rsidR="00DD353C">
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>namuose. Dalyvavo muzikos skyriaus mokiniai su tėveliais.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3B7DC4F6" w14:textId="77777777" w:rsidR="00022F48" w:rsidRPr="00022F48" w:rsidRDefault="00333912" w:rsidP="00BA6F6D">
+          <w:p w14:paraId="3B7DC4F6" w14:textId="77777777" w:rsidR="00022F48" w:rsidRPr="00022F48" w:rsidRDefault="00BD2748" w:rsidP="00BA6F6D">
             <w:pPr>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r w:rsidR="00022F48" w:rsidRPr="00022F48">
                 <w:rPr>
                   <w:rStyle w:val="Hipersaitas"/>
                   <w:szCs w:val="24"/>
                   <w:lang w:eastAsia="lt-LT"/>
                 </w:rPr>
                 <w:t>https://amsm.lt/lt/naujienos/renginiai/2024/05/seimu-dienos-paminejimas-dariaus-ir-jules-levicku-namuose</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="00022F48" w:rsidRPr="00022F48">
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="62F9DD45" w14:textId="77777777" w:rsidR="00022F48" w:rsidRPr="00424E0F" w:rsidRDefault="00DD353C" w:rsidP="00BA6F6D">
@@ -7796,51 +7796,51 @@
               </w:rPr>
               <w:t>2024 m. gegužės 14-17 d.</w:t>
             </w:r>
             <w:r w:rsidR="00022F48">
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00022F48" w:rsidRPr="00022F48">
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t>vyko Atvirų durų savaitė.</w:t>
             </w:r>
             <w:r w:rsidR="009E01D6">
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve"> Visuose skyriuose dalyvavo per 150 tėvų ( 58 proc.)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="75166AD2" w14:textId="77777777" w:rsidR="005C3C6C" w:rsidRPr="005D05AE" w:rsidRDefault="00333912" w:rsidP="00BA6F6D">
+          <w:p w14:paraId="75166AD2" w14:textId="77777777" w:rsidR="005C3C6C" w:rsidRPr="005D05AE" w:rsidRDefault="00BD2748" w:rsidP="00BA6F6D">
             <w:pPr>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r w:rsidR="00022F48" w:rsidRPr="00022F48">
                 <w:rPr>
                   <w:rStyle w:val="Hipersaitas"/>
                   <w:szCs w:val="24"/>
                   <w:lang w:eastAsia="lt-LT"/>
                 </w:rPr>
                 <w:t>https://amsm.lt/lt/naujienos/kvietimai/2024/05/kvietimas-i-atviru-duru-diena</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="00022F48">
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
@@ -8213,150 +8213,150 @@
             <w:r w:rsidR="00BA5435" w:rsidRPr="00BA5435">
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>XIII Tarptautinis  jaunųjų atlikėjų  konkursas-seminaras </w:t>
             </w:r>
             <w:bookmarkStart w:id="0" w:name="_Hlk159503117"/>
             <w:r w:rsidR="00BA5435" w:rsidRPr="00BA5435">
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
               </w:rPr>
               <w:t>,,Linksmoji polkutė - 2024“</w:t>
             </w:r>
             <w:bookmarkEnd w:id="0"/>
             <w:r w:rsidR="00BA5435" w:rsidRPr="00BA5435">
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="37745F35" w14:textId="77777777" w:rsidR="00BA5435" w:rsidRDefault="00333912" w:rsidP="0076699D">
+          <w:p w14:paraId="37745F35" w14:textId="77777777" w:rsidR="00BA5435" w:rsidRDefault="00BD2748" w:rsidP="0076699D">
             <w:pPr>
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r w:rsidR="00BA5435" w:rsidRPr="007855C3">
                 <w:rPr>
                   <w:rStyle w:val="Hipersaitas"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:t>https://amsm.lt/lt/naujienos/konkursai/2024/02/linksmoji-polkute-2024</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="00BA5435">
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="06753A04" w14:textId="77777777" w:rsidR="00BA5435" w:rsidRDefault="00022F48" w:rsidP="0076699D">
             <w:pPr>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>2.</w:t>
             </w:r>
             <w:r w:rsidR="00BA5435" w:rsidRPr="00BA5435">
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>XXI jau  Tarptautinis seminaras-konkursas „Etiudas ir ne tik“</w:t>
             </w:r>
             <w:r w:rsidR="00BA5435">
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5A3F630C" w14:textId="77777777" w:rsidR="00BA5435" w:rsidRDefault="00333912" w:rsidP="0076699D">
+          <w:p w14:paraId="5A3F630C" w14:textId="77777777" w:rsidR="00BA5435" w:rsidRDefault="00BD2748" w:rsidP="0076699D">
             <w:pPr>
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r w:rsidR="00BA5435" w:rsidRPr="007855C3">
                 <w:rPr>
                   <w:rStyle w:val="Hipersaitas"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:t>https://amsm.lt/lt/naujienos/konkursai/2024/03/alytaus-r-meno-mokyklos-organizuojamas-konkursas-etiudas-ir-ne-tik-isaugo-i-tarptautini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="00BA5435">
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4CC7BB05" w14:textId="77777777" w:rsidR="00022F48" w:rsidRDefault="00022F48" w:rsidP="0076699D">
             <w:pPr>
               <w:rPr>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>3.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="5F5F5F"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00022F48">
               <w:rPr>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>XIV tarptautinis jaunųjų atlikėjų konkursas-seminaras ,,Sentimentai valsui 2024“</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="255E8BBB" w14:textId="77777777" w:rsidR="00022F48" w:rsidRPr="00022F48" w:rsidRDefault="00333912" w:rsidP="0076699D">
+          <w:p w14:paraId="255E8BBB" w14:textId="77777777" w:rsidR="00022F48" w:rsidRPr="00022F48" w:rsidRDefault="00BD2748" w:rsidP="0076699D">
             <w:pPr>
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r w:rsidR="00022F48" w:rsidRPr="007855C3">
                 <w:rPr>
                   <w:rStyle w:val="Hipersaitas"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:t>https://amsm.lt/lt/naujienos/konkursai/2024/05/xiv-tarptautinis-jaunuju-atlikeju-konkursas-sentimentai-valsui-2024</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="00022F48">
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="37234167" w14:textId="77777777" w:rsidR="00BA5435" w:rsidRDefault="00770AD0" w:rsidP="0076699D">
             <w:pPr>
               <w:rPr>
                 <w:szCs w:val="24"/>
@@ -8380,51 +8380,51 @@
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">1.Menininkų Algimanto </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Judicko</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> ir Gusto Jagmino darbų paroda.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7579FF31" w14:textId="77777777" w:rsidR="00BA5435" w:rsidRDefault="00333912" w:rsidP="0076699D">
+          <w:p w14:paraId="7579FF31" w14:textId="77777777" w:rsidR="00BA5435" w:rsidRDefault="00BD2748" w:rsidP="0076699D">
             <w:pPr>
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r w:rsidR="00BA5435" w:rsidRPr="007855C3">
                 <w:rPr>
                   <w:rStyle w:val="Hipersaitas"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:t>https://amsm.lt/lt/naujienos/parodos/2024/04/algimanto-judicko-ir-gusto-jagmino-kurybos-darbu-paroda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="00BA5435">
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="643FF5FB" w14:textId="77777777" w:rsidR="001074C5" w:rsidRDefault="001074C5" w:rsidP="0076699D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -8471,51 +8471,51 @@
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t xml:space="preserve"> dailės mokyklos mokinių grafikos darbų paroda. Dailės mokytoja ekspertė Rima </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="001074C5">
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>Baukaitė</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="5F5F5F"/>
                 <w:sz w:val="23"/>
                 <w:szCs w:val="23"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="04CC8FB4" w14:textId="77777777" w:rsidR="001074C5" w:rsidRPr="00BA5435" w:rsidRDefault="00333912" w:rsidP="0076699D">
+          <w:p w14:paraId="04CC8FB4" w14:textId="77777777" w:rsidR="001074C5" w:rsidRPr="00BA5435" w:rsidRDefault="00BD2748" w:rsidP="0076699D">
             <w:pPr>
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r w:rsidR="001074C5" w:rsidRPr="007855C3">
                 <w:rPr>
                   <w:rStyle w:val="Hipersaitas"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:t>https://amsm.lt/lt/naujienos/parodos/2024/09/klaipedos-adomo-brako-dailes-mokyklos-mokiniu-grafikos-darbu-paroda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="001074C5">
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="36B1A6FC" w14:textId="77777777" w:rsidR="00BA219C" w:rsidRDefault="00BA219C" w:rsidP="0076699D">
             <w:r>
               <w:t>3.</w:t>
             </w:r>
@@ -8565,51 +8565,51 @@
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="009C071E">
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>KiTaIp</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="009C071E">
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>"</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="11D68E34" w14:textId="77777777" w:rsidR="00387B3E" w:rsidRDefault="00333912" w:rsidP="0076699D">
+          <w:p w14:paraId="11D68E34" w14:textId="77777777" w:rsidR="00387B3E" w:rsidRDefault="00BD2748" w:rsidP="0076699D">
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r w:rsidR="00387B3E" w:rsidRPr="009C3067">
                 <w:rPr>
                   <w:rStyle w:val="Hipersaitas"/>
                 </w:rPr>
                 <w:t>https://amsm.lt/lt/naujienos/parodos/2024/11/mokiniu-darbu-paroda-pasaulis-kitaip</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="00387B3E">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6F1A1111" w14:textId="77777777" w:rsidR="00770AD0" w:rsidRDefault="00770AD0" w:rsidP="0076699D">
             <w:r>
               <w:t>Surengtos sporto varžybos:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="560DB182" w14:textId="77777777" w:rsidR="00770AD0" w:rsidRDefault="00770AD0" w:rsidP="0076699D">
             <w:r>
               <w:t xml:space="preserve">1.Lietuvos </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>Kanupolo</w:t>
             </w:r>
@@ -9769,51 +9769,51 @@
               </w:rPr>
               <w:t>Grigalienė</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidR="001074C5">
               <w:rPr>
                 <w:color w:val="5F5F5F"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
             <w:r w:rsidR="001074C5" w:rsidRPr="001074C5">
               <w:rPr>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>Mokymuose dalyvavo visi mokytojai ir direktorė -100 proc</w:t>
             </w:r>
             <w:r w:rsidR="001074C5">
               <w:rPr>
                 <w:color w:val="5F5F5F"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2DC27A8C" w14:textId="77777777" w:rsidR="00E1231A" w:rsidRPr="001074C5" w:rsidRDefault="00333912" w:rsidP="00B74566">
+          <w:p w14:paraId="2DC27A8C" w14:textId="77777777" w:rsidR="00E1231A" w:rsidRPr="001074C5" w:rsidRDefault="00BD2748" w:rsidP="00B74566">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r w:rsidR="001074C5" w:rsidRPr="001074C5">
                 <w:rPr>
                   <w:rStyle w:val="Hipersaitas"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:t>https://amsm.lt/lt/naujienos/renginiai/2024/10/kvalifikacijos-tobulinimo-programa-itraukiojo-ugdymo-pozymiai-ir-strategija</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="001074C5" w:rsidRPr="001074C5">
               <w:rPr>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="18E41FCF" w14:textId="77777777" w:rsidR="00E1231A" w:rsidRDefault="001074C5" w:rsidP="00B74566">
             <w:pPr>
               <w:jc w:val="both"/>
@@ -10025,51 +10025,51 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008B18C1">
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>Įvykdyta.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="15A9861C" w14:textId="77777777" w:rsidR="008178A5" w:rsidRDefault="008178A5" w:rsidP="008178A5">
             <w:r>
               <w:lastRenderedPageBreak/>
               <w:t>1. Parengtas Alytaus rajono savivaldybės neformaliojo suaugusiųjų švietimo ir tęstinio mokymosi veiksmų planas, įkeltas į mokyklos svetainę.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="238AAA6E" w14:textId="77777777" w:rsidR="00E1231A" w:rsidRDefault="00333912" w:rsidP="00E1231A">
+          <w:p w14:paraId="238AAA6E" w14:textId="77777777" w:rsidR="00E1231A" w:rsidRDefault="00BD2748" w:rsidP="00E1231A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r w:rsidR="008178A5" w:rsidRPr="007855C3">
                 <w:rPr>
                   <w:rStyle w:val="Hipersaitas"/>
                   <w:szCs w:val="24"/>
                   <w:lang w:eastAsia="lt-LT"/>
                 </w:rPr>
                 <w:t>https://amsm.lt/lt/naujienos/treciojo-amziaus-universitetas/2024/09/alytaus-rajono-savivaldybes-neformaliojo-suaugusiuju-svietimo-ir-testinio-mokymosi-veiksmu-planas-2025-metams</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="008178A5">
               <w:rPr>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lt-LT"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
@@ -12539,106 +12539,106 @@
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3721BAE8" w14:textId="77777777" w:rsidR="00063A2E" w:rsidRDefault="00063A2E" w:rsidP="006A1693">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="6804"/>
         </w:tabs>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00063A2E" w:rsidSect="00063A2E">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1701" w:right="567" w:bottom="1134" w:left="1701" w:header="567" w:footer="567" w:gutter="0"/>
       <w:cols w:space="1296"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4F207241" w14:textId="77777777" w:rsidR="00333912" w:rsidRDefault="00333912" w:rsidP="001F0057">
+    <w:p w14:paraId="4908E324" w14:textId="77777777" w:rsidR="00BD2748" w:rsidRDefault="00BD2748" w:rsidP="001F0057">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6EE4F65F" w14:textId="77777777" w:rsidR="00333912" w:rsidRDefault="00333912" w:rsidP="001F0057">
+    <w:p w14:paraId="6AC3C7F9" w14:textId="77777777" w:rsidR="00BD2748" w:rsidRDefault="00BD2748" w:rsidP="001F0057">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
-    <w:charset w:val="BA"/>
+    <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI Symbol">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800001E3" w:usb1="1200FFEF" w:usb2="00040000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
@@ -12680,58 +12680,58 @@
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="0008029D">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:t>2</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="0F42BA47" w14:textId="77777777" w:rsidR="00FF3171" w:rsidRDefault="00FF3171">
     <w:pPr>
       <w:pStyle w:val="Porat"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3444A7B3" w14:textId="77777777" w:rsidR="00333912" w:rsidRDefault="00333912" w:rsidP="001F0057">
+    <w:p w14:paraId="345D6A8B" w14:textId="77777777" w:rsidR="00BD2748" w:rsidRDefault="00BD2748" w:rsidP="001F0057">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="2ABCBA94" w14:textId="77777777" w:rsidR="00333912" w:rsidRDefault="00333912" w:rsidP="001F0057">
+    <w:p w14:paraId="1CAAF41F" w14:textId="77777777" w:rsidR="00BD2748" w:rsidRDefault="00BD2748" w:rsidP="001F0057">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="013E5531"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="FE2EECB8"/>
     <w:lvl w:ilvl="0" w:tplc="0427000D">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
@@ -16497,50 +16497,51 @@
     <w:rsid w:val="007A1E68"/>
     <w:rsid w:val="007A30D0"/>
     <w:rsid w:val="007A6D46"/>
     <w:rsid w:val="007A7973"/>
     <w:rsid w:val="007B7756"/>
     <w:rsid w:val="007B7795"/>
     <w:rsid w:val="007C1FE6"/>
     <w:rsid w:val="007D2416"/>
     <w:rsid w:val="007D3686"/>
     <w:rsid w:val="007E764E"/>
     <w:rsid w:val="007E799B"/>
     <w:rsid w:val="007E7A6C"/>
     <w:rsid w:val="007F0ADD"/>
     <w:rsid w:val="007F7E58"/>
     <w:rsid w:val="00804A11"/>
     <w:rsid w:val="008065AA"/>
     <w:rsid w:val="0081760D"/>
     <w:rsid w:val="008178A5"/>
     <w:rsid w:val="00822325"/>
     <w:rsid w:val="0082329B"/>
     <w:rsid w:val="008239BC"/>
     <w:rsid w:val="00836DF1"/>
     <w:rsid w:val="008413CD"/>
     <w:rsid w:val="008510E3"/>
     <w:rsid w:val="00855DEC"/>
+    <w:rsid w:val="008574C8"/>
     <w:rsid w:val="00860E93"/>
     <w:rsid w:val="00862BB3"/>
     <w:rsid w:val="00864942"/>
     <w:rsid w:val="008657DD"/>
     <w:rsid w:val="00866354"/>
     <w:rsid w:val="00870064"/>
     <w:rsid w:val="00872594"/>
     <w:rsid w:val="00877A48"/>
     <w:rsid w:val="00893C0F"/>
     <w:rsid w:val="00896082"/>
     <w:rsid w:val="008A2896"/>
     <w:rsid w:val="008A3713"/>
     <w:rsid w:val="008A609D"/>
     <w:rsid w:val="008A6BA4"/>
     <w:rsid w:val="008B18C1"/>
     <w:rsid w:val="008B1FC6"/>
     <w:rsid w:val="008B38EF"/>
     <w:rsid w:val="008B3CB6"/>
     <w:rsid w:val="008C11B0"/>
     <w:rsid w:val="008C62D1"/>
     <w:rsid w:val="008D0CD1"/>
     <w:rsid w:val="008D2333"/>
     <w:rsid w:val="008D50E8"/>
     <w:rsid w:val="008D5C5A"/>
     <w:rsid w:val="008D60FA"/>
@@ -16636,50 +16637,51 @@
     <w:rsid w:val="00B25E9B"/>
     <w:rsid w:val="00B33995"/>
     <w:rsid w:val="00B41B2E"/>
     <w:rsid w:val="00B43835"/>
     <w:rsid w:val="00B60CA6"/>
     <w:rsid w:val="00B62258"/>
     <w:rsid w:val="00B67B5B"/>
     <w:rsid w:val="00B71007"/>
     <w:rsid w:val="00B72BB9"/>
     <w:rsid w:val="00B74566"/>
     <w:rsid w:val="00B74AAB"/>
     <w:rsid w:val="00B85B6B"/>
     <w:rsid w:val="00B872C8"/>
     <w:rsid w:val="00B94572"/>
     <w:rsid w:val="00B9699C"/>
     <w:rsid w:val="00B97A4B"/>
     <w:rsid w:val="00BA0882"/>
     <w:rsid w:val="00BA219C"/>
     <w:rsid w:val="00BA2F09"/>
     <w:rsid w:val="00BA5435"/>
     <w:rsid w:val="00BA6F6D"/>
     <w:rsid w:val="00BB1B5C"/>
     <w:rsid w:val="00BC35B2"/>
     <w:rsid w:val="00BC6B84"/>
     <w:rsid w:val="00BD031A"/>
+    <w:rsid w:val="00BD2748"/>
     <w:rsid w:val="00BE2DBA"/>
     <w:rsid w:val="00BE3CA9"/>
     <w:rsid w:val="00BF56B3"/>
     <w:rsid w:val="00BF5C00"/>
     <w:rsid w:val="00BF6FE5"/>
     <w:rsid w:val="00C01ED7"/>
     <w:rsid w:val="00C05E57"/>
     <w:rsid w:val="00C23C32"/>
     <w:rsid w:val="00C23C6E"/>
     <w:rsid w:val="00C32BF7"/>
     <w:rsid w:val="00C33C43"/>
     <w:rsid w:val="00C408B6"/>
     <w:rsid w:val="00C43387"/>
     <w:rsid w:val="00C4443E"/>
     <w:rsid w:val="00C53BA5"/>
     <w:rsid w:val="00C56736"/>
     <w:rsid w:val="00C60427"/>
     <w:rsid w:val="00C63CC2"/>
     <w:rsid w:val="00C649FE"/>
     <w:rsid w:val="00C65797"/>
     <w:rsid w:val="00C71FC0"/>
     <w:rsid w:val="00C7433E"/>
     <w:rsid w:val="00C80465"/>
     <w:rsid w:val="00C83DFB"/>
     <w:rsid w:val="00C91373"/>
@@ -16931,94 +16933,98 @@
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>