--- v0 (2025-10-22)
+++ v1 (2025-12-16)
@@ -1,149 +1,139 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w:rsidR="00D81953" w:rsidRPr="00D81953" w:rsidRDefault="00D81953" w:rsidP="00D81953">
+    <w:p w14:paraId="30FB46F6" w14:textId="77777777" w:rsidR="00D81953" w:rsidRPr="00D81953" w:rsidRDefault="00D81953" w:rsidP="00D81953">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">                                                                                                                                                    </w:t>
       </w:r>
       <w:r w:rsidRPr="00D81953">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>PATVIRTINTA</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D81953" w:rsidRPr="00D81953" w:rsidRDefault="00D81953" w:rsidP="00D81953">
+    <w:p w14:paraId="32DE2402" w14:textId="77777777" w:rsidR="00D81953" w:rsidRPr="00D81953" w:rsidRDefault="00D81953" w:rsidP="00D81953">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D81953">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">                                                                                                       Alytaus r. meno ir sporto mokyklos </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D81953" w:rsidRPr="00D81953" w:rsidRDefault="00D81953" w:rsidP="00D81953">
+    <w:p w14:paraId="0F183600" w14:textId="77777777" w:rsidR="00D81953" w:rsidRPr="00D81953" w:rsidRDefault="00D81953" w:rsidP="00D81953">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">                                                                                                                                           </w:t>
       </w:r>
       <w:r w:rsidR="00FC028F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">                </w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">                 </w:t>
       </w:r>
       <w:r w:rsidR="00FC028F" w:rsidRPr="00FC028F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">mokyklos </w:t>
       </w:r>
       <w:r w:rsidRPr="00D81953">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>direktoriaus</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D81953" w:rsidRPr="00D81953" w:rsidRDefault="00D81953" w:rsidP="00D81953">
+    <w:p w14:paraId="2EDC463D" w14:textId="77777777" w:rsidR="00D81953" w:rsidRPr="00D81953" w:rsidRDefault="00D81953" w:rsidP="00D81953">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">                                                                                                                              </w:t>
       </w:r>
       <w:r w:rsidR="00FC028F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">                             </w:t>
       </w:r>
@@ -174,51 +164,51 @@
       <w:r w:rsidR="00FC028F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>sausio 22</w:t>
       </w:r>
       <w:r w:rsidR="004829F0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00D81953">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>d.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AA0BEF" w:rsidRDefault="00D81953" w:rsidP="00D81953">
+    <w:p w14:paraId="537F5A64" w14:textId="77777777" w:rsidR="00AA0BEF" w:rsidRDefault="00D81953" w:rsidP="00D81953">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">                                                                                                                                           </w:t>
       </w:r>
       <w:r w:rsidR="00FC028F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">             </w:t>
       </w:r>
@@ -233,488 +223,488 @@
       <w:r w:rsidRPr="00D81953">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>įsakymu Nr</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00FC028F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> MV-6</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B11CF7" w:rsidRPr="00B11CF7" w:rsidRDefault="00B11CF7" w:rsidP="00B11CF7">
+    <w:p w14:paraId="57BB8C10" w14:textId="77777777" w:rsidR="00B11CF7" w:rsidRPr="00B11CF7" w:rsidRDefault="00B11CF7" w:rsidP="00B11CF7">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ALYTAUS R.</w:t>
       </w:r>
       <w:r w:rsidRPr="00B11CF7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> MENO</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> IR SPORTO</w:t>
       </w:r>
       <w:r w:rsidRPr="00B11CF7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> MOKYKLOS</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D56C3C" w:rsidRDefault="004829F0" w:rsidP="00B11CF7">
+    <w:p w14:paraId="50F92491" w14:textId="77777777" w:rsidR="00D56C3C" w:rsidRDefault="004829F0" w:rsidP="00B11CF7">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>2025–2027</w:t>
       </w:r>
       <w:r w:rsidR="00B11CF7" w:rsidRPr="00B11CF7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> METŲ KORUPCIJOS PREVENCIJOS PROGRAMOS ĮGYVENDINIMO PRIEMONIŲ PLANAS</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Lentelstinklelis"/>
         <w:tblW w:w="14425" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="959"/>
         <w:gridCol w:w="4728"/>
         <w:gridCol w:w="2844"/>
         <w:gridCol w:w="2844"/>
         <w:gridCol w:w="3050"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00B11CF7" w:rsidTr="00624A9B">
+      <w:tr w:rsidR="00B11CF7" w14:paraId="67A8DAFC" w14:textId="77777777" w:rsidTr="00624A9B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="959" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B11CF7" w:rsidRDefault="00B11CF7" w:rsidP="00B11CF7">
+          <w:p w14:paraId="00FCB7F4" w14:textId="77777777" w:rsidR="00B11CF7" w:rsidRDefault="00B11CF7" w:rsidP="00B11CF7">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Eil. Nr.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4728" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B11CF7" w:rsidRDefault="00B11CF7" w:rsidP="00B11CF7">
+          <w:p w14:paraId="7A29C6FB" w14:textId="77777777" w:rsidR="00B11CF7" w:rsidRDefault="00B11CF7" w:rsidP="00B11CF7">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B11CF7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Priemonės korupcijos veiksniams šalinti/mažinti</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2844" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B11CF7" w:rsidRDefault="00B11CF7" w:rsidP="00B11CF7">
+          <w:p w14:paraId="2FC385FE" w14:textId="77777777" w:rsidR="00B11CF7" w:rsidRDefault="00B11CF7" w:rsidP="00B11CF7">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B11CF7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Vykdytojai</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2844" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B11CF7" w:rsidRDefault="00B11CF7" w:rsidP="00B11CF7">
+          <w:p w14:paraId="7AF83B8F" w14:textId="77777777" w:rsidR="00B11CF7" w:rsidRDefault="00B11CF7" w:rsidP="00B11CF7">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B11CF7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Vykdymo laikas</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3050" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B11CF7" w:rsidRDefault="00B11CF7" w:rsidP="00B11CF7">
+          <w:p w14:paraId="2011D86F" w14:textId="77777777" w:rsidR="00B11CF7" w:rsidRDefault="00B11CF7" w:rsidP="00B11CF7">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Vertinimo kriterijai</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B11CF7" w:rsidTr="00624A9B">
+      <w:tr w:rsidR="00B11CF7" w14:paraId="36AA4897" w14:textId="77777777" w:rsidTr="00624A9B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="14425" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
-          <w:p w:rsidR="00B11CF7" w:rsidRDefault="00624A9B" w:rsidP="00B11CF7">
+          <w:p w14:paraId="53E5EC62" w14:textId="77777777" w:rsidR="00B11CF7" w:rsidRDefault="00624A9B" w:rsidP="00B11CF7">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Uždavinys</w:t>
             </w:r>
             <w:r w:rsidR="00B11CF7" w:rsidRPr="00B11CF7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> – organizuoti ir įgyvendinti korupcijos tikimybės prevenciją Mokyklos veiklos srityse</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B11CF7" w:rsidTr="00624A9B">
+      <w:tr w:rsidR="00B11CF7" w14:paraId="2BFC3528" w14:textId="77777777" w:rsidTr="00624A9B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="959" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B11CF7" w:rsidRPr="00B11CF7" w:rsidRDefault="00B11CF7" w:rsidP="00B11CF7">
+          <w:p w14:paraId="3DAF8C4B" w14:textId="77777777" w:rsidR="00B11CF7" w:rsidRPr="00B11CF7" w:rsidRDefault="00B11CF7" w:rsidP="00B11CF7">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B11CF7">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4728" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B11CF7" w:rsidRPr="00B11CF7" w:rsidRDefault="006E4A34" w:rsidP="0053642D">
+          <w:p w14:paraId="12A5DF02" w14:textId="77777777" w:rsidR="00B11CF7" w:rsidRPr="00B11CF7" w:rsidRDefault="006E4A34" w:rsidP="0053642D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E4A34">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Parengti ir patvirtinti kovos</w:t>
             </w:r>
             <w:r w:rsidR="004829F0">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> su korupcija veiklos planą 2025–2027</w:t>
             </w:r>
             <w:r w:rsidRPr="006E4A34">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> metams.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2844" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B11CF7" w:rsidRPr="006E4A34" w:rsidRDefault="006E4A34" w:rsidP="0053642D">
+          <w:p w14:paraId="00690754" w14:textId="77777777" w:rsidR="00B11CF7" w:rsidRPr="006E4A34" w:rsidRDefault="006E4A34" w:rsidP="0053642D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E4A34">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Direktorius, už korupcijos prevenciją atsakingas darbuotojas</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2844" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B11CF7" w:rsidRPr="006E4A34" w:rsidRDefault="006E4A34" w:rsidP="0053642D">
+          <w:p w14:paraId="584ACC73" w14:textId="77777777" w:rsidR="00B11CF7" w:rsidRPr="006E4A34" w:rsidRDefault="006E4A34" w:rsidP="0053642D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E4A34">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Peržiūrėti ir atnaujinti, pagal poreikį, programą kasmet iki kovo 20 d.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3050" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B11CF7" w:rsidRPr="006E4A34" w:rsidRDefault="006E4A34" w:rsidP="0053642D">
+          <w:p w14:paraId="489234B1" w14:textId="77777777" w:rsidR="00B11CF7" w:rsidRPr="006E4A34" w:rsidRDefault="006E4A34" w:rsidP="0053642D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Parengta programa</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B11CF7" w:rsidTr="00624A9B">
+      <w:tr w:rsidR="00B11CF7" w14:paraId="783F59AD" w14:textId="77777777" w:rsidTr="00624A9B">
         <w:trPr>
           <w:trHeight w:val="812"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="959" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B11CF7" w:rsidRPr="006E4A34" w:rsidRDefault="006E4A34" w:rsidP="00B11CF7">
+          <w:p w14:paraId="0590049E" w14:textId="77777777" w:rsidR="00B11CF7" w:rsidRPr="006E4A34" w:rsidRDefault="006E4A34" w:rsidP="00B11CF7">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E4A34">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4728" w:type="dxa"/>
           </w:tcPr>
           <w:tbl>
             <w:tblPr>
               <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="margin" w:tblpY="-224"/>
               <w:tblOverlap w:val="never"/>
               <w:tblW w:w="0" w:type="auto"/>
               <w:tblBorders>
                 <w:top w:val="nil"/>
                 <w:left w:val="nil"/>
                 <w:bottom w:val="nil"/>
                 <w:right w:val="nil"/>
               </w:tblBorders>
               <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
             </w:tblPr>
             <w:tblGrid>
               <w:gridCol w:w="4512"/>
             </w:tblGrid>
-            <w:tr w:rsidR="00624A9B" w:rsidRPr="006E4A34" w:rsidTr="00624A9B">
+            <w:tr w:rsidR="00624A9B" w:rsidRPr="006E4A34" w14:paraId="0D6407C1" w14:textId="77777777" w:rsidTr="00624A9B">
               <w:trPr>
                 <w:trHeight w:val="236"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="0" w:type="auto"/>
                 </w:tcPr>
-                <w:p w:rsidR="00624A9B" w:rsidRPr="006E4A34" w:rsidRDefault="00624A9B" w:rsidP="007C685B">
+                <w:p w14:paraId="010DE703" w14:textId="77777777" w:rsidR="00624A9B" w:rsidRPr="006E4A34" w:rsidRDefault="00624A9B" w:rsidP="007C685B">
                   <w:pPr>
                     <w:autoSpaceDE w:val="0"/>
                     <w:autoSpaceDN w:val="0"/>
                     <w:adjustRightInd w:val="0"/>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="23"/>
                       <w:szCs w:val="23"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="006E4A34">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="23"/>
                       <w:szCs w:val="23"/>
                     </w:rPr>
                     <w:t xml:space="preserve">Paskelbti programą </w:t>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000"/>
@@ -743,921 +733,921 @@
                       <w:t>www.amsm.lt</w:t>
                     </w:r>
                   </w:hyperlink>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="23"/>
                       <w:szCs w:val="23"/>
                     </w:rPr>
                     <w:t xml:space="preserve"> </w:t>
                   </w:r>
                   <w:r w:rsidRPr="006E4A34">
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="23"/>
                       <w:szCs w:val="23"/>
                     </w:rPr>
                     <w:t xml:space="preserve"> </w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
           </w:tbl>
-          <w:p w:rsidR="00B11CF7" w:rsidRDefault="00B11CF7" w:rsidP="0053642D">
+          <w:p w14:paraId="518A2A4A" w14:textId="77777777" w:rsidR="00B11CF7" w:rsidRDefault="00B11CF7" w:rsidP="0053642D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2844" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B11CF7" w:rsidRPr="006E4A34" w:rsidRDefault="006E4A34" w:rsidP="0053642D">
+          <w:p w14:paraId="3C85408C" w14:textId="77777777" w:rsidR="00B11CF7" w:rsidRPr="006E4A34" w:rsidRDefault="006E4A34" w:rsidP="0053642D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E4A34">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Atsakingas asmuo</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>, svetainės administratorius</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2844" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B11CF7" w:rsidRPr="00624A9B" w:rsidRDefault="00624A9B" w:rsidP="0053642D">
+          <w:p w14:paraId="5F0A0CFB" w14:textId="77777777" w:rsidR="00B11CF7" w:rsidRPr="00624A9B" w:rsidRDefault="00624A9B" w:rsidP="0053642D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Parengimas, patvirtinimas</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3050" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B11CF7" w:rsidRPr="00624A9B" w:rsidRDefault="00624A9B" w:rsidP="0053642D">
+          <w:p w14:paraId="1FA0D606" w14:textId="77777777" w:rsidR="00B11CF7" w:rsidRPr="00624A9B" w:rsidRDefault="00624A9B" w:rsidP="0053642D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Informacijos </w:t>
             </w:r>
             <w:r w:rsidRPr="00624A9B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>operatyvumas</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B11CF7" w:rsidTr="00624A9B">
+      <w:tr w:rsidR="00B11CF7" w14:paraId="4D543357" w14:textId="77777777" w:rsidTr="00624A9B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="959" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B11CF7" w:rsidRPr="00624A9B" w:rsidRDefault="00624A9B" w:rsidP="00B11CF7">
+          <w:p w14:paraId="31603636" w14:textId="77777777" w:rsidR="00B11CF7" w:rsidRPr="00624A9B" w:rsidRDefault="00624A9B" w:rsidP="00B11CF7">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00624A9B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">3. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4728" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B11CF7" w:rsidRPr="00624A9B" w:rsidRDefault="00624A9B" w:rsidP="00624A9B">
+          <w:p w14:paraId="530C92E7" w14:textId="77777777" w:rsidR="00B11CF7" w:rsidRPr="00624A9B" w:rsidRDefault="00624A9B" w:rsidP="00624A9B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00624A9B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Įstatymų nustatytais terminais, administruoti ir apibendrinti darbuotojų skundus ir pareiškimus</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2844" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B11CF7" w:rsidRPr="00624A9B" w:rsidRDefault="00624A9B" w:rsidP="00624A9B">
+          <w:p w14:paraId="246C873B" w14:textId="77777777" w:rsidR="00B11CF7" w:rsidRPr="00624A9B" w:rsidRDefault="00624A9B" w:rsidP="00624A9B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00624A9B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Direktorius, už korupcijos prevenciją atsakingas darbuotojas</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2844" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B11CF7" w:rsidRPr="00624A9B" w:rsidRDefault="00624A9B" w:rsidP="00624A9B">
+          <w:p w14:paraId="728C97B4" w14:textId="77777777" w:rsidR="00B11CF7" w:rsidRPr="00624A9B" w:rsidRDefault="00624A9B" w:rsidP="00624A9B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Nuolat</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3050" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B11CF7" w:rsidRPr="00624A9B" w:rsidRDefault="00624A9B" w:rsidP="00624A9B">
+          <w:p w14:paraId="16A4DA37" w14:textId="77777777" w:rsidR="00B11CF7" w:rsidRPr="00624A9B" w:rsidRDefault="00624A9B" w:rsidP="00624A9B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00624A9B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Korupcijos prevencija darbe</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B11CF7" w:rsidTr="00624A9B">
+      <w:tr w:rsidR="00B11CF7" w14:paraId="2AD1AF6B" w14:textId="77777777" w:rsidTr="00624A9B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="959" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B11CF7" w:rsidRPr="00624A9B" w:rsidRDefault="00624A9B" w:rsidP="00B11CF7">
+          <w:p w14:paraId="324275C3" w14:textId="77777777" w:rsidR="00B11CF7" w:rsidRPr="00624A9B" w:rsidRDefault="00624A9B" w:rsidP="00B11CF7">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00624A9B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>4.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4728" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B11CF7" w:rsidRPr="00624A9B" w:rsidRDefault="00624A9B" w:rsidP="00624A9B">
+          <w:p w14:paraId="3AAC758F" w14:textId="77777777" w:rsidR="00B11CF7" w:rsidRPr="00624A9B" w:rsidRDefault="00624A9B" w:rsidP="00624A9B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00624A9B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Darbuotojų, vaikų tėvų anonimiški pranešimai apie įtarimus dėl galimos personalo korupcinio pobūdžio nusikalstamos veikos</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2844" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B11CF7" w:rsidRPr="00624A9B" w:rsidRDefault="00624A9B" w:rsidP="00624A9B">
+          <w:p w14:paraId="0526BFE0" w14:textId="77777777" w:rsidR="00B11CF7" w:rsidRPr="00624A9B" w:rsidRDefault="00624A9B" w:rsidP="00624A9B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00624A9B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Direktorius, už korupcijos prevenciją atsakingas darbuotojas</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2844" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B11CF7" w:rsidRPr="00624A9B" w:rsidRDefault="00624A9B" w:rsidP="00624A9B">
+          <w:p w14:paraId="3A9BAE72" w14:textId="77777777" w:rsidR="00B11CF7" w:rsidRPr="00624A9B" w:rsidRDefault="00624A9B" w:rsidP="00624A9B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00624A9B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Nuolat</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3050" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B11CF7" w:rsidRPr="00624A9B" w:rsidRDefault="00624A9B" w:rsidP="00624A9B">
+          <w:p w14:paraId="01801C7E" w14:textId="77777777" w:rsidR="00B11CF7" w:rsidRPr="00624A9B" w:rsidRDefault="00624A9B" w:rsidP="00624A9B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00624A9B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Sudarytos sąlygos teikti anonimiškus pranešimus (paštu, telefonu ir kt.)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B11CF7" w:rsidTr="00624A9B">
+      <w:tr w:rsidR="00B11CF7" w14:paraId="7B5F8DF9" w14:textId="77777777" w:rsidTr="00624A9B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="959" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B11CF7" w:rsidRPr="00624A9B" w:rsidRDefault="00624A9B" w:rsidP="00B11CF7">
+          <w:p w14:paraId="494364B4" w14:textId="77777777" w:rsidR="00B11CF7" w:rsidRPr="00624A9B" w:rsidRDefault="00624A9B" w:rsidP="00B11CF7">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00624A9B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4728" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B11CF7" w:rsidRPr="00624A9B" w:rsidRDefault="00624A9B" w:rsidP="00624A9B">
+          <w:p w14:paraId="397B21A6" w14:textId="77777777" w:rsidR="00B11CF7" w:rsidRPr="00624A9B" w:rsidRDefault="00624A9B" w:rsidP="00624A9B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00624A9B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Užtikrinti korupcijos prevencijos veiksmingumą, informacijos apie korupcijos prevenciją Mokykloje, valdymą</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2844" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B11CF7" w:rsidRPr="00624A9B" w:rsidRDefault="00624A9B" w:rsidP="00624A9B">
+          <w:p w14:paraId="43C6ADC7" w14:textId="77777777" w:rsidR="00B11CF7" w:rsidRPr="00624A9B" w:rsidRDefault="00624A9B" w:rsidP="00624A9B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00624A9B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Direktorius, už korupcijos prevenciją atsakingas darbuotojas</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2844" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B11CF7" w:rsidRPr="00624A9B" w:rsidRDefault="00624A9B" w:rsidP="00624A9B">
+          <w:p w14:paraId="38058848" w14:textId="77777777" w:rsidR="00B11CF7" w:rsidRPr="00624A9B" w:rsidRDefault="00624A9B" w:rsidP="00624A9B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Esant poreikiui</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3050" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B11CF7" w:rsidRPr="00624A9B" w:rsidRDefault="00624A9B" w:rsidP="00624A9B">
+          <w:p w14:paraId="4749F597" w14:textId="77777777" w:rsidR="00B11CF7" w:rsidRPr="00624A9B" w:rsidRDefault="00624A9B" w:rsidP="00624A9B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00624A9B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Išnagrinėtų skundų ir pareiškimų skaičius</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B11CF7" w:rsidTr="00624A9B">
+      <w:tr w:rsidR="00B11CF7" w14:paraId="4529910E" w14:textId="77777777" w:rsidTr="00624A9B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="959" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B11CF7" w:rsidRPr="00624A9B" w:rsidRDefault="00624A9B" w:rsidP="00B11CF7">
+          <w:p w14:paraId="1BD68DC8" w14:textId="77777777" w:rsidR="00B11CF7" w:rsidRPr="00624A9B" w:rsidRDefault="00624A9B" w:rsidP="00B11CF7">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00624A9B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>6.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4728" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B11CF7" w:rsidRPr="00624A9B" w:rsidRDefault="00624A9B" w:rsidP="00624A9B">
+          <w:p w14:paraId="110A031B" w14:textId="77777777" w:rsidR="00B11CF7" w:rsidRPr="00624A9B" w:rsidRDefault="00624A9B" w:rsidP="00624A9B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00624A9B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Mokyklos internetinėje svetainėje viešinti informaciją apie skelbiamus konkursus į konkursines pareigas</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2844" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B11CF7" w:rsidRPr="00624A9B" w:rsidRDefault="00624A9B" w:rsidP="00624A9B">
+          <w:p w14:paraId="4825E74B" w14:textId="77777777" w:rsidR="00B11CF7" w:rsidRPr="00624A9B" w:rsidRDefault="00624A9B" w:rsidP="00624A9B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Direktorius</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2844" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B11CF7" w:rsidRPr="00624A9B" w:rsidRDefault="00624A9B" w:rsidP="00624A9B">
+          <w:p w14:paraId="712702D5" w14:textId="77777777" w:rsidR="00B11CF7" w:rsidRPr="00624A9B" w:rsidRDefault="00624A9B" w:rsidP="00624A9B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Paskelbus konkursą</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3050" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B11CF7" w:rsidRPr="00624A9B" w:rsidRDefault="00624A9B" w:rsidP="00624A9B">
+          <w:p w14:paraId="00A49660" w14:textId="77777777" w:rsidR="00B11CF7" w:rsidRPr="00624A9B" w:rsidRDefault="00624A9B" w:rsidP="00624A9B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00624A9B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Numatytų konkursų, atrankų skaičius į konkursines pareigas</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00624A9B" w:rsidTr="00624A9B">
+      <w:tr w:rsidR="00624A9B" w14:paraId="4EBD55B2" w14:textId="77777777" w:rsidTr="00624A9B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="959" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00624A9B" w:rsidRPr="00624A9B" w:rsidRDefault="00624A9B" w:rsidP="00B11CF7">
+          <w:p w14:paraId="66AE980E" w14:textId="77777777" w:rsidR="00624A9B" w:rsidRPr="00624A9B" w:rsidRDefault="00624A9B" w:rsidP="00B11CF7">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00624A9B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>7.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4728" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00624A9B" w:rsidRPr="00624A9B" w:rsidRDefault="00624A9B" w:rsidP="00624A9B">
+          <w:p w14:paraId="530C51D0" w14:textId="77777777" w:rsidR="00624A9B" w:rsidRPr="00624A9B" w:rsidRDefault="00624A9B" w:rsidP="00624A9B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00624A9B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Įgyvendinti konkursus, atrankas laisvoms etatinėms pareigoms užimti</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2844" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00624A9B" w:rsidRPr="00624A9B" w:rsidRDefault="00624A9B" w:rsidP="00624A9B">
+          <w:p w14:paraId="1AAB74A7" w14:textId="77777777" w:rsidR="00624A9B" w:rsidRPr="00624A9B" w:rsidRDefault="00624A9B" w:rsidP="00624A9B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Direk</w:t>
             </w:r>
             <w:r w:rsidR="00A9270E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>to</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>rius</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2844" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00624A9B" w:rsidRPr="00624A9B" w:rsidRDefault="00624A9B" w:rsidP="00624A9B">
+          <w:p w14:paraId="3EA6E736" w14:textId="77777777" w:rsidR="00624A9B" w:rsidRPr="00624A9B" w:rsidRDefault="00624A9B" w:rsidP="00624A9B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Esant poreikiui</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3050" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00624A9B" w:rsidRPr="00A9270E" w:rsidRDefault="00A9270E" w:rsidP="00A9270E">
+          <w:p w14:paraId="2400D378" w14:textId="77777777" w:rsidR="00624A9B" w:rsidRPr="00A9270E" w:rsidRDefault="00A9270E" w:rsidP="00A9270E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A9270E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Kvalifikuotų žmogiškųjų išteklių valdymas</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A9270E" w:rsidTr="00C33C9C">
+      <w:tr w:rsidR="00A9270E" w14:paraId="5B16598D" w14:textId="77777777" w:rsidTr="00C33C9C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="14425" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
-          <w:p w:rsidR="00A9270E" w:rsidRDefault="00A9270E" w:rsidP="00B11CF7">
+          <w:p w14:paraId="508D62DB" w14:textId="77777777" w:rsidR="00A9270E" w:rsidRDefault="00A9270E" w:rsidP="00B11CF7">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Uždavinys</w:t>
             </w:r>
             <w:r w:rsidRPr="00A9270E">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> –antikorupcinės aplinkos kūrimas</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00624A9B" w:rsidTr="00624A9B">
+      <w:tr w:rsidR="00624A9B" w14:paraId="4277E284" w14:textId="77777777" w:rsidTr="00624A9B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="959" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00624A9B" w:rsidRPr="00624A9B" w:rsidRDefault="00A9270E" w:rsidP="00B11CF7">
+          <w:p w14:paraId="037668F1" w14:textId="77777777" w:rsidR="00624A9B" w:rsidRPr="00624A9B" w:rsidRDefault="00A9270E" w:rsidP="00B11CF7">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>8</w:t>
             </w:r>
             <w:r w:rsidR="00624A9B" w:rsidRPr="00624A9B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4728" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00624A9B" w:rsidRPr="004C68AC" w:rsidRDefault="004C68AC" w:rsidP="004C68AC">
+          <w:p w14:paraId="70A49C8C" w14:textId="77777777" w:rsidR="00624A9B" w:rsidRPr="004C68AC" w:rsidRDefault="004C68AC" w:rsidP="004C68AC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C68AC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Užtikrinti skaidrų ir racionalų viešųjų pirkimų organizavimą. Viešuosius pirkimus vykdyti vadovaujantis įstatymais ir kitais teisės aktais</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2844" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00624A9B" w:rsidRPr="004C68AC" w:rsidRDefault="004C68AC" w:rsidP="004C68AC">
+          <w:p w14:paraId="76168D22" w14:textId="77777777" w:rsidR="00624A9B" w:rsidRPr="004C68AC" w:rsidRDefault="004C68AC" w:rsidP="004C68AC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C68AC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Direktorius, viešųjų pirkimų organizatorius</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2844" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00624A9B" w:rsidRPr="004C68AC" w:rsidRDefault="004C68AC" w:rsidP="004C68AC">
+          <w:p w14:paraId="5A314F4E" w14:textId="77777777" w:rsidR="00624A9B" w:rsidRPr="004C68AC" w:rsidRDefault="004C68AC" w:rsidP="004C68AC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Nuolat</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3050" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00624A9B" w:rsidRPr="004C68AC" w:rsidRDefault="004C68AC" w:rsidP="004C68AC">
+          <w:p w14:paraId="30BC4A37" w14:textId="77777777" w:rsidR="00624A9B" w:rsidRPr="004C68AC" w:rsidRDefault="004C68AC" w:rsidP="004C68AC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C68AC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Pirkimai vykdomi skaidriai ir atitinka teisės aktų reikalavimus</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00624A9B" w:rsidTr="00624A9B">
+      <w:tr w:rsidR="00624A9B" w14:paraId="13B55043" w14:textId="77777777" w:rsidTr="00624A9B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="959" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00624A9B" w:rsidRPr="00624A9B" w:rsidRDefault="00A9270E" w:rsidP="00B11CF7">
+          <w:p w14:paraId="0C39C72F" w14:textId="77777777" w:rsidR="00624A9B" w:rsidRPr="00624A9B" w:rsidRDefault="00A9270E" w:rsidP="00B11CF7">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
             <w:r w:rsidR="00624A9B" w:rsidRPr="00624A9B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4728" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00624A9B" w:rsidRPr="004E2C0A" w:rsidRDefault="004C68AC" w:rsidP="004C68AC">
+          <w:p w14:paraId="1F9B18C3" w14:textId="77777777" w:rsidR="00624A9B" w:rsidRPr="004E2C0A" w:rsidRDefault="004C68AC" w:rsidP="004C68AC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C68AC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Skelbti informaciją apie įstaigos</w:t>
             </w:r>
             <w:r w:rsidR="004E2C0A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="004C68AC">
               <w:rPr>
@@ -1683,1126 +1673,1128 @@
               </w:rPr>
               <w:t>įstaigos laisvoms pareigoms</w:t>
             </w:r>
             <w:r w:rsidR="004E2C0A">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="004C68AC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>užimti</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2844" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00624A9B" w:rsidRPr="004C68AC" w:rsidRDefault="004E2C0A" w:rsidP="004E2C0A">
+          <w:p w14:paraId="1C11BDA5" w14:textId="77777777" w:rsidR="00624A9B" w:rsidRPr="004C68AC" w:rsidRDefault="004E2C0A" w:rsidP="004E2C0A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Direktorius</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2844" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00624A9B" w:rsidRPr="004C68AC" w:rsidRDefault="004C68AC" w:rsidP="004C68AC">
+          <w:p w14:paraId="6FA51D62" w14:textId="77777777" w:rsidR="00624A9B" w:rsidRPr="004C68AC" w:rsidRDefault="004C68AC" w:rsidP="004C68AC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C68AC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Nuolat</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3050" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="004C68AC" w:rsidRPr="004C68AC" w:rsidRDefault="004C68AC" w:rsidP="004C68AC">
+          <w:p w14:paraId="2C652C84" w14:textId="77777777" w:rsidR="004C68AC" w:rsidRPr="004C68AC" w:rsidRDefault="004C68AC" w:rsidP="004C68AC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C68AC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Organizuotų ir paskelbtų</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="004C68AC" w:rsidRPr="004C68AC" w:rsidRDefault="004C68AC" w:rsidP="004C68AC">
+          <w:p w14:paraId="40699DCB" w14:textId="77777777" w:rsidR="004C68AC" w:rsidRPr="004C68AC" w:rsidRDefault="004C68AC" w:rsidP="004C68AC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C68AC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>konkursų/apklausų</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00624A9B" w:rsidRDefault="004C68AC" w:rsidP="004C68AC">
+          <w:p w14:paraId="2ED7466B" w14:textId="77777777" w:rsidR="00624A9B" w:rsidRDefault="004C68AC" w:rsidP="004C68AC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004C68AC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>santykis</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004C68AC" w:rsidTr="00AF519E">
+      <w:tr w:rsidR="004C68AC" w14:paraId="5BEACE6D" w14:textId="77777777" w:rsidTr="00AF519E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="14425" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
-          <w:p w:rsidR="004C68AC" w:rsidRDefault="004C68AC" w:rsidP="00B11CF7">
+          <w:p w14:paraId="2DD4E891" w14:textId="77777777" w:rsidR="004C68AC" w:rsidRDefault="004C68AC" w:rsidP="00B11CF7">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Uždavinys</w:t>
             </w:r>
             <w:r w:rsidRPr="004C68AC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> – darbuotojų atskaitomybės didinimas korupcijos prevencijos srityse</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00624A9B" w:rsidTr="00624A9B">
+      <w:tr w:rsidR="00624A9B" w14:paraId="24C3C26F" w14:textId="77777777" w:rsidTr="00624A9B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="959" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00624A9B" w:rsidRPr="00624A9B" w:rsidRDefault="004C68AC" w:rsidP="00B11CF7">
+          <w:p w14:paraId="59FE1DF0" w14:textId="77777777" w:rsidR="00624A9B" w:rsidRPr="00624A9B" w:rsidRDefault="004C68AC" w:rsidP="00B11CF7">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
             <w:r w:rsidR="00624A9B" w:rsidRPr="00624A9B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4728" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="004E2C0A" w:rsidRPr="002E2105" w:rsidRDefault="004E2C0A" w:rsidP="002E2105">
+          <w:p w14:paraId="04CF6113" w14:textId="77777777" w:rsidR="004E2C0A" w:rsidRPr="002E2105" w:rsidRDefault="004E2C0A" w:rsidP="002E2105">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002E2105">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Didinti Mokyklos darbuotojų sąmoningumą,</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00624A9B" w:rsidRPr="002E2105" w:rsidRDefault="004E2C0A" w:rsidP="002E2105">
+          <w:p w14:paraId="22CBC40F" w14:textId="77777777" w:rsidR="00624A9B" w:rsidRPr="002E2105" w:rsidRDefault="004E2C0A" w:rsidP="002E2105">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002E2105">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>atskaitomybę ir at</w:t>
             </w:r>
             <w:r w:rsidR="002E2105">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">sakomybę korupcijos prevencijos </w:t>
             </w:r>
             <w:r w:rsidRPr="002E2105">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>srityje</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2844" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00624A9B" w:rsidRPr="002E2105" w:rsidRDefault="002E2105" w:rsidP="002E2105">
+          <w:p w14:paraId="7E2D4917" w14:textId="77777777" w:rsidR="00624A9B" w:rsidRPr="002E2105" w:rsidRDefault="002E2105" w:rsidP="002E2105">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002E2105">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Direktorius</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2844" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00624A9B" w:rsidRPr="002E2105" w:rsidRDefault="002E2105" w:rsidP="002E2105">
+          <w:p w14:paraId="2A59E8CC" w14:textId="77777777" w:rsidR="00624A9B" w:rsidRPr="002E2105" w:rsidRDefault="002E2105" w:rsidP="002E2105">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002E2105">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Nuolat</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3050" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00624A9B" w:rsidRPr="002E2105" w:rsidRDefault="002E2105" w:rsidP="002E2105">
+          <w:p w14:paraId="5644B43F" w14:textId="77777777" w:rsidR="00624A9B" w:rsidRPr="002E2105" w:rsidRDefault="002E2105" w:rsidP="002E2105">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002E2105">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Korupcijos užfiksavimo atvejais</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002E2105" w:rsidTr="00624A9B">
+      <w:tr w:rsidR="002E2105" w14:paraId="7B466377" w14:textId="77777777" w:rsidTr="00624A9B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="959" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002E2105" w:rsidRPr="00624A9B" w:rsidRDefault="002E2105" w:rsidP="00B11CF7">
+          <w:p w14:paraId="0506E53C" w14:textId="77777777" w:rsidR="002E2105" w:rsidRPr="00624A9B" w:rsidRDefault="002E2105" w:rsidP="00B11CF7">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
             <w:r w:rsidRPr="00624A9B">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4728" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002E2105" w:rsidRPr="002E2105" w:rsidRDefault="002E2105" w:rsidP="002E2105">
+          <w:p w14:paraId="7494D828" w14:textId="77777777" w:rsidR="002E2105" w:rsidRPr="002E2105" w:rsidRDefault="002E2105" w:rsidP="002E2105">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002E2105">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Vidaus tvarkos taisyklių, aprašų, teisės aktų</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="002E2105" w:rsidRPr="002E2105" w:rsidRDefault="002E2105" w:rsidP="002E2105">
+          <w:p w14:paraId="0D355A90" w14:textId="77777777" w:rsidR="002E2105" w:rsidRPr="002E2105" w:rsidRDefault="002E2105" w:rsidP="002E2105">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002E2105">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>reikalavimų, susijusių su pinigine ir kita parama bei</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="002E2105" w:rsidRDefault="002E2105" w:rsidP="002E2105">
+          <w:p w14:paraId="52E00CAB" w14:textId="77777777" w:rsidR="002E2105" w:rsidRDefault="002E2105" w:rsidP="002E2105">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002E2105">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>finansiniais interesais, laikymasis</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2844" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002E2105" w:rsidRPr="002E2105" w:rsidRDefault="002E2105" w:rsidP="00AC62B4">
+          <w:p w14:paraId="7852EB76" w14:textId="77777777" w:rsidR="002E2105" w:rsidRPr="002E2105" w:rsidRDefault="002E2105" w:rsidP="00AC62B4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002E2105">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Direktorius</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2844" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002E2105" w:rsidRPr="002E2105" w:rsidRDefault="002E2105" w:rsidP="00AC62B4">
+          <w:p w14:paraId="20200AED" w14:textId="77777777" w:rsidR="002E2105" w:rsidRPr="002E2105" w:rsidRDefault="002E2105" w:rsidP="00AC62B4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002E2105">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Nuolat</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3050" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002E2105" w:rsidRPr="002E2105" w:rsidRDefault="002E2105" w:rsidP="00AC62B4">
+          <w:p w14:paraId="084FDFB9" w14:textId="77777777" w:rsidR="002E2105" w:rsidRPr="002E2105" w:rsidRDefault="002E2105" w:rsidP="00AC62B4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Užfiksuotų pažeidimų atvejais</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002E2105" w:rsidTr="00624A9B">
+      <w:tr w:rsidR="002E2105" w14:paraId="7D5FEA17" w14:textId="77777777" w:rsidTr="00624A9B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="959" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002E2105" w:rsidRDefault="002E2105" w:rsidP="00B11CF7">
+          <w:p w14:paraId="5662D353" w14:textId="77777777" w:rsidR="002E2105" w:rsidRDefault="002E2105" w:rsidP="00B11CF7">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>12.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4728" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002E2105" w:rsidRPr="002E2105" w:rsidRDefault="002E2105" w:rsidP="002E2105">
+          <w:p w14:paraId="2852042D" w14:textId="77777777" w:rsidR="002E2105" w:rsidRPr="002E2105" w:rsidRDefault="002E2105" w:rsidP="002E2105">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002E2105">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Laikytis Pedagogų etikos kodekse apibrėžtų</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="002E2105" w:rsidRPr="002E2105" w:rsidRDefault="002E2105" w:rsidP="002E2105">
+          <w:p w14:paraId="6D76F0D6" w14:textId="77777777" w:rsidR="002E2105" w:rsidRPr="002E2105" w:rsidRDefault="002E2105" w:rsidP="002E2105">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002E2105">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>pagrindinių elgesio ir veiklos principų</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2844" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002E2105" w:rsidRPr="002E2105" w:rsidRDefault="002E2105" w:rsidP="00AC62B4">
+          <w:p w14:paraId="07022E51" w14:textId="77777777" w:rsidR="002E2105" w:rsidRPr="002E2105" w:rsidRDefault="002E2105" w:rsidP="00AC62B4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002E2105">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Direktorius</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2844" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002E2105" w:rsidRPr="002E2105" w:rsidRDefault="002E2105" w:rsidP="00AC62B4">
+          <w:p w14:paraId="79B7948A" w14:textId="77777777" w:rsidR="002E2105" w:rsidRPr="002E2105" w:rsidRDefault="002E2105" w:rsidP="00AC62B4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002E2105">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Nuolat</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3050" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002E2105" w:rsidRPr="002E2105" w:rsidRDefault="002E2105" w:rsidP="00AC62B4">
+          <w:p w14:paraId="12CA7E67" w14:textId="77777777" w:rsidR="002E2105" w:rsidRPr="002E2105" w:rsidRDefault="002E2105" w:rsidP="00AC62B4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Etikos kodekso pažeidimų atveju</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002E2105" w:rsidTr="00624A9B">
+      <w:tr w:rsidR="002E2105" w14:paraId="10F187D2" w14:textId="77777777" w:rsidTr="00624A9B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="959" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002E2105" w:rsidRDefault="002E2105" w:rsidP="00B11CF7">
+          <w:p w14:paraId="63A468CB" w14:textId="77777777" w:rsidR="002E2105" w:rsidRDefault="002E2105" w:rsidP="00B11CF7">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>13.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4728" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002E2105" w:rsidRPr="002B1832" w:rsidRDefault="002E2105" w:rsidP="002E2105">
+          <w:p w14:paraId="35551813" w14:textId="77777777" w:rsidR="002E2105" w:rsidRPr="002B1832" w:rsidRDefault="002E2105" w:rsidP="002E2105">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002E2105">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Dalyvauti mokymuose ir seminaruose korupcijos</w:t>
             </w:r>
             <w:r w:rsidR="002B1832">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="002E2105">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>prevencijos ir kontrolės klausimais</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2844" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002E2105" w:rsidRPr="002E2105" w:rsidRDefault="002E2105" w:rsidP="002E2105">
+          <w:p w14:paraId="1C897310" w14:textId="77777777" w:rsidR="002E2105" w:rsidRPr="002E2105" w:rsidRDefault="002E2105" w:rsidP="002E2105">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002E2105">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Direktorius, už korupcijos prevenciją atsakingas darbuotojas</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2844" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002E2105" w:rsidRPr="002E2105" w:rsidRDefault="002E2105" w:rsidP="002E2105">
+          <w:p w14:paraId="600FDE57" w14:textId="77777777" w:rsidR="002E2105" w:rsidRPr="002E2105" w:rsidRDefault="002E2105" w:rsidP="002E2105">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Esant pasiūlai ir poreikiui</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3050" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002E2105" w:rsidRPr="002E2105" w:rsidRDefault="002E2105" w:rsidP="002E2105">
+          <w:p w14:paraId="5BD18BEA" w14:textId="77777777" w:rsidR="002E2105" w:rsidRPr="002E2105" w:rsidRDefault="002E2105" w:rsidP="002E2105">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Naujos informacijos sklaida</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002E2105" w:rsidTr="00624A9B">
+      <w:tr w:rsidR="002E2105" w14:paraId="48A25334" w14:textId="77777777" w:rsidTr="00624A9B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="959" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002E2105" w:rsidRDefault="002E2105" w:rsidP="00B11CF7">
+          <w:p w14:paraId="1CF447C7" w14:textId="77777777" w:rsidR="002E2105" w:rsidRDefault="002E2105" w:rsidP="00B11CF7">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>14.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4728" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002E2105" w:rsidRPr="002E2105" w:rsidRDefault="002E2105" w:rsidP="002E2105">
+          <w:p w14:paraId="62725184" w14:textId="77777777" w:rsidR="002E2105" w:rsidRPr="002E2105" w:rsidRDefault="002E2105" w:rsidP="002E2105">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002E2105">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Keisti ir pildyti įstaigos</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="002E2105" w:rsidRPr="002E2105" w:rsidRDefault="002E2105" w:rsidP="002E2105">
+          <w:p w14:paraId="56AE25F2" w14:textId="77777777" w:rsidR="002E2105" w:rsidRPr="002E2105" w:rsidRDefault="002E2105" w:rsidP="002E2105">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002E2105">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>korupcijos prevencijos</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="002E2105" w:rsidRPr="002E2105" w:rsidRDefault="002E2105" w:rsidP="002E2105">
+          <w:p w14:paraId="71F28B74" w14:textId="77777777" w:rsidR="002E2105" w:rsidRPr="002E2105" w:rsidRDefault="002E2105" w:rsidP="002E2105">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002E2105">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>įgyvendinimo priemonių planą</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2844" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002E2105" w:rsidRPr="002E2105" w:rsidRDefault="002E2105" w:rsidP="002E2105">
+          <w:p w14:paraId="00DCD97B" w14:textId="77777777" w:rsidR="002E2105" w:rsidRPr="002E2105" w:rsidRDefault="002E2105" w:rsidP="002E2105">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002E2105">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Direktorius, už korupcijos prevenciją atsakingas darbuotojas</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2844" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002E2105" w:rsidRDefault="002E2105" w:rsidP="002E2105">
+          <w:p w14:paraId="338FEC5F" w14:textId="77777777" w:rsidR="002E2105" w:rsidRDefault="002E2105" w:rsidP="002E2105">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Esant poreikiui</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3050" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002E2105" w:rsidRPr="002E2105" w:rsidRDefault="002E2105" w:rsidP="002E2105">
+          <w:p w14:paraId="336BC431" w14:textId="77777777" w:rsidR="002E2105" w:rsidRPr="002E2105" w:rsidRDefault="002E2105" w:rsidP="002E2105">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002E2105">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Visi gauti pasiūlymai</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="002E2105" w:rsidRPr="002E2105" w:rsidRDefault="002E2105" w:rsidP="002E2105">
+          <w:p w14:paraId="48525C50" w14:textId="77777777" w:rsidR="002E2105" w:rsidRPr="002E2105" w:rsidRDefault="002E2105" w:rsidP="002E2105">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002E2105">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>dėl priemonių plano</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="002E2105" w:rsidRPr="002E2105" w:rsidRDefault="002E2105" w:rsidP="002E2105">
+          <w:p w14:paraId="1AAC365B" w14:textId="77777777" w:rsidR="002E2105" w:rsidRPr="002E2105" w:rsidRDefault="002E2105" w:rsidP="002E2105">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002E2105">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>keitimo ar papildymo</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="002E2105" w:rsidRPr="002E2105" w:rsidRDefault="002E2105" w:rsidP="002E2105">
+          <w:p w14:paraId="5BADEF37" w14:textId="77777777" w:rsidR="002E2105" w:rsidRPr="002E2105" w:rsidRDefault="002E2105" w:rsidP="002E2105">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002E2105">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>išnagrinėti ir dėl jų</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="002E2105" w:rsidRDefault="002E2105" w:rsidP="002E2105">
+          <w:p w14:paraId="3ABEE6A0" w14:textId="77777777" w:rsidR="002E2105" w:rsidRDefault="002E2105" w:rsidP="002E2105">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002E2105">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>priimti sprendimai</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00853314" w:rsidRDefault="00853314" w:rsidP="00853314"/>
-    <w:p w:rsidR="00853314" w:rsidRPr="00853314" w:rsidRDefault="00853314" w:rsidP="00853314">
+    <w:p w14:paraId="165ECBE2" w14:textId="77777777" w:rsidR="00853314" w:rsidRDefault="00853314" w:rsidP="00853314"/>
+    <w:p w14:paraId="4DC05659" w14:textId="77777777" w:rsidR="00853314" w:rsidRPr="00853314" w:rsidRDefault="00853314" w:rsidP="00853314">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00853314">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>2025–2027 metų korupcijos prevencijos program</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">os įgyvendinimo priemonių planą parengė </w:t>
       </w:r>
       <w:r w:rsidR="001128C8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t>Alytaus r. meno ir sporto mokyklos mokytoja metodininkė Laima Zalanskienė, atsakinga už korupcijos prevencijos priemonių įgyvendinimo priežiūrą ir kontrolę. Tel. Nr. +370 686 61998 el.p. laimutezalanskiene@gmail.com</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D44545" w:rsidRPr="00D44545" w:rsidRDefault="00D44545" w:rsidP="00D44545">
+    <w:p w14:paraId="66BD657A" w14:textId="77777777" w:rsidR="00D44545" w:rsidRPr="00D44545" w:rsidRDefault="00D44545" w:rsidP="00D44545">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00D44545" w:rsidRPr="00D44545" w:rsidSect="00B11CF7">
       <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
       <w:pgMar w:top="1701" w:right="1701" w:bottom="567" w:left="1134" w:header="567" w:footer="567" w:gutter="0"/>
       <w:cols w:space="1296"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="1296"/>
   <w:hyphenationZone w:val="396"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B11CF7"/>
     <w:rsid w:val="001128C8"/>
     <w:rsid w:val="002B1832"/>
     <w:rsid w:val="002E2105"/>
     <w:rsid w:val="00301B83"/>
     <w:rsid w:val="004829F0"/>
+    <w:rsid w:val="00496954"/>
     <w:rsid w:val="004C68AC"/>
     <w:rsid w:val="004D1CA3"/>
     <w:rsid w:val="004E2C0A"/>
     <w:rsid w:val="0053642D"/>
     <w:rsid w:val="0058083F"/>
     <w:rsid w:val="00624A9B"/>
     <w:rsid w:val="006E4A34"/>
     <w:rsid w:val="00853314"/>
     <w:rsid w:val="00A148C4"/>
     <w:rsid w:val="00A9270E"/>
     <w:rsid w:val="00AA0BEF"/>
     <w:rsid w:val="00B11CF7"/>
     <w:rsid w:val="00D44545"/>
     <w:rsid w:val="00D56C3C"/>
     <w:rsid w:val="00D81953"/>
     <w:rsid w:val="00FC028F"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="lt-LT"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="0A7CFA22"/>
+  <w14:docId w14:val="71D28E1A"/>
   <w15:docId w15:val="{D6E59556-B510-4B67-9AF5-3E700F9D9DAE}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="lt-LT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -2864,98 +2856,94 @@
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
@@ -3130,58 +3118,64 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="prastasis">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Numatytasispastraiposriftas">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="prastojilentel">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Sraonra">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:styleId="Lentelstinklelis">
     <w:name w:val="Table Grid"/>
@@ -3195,51 +3189,51 @@
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hipersaitas">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="Numatytasispastraiposriftas"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="006E4A34"/>
     <w:rPr>
       <w:color w:val="0000FF" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.amsm.lt" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
@@ -3511,72 +3505,73 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F8F3BA55-198B-4087-B447-3227664E0E89}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>2830</Words>
-  <Characters>1614</Characters>
+  <Words>663</Words>
+  <Characters>3781</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>13</Lines>
+  <Lines>31</Lines>
   <Paragraphs>8</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Pavadinimas</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr/>
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <CharactersWithSpaces>4436</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:title/>
   <dc:creator>Vip</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>