--- v1 (2025-12-16)
+++ v2 (2026-01-29)
@@ -1,2779 +1,3237 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w14:paraId="30FB46F6" w14:textId="77777777" w:rsidR="00D81953" w:rsidRPr="00D81953" w:rsidRDefault="00D81953" w:rsidP="00D81953">
+    <w:p w14:paraId="392E3096" w14:textId="21DAD420" w:rsidR="000E31CC" w:rsidRPr="00D81953" w:rsidRDefault="007B0F18" w:rsidP="007B0F18">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
+        <w:ind w:left="11509"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">                                                                                                                                                    </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D81953">
+      <w:r w:rsidR="000E31CC" w:rsidRPr="00D81953">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>PATVIRTINTA</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="32DE2402" w14:textId="77777777" w:rsidR="00D81953" w:rsidRPr="00D81953" w:rsidRDefault="00D81953" w:rsidP="00D81953">
+    <w:p w14:paraId="3C0AB725" w14:textId="16F4EC79" w:rsidR="000E31CC" w:rsidRPr="007B0F18" w:rsidRDefault="000E31CC" w:rsidP="007B0F18">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="right"/>
-[...17 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="11509"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="007B0F18">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">                                                                                                                                           </w:t>
+        <w:t>Alytaus r. meno ir sporto</w:t>
       </w:r>
-      <w:r w:rsidR="00FC028F">
+    </w:p>
+    <w:p w14:paraId="0220D951" w14:textId="63089768" w:rsidR="000E31CC" w:rsidRPr="007B0F18" w:rsidRDefault="007B0F18" w:rsidP="007B0F18">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="11509"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">                 </w:t>
-[...118 lines deleted...]
-      </w:r>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00D81953">
+      <w:r w:rsidR="000E31CC" w:rsidRPr="007B0F18">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>įsakymu Nr</w:t>
+        <w:t>mokyklos direktoriaus</w:t>
       </w:r>
+    </w:p>
+    <w:p w14:paraId="413DA7DB" w14:textId="5BA54B12" w:rsidR="000E31CC" w:rsidRPr="007B0F18" w:rsidRDefault="007B0F18" w:rsidP="007B0F18">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="11509"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>.</w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00FC028F">
+      <w:r w:rsidR="000E31CC" w:rsidRPr="007B0F18">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> MV-6</w:t>
+        <w:t xml:space="preserve">2025 m. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B0F18">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>gruodžio 18</w:t>
+      </w:r>
+      <w:r w:rsidR="000E31CC" w:rsidRPr="007B0F18">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> d.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="57BB8C10" w14:textId="77777777" w:rsidR="00B11CF7" w:rsidRPr="00B11CF7" w:rsidRDefault="00B11CF7" w:rsidP="00B11CF7">
-      <w:pPr>
+    <w:p w14:paraId="755D5593" w14:textId="6F3DC6A8" w:rsidR="000E31CC" w:rsidRDefault="007B0F18" w:rsidP="007B0F18">
+      <w:pPr>
+        <w:ind w:left="11509"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="000E31CC" w:rsidRPr="007B0F18">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>įsakymu Nr. MV-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007B0F18">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>100</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="18A8D128" w14:textId="77777777" w:rsidR="00256A13" w:rsidRDefault="00256A13" w:rsidP="00256A13">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1F6C9C9D" w14:textId="77777777" w:rsidR="000E31CC" w:rsidRPr="00B11CF7" w:rsidRDefault="000E31CC" w:rsidP="00256A13">
+      <w:pPr>
+        <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ALYTAUS R.</w:t>
       </w:r>
       <w:r w:rsidRPr="00B11CF7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> MENO</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> IR SPORTO</w:t>
       </w:r>
       <w:r w:rsidRPr="00B11CF7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> MOKYKLOS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="50F92491" w14:textId="77777777" w:rsidR="00D56C3C" w:rsidRDefault="004829F0" w:rsidP="00B11CF7">
-      <w:pPr>
+    <w:p w14:paraId="24C0E58A" w14:textId="77777777" w:rsidR="000E31CC" w:rsidRDefault="000E31CC" w:rsidP="00256A13">
+      <w:pPr>
+        <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>2025–2027</w:t>
+        <w:t>2022–2025</w:t>
       </w:r>
-      <w:r w:rsidR="00B11CF7" w:rsidRPr="00B11CF7">
+      <w:r w:rsidRPr="00B11CF7">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> METŲ KORUPCIJOS PREVENCIJOS PROGRAMOS ĮGYVENDINIMO PRIEMONIŲ PLANAS</w:t>
       </w:r>
     </w:p>
+    <w:p w14:paraId="1732A2F2" w14:textId="77777777" w:rsidR="006C2408" w:rsidRDefault="00A23BD0" w:rsidP="000E31CC"/>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Lentelstinklelis"/>
-        <w:tblW w:w="14425" w:type="dxa"/>
+        <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="959"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="3050"/>
+        <w:gridCol w:w="1047"/>
+        <w:gridCol w:w="4806"/>
+        <w:gridCol w:w="2442"/>
+        <w:gridCol w:w="1834"/>
+        <w:gridCol w:w="1547"/>
+        <w:gridCol w:w="328"/>
+        <w:gridCol w:w="1989"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00B11CF7" w14:paraId="67A8DAFC" w14:textId="77777777" w:rsidTr="00624A9B">
-[...4 lines deleted...]
-          <w:p w14:paraId="00FCB7F4" w14:textId="77777777" w:rsidR="00B11CF7" w:rsidRDefault="00B11CF7" w:rsidP="00B11CF7">
+      <w:tr w:rsidR="000E31CC" w14:paraId="39210186" w14:textId="77777777" w:rsidTr="00B62017">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="14219" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+          </w:tcPr>
+          <w:p w14:paraId="0CA1E027" w14:textId="77777777" w:rsidR="000E31CC" w:rsidRDefault="000E31CC" w:rsidP="00CC6808">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Eil. Nr.</w:t>
-[...9 lines deleted...]
-              <w:jc w:val="center"/>
+              <w:t xml:space="preserve">Tikslas - </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F2268C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-            </w:pPr>
-            <w:r w:rsidRPr="00B11CF7">
+              <w:t xml:space="preserve">šalinti prielaidas, kurios sudaro </w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Priemonės korupcijos veiksniams šalinti/mažinti</w:t>
-[...9 lines deleted...]
-              <w:jc w:val="center"/>
+              <w:t>sąlygas Alytaus r. meno ir sporto mokyklos</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F2268C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-            </w:pPr>
-            <w:r w:rsidRPr="00B11CF7">
+              <w:t xml:space="preserve"> darbuotojams</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Vykdytojai</w:t>
-[...7 lines deleted...]
-          <w:p w14:paraId="7AF83B8F" w14:textId="77777777" w:rsidR="00B11CF7" w:rsidRDefault="00B11CF7" w:rsidP="00B11CF7">
+              <w:t xml:space="preserve"> pasinaudoti tarnybine padėtimi</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000E31CC" w14:paraId="50122A7F" w14:textId="77777777" w:rsidTr="000D4251">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="14219" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+          </w:tcPr>
+          <w:p w14:paraId="424444DA" w14:textId="77777777" w:rsidR="000E31CC" w:rsidRDefault="006F6C80" w:rsidP="004B5356">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B11CF7">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Vykdymo laikas</w:t>
-[...9 lines deleted...]
-              <w:jc w:val="center"/>
+              <w:t>1 už</w:t>
+            </w:r>
+            <w:r w:rsidR="004B5356">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-            </w:pPr>
+              <w:t>d</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Vertinimo kriterijai</w:t>
-[...12 lines deleted...]
-              <w:jc w:val="center"/>
+              <w:t xml:space="preserve">avinys. </w:t>
+            </w:r>
+            <w:r w:rsidR="004B5356">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-            </w:pPr>
-            <w:r>
+              <w:t>U</w:t>
+            </w:r>
+            <w:r w:rsidR="000E31CC" w:rsidRPr="00F2268C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Uždavinys</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00B11CF7" w:rsidRPr="00B11CF7">
+              <w:t xml:space="preserve">žtikrinti, kad </w:t>
+            </w:r>
+            <w:r w:rsidR="000E31CC">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> – organizuoti ir įgyvendinti korupcijos tikimybės prevenciją Mokyklos veiklos srityse</w:t>
-[...262 lines deleted...]
-            <w:pPr>
+              <w:t>įstaigoj</w:t>
+            </w:r>
+            <w:r w:rsidR="000E31CC" w:rsidRPr="00F2268C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-            </w:pPr>
-[...80 lines deleted...]
-              <w:t>operatyvumas</w:t>
+              <w:t>e dirbtų nepriekaištingos reputacijos asmenys</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B11CF7" w14:paraId="4D543357" w14:textId="77777777" w:rsidTr="00624A9B">
-[...588 lines deleted...]
-              <w:jc w:val="center"/>
+      <w:tr w:rsidR="00B33106" w14:paraId="1EA79710" w14:textId="77777777" w:rsidTr="00295E3E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1048" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="63F53907" w14:textId="77777777" w:rsidR="00B33106" w:rsidRPr="00652A6C" w:rsidRDefault="00B33106" w:rsidP="000E31CC">
+            <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00652A6C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Uždavinys</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00A9270E">
+              <w:t>Eil. Nr.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4941" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5199BB27" w14:textId="77777777" w:rsidR="00B33106" w:rsidRPr="00652A6C" w:rsidRDefault="00B33106" w:rsidP="000E31CC">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> –antikorupcinės aplinkos kūrimas</w:t>
-[...311 lines deleted...]
-            <w:pPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00652A6C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-            </w:pPr>
-[...17 lines deleted...]
-          <w:p w14:paraId="2DD4E891" w14:textId="77777777" w:rsidR="004C68AC" w:rsidRDefault="004C68AC" w:rsidP="00B11CF7">
+              <w:t>Problema</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2477" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="11AD9971" w14:textId="77777777" w:rsidR="00B33106" w:rsidRPr="00652A6C" w:rsidRDefault="00B33106" w:rsidP="000E31CC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00652A6C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Uždavinys</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="004C68AC">
+              <w:t>Priemonės</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1848" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4BE44876" w14:textId="77777777" w:rsidR="00B33106" w:rsidRPr="00652A6C" w:rsidRDefault="00B33106" w:rsidP="000E31CC">
+            <w:pPr>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve"> – darbuotojų atskaitomybės didinimas korupcijos prevencijos srityse</w:t>
-[...229 lines deleted...]
-            <w:pPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00652A6C">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-            </w:pPr>
-[...82 lines deleted...]
-          <w:p w14:paraId="5662D353" w14:textId="77777777" w:rsidR="002E2105" w:rsidRDefault="002E2105" w:rsidP="00B11CF7">
+              <w:t>Vykdytojas (ai)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1560" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0FBCAA7E" w14:textId="77777777" w:rsidR="00B33106" w:rsidRPr="00652A6C" w:rsidRDefault="00B33106" w:rsidP="000E31CC">
             <w:pPr>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...37 lines deleted...]
-            <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002E2105">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00652A6C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>pagrindinių elgesio ir veiklos principų</w:t>
-[...10 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:t>Įvykdymo terminai</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2345" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="53E54C29" w14:textId="77777777" w:rsidR="00B33106" w:rsidRPr="00652A6C" w:rsidRDefault="00B33106" w:rsidP="000E31CC">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002E2105">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00652A6C">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Direktorius</w:t>
-[...19 lines deleted...]
-                <w:szCs w:val="24"/>
+              <w:t>Vertinimo kriterijai</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B33106" w:rsidRPr="00CD1507" w14:paraId="326FC999" w14:textId="77777777" w:rsidTr="002B7445">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1048" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1E5B164F" w14:textId="77777777" w:rsidR="00B33106" w:rsidRPr="00CD1507" w:rsidRDefault="00B33106" w:rsidP="000E31CC">
+            <w:pPr>
+              <w:pStyle w:val="Sraopastraipa"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4941" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="277391D8" w14:textId="77777777" w:rsidR="00B33106" w:rsidRPr="00CD1507" w:rsidRDefault="00B33106" w:rsidP="000E31CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD1507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Darbuotojai nežino kada ir kokiais atvejais jam privalu nusišalinti nuo klausimų ar sprendimų priėmimų.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2477" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="17AEC757" w14:textId="77777777" w:rsidR="00B33106" w:rsidRPr="00CD1507" w:rsidRDefault="00B33106" w:rsidP="000E31CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD1507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Teisės aktų nustatyta tvarka registruoti nusišalinusius (nušalintus) nuo pavesto darbo (užduoties) atvejus</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1848" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="27220D1A" w14:textId="77777777" w:rsidR="00B33106" w:rsidRPr="00CD1507" w:rsidRDefault="00B33106" w:rsidP="00204722">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD1507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>A. Sapežinskienė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1560" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="605D76A2" w14:textId="77777777" w:rsidR="00B33106" w:rsidRPr="00CD1507" w:rsidRDefault="00B33106" w:rsidP="000E31CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD1507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
               <w:t>Nuolat</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3050" w:type="dxa"/>
-[...8 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="2345" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="7C9D1D08" w14:textId="77777777" w:rsidR="00B33106" w:rsidRPr="00CD1507" w:rsidRDefault="00B33106" w:rsidP="000E31CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD1507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Pateiktų rekomendacijų tarnautojams dėl nusišalinimo nuo atitinkamų klausimų svarstymo ir sprendimų priėmimų skaičiaus</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B33106" w:rsidRPr="00CD1507" w14:paraId="44419605" w14:textId="77777777" w:rsidTr="00EB399C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1048" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0595B8A5" w14:textId="77777777" w:rsidR="00B33106" w:rsidRPr="00CD1507" w:rsidRDefault="00B33106" w:rsidP="004C3680">
+            <w:pPr>
+              <w:pStyle w:val="Sraopastraipa"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4941" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5BD93F0C" w14:textId="77777777" w:rsidR="00B33106" w:rsidRPr="00CD1507" w:rsidRDefault="00B33106" w:rsidP="000E31CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD1507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Dirbti savivaldybės įstaigose privalo tik nepriekaištingos reputacijosasmenys</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2477" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="38549689" w14:textId="77777777" w:rsidR="00B33106" w:rsidRPr="00CD1507" w:rsidRDefault="00B33106" w:rsidP="000E31CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD1507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Vykdyti asmenų , siekiančių dirbti mokykloje tikrinimo tvarką, vadovaujantis LR korupcijos prevencijos įstatymo 15 straipsniu</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1848" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="201FE42E" w14:textId="77777777" w:rsidR="00B33106" w:rsidRPr="00CD1507" w:rsidRDefault="00B33106" w:rsidP="000E31CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD1507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>A. Sapežinskienė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1560" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="02818D75" w14:textId="77777777" w:rsidR="00B33106" w:rsidRPr="00CD1507" w:rsidRDefault="00B33106" w:rsidP="000E31CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD1507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Prieš skiriant į pareigas</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2345" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="3F1C85B0" w14:textId="77777777" w:rsidR="00B33106" w:rsidRPr="00CD1507" w:rsidRDefault="00B33106" w:rsidP="000E31CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD1507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>100 % tikrinami asmenys, kurie privalo būti patikrinti prieš skiriant į pareigas</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B33106" w:rsidRPr="00CD1507" w14:paraId="390B6289" w14:textId="77777777" w:rsidTr="00B27125">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1048" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="23250992" w14:textId="77777777" w:rsidR="00B33106" w:rsidRPr="00CD1507" w:rsidRDefault="00B33106" w:rsidP="004C3680">
+            <w:pPr>
+              <w:pStyle w:val="Sraopastraipa"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4941" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5EECF204" w14:textId="77777777" w:rsidR="00B33106" w:rsidRPr="00CD1507" w:rsidRDefault="00B33106" w:rsidP="000E31CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD1507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Viešųjų ir privačių interesų neatskyrimas yra viena iš korupcijos prielaidų, galinti pasireikšti mokykloje</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2477" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="430D6456" w14:textId="77777777" w:rsidR="00B33106" w:rsidRPr="00CD1507" w:rsidRDefault="00B33106" w:rsidP="00652A6C">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD1507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Kontroliuoti ar asmenys laiku ir tinkamai pateikia viešųjų ir privačių interesų deklaracijas ir pagal poreikį konsultuoti</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1848" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="73CF0BC2" w14:textId="77777777" w:rsidR="00B33106" w:rsidRPr="00CD1507" w:rsidRDefault="00B33106" w:rsidP="000E31CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD1507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>A. Sapežinskienė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1560" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="69030D7B" w14:textId="77777777" w:rsidR="00B33106" w:rsidRDefault="00B33106" w:rsidP="000E31CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD1507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Iki gegužės </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="35291933" w14:textId="77777777" w:rsidR="00B33106" w:rsidRPr="00CD1507" w:rsidRDefault="00B33106" w:rsidP="000E31CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD1507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>1 d.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2345" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="04B89A7D" w14:textId="77777777" w:rsidR="00B33106" w:rsidRPr="00CD1507" w:rsidRDefault="00B33106" w:rsidP="000E31CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD1507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Pateiktų deklaracijų skaičiaus nuo būtinų pateikti dek</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-[...2 lines deleted...]
-              <w:t>Etikos kodekso pažeidimų atveju</w:t>
+              </w:rPr>
+              <w:t>laracijų skaičiaus santykis 100</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD1507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>%</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002E2105" w14:paraId="10F187D2" w14:textId="77777777" w:rsidTr="00624A9B">
-[...4 lines deleted...]
-          <w:p w14:paraId="63A468CB" w14:textId="77777777" w:rsidR="002E2105" w:rsidRDefault="002E2105" w:rsidP="00B11CF7">
+      <w:tr w:rsidR="00B33106" w:rsidRPr="00CD1507" w14:paraId="2BD8FABD" w14:textId="77777777" w:rsidTr="00106BE0">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1048" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="04CFF34C" w14:textId="77777777" w:rsidR="00B33106" w:rsidRPr="00CD1507" w:rsidRDefault="00B33106" w:rsidP="004C3680">
+            <w:pPr>
+              <w:pStyle w:val="Sraopastraipa"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4941" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="38B54FB3" w14:textId="77777777" w:rsidR="00B33106" w:rsidRPr="00CD1507" w:rsidRDefault="00B33106" w:rsidP="000E31CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD1507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Darbuotojai nežino įstaigose ir įmonėse priimtų dokumentų, kurie yra susiję su teisėmis ir pareigomis</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2477" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1EBF5C7F" w14:textId="77777777" w:rsidR="00B33106" w:rsidRPr="00CD1507" w:rsidRDefault="00B33106" w:rsidP="000E31CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD1507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Užtikrinti, kad meno ir sporto mokyklos darbuotojai būtų supažindinti </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD1507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>pasirašytinai su mokykloje priimtais dokumentais, susijusiais su atitinkamų teisių teisių ir pareigų nustatymu korupcijos prevencijos ir viešųjų ir privačių interesų derinimo srityse</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1848" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2E4C3F24" w14:textId="4908B659" w:rsidR="00B33106" w:rsidRPr="00CD1507" w:rsidRDefault="00B33106" w:rsidP="00FF0C33">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD1507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>A. Sapežinskienė</w:t>
+            </w:r>
+            <w:r w:rsidR="00A23BD0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD1507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3E1F1B19" w14:textId="77777777" w:rsidR="00B33106" w:rsidRPr="00CD1507" w:rsidRDefault="00B33106" w:rsidP="00FF0C33">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD1507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>D. Keparutienė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1560" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4A5F71D0" w14:textId="77777777" w:rsidR="00B33106" w:rsidRPr="00CD1507" w:rsidRDefault="00B33106" w:rsidP="000E31CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD1507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Per 3 dienas nuo priėmimo į darbą arba per 3 dienas </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD1507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>nuo naujų teisės aktų įsigaliojimo</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2345" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="4A9E0956" w14:textId="77777777" w:rsidR="00B33106" w:rsidRPr="00CD1507" w:rsidRDefault="00B33106" w:rsidP="000E31CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD1507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">Priimtų dokumentų, susijusių su atitinkamų teisių ir pareigų nustatymu, su kuriais </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD1507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>pasirašytinai supažindinti darbuotojai skaičius</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B33106" w:rsidRPr="00CD1507" w14:paraId="0C03D399" w14:textId="77777777" w:rsidTr="00A240DC">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1048" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3E17FDFA" w14:textId="77777777" w:rsidR="00B33106" w:rsidRPr="00CD1507" w:rsidRDefault="00B33106" w:rsidP="00DB6F24">
+            <w:pPr>
+              <w:pStyle w:val="Sraopastraipa"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="2"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4941" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="39772714" w14:textId="77777777" w:rsidR="00B33106" w:rsidRPr="00CD1507" w:rsidRDefault="00B33106" w:rsidP="000E31CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD1507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Viešųjų pirkimų procedūrose dalyvaujančių asmenų nešališkumo laikymosi, konfidencialumo pasižadėjimų pateikimo, viešųjų ir privačių interesų derinimo užtikrinimas</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2477" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2B22FA24" w14:textId="77777777" w:rsidR="00B33106" w:rsidRPr="00CD1507" w:rsidRDefault="00B33106" w:rsidP="000E31CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD1507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Užtikrinti, kad pirkimo procedūrose dalyvautų ar su pirkimu susijusius sprendimus priimtų darbuotojai, kurie prieš tai pasirašė konfidencialumo pasižadėjimą, Viešųjų pirkimų tarnybos kartu su Vyriausiąja tarnybinės etikos komisija nustatytos formos nešališkumo deklaraciją ir deklaravo viešus ir privačius interesus</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1848" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="77E302AD" w14:textId="65E34B8D" w:rsidR="00B33106" w:rsidRPr="00CD1507" w:rsidRDefault="00B33106" w:rsidP="000E31CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD1507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>A. Sapežinskienė</w:t>
+            </w:r>
+            <w:r w:rsidR="00A23BD0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5AEAB19D" w14:textId="77777777" w:rsidR="00B33106" w:rsidRPr="00CD1507" w:rsidRDefault="00B33106" w:rsidP="000E31CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B0F18">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>I. Maldanienė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1560" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="78ACBD28" w14:textId="77777777" w:rsidR="00B33106" w:rsidRPr="00CD1507" w:rsidRDefault="00B33106" w:rsidP="000E31CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD1507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Nuolat</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2345" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="15E1A1AB" w14:textId="77777777" w:rsidR="00B33106" w:rsidRPr="00CD1507" w:rsidRDefault="00B33106" w:rsidP="000E31CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD1507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Viešųjų pirkimų procedūrose dalyvauja darbuotojai, pasirašę konfidencialumo pasižadėjimą, nešališkumo deklaraciją ir deklaravę privačius interesus (100 %)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00900AB3" w:rsidRPr="00CD1507" w14:paraId="6FFBD5A0" w14:textId="77777777" w:rsidTr="00B408BF">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="14219" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+          </w:tcPr>
+          <w:p w14:paraId="09D94A16" w14:textId="77777777" w:rsidR="00900AB3" w:rsidRPr="00CD1507" w:rsidRDefault="00900AB3" w:rsidP="00900AB3">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD1507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>2 uždavinys. Užtikrinti, kad būtų laiku nustatomi ir išanalizuojami įtarimai dėl galimai korupcinio pobūdžio mokyklos darbuotojų veiklos, o pasitvirtinus informacijai apie korupcijos faktą, perduoti medžiagą tokius nusikaltimus (nusižengimus) tiriančioms institucijoms</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B33106" w:rsidRPr="00CD1507" w14:paraId="6480FA66" w14:textId="77777777" w:rsidTr="00526720">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1048" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2B3F5EB3" w14:textId="77777777" w:rsidR="00B33106" w:rsidRPr="00CD1507" w:rsidRDefault="00B33106" w:rsidP="00344F15">
+            <w:pPr>
+              <w:ind w:left="720"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD1507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4941" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3920D15E" w14:textId="77777777" w:rsidR="00B33106" w:rsidRPr="00CD1507" w:rsidRDefault="00B33106" w:rsidP="000E31CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD1507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Nepanaudojama gauta informacija apie korupcinę veiklą</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2477" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3B0CE2E8" w14:textId="77777777" w:rsidR="00B33106" w:rsidRPr="00CD1507" w:rsidRDefault="00B33106" w:rsidP="000E31CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD1507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Tirti gaunamą informaciją apie galimai korupcinę mokyklos darbuotojų veiklą</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1848" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7869BD5D" w14:textId="77777777" w:rsidR="00B33106" w:rsidRPr="00CD1507" w:rsidRDefault="00B33106" w:rsidP="000E31CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD1507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>A. Sapežinskienė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1901" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="0B9285E2" w14:textId="77777777" w:rsidR="00B33106" w:rsidRPr="00CD1507" w:rsidRDefault="00B33106" w:rsidP="000E31CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD1507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Nuolat</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2004" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0F26F490" w14:textId="77777777" w:rsidR="00B33106" w:rsidRPr="00CD1507" w:rsidRDefault="00B33106" w:rsidP="000E31CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD1507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Gautų ir ištirtų pranešimų apie galimai korupcinę veiklą</w:t>
+            </w:r>
+            <w:r w:rsidR="008165BC">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> skaičius</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B33106" w:rsidRPr="00CD1507" w14:paraId="4D3792FB" w14:textId="77777777" w:rsidTr="008229D1">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1048" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4312FCD6" w14:textId="77777777" w:rsidR="00B33106" w:rsidRPr="00CD1507" w:rsidRDefault="00B33106" w:rsidP="00344F15">
+            <w:pPr>
+              <w:ind w:left="720"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD1507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4941" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4A7A7928" w14:textId="77777777" w:rsidR="00B33106" w:rsidRPr="00CD1507" w:rsidRDefault="00B33106" w:rsidP="000E31CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD1507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Korupcijos apraiškų nepaviešinimas neinformuojant kompetentingų institucijų</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2477" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5786BE15" w14:textId="77777777" w:rsidR="00B33106" w:rsidRPr="00CD1507" w:rsidRDefault="00B33106" w:rsidP="000E31CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD1507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Pranešti teisėsaugos institucijoms  pagal kompetenciją apie galimai korupcinę veiklą, jei kyla pagrįstų įtarimų dėl galimai </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD1507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>nusikalstamos ar turinčios baudžiamojo nusižengimo požymių veikos įvykdymo</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1848" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="67372190" w14:textId="77777777" w:rsidR="00B33106" w:rsidRPr="00CD1507" w:rsidRDefault="00B33106" w:rsidP="000E31CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD1507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>A. Sapežinskienė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1901" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="490F8DC5" w14:textId="77777777" w:rsidR="00B33106" w:rsidRPr="00CD1507" w:rsidRDefault="00B33106" w:rsidP="000E31CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD1507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Nuolat</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2004" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="74BE8D17" w14:textId="77777777" w:rsidR="00B33106" w:rsidRPr="00CD1507" w:rsidRDefault="00B33106" w:rsidP="000E31CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD1507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Gautų pranešimų apie galimai korupcinio pobūdžio veikas ir perduotų teisėsaugos </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD1507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>institucijoms pranešimų apie korupcines veikas skaičiaus santykis</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004B5356" w:rsidRPr="00CD1507" w14:paraId="10AF06E3" w14:textId="77777777" w:rsidTr="00D5015E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="14219" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+          </w:tcPr>
+          <w:p w14:paraId="680E891D" w14:textId="77777777" w:rsidR="004B5356" w:rsidRPr="00CD1507" w:rsidRDefault="004B5356" w:rsidP="004B5356">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD1507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Tikslas – plėtoti antikorupcinę kultūrą, į antikorupcinę veiklą įtraukiant visuomenę</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004B5356" w:rsidRPr="00CD1507" w14:paraId="3766469E" w14:textId="77777777" w:rsidTr="004E0D31">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="14219" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+          </w:tcPr>
+          <w:p w14:paraId="25A7F4C7" w14:textId="77777777" w:rsidR="004B5356" w:rsidRPr="00CD1507" w:rsidRDefault="004B5356" w:rsidP="004B5356">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD1507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">1 uždavinys. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD1507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>Užtikrinti, kad gyventojams būtų sudaryta galimybė anonimiškai pateikti informaciją apie mokyklos teikiamų paslaugų kokybę, galimai korupcinę veiklą</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B33106" w:rsidRPr="00CD1507" w14:paraId="7E768590" w14:textId="77777777" w:rsidTr="006D3BC3">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1048" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="69AFEA72" w14:textId="77777777" w:rsidR="00B33106" w:rsidRPr="00CD1507" w:rsidRDefault="00B33106" w:rsidP="00344F15">
+            <w:pPr>
+              <w:ind w:left="720"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD1507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4941" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1CC20975" w14:textId="77777777" w:rsidR="00B33106" w:rsidRPr="00CD1507" w:rsidRDefault="00B33106" w:rsidP="000E31CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD1507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Gyventojų įtraukimas vykdant korupcijos prevenciją, galimybė jiems išsakyti savo poziciją apie esamą situaciją  savivaldybėje, jos įstaigose ar įmonėse užpildant anketą</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2477" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5AF19283" w14:textId="77777777" w:rsidR="00B33106" w:rsidRPr="00CD1507" w:rsidRDefault="00B33106" w:rsidP="00393D7E">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD1507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Mokykloje sudarytos galimybės gyventojams, darbuotojams, vaikų tėvams pateikti anonimines anketas apie galimai korupcinio pobūdžio apraiškas</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1848" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="008E9099" w14:textId="49860F8C" w:rsidR="00B33106" w:rsidRPr="00CD1507" w:rsidRDefault="00B33106" w:rsidP="000E31CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD1507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>A. Sapežinskienė</w:t>
+            </w:r>
+            <w:r w:rsidR="00A23BD0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="784DEB5C" w14:textId="77777777" w:rsidR="00B33106" w:rsidRPr="00CD1507" w:rsidRDefault="00B33106" w:rsidP="000E31CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD1507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>L. Zalanskienė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1901" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="604B27F3" w14:textId="77777777" w:rsidR="00B33106" w:rsidRPr="00CD1507" w:rsidRDefault="00B33106" w:rsidP="000E31CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD1507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Nuolat</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2004" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3E488080" w14:textId="77777777" w:rsidR="00B33106" w:rsidRPr="00CD1507" w:rsidRDefault="00B33106" w:rsidP="000E31CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD1507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Gautų telefoninių ar elektroninių pranešimų apie galimai korupcinio pobūdžio apraiškas skaičius. Bus atliktas išnagrinėtų skundų ir pareiškimų skaičius</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B33106" w:rsidRPr="00CD1507" w14:paraId="5E8674C6" w14:textId="77777777" w:rsidTr="00D209F6">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1048" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="23EEE810" w14:textId="77777777" w:rsidR="00B33106" w:rsidRPr="00CD1507" w:rsidRDefault="00B33106" w:rsidP="00393D7E">
+            <w:pPr>
+              <w:pStyle w:val="Sraopastraipa"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD1507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4941" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1F49864E" w14:textId="77777777" w:rsidR="00B33106" w:rsidRPr="00CD1507" w:rsidRDefault="00B33106" w:rsidP="000E31CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD1507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Gyventojų baimė pranešti apie galimai korupcijos apraiškas viešai</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2477" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="62B225AA" w14:textId="77777777" w:rsidR="00B33106" w:rsidRPr="00CD1507" w:rsidRDefault="00B33106" w:rsidP="000E31CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD1507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Užtikrinti galimybę, informaciją apie galimai korupcijos apraiškas mokykloje pateikti elektroniniu p. ar telefonu</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1848" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="675BE7F6" w14:textId="5F7538C0" w:rsidR="00B33106" w:rsidRPr="00CD1507" w:rsidRDefault="00B33106" w:rsidP="000E31CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD1507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>A. Sapežinskienė</w:t>
+            </w:r>
+            <w:r w:rsidR="00A23BD0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD1507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4BDEB636" w14:textId="77777777" w:rsidR="00B33106" w:rsidRPr="00CD1507" w:rsidRDefault="00B33106" w:rsidP="000E31CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD1507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>L. Zalanskienė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1901" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="3A011A65" w14:textId="77777777" w:rsidR="00B33106" w:rsidRPr="00CD1507" w:rsidRDefault="00B33106" w:rsidP="000E31CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD1507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Nuolat</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2004" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="575E7A4B" w14:textId="77777777" w:rsidR="00B33106" w:rsidRPr="00CD1507" w:rsidRDefault="00B33106" w:rsidP="000E31CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD1507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Įstatymų nustatytais terminais, administruoti ir apibendrinti darbuotojų skundus ir pareiškimus</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B33106" w:rsidRPr="00CD1507" w14:paraId="63F1F636" w14:textId="77777777" w:rsidTr="005A55D3">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1048" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="673AAE7D" w14:textId="77777777" w:rsidR="00B33106" w:rsidRPr="00CD1507" w:rsidRDefault="00B33106" w:rsidP="00344F15">
+            <w:pPr>
+              <w:ind w:left="720"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD1507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4941" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5144D417" w14:textId="77777777" w:rsidR="00B33106" w:rsidRPr="00CD1507" w:rsidRDefault="00B33106" w:rsidP="0093301B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD1507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Gyventojai, darbuotojai, vaikų tėvai neretai nežino kur tiesiogiai kreiptis susidūrus su korupcijos apraiškomis.  </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2477" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="588958A9" w14:textId="77777777" w:rsidR="00B33106" w:rsidRPr="00CD1507" w:rsidRDefault="00B33106" w:rsidP="000E31CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD1507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Mokyklos interneto svetainėje įdėti reklaminius skydelius su nuoroda, dėl galimybės kreiptis susidūrus su korupcijos apraiškomis</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1848" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="281B3139" w14:textId="77777777" w:rsidR="00B33106" w:rsidRPr="00CD1507" w:rsidRDefault="00B33106" w:rsidP="0093301B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD1507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>L. Zalanskienė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1901" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="363C2BC7" w14:textId="2FF0F9FE" w:rsidR="00B33106" w:rsidRPr="00CD1507" w:rsidRDefault="00B33106" w:rsidP="000E31CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007B0F18">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Įdiegta</w:t>
+            </w:r>
+            <w:r w:rsidR="007B0F18" w:rsidRPr="007B0F18">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> pirmame psl.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007B0F18">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> nuo </w:t>
+            </w:r>
+            <w:r w:rsidR="007B0F18" w:rsidRPr="007B0F18">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>rugsėjo</w:t>
+            </w:r>
+            <w:r w:rsidR="007B0F18">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> mėnesio</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2004" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3D68437D" w14:textId="77777777" w:rsidR="00B33106" w:rsidRPr="00CD1507" w:rsidRDefault="00B33106" w:rsidP="000E31CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD1507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Įdėtas reklaminis skydelis su nuoroda</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B33106" w:rsidRPr="00CD1507" w14:paraId="13D52595" w14:textId="77777777" w:rsidTr="00D318B8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1048" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="547F73B8" w14:textId="77777777" w:rsidR="00B33106" w:rsidRPr="00CD1507" w:rsidRDefault="00B33106" w:rsidP="00344F15">
+            <w:pPr>
+              <w:ind w:left="720"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD1507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4941" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="38874E95" w14:textId="77777777" w:rsidR="00B33106" w:rsidRPr="00CD1507" w:rsidRDefault="00B33106" w:rsidP="000E31CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD1507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Interneto svetainėse nėra informacijos apie korupcijos prevenciją</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2477" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="39DE83D2" w14:textId="77777777" w:rsidR="00B33106" w:rsidRPr="00CD1507" w:rsidRDefault="00B33106" w:rsidP="000E31CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD1507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Viešai skelbti mokyklos tinklapyje  </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId6" w:history="1">
+              <w:r w:rsidRPr="00CD1507">
+                <w:rPr>
+                  <w:rStyle w:val="Hipersaitas"/>
+                  <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                </w:rPr>
+                <w:t>https://amsm.lt/</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidRPr="00CD1507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> apie patvirtintas korupcijos prevencijos programas, atsakingų už korupcijos prevenciją ir kontrolę asmenų kontaktus</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1848" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2873D307" w14:textId="77777777" w:rsidR="00B33106" w:rsidRPr="00CD1507" w:rsidRDefault="00B33106" w:rsidP="000E31CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD1507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>L. Zalanskienė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1901" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="7E736ECF" w14:textId="77777777" w:rsidR="00B33106" w:rsidRPr="00CD1507" w:rsidRDefault="00B33106" w:rsidP="000E31CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD1507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Nuolat</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2004" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2D6EEF0A" w14:textId="77777777" w:rsidR="00B33106" w:rsidRPr="00CD1507" w:rsidRDefault="00B33106" w:rsidP="002F1638">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD1507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Mokyklos svetainėje atnaujintas skyrius ,,Korupcijos prevencija“ ir apie tai susijusi informacija</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00680827" w:rsidRPr="00CD1507" w14:paraId="3402BEF0" w14:textId="77777777" w:rsidTr="00D82C23">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="14219" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+          </w:tcPr>
+          <w:p w14:paraId="730F7B86" w14:textId="77777777" w:rsidR="00680827" w:rsidRPr="00CD1507" w:rsidRDefault="00680827" w:rsidP="00B83BA0">
+            <w:pPr>
+              <w:spacing w:line="254" w:lineRule="atLeast"/>
+              <w:ind w:firstLine="567"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD1507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">2 uždavinys. </w:t>
+            </w:r>
+            <w:r w:rsidR="00B83BA0" w:rsidRPr="00CD1507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>S</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD1507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>kelbti viešai informaciją apie korupcijos pre</w:t>
+            </w:r>
+            <w:r w:rsidR="00B83BA0" w:rsidRPr="00CD1507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>vencijos priemonių įgyvendinimą</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B33106" w:rsidRPr="00CD1507" w14:paraId="73BD13D2" w14:textId="77777777" w:rsidTr="00E47F42">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1048" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6863CF62" w14:textId="77777777" w:rsidR="00B33106" w:rsidRPr="00CD1507" w:rsidRDefault="00B33106" w:rsidP="00344F15">
+            <w:pPr>
+              <w:ind w:left="720"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD1507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4941" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5817C668" w14:textId="77777777" w:rsidR="00B33106" w:rsidRPr="00CD1507" w:rsidRDefault="00B33106" w:rsidP="000E31CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD1507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Gyventojai nežino kokie pasiekti rezultatai  įgyvendinant korupcijos prevencijos priemones</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2477" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="23235B86" w14:textId="77777777" w:rsidR="00B33106" w:rsidRPr="00CD1507" w:rsidRDefault="00B33106" w:rsidP="000E31CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD1507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Viešai skelbti mokyklos interneto tinklapyje info apie įgyvendintas korupcijos prevencijos priemones</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1848" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1E7AF20F" w14:textId="77777777" w:rsidR="00B33106" w:rsidRPr="00CD1507" w:rsidRDefault="00B33106" w:rsidP="000E31CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD1507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>D. Keparutienė</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6DA4DCC6" w14:textId="77777777" w:rsidR="00B33106" w:rsidRPr="00CD1507" w:rsidRDefault="00B33106" w:rsidP="000E31CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1901" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="68B68207" w14:textId="77777777" w:rsidR="00B33106" w:rsidRPr="00CD1507" w:rsidRDefault="00B33106" w:rsidP="000E31CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD1507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Nuolat</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2004" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3CA7282D" w14:textId="77777777" w:rsidR="00B33106" w:rsidRPr="00CD1507" w:rsidRDefault="00B33106" w:rsidP="001950C4">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD1507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Paskelbtų pranešimų apie įgyvendintas korupcijos prevencijos veiklas skaičius. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C11411" w:rsidRPr="00CD1507" w14:paraId="368402AE" w14:textId="77777777" w:rsidTr="00AF4846">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="14219" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+          </w:tcPr>
+          <w:p w14:paraId="37AE5873" w14:textId="77777777" w:rsidR="00C11411" w:rsidRPr="00CD1507" w:rsidRDefault="00C11411" w:rsidP="00C11411">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD1507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">3 uždavinys. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00CD1507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:lang w:eastAsia="lt-LT"/>
+              </w:rPr>
+              <w:t>Diegti antikorupcinio švietimo programas švietimo įstaigose</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B33106" w:rsidRPr="00CD1507" w14:paraId="18492523" w14:textId="77777777" w:rsidTr="00B22500">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1048" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="01678AF5" w14:textId="77777777" w:rsidR="00B33106" w:rsidRPr="00CD1507" w:rsidRDefault="00B33106" w:rsidP="00344F15">
+            <w:pPr>
+              <w:ind w:left="720"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD1507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4941" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7C4A7FE3" w14:textId="77777777" w:rsidR="00B33106" w:rsidRPr="00CD1507" w:rsidRDefault="00B33106" w:rsidP="000E31CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD1507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Nepakankamas mokinių švietimas apie korupcijos  daromą žalą visuomenei</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2477" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="51193215" w14:textId="77777777" w:rsidR="00B33106" w:rsidRPr="00CD1507" w:rsidRDefault="00B33106" w:rsidP="000E31CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD1507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Mokykloje organizuoti popietes, susitikimus ar seminarus su institucijų vykdančių </w:t>
+            </w:r>
+            <w:r w:rsidR="00C15270">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>korupcijos prevenciją atstovais</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1848" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4EA3365B" w14:textId="6F288BE6" w:rsidR="00B33106" w:rsidRPr="00CD1507" w:rsidRDefault="00B33106" w:rsidP="000E31CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD1507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>A. Sapežinskienė</w:t>
+            </w:r>
+            <w:r w:rsidR="00A23BD0">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="66691C05" w14:textId="77777777" w:rsidR="00B33106" w:rsidRPr="00CD1507" w:rsidRDefault="00B33106" w:rsidP="000E31CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD1507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>L. Zalanskienė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1901" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="6964D949" w14:textId="77777777" w:rsidR="00B33106" w:rsidRPr="00CD1507" w:rsidRDefault="00B33106" w:rsidP="000E31CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD1507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Nuolat</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2004" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5CF0ADD1" w14:textId="77777777" w:rsidR="00B33106" w:rsidRPr="00CD1507" w:rsidRDefault="00B33106" w:rsidP="000E31CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00CD1507">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Vykusių renginių korupcijos prevencijos tematika skaičius</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004D5ADE" w:rsidRPr="00CD1507" w14:paraId="52EF15C1" w14:textId="77777777" w:rsidTr="00B22500">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1048" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="49226D02" w14:textId="77777777" w:rsidR="004D5ADE" w:rsidRPr="00CD1507" w:rsidRDefault="004D5ADE" w:rsidP="00344F15">
+            <w:pPr>
+              <w:ind w:left="720"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-[...75 lines deleted...]
-                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4941" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="48BCAF88" w14:textId="77777777" w:rsidR="004D5ADE" w:rsidRPr="004D5ADE" w:rsidRDefault="004D5ADE" w:rsidP="004D5ADE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-[...15 lines deleted...]
-                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Mokyklos darbuotojų sąmoningumas bei</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="09A6CB07" w14:textId="77777777" w:rsidR="004D5ADE" w:rsidRPr="00CD1507" w:rsidRDefault="004D5ADE" w:rsidP="004D5ADE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-[...20 lines deleted...]
-            </w:pPr>
+              </w:rPr>
+              <w:t>atskaitomybė</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5ADE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ir at</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-[...93 lines deleted...]
-                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>sakomybė</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004D5ADE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> korupcijos prevencijos srityje</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2477" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5EC77E1E" w14:textId="77777777" w:rsidR="004D5ADE" w:rsidRPr="004D5ADE" w:rsidRDefault="004D5ADE" w:rsidP="004D5ADE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5ADE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Didinti Mokyklos darbuotojų sąmoningumą,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="263E360B" w14:textId="77777777" w:rsidR="004D5ADE" w:rsidRPr="00CD1507" w:rsidRDefault="004D5ADE" w:rsidP="004D5ADE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5ADE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>atskaitomybę ir atsakomybę korupcijos prevencijos srityje</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1848" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3BAC021D" w14:textId="77777777" w:rsidR="004D5ADE" w:rsidRPr="004D5ADE" w:rsidRDefault="004D5ADE" w:rsidP="004D5ADE">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:sz w:val="24"/>
-[...92 lines deleted...]
-              <w:t>priimti sprendimai</w:t>
+              </w:rPr>
+              <w:t>A Sapežinskienė</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1901" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="50D9DC44" w14:textId="77777777" w:rsidR="004D5ADE" w:rsidRPr="00CD1507" w:rsidRDefault="004D5ADE" w:rsidP="000E31CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Nuolat</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2004" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="50E3EC5A" w14:textId="77777777" w:rsidR="004D5ADE" w:rsidRPr="004D5ADE" w:rsidRDefault="004D5ADE" w:rsidP="000E31CC">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D5ADE">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Korupcijos užfiksavimo atvejais</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="165ECBE2" w14:textId="77777777" w:rsidR="00853314" w:rsidRDefault="00853314" w:rsidP="00853314"/>
-[...1 lines deleted...]
-      <w:pPr>
+    <w:p w14:paraId="39227DE2" w14:textId="77777777" w:rsidR="000D2FBB" w:rsidRDefault="000D2FBB" w:rsidP="00CD1507">
+      <w:pPr>
+        <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00853314">
+    </w:p>
+    <w:p w14:paraId="7B4408BC" w14:textId="77777777" w:rsidR="00474978" w:rsidRPr="00CD1507" w:rsidRDefault="00474978" w:rsidP="00CD1507">
+      <w:pPr>
+        <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t>2025–2027 metų korupcijos prevencijos program</w:t>
-[...1 lines deleted...]
-      <w:r>
+      </w:pPr>
+      <w:r w:rsidRPr="00CD1507">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t xml:space="preserve">os įgyvendinimo priemonių planą parengė </w:t>
+        <w:t>Parengė:</w:t>
       </w:r>
-      <w:r w:rsidR="001128C8">
+    </w:p>
+    <w:p w14:paraId="7C1018FE" w14:textId="77777777" w:rsidR="00474978" w:rsidRPr="00CD1507" w:rsidRDefault="00474978" w:rsidP="00CD1507">
+      <w:pPr>
+        <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
-        <w:t>Alytaus r. meno ir sporto mokyklos mokytoja metodininkė Laima Zalanskienė, atsakinga už korupcijos prevencijos priemonių įgyvendinimo priežiūrą ir kontrolę. Tel. Nr. +370 686 61998 el.p. laimutezalanskiene@gmail.com</w:t>
+      </w:pPr>
+      <w:r w:rsidRPr="00CD1507">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Laima Zalanskienė, </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="66BD657A" w14:textId="77777777" w:rsidR="00D44545" w:rsidRPr="00D44545" w:rsidRDefault="00D44545" w:rsidP="00D44545">
-      <w:pPr>
+    <w:p w14:paraId="109BBC7E" w14:textId="77777777" w:rsidR="00474978" w:rsidRPr="00CD1507" w:rsidRDefault="00474978" w:rsidP="00CD1507">
+      <w:pPr>
+        <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00CD1507">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>atsakinga už korupcijos prevencijos priemonių įgyvendinimo priežiūrą ir kontrolę</w:t>
+      </w:r>
     </w:p>
-    <w:sectPr w:rsidR="00D44545" w:rsidRPr="00D44545" w:rsidSect="00B11CF7">
+    <w:sectPr w:rsidR="00474978" w:rsidRPr="00CD1507" w:rsidSect="000E31CC">
       <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
       <w:pgMar w:top="1701" w:right="1701" w:bottom="567" w:left="1134" w:header="567" w:footer="567" w:gutter="0"/>
       <w:cols w:space="1296"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-  </w:font>
-[...5 lines deleted...]
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
+<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="08723972"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="658AE440"/>
+    <w:lvl w:ilvl="0" w:tplc="6D56D87A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04270019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0427001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0427000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04270019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0427001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0427000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04270019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0427001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6840" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="2A177356"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="CE9E18FC"/>
+    <w:lvl w:ilvl="0" w:tplc="04270015">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="upperLetter"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04270019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0427001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0427000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04270019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0427001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0427000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04270019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0427001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="2EEA789F"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="27B0E274"/>
+    <w:lvl w:ilvl="0" w:tplc="04270015">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="upperLetter"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04270019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0427001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0427000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04270019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0427001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0427000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04270019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0427001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="53855507"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="805A778A"/>
+    <w:lvl w:ilvl="0" w:tplc="0427000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04270019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0427001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0427000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04270019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0427001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0427000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04270019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0427001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7F51111D"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="54907AE2"/>
+    <w:lvl w:ilvl="0" w:tplc="0427000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04270019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0427001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0427000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04270019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0427001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0427000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04270019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0427001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="2">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="3">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="4">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="5">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+</w:numbering>
+</file>
+
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="1296"/>
   <w:hyphenationZone w:val="396"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00B11CF7"/>
-[...21 lines deleted...]
-    <w:rsid w:val="00FC028F"/>
+    <w:rsidRoot w:val="000E31CC"/>
+    <w:rsid w:val="0000345B"/>
+    <w:rsid w:val="000C03FC"/>
+    <w:rsid w:val="000D2FBB"/>
+    <w:rsid w:val="000D5DC3"/>
+    <w:rsid w:val="000E31CC"/>
+    <w:rsid w:val="001950C4"/>
+    <w:rsid w:val="00204722"/>
+    <w:rsid w:val="00256A13"/>
+    <w:rsid w:val="0029655E"/>
+    <w:rsid w:val="002B70D0"/>
+    <w:rsid w:val="002F1638"/>
+    <w:rsid w:val="00344F15"/>
+    <w:rsid w:val="00393D7E"/>
+    <w:rsid w:val="003B3B80"/>
+    <w:rsid w:val="00474978"/>
+    <w:rsid w:val="004A12E3"/>
+    <w:rsid w:val="004B5356"/>
+    <w:rsid w:val="004C3680"/>
+    <w:rsid w:val="004D5ADE"/>
+    <w:rsid w:val="00581BAF"/>
+    <w:rsid w:val="005F1B2B"/>
+    <w:rsid w:val="00611E68"/>
+    <w:rsid w:val="00652A6C"/>
+    <w:rsid w:val="006538E9"/>
+    <w:rsid w:val="00680827"/>
+    <w:rsid w:val="00691D34"/>
+    <w:rsid w:val="006F6C80"/>
+    <w:rsid w:val="00721E02"/>
+    <w:rsid w:val="007B0F18"/>
+    <w:rsid w:val="008165BC"/>
+    <w:rsid w:val="008D14B5"/>
+    <w:rsid w:val="00900AB3"/>
+    <w:rsid w:val="0093301B"/>
+    <w:rsid w:val="00945C5F"/>
+    <w:rsid w:val="009472B3"/>
+    <w:rsid w:val="00A23BD0"/>
+    <w:rsid w:val="00A8370D"/>
+    <w:rsid w:val="00AD6680"/>
+    <w:rsid w:val="00B33106"/>
+    <w:rsid w:val="00B83BA0"/>
+    <w:rsid w:val="00C11411"/>
+    <w:rsid w:val="00C15270"/>
+    <w:rsid w:val="00C748AA"/>
+    <w:rsid w:val="00CD1507"/>
+    <w:rsid w:val="00D712A3"/>
+    <w:rsid w:val="00DB6F24"/>
+    <w:rsid w:val="00FF0C33"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="lt-LT"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="71D28E1A"/>
-  <w15:docId w15:val="{D6E59556-B510-4B67-9AF5-3E700F9D9DAE}"/>
+  <w14:docId w14:val="6C2DB806"/>
+  <w15:docId w15:val="{D957AE4C-18D9-4312-9536-1658DF3C4D4D}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="lt-LT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -2856,96 +3314,100 @@
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="1" w:uiPriority="59" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
@@ -3127,120 +3589,132 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="prastasis">
     <w:name w:val="Normal"/>
     <w:qFormat/>
+    <w:rsid w:val="000E31CC"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Numatytasispastraiposriftas">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="prastojilentel">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Sraonra">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:styleId="Lentelstinklelis">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="prastojilentel"/>
     <w:uiPriority w:val="59"/>
-    <w:rsid w:val="00B11CF7"/>
+    <w:rsid w:val="000E31CC"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="Sraopastraipa">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="prastasis"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="000E31CC"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
   <w:style w:type="character" w:styleId="Hipersaitas">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="Numatytasispastraiposriftas"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="006E4A34"/>
+    <w:rsid w:val="002F1638"/>
     <w:rPr>
       <w:color w:val="0000FF" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.amsm.lt" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://amsm.lt/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -3493,85 +3967,77 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F8F3BA55-198B-4087-B447-3227664E0E89}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{03169C7D-AC5E-40B2-9CDB-F3D8BF86A1DF}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
-[...1 lines deleted...]
-  <Characters>3781</Characters>
+  <Pages>4</Pages>
+  <Words>1000</Words>
+  <Characters>5704</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>31</Lines>
-  <Paragraphs>8</Paragraphs>
+  <Lines>47</Lines>
+  <Paragraphs>13</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
-    <vt:vector size="4" baseType="variant">
-[...5 lines deleted...]
-      </vt:variant>
+    <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="2" baseType="lpstr">
-      <vt:lpstr/>
+    <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4436</CharactersWithSpaces>
+  <CharactersWithSpaces>6691</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title/>
   <dc:creator>Vip</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>