--- v0 (2025-10-22)
+++ v1 (2025-12-16)
@@ -1,112 +1,112 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w:rsidR="00D275C1" w:rsidRPr="00FC1968" w:rsidRDefault="00D275C1" w:rsidP="00FD33C2">
+    <w:p w14:paraId="79D79DE6" w14:textId="77777777" w:rsidR="00D275C1" w:rsidRPr="00FC1968" w:rsidRDefault="00D275C1" w:rsidP="00FD33C2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">                                                                                                 </w:t>
       </w:r>
       <w:r w:rsidR="00FD33C2">
         <w:t xml:space="preserve">                </w:t>
       </w:r>
       <w:r w:rsidR="00516F4B">
         <w:t xml:space="preserve">            </w:t>
       </w:r>
       <w:r w:rsidRPr="00FC1968">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>PATVIRTINTA</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007515F5" w:rsidRDefault="00FD33C2" w:rsidP="00FD33C2">
+    <w:p w14:paraId="5FD188FF" w14:textId="77777777" w:rsidR="007515F5" w:rsidRDefault="00FD33C2" w:rsidP="00FD33C2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">                                                                       </w:t>
       </w:r>
       <w:r w:rsidR="007515F5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">                </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Alytaus r. meno ir sporto</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FD33C2" w:rsidRDefault="007515F5" w:rsidP="007515F5">
+    <w:p w14:paraId="04819600" w14:textId="77777777" w:rsidR="00FD33C2" w:rsidRDefault="007515F5" w:rsidP="007515F5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">                                                                                  </w:t>
       </w:r>
       <w:r w:rsidR="00FD33C2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> mokyklos </w:t>
       </w:r>
@@ -121,51 +121,51 @@
       <w:r w:rsidR="00FD33C2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">         </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">                               </w:t>
       </w:r>
       <w:r w:rsidR="00FD33C2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FD33C2" w:rsidRDefault="00FD33C2" w:rsidP="00FD33C2">
+    <w:p w14:paraId="7A643F09" w14:textId="77777777" w:rsidR="00FD33C2" w:rsidRDefault="00FD33C2" w:rsidP="00FD33C2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">                                                                       </w:t>
       </w:r>
       <w:r w:rsidR="007515F5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">            </w:t>
       </w:r>
@@ -212,51 +212,51 @@
       <w:r w:rsidR="00ED090C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidR="00D275C1" w:rsidRPr="00FC1968">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>d.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D275C1" w:rsidRPr="00FC1968" w:rsidRDefault="00FD33C2" w:rsidP="00FD33C2">
+    <w:p w14:paraId="72D32F95" w14:textId="77777777" w:rsidR="00D275C1" w:rsidRPr="00FC1968" w:rsidRDefault="00FD33C2" w:rsidP="00FD33C2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">                                                   </w:t>
       </w:r>
       <w:r w:rsidR="00516F4B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">               </w:t>
       </w:r>
@@ -268,180 +268,170 @@
         </w:rPr>
         <w:t xml:space="preserve">         </w:t>
       </w:r>
       <w:r w:rsidR="00516F4B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">įsakymu Nr. </w:t>
       </w:r>
       <w:r w:rsidR="007515F5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">MV- </w:t>
-[...12 lines deleted...]
-    <w:p w:rsidR="000F4990" w:rsidRDefault="000F4990" w:rsidP="00FD33C2">
+        <w:t>MV- 6</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2AD555F3" w14:textId="77777777" w:rsidR="000F4990" w:rsidRDefault="000F4990" w:rsidP="00FD33C2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D275C1" w:rsidRPr="00FC1968" w:rsidRDefault="00D275C1" w:rsidP="00FD33C2">
+    <w:p w14:paraId="554F17A1" w14:textId="77777777" w:rsidR="00D275C1" w:rsidRPr="00FC1968" w:rsidRDefault="00D275C1" w:rsidP="00FD33C2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FC1968">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">                                                                                                                     </w:t>
       </w:r>
       <w:r w:rsidR="00FD33C2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">                         </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D275C1" w:rsidRPr="00FC1968" w:rsidRDefault="00D275C1" w:rsidP="00DA77C9">
+    <w:p w14:paraId="564A58D9" w14:textId="77777777" w:rsidR="00D275C1" w:rsidRPr="00FC1968" w:rsidRDefault="00D275C1" w:rsidP="00DA77C9">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FC1968">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ALYTAUS R. M</w:t>
       </w:r>
       <w:r w:rsidR="00ED090C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ENO IR SPORTO MOKYKLOS 2025-2027</w:t>
       </w:r>
       <w:r w:rsidRPr="00FC1968">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> METŲ KORUPCIJOS PREVENCIJOS PROGRAMA</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D275C1" w:rsidRPr="00FC1968" w:rsidRDefault="00D275C1" w:rsidP="00DA77C9">
+    <w:p w14:paraId="7D3F631B" w14:textId="77777777" w:rsidR="00D275C1" w:rsidRPr="00FC1968" w:rsidRDefault="00D275C1" w:rsidP="00DA77C9">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FC1968">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>BENDROSIOS PROGRAMOS NUOSTATOS</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DA77C9" w:rsidRPr="00FC1968" w:rsidRDefault="00DA77C9" w:rsidP="00DA77C9">
+    <w:p w14:paraId="03CA00B1" w14:textId="77777777" w:rsidR="00DA77C9" w:rsidRPr="00FC1968" w:rsidRDefault="00DA77C9" w:rsidP="00DA77C9">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:spacing w:after="0"/>
         <w:ind w:left="1080"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D771DA" w:rsidRPr="00FC1968" w:rsidRDefault="00D275C1" w:rsidP="007515F5">
+    <w:p w14:paraId="77893FC5" w14:textId="77777777" w:rsidR="00D771DA" w:rsidRPr="00FC1968" w:rsidRDefault="00D275C1" w:rsidP="007515F5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FC1968">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>1. Alytaus r. m</w:t>
       </w:r>
       <w:r w:rsidR="009733AB" w:rsidRPr="00FC1968">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>eno ir sporto mokykla (toliau – Mokykla)  įgyvendindama korupcijos prevencijos</w:t>
       </w:r>
@@ -488,1032 +478,1032 @@
       <w:r w:rsidR="009733AB" w:rsidRPr="00FC1968">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Respublikos Seimo 2015 m. kovo 10 d. nutarimu Nr. XII-153</w:t>
       </w:r>
       <w:r w:rsidR="003D126F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">7 </w:t>
       </w:r>
       <w:r w:rsidR="00D771DA" w:rsidRPr="00FC1968">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ir kitais teisės aktais, reglamentuojančiais korupcijos prevencijos veiklą.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009733AB" w:rsidRPr="00FC1968" w:rsidRDefault="009733AB" w:rsidP="007515F5">
+    <w:p w14:paraId="67604E9E" w14:textId="77777777" w:rsidR="009733AB" w:rsidRPr="00FC1968" w:rsidRDefault="009733AB" w:rsidP="007515F5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FC1968">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>2. Mokyklos korupcijos prevencijos programa (tolia</w:t>
       </w:r>
       <w:r w:rsidR="00D771DA" w:rsidRPr="00FC1968">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">u – Programa) skirta korupcijos </w:t>
       </w:r>
       <w:r w:rsidRPr="00FC1968">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>prevencijai ir korupcijos pasireiškimo galimybėms mažinti Mokykloje.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009733AB" w:rsidRPr="00FC1968" w:rsidRDefault="009733AB" w:rsidP="007515F5">
+    <w:p w14:paraId="74B4EC85" w14:textId="77777777" w:rsidR="009733AB" w:rsidRPr="00FC1968" w:rsidRDefault="009733AB" w:rsidP="007515F5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FC1968">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>3. Programa padės vykdyti kryptingą korupcijos p</w:t>
       </w:r>
       <w:r w:rsidR="00D771DA" w:rsidRPr="00FC1968">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">revencijos politiką, užtikrinti </w:t>
       </w:r>
       <w:r w:rsidRPr="00FC1968">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>skaidresnę, veiksmingesnę ir viešesnę Mokyklos darbuotojų, dirbančių pagal darbo sutartis, veiklą.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009733AB" w:rsidRPr="00FC1968" w:rsidRDefault="009733AB" w:rsidP="007515F5">
+    <w:p w14:paraId="5BE2A473" w14:textId="77777777" w:rsidR="009733AB" w:rsidRPr="00FC1968" w:rsidRDefault="009733AB" w:rsidP="007515F5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FC1968">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>4. Programos strateginės kryptys – korupcijos prevencija</w:t>
       </w:r>
       <w:r w:rsidR="00D771DA" w:rsidRPr="00FC1968">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> ir antikorupcinis švietimas ir </w:t>
       </w:r>
       <w:r w:rsidRPr="00FC1968">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>informavimas.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004B79F9" w:rsidRDefault="009733AB" w:rsidP="007515F5">
+    <w:p w14:paraId="20CBAC9E" w14:textId="77777777" w:rsidR="004B79F9" w:rsidRDefault="009733AB" w:rsidP="007515F5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FC1968">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>5. Programa parengta 3 metų laikotarpiui.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D64E9F" w:rsidRPr="00FC1968" w:rsidRDefault="00D64E9F" w:rsidP="00D64E9F">
+    <w:p w14:paraId="40A9DEE6" w14:textId="77777777" w:rsidR="00D64E9F" w:rsidRPr="00FC1968" w:rsidRDefault="00D64E9F" w:rsidP="00D64E9F">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D275C1" w:rsidRPr="00FC1968" w:rsidRDefault="00D275C1" w:rsidP="004B79F9">
+    <w:p w14:paraId="4FD8EB8E" w14:textId="77777777" w:rsidR="00D275C1" w:rsidRPr="00FC1968" w:rsidRDefault="00D275C1" w:rsidP="004B79F9">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FC1968">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>II. MOKYKLOS VEIKLOS SITUACIJOS ANALIZĖ</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D275C1" w:rsidRDefault="00D275C1" w:rsidP="004B79F9">
+    <w:p w14:paraId="4FD183CC" w14:textId="77777777" w:rsidR="00D275C1" w:rsidRDefault="00D275C1" w:rsidP="004B79F9">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FC1968">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ANTIKORUPCINIU POŽIŪRIU</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D64E9F" w:rsidRPr="00FC1968" w:rsidRDefault="00D64E9F" w:rsidP="007515F5">
+    <w:p w14:paraId="33BA0173" w14:textId="77777777" w:rsidR="00D64E9F" w:rsidRPr="00FC1968" w:rsidRDefault="00D64E9F" w:rsidP="007515F5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D275C1" w:rsidRPr="007515F5" w:rsidRDefault="007515F5" w:rsidP="007515F5">
+    <w:p w14:paraId="01D6788A" w14:textId="77777777" w:rsidR="00D275C1" w:rsidRPr="007515F5" w:rsidRDefault="007515F5" w:rsidP="007515F5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">6. </w:t>
       </w:r>
       <w:r w:rsidR="00D275C1" w:rsidRPr="007515F5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Mokyklos veiklos situacijos analizė atliekama vadovaujantis institucinio strateginio planavimo aplinkos analizės principais ir apima išorinių ir vidinių veiksnių, grėsmių ir galimybių analizę.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D275C1" w:rsidRPr="007515F5" w:rsidRDefault="007515F5" w:rsidP="007515F5">
+    <w:p w14:paraId="1BDAFEDB" w14:textId="77777777" w:rsidR="00D275C1" w:rsidRPr="007515F5" w:rsidRDefault="007515F5" w:rsidP="007515F5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">7. </w:t>
       </w:r>
       <w:r w:rsidR="00D275C1" w:rsidRPr="007515F5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Bendrosios (išorinės) korupcijos prielaidos:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D275C1" w:rsidRPr="00FC1968" w:rsidRDefault="00257CB1" w:rsidP="007515F5">
+    <w:p w14:paraId="3B6FDE4B" w14:textId="77777777" w:rsidR="00D275C1" w:rsidRPr="00FC1968" w:rsidRDefault="00257CB1" w:rsidP="007515F5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FC1968">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">7.1. </w:t>
       </w:r>
       <w:r w:rsidR="007866AA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> socialinės (</w:t>
       </w:r>
       <w:r w:rsidR="00D275C1" w:rsidRPr="00FC1968">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>santykinai maži valstybės tarnautojų ir kitų darbuotojų atlyginimai);</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D275C1" w:rsidRPr="00FC1968" w:rsidRDefault="00257CB1" w:rsidP="007515F5">
+    <w:p w14:paraId="4DAFBFB5" w14:textId="77777777" w:rsidR="00D275C1" w:rsidRPr="00FC1968" w:rsidRDefault="00257CB1" w:rsidP="007515F5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FC1968">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">7.2. </w:t>
       </w:r>
       <w:r w:rsidR="00D275C1" w:rsidRPr="00FC1968">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> teisinės (teisės aktų netobulumas, dažna jų kaita, spragos ir kolizijos, kontrolės sistemų, teisinių procedūrų ir priemonių netobulumas);</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D275C1" w:rsidRPr="00FC1968" w:rsidRDefault="00257CB1" w:rsidP="007515F5">
+    <w:p w14:paraId="6A5A6223" w14:textId="77777777" w:rsidR="00D275C1" w:rsidRPr="00FC1968" w:rsidRDefault="00257CB1" w:rsidP="007515F5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FC1968">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">7.3. </w:t>
       </w:r>
       <w:r w:rsidR="00D275C1" w:rsidRPr="00FC1968">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> institucinės (netobuli darbuotojų priėmimo į tarnybą atrankos kriterijai, nepakankamos vidaus ir išorės auditų apimtys);</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D275C1" w:rsidRPr="00FC1968" w:rsidRDefault="00257CB1" w:rsidP="007515F5">
+    <w:p w14:paraId="2873BB52" w14:textId="77777777" w:rsidR="00D275C1" w:rsidRPr="00FC1968" w:rsidRDefault="00257CB1" w:rsidP="007515F5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FC1968">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">7.4. </w:t>
       </w:r>
       <w:r w:rsidR="00D275C1" w:rsidRPr="00FC1968">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> bendruomenės pilietiškumo stoka (bendruomenės požiūrio į korupciją neapibrėžtumas ir prieštaringumas, pasyvumas antikorupcijos veikloje).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D275C1" w:rsidRPr="00FC1968" w:rsidRDefault="00257CB1" w:rsidP="007515F5">
+    <w:p w14:paraId="7AE61420" w14:textId="77777777" w:rsidR="00D275C1" w:rsidRPr="00FC1968" w:rsidRDefault="00257CB1" w:rsidP="007515F5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FC1968">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">8. </w:t>
       </w:r>
       <w:r w:rsidR="00D275C1" w:rsidRPr="00FC1968">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Galimos vidinės korupcijos pasireiškimo prielaidos:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D275C1" w:rsidRPr="00FC1968" w:rsidRDefault="00257CB1" w:rsidP="007515F5">
+    <w:p w14:paraId="679EF992" w14:textId="77777777" w:rsidR="00D275C1" w:rsidRPr="00FC1968" w:rsidRDefault="00257CB1" w:rsidP="007515F5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FC1968">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>8.</w:t>
       </w:r>
       <w:r w:rsidR="00D275C1" w:rsidRPr="00FC1968">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>1. viešųjų pirkimų organizavimas ir vykdymas;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D275C1" w:rsidRPr="00FC1968" w:rsidRDefault="00257CB1" w:rsidP="007515F5">
+    <w:p w14:paraId="58D9503F" w14:textId="77777777" w:rsidR="00D275C1" w:rsidRPr="00FC1968" w:rsidRDefault="00257CB1" w:rsidP="007515F5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FC1968">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>8.</w:t>
       </w:r>
       <w:r w:rsidR="00D275C1" w:rsidRPr="00FC1968">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>2. nepakankama interesų konfliktų prevencija;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D275C1" w:rsidRDefault="00257CB1" w:rsidP="007515F5">
+    <w:p w14:paraId="23E8648B" w14:textId="77777777" w:rsidR="00D275C1" w:rsidRDefault="00257CB1" w:rsidP="007515F5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FC1968">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>8.</w:t>
       </w:r>
       <w:r w:rsidR="00D275C1" w:rsidRPr="00FC1968">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>3. kitose veiklos srityse, kuriose pagal Lietuvos Respublikos korupcijos prevencijos įstatymą egzistuoja didelė korupcijos pasireiškimo tikimybė.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007515F5" w:rsidRPr="00FC1968" w:rsidRDefault="007515F5" w:rsidP="007515F5">
-[...9 lines deleted...]
-    <w:p w:rsidR="00D275C1" w:rsidRPr="00FC1968" w:rsidRDefault="00D275C1" w:rsidP="007515F5">
+    <w:p w14:paraId="2565F24D" w14:textId="77777777" w:rsidR="007515F5" w:rsidRPr="00FC1968" w:rsidRDefault="007515F5" w:rsidP="007515F5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="530D4A97" w14:textId="77777777" w:rsidR="00D275C1" w:rsidRPr="00FC1968" w:rsidRDefault="00D275C1" w:rsidP="007515F5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FC1968">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>III. PROGRAMOS TIKSLAI IR UŽDAVINIAI</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D275C1" w:rsidRPr="00FC1968" w:rsidRDefault="00257CB1" w:rsidP="007515F5">
+    <w:p w14:paraId="3FF35BCC" w14:textId="77777777" w:rsidR="00D275C1" w:rsidRPr="00FC1968" w:rsidRDefault="00257CB1" w:rsidP="007515F5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FC1968">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>9</w:t>
       </w:r>
       <w:r w:rsidR="00D275C1" w:rsidRPr="00FC1968">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>. Programos tikslai:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00257CB1" w:rsidRPr="00FC1968" w:rsidRDefault="00257CB1" w:rsidP="007515F5">
+    <w:p w14:paraId="76156BE3" w14:textId="77777777" w:rsidR="00257CB1" w:rsidRPr="00FC1968" w:rsidRDefault="00257CB1" w:rsidP="007515F5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FC1968">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>9</w:t>
       </w:r>
       <w:r w:rsidR="00D275C1" w:rsidRPr="00FC1968">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.1. įgyvendinti veiksmingą antikorupcinių priemonių sistemą visuose mokyklos skyriuose;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00257CB1" w:rsidRPr="00FC1968" w:rsidRDefault="00257CB1" w:rsidP="007515F5">
+    <w:p w14:paraId="2ED8C7F2" w14:textId="77777777" w:rsidR="00257CB1" w:rsidRPr="00FC1968" w:rsidRDefault="00257CB1" w:rsidP="007515F5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FC1968">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>9.2. siekti mažinti korupcijos pasireiškimo galimybių atsiradimą;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00257CB1" w:rsidRPr="00FC1968" w:rsidRDefault="00257CB1" w:rsidP="007515F5">
+    <w:p w14:paraId="4D7B58B8" w14:textId="77777777" w:rsidR="00257CB1" w:rsidRPr="00FC1968" w:rsidRDefault="00257CB1" w:rsidP="007515F5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FC1968">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>9.3. užtikrinti skaidrią ir veiksmingą veiklą Mokykloje;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00257CB1" w:rsidRPr="00FC1968" w:rsidRDefault="00257CB1" w:rsidP="007515F5">
+    <w:p w14:paraId="10076177" w14:textId="77777777" w:rsidR="00257CB1" w:rsidRPr="00FC1968" w:rsidRDefault="00257CB1" w:rsidP="007515F5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FC1968">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>9.4. ugdyti mokinių ir Mokyklos darbuotojų antikorupcines nuostatas, nepakančią korupcijos augimui pilietinę poziciją.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00257CB1" w:rsidRPr="00FC1968" w:rsidRDefault="00257CB1" w:rsidP="007515F5">
+    <w:p w14:paraId="0632C4D0" w14:textId="77777777" w:rsidR="00257CB1" w:rsidRPr="00FC1968" w:rsidRDefault="00257CB1" w:rsidP="007515F5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FC1968">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>10. Korupcijos tikslams pasiekti numatomi uždaviniai:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00257CB1" w:rsidRPr="00FC1968" w:rsidRDefault="00257CB1" w:rsidP="007515F5">
+    <w:p w14:paraId="64B503FA" w14:textId="77777777" w:rsidR="00257CB1" w:rsidRPr="00FC1968" w:rsidRDefault="00257CB1" w:rsidP="007515F5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FC1968">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>10.1. užtikrinti efektyvų Mokyklos administrav</w:t>
       </w:r>
       <w:r w:rsidR="00FF2417">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">imo ir viešųjų paslaugų teikimo </w:t>
       </w:r>
       <w:r w:rsidRPr="00FC1968">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>skaidrumą, atvirumą, teisinių ir antikorupcinių principų laikymąsi;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00257CB1" w:rsidRPr="00FC1968" w:rsidRDefault="00257CB1" w:rsidP="007515F5">
+    <w:p w14:paraId="0F66724D" w14:textId="77777777" w:rsidR="00257CB1" w:rsidRPr="00FC1968" w:rsidRDefault="00257CB1" w:rsidP="007515F5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FC1968">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">10.2. supažindinti bendruomenę su savivaldos principais </w:t>
       </w:r>
       <w:r w:rsidR="00FF2417">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ir skatinti juos būti aktyviais </w:t>
       </w:r>
       <w:r w:rsidRPr="00FC1968">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>visuomenės nariais;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00257CB1" w:rsidRPr="00FC1968" w:rsidRDefault="00257CB1" w:rsidP="007515F5">
+    <w:p w14:paraId="683BBDB3" w14:textId="77777777" w:rsidR="00257CB1" w:rsidRPr="00FC1968" w:rsidRDefault="00257CB1" w:rsidP="007515F5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FC1968">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">10.3. didinti antikorupcinio švietimo sklaidą Mokykloje. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007515F5" w:rsidRDefault="007515F5" w:rsidP="007515F5">
+    <w:p w14:paraId="56E9720A" w14:textId="77777777" w:rsidR="007515F5" w:rsidRDefault="007515F5" w:rsidP="007515F5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D275C1" w:rsidRDefault="00D275C1" w:rsidP="007515F5">
+    <w:p w14:paraId="54C8C6B1" w14:textId="77777777" w:rsidR="00D275C1" w:rsidRDefault="00D275C1" w:rsidP="007515F5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FC1968">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>IV. PROGRAMOS ĮGYVENDINIMO RODIKLIAI</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007515F5" w:rsidRPr="00FC1968" w:rsidRDefault="007515F5" w:rsidP="007515F5">
+    <w:p w14:paraId="357B6512" w14:textId="77777777" w:rsidR="007515F5" w:rsidRPr="00FC1968" w:rsidRDefault="007515F5" w:rsidP="007515F5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="007F776A" w:rsidRPr="00FC1968" w:rsidRDefault="007F776A" w:rsidP="007515F5">
+    <w:p w14:paraId="59E1252D" w14:textId="77777777" w:rsidR="007F776A" w:rsidRPr="00FC1968" w:rsidRDefault="007F776A" w:rsidP="007515F5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FC1968">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>11. Programos tikslų ir uždavinių vertinimo kriterijai nustatomi vadovaujantis kiekybės ir kokybės rodikliais:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007F776A" w:rsidRPr="00FC1968" w:rsidRDefault="007F776A" w:rsidP="007515F5">
+    <w:p w14:paraId="2D5C0DAF" w14:textId="77777777" w:rsidR="007F776A" w:rsidRPr="00FC1968" w:rsidRDefault="007F776A" w:rsidP="007515F5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FC1968">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>11.1. korupcijos pasireiškimo tikimybės nustatymu Mokykloje;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007F776A" w:rsidRPr="00FC1968" w:rsidRDefault="007F776A" w:rsidP="007515F5">
+    <w:p w14:paraId="3F85C05A" w14:textId="77777777" w:rsidR="007F776A" w:rsidRPr="00FC1968" w:rsidRDefault="007F776A" w:rsidP="007515F5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FC1968">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>11.2. įvykdytų ir neįvykdytų Programos įgyvendinimo priemonių skaičiumi;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007F776A" w:rsidRPr="00FC1968" w:rsidRDefault="007F776A" w:rsidP="007515F5">
+    <w:p w14:paraId="09310501" w14:textId="77777777" w:rsidR="007F776A" w:rsidRPr="00FC1968" w:rsidRDefault="007F776A" w:rsidP="007515F5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FC1968">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>11.3. skundų, pateiktų Mokyklos direktoriui, aukštesnėms institucijoms, skaičiaus mažėjimu;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FF2417" w:rsidRPr="00D64E9F" w:rsidRDefault="007F776A" w:rsidP="007515F5">
+    <w:p w14:paraId="3899B5B4" w14:textId="77777777" w:rsidR="00FF2417" w:rsidRPr="00D64E9F" w:rsidRDefault="007F776A" w:rsidP="007515F5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FC1968">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>11.4. bendruomenės nuomonės tyrimų rezultatais, parodančiais pasitikėjimą Mokykla</w:t>
       </w:r>
       <w:r w:rsidR="00D64E9F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007515F5" w:rsidRDefault="007515F5" w:rsidP="007515F5">
+    <w:p w14:paraId="7BDC9906" w14:textId="77777777" w:rsidR="007515F5" w:rsidRDefault="007515F5" w:rsidP="007515F5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D275C1" w:rsidRDefault="00D275C1" w:rsidP="007515F5">
+    <w:p w14:paraId="58E764D4" w14:textId="77777777" w:rsidR="00D275C1" w:rsidRDefault="00D275C1" w:rsidP="007515F5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FC1968">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>V. PROGRAMOS ADMINISTRAVIMAS</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007515F5" w:rsidRPr="00FC1968" w:rsidRDefault="007515F5" w:rsidP="007515F5">
+    <w:p w14:paraId="4013F75A" w14:textId="77777777" w:rsidR="007515F5" w:rsidRPr="00FC1968" w:rsidRDefault="007515F5" w:rsidP="007515F5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D275C1" w:rsidRPr="00FC1968" w:rsidRDefault="00906505" w:rsidP="007515F5">
+    <w:p w14:paraId="59050578" w14:textId="77777777" w:rsidR="00D275C1" w:rsidRPr="00FC1968" w:rsidRDefault="00906505" w:rsidP="007515F5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FC1968">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>12</w:t>
       </w:r>
       <w:r w:rsidR="00D275C1" w:rsidRPr="00FC1968">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>. Programai įgyvendinti sudaromas programos įgyvendinimo priemonių planas, kuriame nustatomos programos priemonės, įgyvendinimo priemonių vertinimo kriterijai, laukiami rezultatai, vykdymo laikas, vykdytojai, finansavimas.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D275C1" w:rsidRPr="00FC1968" w:rsidRDefault="00906505" w:rsidP="007515F5">
+    <w:p w14:paraId="30AFBB44" w14:textId="77777777" w:rsidR="00D275C1" w:rsidRPr="00FC1968" w:rsidRDefault="00906505" w:rsidP="007515F5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FC1968">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>13.</w:t>
       </w:r>
       <w:r w:rsidR="00D275C1" w:rsidRPr="00FC1968">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00FC1968">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Programoje numatytų priemonių įgyvendinimą organizuoja Mokyklos direktorius; už konkrečių Programos priemonių įgyvendinimą pagal kompetenciją </w:t>
       </w:r>
       <w:r w:rsidR="00FD3A1B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">atsako priemonių plane nurodyti </w:t>
       </w:r>
       <w:r w:rsidRPr="00FC1968">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>vykdytojai.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A0647D" w:rsidRPr="00FC1968" w:rsidRDefault="00A0647D" w:rsidP="007515F5">
+    <w:p w14:paraId="60AFDE0B" w14:textId="77777777" w:rsidR="00A0647D" w:rsidRPr="00FC1968" w:rsidRDefault="00A0647D" w:rsidP="007515F5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FC1968">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>14. Programos ir jos priemonių įgyvendinimo plano projektą trims metams rengia įgaliotas asmuo, atsakingas už korupcijos prevenciją.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A0647D" w:rsidRDefault="00A0647D" w:rsidP="007515F5">
+    <w:p w14:paraId="55E62AA1" w14:textId="77777777" w:rsidR="00A0647D" w:rsidRDefault="00A0647D" w:rsidP="007515F5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FC1968">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>15. Programos priemonių plane nurodytas vykdytojas nuolat teikia informaciją apie įvykdytas priemones atsakingam asmeniui, kuris skelbia informaciją apie mokyklos įgyvendintas antikorupcijos priemones mok</w:t>
       </w:r>
       <w:r w:rsidR="00FC7384">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>yklos interne</w:t>
       </w:r>
       <w:r w:rsidRPr="00FC1968">
@@ -1530,287 +1520,287 @@
             <w:rStyle w:val="Hipersaitas"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>www.amsm.lt</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00FC7384">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00FC1968">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> skiltyje ,,Korupcijos prevencija“.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E61DAD" w:rsidRPr="00FC1968" w:rsidRDefault="00E61DAD" w:rsidP="007515F5">
+    <w:p w14:paraId="79FE4C22" w14:textId="77777777" w:rsidR="00E61DAD" w:rsidRPr="00FC1968" w:rsidRDefault="00E61DAD" w:rsidP="007515F5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">16. </w:t>
       </w:r>
       <w:r w:rsidRPr="00E61DAD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Programa ir jos įgyvendinimo priemonių planas pa</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">gal poreikį gali būti keičiama, </w:t>
       </w:r>
       <w:r w:rsidRPr="00E61DAD">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>papildoma, atnaujinama.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A0647D" w:rsidRPr="00FC1968" w:rsidRDefault="00E61DAD" w:rsidP="007515F5">
+    <w:p w14:paraId="2BBBB8E7" w14:textId="77777777" w:rsidR="00A0647D" w:rsidRPr="00FC1968" w:rsidRDefault="00E61DAD" w:rsidP="007515F5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>17</w:t>
       </w:r>
       <w:r w:rsidR="00A0647D" w:rsidRPr="00FC1968">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>. Mokyklos prevencijos programą tvirtina Mokyklos direktorius.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007515F5" w:rsidRDefault="007515F5" w:rsidP="007515F5">
+    <w:p w14:paraId="5BB135D5" w14:textId="77777777" w:rsidR="007515F5" w:rsidRDefault="007515F5" w:rsidP="007515F5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C86B6D" w:rsidRDefault="00C86B6D" w:rsidP="007515F5">
+    <w:p w14:paraId="386B03E5" w14:textId="77777777" w:rsidR="00C86B6D" w:rsidRDefault="00C86B6D" w:rsidP="007515F5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FC1968">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>VI. PROGRAMOS FINANSAVIMAS</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007515F5" w:rsidRPr="00FC1968" w:rsidRDefault="007515F5" w:rsidP="007515F5">
+    <w:p w14:paraId="7C814805" w14:textId="77777777" w:rsidR="007515F5" w:rsidRPr="00FC1968" w:rsidRDefault="007515F5" w:rsidP="007515F5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C86B6D" w:rsidRPr="00FC1968" w:rsidRDefault="00E61DAD" w:rsidP="007515F5">
+    <w:p w14:paraId="06B4F43C" w14:textId="77777777" w:rsidR="00C86B6D" w:rsidRPr="00FC1968" w:rsidRDefault="00E61DAD" w:rsidP="007515F5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>18</w:t>
       </w:r>
       <w:r w:rsidR="00C86B6D" w:rsidRPr="00FC1968">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>. Ši programa finansuojama iš savivaldybės biudžeto asignavimų ir kitų finansavimo šaltinių.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C86B6D" w:rsidRPr="00FC1968" w:rsidRDefault="00E61DAD" w:rsidP="007515F5">
+    <w:p w14:paraId="670A648E" w14:textId="77777777" w:rsidR="00C86B6D" w:rsidRPr="00FC1968" w:rsidRDefault="00E61DAD" w:rsidP="007515F5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>19</w:t>
       </w:r>
       <w:r w:rsidR="00C86B6D" w:rsidRPr="00FC1968">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>. Programos priemonių įgyvendinimo finansavimas numatomas atsižvelgiant į mokyklos finansines galimybes.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007515F5" w:rsidRDefault="007515F5" w:rsidP="007515F5">
+    <w:p w14:paraId="14C095B9" w14:textId="77777777" w:rsidR="007515F5" w:rsidRDefault="007515F5" w:rsidP="007515F5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C86B6D" w:rsidRDefault="00C86B6D" w:rsidP="007515F5">
+    <w:p w14:paraId="3B3C9088" w14:textId="77777777" w:rsidR="00C86B6D" w:rsidRDefault="00C86B6D" w:rsidP="007515F5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FC1968">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>VII. BAIGIAMOSIOS NUOSTATOS</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007515F5" w:rsidRPr="00FC1968" w:rsidRDefault="007515F5" w:rsidP="007515F5">
+    <w:p w14:paraId="1D817F56" w14:textId="77777777" w:rsidR="007515F5" w:rsidRPr="00FC1968" w:rsidRDefault="007515F5" w:rsidP="007515F5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C86B6D" w:rsidRPr="00FC1968" w:rsidRDefault="00E61DAD" w:rsidP="007515F5">
+    <w:p w14:paraId="0BFEB620" w14:textId="77777777" w:rsidR="00C86B6D" w:rsidRPr="00FC1968" w:rsidRDefault="00E61DAD" w:rsidP="007515F5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>20</w:t>
       </w:r>
       <w:r w:rsidR="00C86B6D" w:rsidRPr="00FC1968">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>. Programa įsigalioja kitą dieną po paskelbimo Lietuvos Respublikos įstatymų ir kitų teisės aktų skelbimo ir įsigaliojimo tvarkos įstatymo nustatyta tvarka.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C86B6D" w:rsidRPr="00FC1968" w:rsidRDefault="00E61DAD" w:rsidP="007515F5">
+    <w:p w14:paraId="459D9FB9" w14:textId="77777777" w:rsidR="00C86B6D" w:rsidRPr="00FC1968" w:rsidRDefault="00E61DAD" w:rsidP="007515F5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>21</w:t>
       </w:r>
       <w:r w:rsidR="00C86B6D" w:rsidRPr="00FC1968">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>. Programa skelbiam</w:t>
       </w:r>
       <w:r w:rsidR="00FF2417">
@@ -1819,105 +1809,105 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">a mokyklos interneto svetainėje </w:t>
       </w:r>
       <w:hyperlink r:id="rId6" w:history="1">
         <w:r w:rsidR="00FF2417" w:rsidRPr="002215BD">
           <w:rPr>
             <w:rStyle w:val="Hipersaitas"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>www.amsm.lt</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00FF2417">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00087F9B" w:rsidRDefault="00087F9B" w:rsidP="007515F5">
-[...4 lines deleted...]
-    <w:p w:rsidR="00C86B6D" w:rsidRPr="00C86B6D" w:rsidRDefault="00C86B6D" w:rsidP="007515F5">
+    <w:p w14:paraId="4B055B97" w14:textId="77777777" w:rsidR="00087F9B" w:rsidRDefault="00087F9B" w:rsidP="007515F5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="27979277" w14:textId="77777777" w:rsidR="00C86B6D" w:rsidRPr="00C86B6D" w:rsidRDefault="00C86B6D" w:rsidP="007515F5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00C86B6D" w:rsidRPr="00C86B6D">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1701" w:right="567" w:bottom="1134" w:left="1701" w:header="567" w:footer="567" w:gutter="0"/>
       <w:cols w:space="1296"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1E3F0163"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="AFEEEA74"/>
     <w:lvl w:ilvl="0" w:tplc="0427000F">
       <w:start w:val="6"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04270019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -2424,74 +2414,76 @@
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="1296"/>
   <w:hyphenationZone w:val="396"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00D275C1"/>
     <w:rsid w:val="00075065"/>
     <w:rsid w:val="00087F9B"/>
     <w:rsid w:val="000A3295"/>
     <w:rsid w:val="000F4990"/>
     <w:rsid w:val="00257CB1"/>
     <w:rsid w:val="00267584"/>
     <w:rsid w:val="003D126F"/>
     <w:rsid w:val="003D6D42"/>
     <w:rsid w:val="00452A29"/>
+    <w:rsid w:val="004853C2"/>
     <w:rsid w:val="004B79F9"/>
     <w:rsid w:val="00516F4B"/>
     <w:rsid w:val="00734213"/>
     <w:rsid w:val="007515F5"/>
     <w:rsid w:val="007866AA"/>
     <w:rsid w:val="007F776A"/>
     <w:rsid w:val="008B35FA"/>
     <w:rsid w:val="00906505"/>
     <w:rsid w:val="009733AB"/>
     <w:rsid w:val="009E66C1"/>
     <w:rsid w:val="00A0647D"/>
     <w:rsid w:val="00C86B6D"/>
     <w:rsid w:val="00CF49F6"/>
     <w:rsid w:val="00D1558F"/>
     <w:rsid w:val="00D275C1"/>
     <w:rsid w:val="00D64E9F"/>
     <w:rsid w:val="00D771DA"/>
     <w:rsid w:val="00DA77C9"/>
     <w:rsid w:val="00E05FF0"/>
     <w:rsid w:val="00E61DAD"/>
     <w:rsid w:val="00ED090C"/>
     <w:rsid w:val="00FC1968"/>
     <w:rsid w:val="00FC3952"/>
     <w:rsid w:val="00FC7384"/>
     <w:rsid w:val="00FD33C2"/>
@@ -2499,73 +2491,73 @@
     <w:rsid w:val="00FF2417"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="lt-LT"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="7A30590C"/>
+  <w14:docId w14:val="687478D6"/>
   <w15:docId w15:val="{C048FD57-D2ED-4723-A718-59F37781122B}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="lt-LT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -2627,98 +2619,94 @@
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
@@ -2893,58 +2881,64 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="prastasis">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Numatytasispastraiposriftas">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="prastojilentel">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Sraonra">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Sraopastraipa">
     <w:name w:val="List Paragraph"/>
@@ -2980,51 +2974,51 @@
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="DebesliotekstasDiagrama">
     <w:name w:val="Debesėlio tekstas Diagrama"/>
     <w:basedOn w:val="Numatytasispastraiposriftas"/>
     <w:link w:val="Debesliotekstas"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="009E66C1"/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.amsm.lt" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.amsm.lt" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
@@ -3280,55 +3274,55 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>3602</Words>
-  <Characters>2054</Characters>
+  <Words>844</Words>
+  <Characters>4812</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>17</Lines>
+  <Lines>40</Lines>
   <Paragraphs>11</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Pavadinimas</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr/>
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>