--- v1 (2025-12-16)
+++ v2 (2026-01-29)
@@ -1,67 +1,70 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w14:paraId="79D79DE6" w14:textId="77777777" w:rsidR="00D275C1" w:rsidRPr="00FC1968" w:rsidRDefault="00D275C1" w:rsidP="00FD33C2">
+    <w:p w14:paraId="79D79DE6" w14:textId="4B9FB736" w:rsidR="00D275C1" w:rsidRPr="00FC1968" w:rsidRDefault="00D275C1" w:rsidP="00FD33C2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">                                                                                                 </w:t>
       </w:r>
       <w:r w:rsidR="00FD33C2">
         <w:t xml:space="preserve">                </w:t>
       </w:r>
       <w:r w:rsidR="00516F4B">
         <w:t xml:space="preserve">            </w:t>
       </w:r>
+      <w:r w:rsidR="006E0EA8">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="00FC1968">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>PATVIRTINTA</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5FD188FF" w14:textId="77777777" w:rsidR="007515F5" w:rsidRDefault="00FD33C2" w:rsidP="00FD33C2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -121,529 +124,825 @@
       <w:r w:rsidR="00FD33C2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">         </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">                               </w:t>
       </w:r>
       <w:r w:rsidR="00FD33C2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7A643F09" w14:textId="77777777" w:rsidR="00FD33C2" w:rsidRDefault="00FD33C2" w:rsidP="00FD33C2">
+    <w:p w14:paraId="7A643F09" w14:textId="0478FB22" w:rsidR="00FD33C2" w:rsidRDefault="00FD33C2" w:rsidP="00FD33C2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">                                                                       </w:t>
       </w:r>
+      <w:r w:rsidR="006E0EA8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:r w:rsidR="005C04CE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r w:rsidR="006E0EA8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">     </w:t>
+      </w:r>
+      <w:r w:rsidR="00ED090C" w:rsidRPr="008D0AFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>202</w:t>
+      </w:r>
+      <w:r w:rsidR="007515F5" w:rsidRPr="008D0AFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED090C" w:rsidRPr="008D0AFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C86B6D" w:rsidRPr="008D0AFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> m. </w:t>
+      </w:r>
+      <w:r w:rsidR="005C04CE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>gruodžio 18</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED090C" w:rsidRPr="008D0AFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="00D275C1" w:rsidRPr="008D0AFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>d.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="72D32F95" w14:textId="47083B97" w:rsidR="00D275C1" w:rsidRPr="00FC1968" w:rsidRDefault="00FD33C2" w:rsidP="00FD33C2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                   </w:t>
+      </w:r>
+      <w:r w:rsidR="00516F4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">               </w:t>
+      </w:r>
       <w:r w:rsidR="007515F5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">            </w:t>
-[...7 lines deleted...]
-        <w:t>202</w:t>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidR="005C04CE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">     </w:t>
       </w:r>
       <w:r w:rsidR="007515F5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>5</w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> m. </w:t>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r w:rsidR="00C66A5E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">įsakymu Nr. </w:t>
       </w:r>
       <w:r w:rsidR="007515F5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> sausio 22</w:t>
-[...82 lines deleted...]
-        <w:t>MV- 6</w:t>
+        <w:t>MV-</w:t>
+      </w:r>
+      <w:r w:rsidR="005C04CE">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>100</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2AD555F3" w14:textId="77777777" w:rsidR="000F4990" w:rsidRDefault="000F4990" w:rsidP="00FD33C2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="554F17A1" w14:textId="77777777" w:rsidR="00D275C1" w:rsidRPr="00FC1968" w:rsidRDefault="00D275C1" w:rsidP="00FD33C2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FC1968">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">                                                                                                                     </w:t>
       </w:r>
       <w:r w:rsidR="00FD33C2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">                         </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="564A58D9" w14:textId="77777777" w:rsidR="00D275C1" w:rsidRPr="00FC1968" w:rsidRDefault="00D275C1" w:rsidP="00DA77C9">
+    <w:p w14:paraId="564A58D9" w14:textId="78A1D892" w:rsidR="00D275C1" w:rsidRPr="00FC1968" w:rsidRDefault="00D275C1" w:rsidP="00DA77C9">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FC1968">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ALYTAUS R. M</w:t>
       </w:r>
       <w:r w:rsidR="00ED090C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>ENO IR SPORTO MOKYKLOS 2025-2027</w:t>
+        <w:t xml:space="preserve">ENO IR </w:t>
+      </w:r>
+      <w:r w:rsidR="005904FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>SPORTO MOKYKLOS 2025-2027</w:t>
       </w:r>
       <w:r w:rsidRPr="00FC1968">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> METŲ KORUPCIJOS PREVENCIJOS PROGRAMA</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7D3F631B" w14:textId="77777777" w:rsidR="00D275C1" w:rsidRPr="00FC1968" w:rsidRDefault="00D275C1" w:rsidP="00DA77C9">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FC1968">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>BENDROSIOS PROGRAMOS NUOSTATOS</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="03CA00B1" w14:textId="77777777" w:rsidR="00DA77C9" w:rsidRPr="00FC1968" w:rsidRDefault="00DA77C9" w:rsidP="00DA77C9">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:spacing w:after="0"/>
         <w:ind w:left="1080"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="77893FC5" w14:textId="77777777" w:rsidR="00D771DA" w:rsidRPr="00FC1968" w:rsidRDefault="00D275C1" w:rsidP="007515F5">
+    <w:p w14:paraId="4E27736B" w14:textId="6BBDFE50" w:rsidR="002606C4" w:rsidRPr="002606C4" w:rsidRDefault="00D275C1" w:rsidP="00A6493D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FC1968">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>1. Alytaus r. m</w:t>
-[...74 lines deleted...]
-    <w:p w14:paraId="67604E9E" w14:textId="77777777" w:rsidR="009733AB" w:rsidRPr="00FC1968" w:rsidRDefault="009733AB" w:rsidP="007515F5">
+        <w:t xml:space="preserve">1. </w:t>
+      </w:r>
+      <w:r w:rsidR="002606C4" w:rsidRPr="008D0AFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Alytaus r. meno ir sporto mokyklos  </w:t>
+      </w:r>
+      <w:r w:rsidR="005904FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2025-2027</w:t>
+      </w:r>
+      <w:r w:rsidR="002606C4" w:rsidRPr="008D0AFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> metų korupcijos prevencijos programa (toliau – programa) parengta vadovaujantis Lietuvos Respublikos korupcijos prevencijos įstatymu (2002 m. gegužės 28 d. Nr. IX-904 ir vėlesni pakeitimai).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="68465BCF" w14:textId="0785E143" w:rsidR="002606C4" w:rsidRPr="002606C4" w:rsidRDefault="009733AB" w:rsidP="00A6493D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FC1968">
-[...24 lines deleted...]
-    <w:p w14:paraId="74B4EC85" w14:textId="77777777" w:rsidR="009733AB" w:rsidRPr="00FC1968" w:rsidRDefault="009733AB" w:rsidP="007515F5">
+      <w:r w:rsidRPr="002606C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. </w:t>
+      </w:r>
+      <w:r w:rsidR="002606C4" w:rsidRPr="002606C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Programa reglamentuoja Alytaus r. meno ir sporto mokyklos kovos su korupcija tikslus ir uždavinius, bendrąsias ir specialiąsias korupcijos prevencijos priemones bei mokyklos darbuotojų dalyvavimą įgyvendinant šią programą.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="381F26C6" w14:textId="0E5FFF4A" w:rsidR="002606C4" w:rsidRPr="002606C4" w:rsidRDefault="002606C4" w:rsidP="00A6493D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FC1968">
-[...24 lines deleted...]
-    <w:p w14:paraId="5BE2A473" w14:textId="77777777" w:rsidR="009733AB" w:rsidRPr="00FC1968" w:rsidRDefault="009733AB" w:rsidP="007515F5">
+      <w:r w:rsidRPr="002606C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3. Programa skirta korupcijos prevencijai užtikrinti </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Alytaus r. meno ir sporto </w:t>
+      </w:r>
+      <w:r w:rsidR="007D758A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>mokykloje.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="33E2E1E2" w14:textId="264D662C" w:rsidR="002606C4" w:rsidRPr="002606C4" w:rsidRDefault="002606C4" w:rsidP="00A6493D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FC1968">
-[...24 lines deleted...]
-    <w:p w14:paraId="20CBAC9E" w14:textId="77777777" w:rsidR="004B79F9" w:rsidRDefault="009733AB" w:rsidP="007515F5">
+      <w:r w:rsidRPr="002606C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>4. Korupcijos prevencija – korupcijos priežasčių, s</w:t>
+      </w:r>
+      <w:r w:rsidR="007D758A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ąlygų atskleidimas ir šalinimas </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002606C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>sudarant bei įgyvendinant atitinkamų priemonių sistemą, taip pat poveikis asmenims, siekian</w:t>
+      </w:r>
+      <w:r w:rsidR="007D758A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">t </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002606C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>atgrasinti nuo korupcinio pobūdžio nusikalstamų veikų darymo.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1AD795FD" w14:textId="1845BFC2" w:rsidR="002606C4" w:rsidRPr="002606C4" w:rsidRDefault="002606C4" w:rsidP="00A6493D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FC1968">
-[...5 lines deleted...]
-        <w:t>5. Programa parengta 3 metų laikotarpiui.</w:t>
+      <w:r w:rsidRPr="002606C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5. Veiksminga Alytaus r. </w:t>
+      </w:r>
+      <w:r w:rsidR="007D758A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">meno ir sporto mokyklos </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002606C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>antikorupcijos veikla turėtų būti skirta ne tik korupcinio pobūdžio te</w:t>
+      </w:r>
+      <w:r w:rsidR="007D758A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">isės pažeidimams užkardyti, bet </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002606C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ir šalinti bei mažinti sąlygas asmenims, dirbantiems </w:t>
+      </w:r>
+      <w:r w:rsidR="007D758A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>mokykloje</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002606C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, turė</w:t>
+      </w:r>
+      <w:r w:rsidR="007D758A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ti naudos sau, atlikti žalingus </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002606C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>veiksmus.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="66F7CECC" w14:textId="6B0DB8F7" w:rsidR="002606C4" w:rsidRPr="002606C4" w:rsidRDefault="002606C4" w:rsidP="00A6493D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002606C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 6. Šiame apraše vartojamos sąvokos atitinka Lietuvos </w:t>
+      </w:r>
+      <w:r w:rsidR="007D758A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Respublikos viešųjų ir privačių </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002606C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>interesų derinimo valstybinėje tarnyboje įstatyme vartojamas sąvokas.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6EFD79B5" w14:textId="2E38FEDF" w:rsidR="002606C4" w:rsidRPr="002606C4" w:rsidRDefault="002606C4" w:rsidP="00A6493D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002606C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 7. Korupcija valstybės tarnyboje kenkia demokratijai, ekono</w:t>
+      </w:r>
+      <w:r w:rsidR="007D758A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">mikai ir teisės sistemai, todėl </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002606C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ypač daug dėmesio turi būti skirta korupcijos apraiškų prevencijai ir neišvengiamos atsakomybės už</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D330034" w14:textId="77777777" w:rsidR="002606C4" w:rsidRPr="002606C4" w:rsidRDefault="002606C4" w:rsidP="00A6493D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002606C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>neteisėtus veiksmus principui įgyvendinti, būtina ugdyti visuomenės nepakantumą šiam reiškiniui.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="03090E45" w14:textId="4E39CD12" w:rsidR="002606C4" w:rsidRPr="002606C4" w:rsidRDefault="002606C4" w:rsidP="00A6493D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002606C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 8. Programa siekiama paskatinti </w:t>
+      </w:r>
+      <w:r w:rsidR="0067686A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>mokyklos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002606C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> bendruomenę </w:t>
+      </w:r>
+      <w:r w:rsidR="0067686A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">reikšti nepakantumą korupcijai, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002606C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>sustiprinti visuomenės paramą numatytoms korupcijos prevencijos priemonėms įgyvendinti.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D751827" w14:textId="77777777" w:rsidR="002606C4" w:rsidRPr="002606C4" w:rsidRDefault="002606C4" w:rsidP="00A6493D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002606C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 9. Programos pagrindinės kryptys:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="602C54A7" w14:textId="77777777" w:rsidR="002606C4" w:rsidRPr="002606C4" w:rsidRDefault="002606C4" w:rsidP="00A6493D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002606C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 9.1. korupcijos prevencija;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1FB87C43" w14:textId="77777777" w:rsidR="002606C4" w:rsidRPr="002606C4" w:rsidRDefault="002606C4" w:rsidP="00A6493D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002606C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>9.2. antikorupcinis švietimas.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="20CBAC9E" w14:textId="5742F006" w:rsidR="004B79F9" w:rsidRPr="002606C4" w:rsidRDefault="00A90CC7" w:rsidP="002606C4">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 10. Programa parengta 3</w:t>
+      </w:r>
+      <w:r w:rsidR="002606C4" w:rsidRPr="002606C4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> metų laikotarpiui.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="40A9DEE6" w14:textId="77777777" w:rsidR="00D64E9F" w:rsidRPr="00FC1968" w:rsidRDefault="00D64E9F" w:rsidP="00D64E9F">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4FD8EB8E" w14:textId="77777777" w:rsidR="00D275C1" w:rsidRPr="00FC1968" w:rsidRDefault="00D275C1" w:rsidP="004B79F9">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FC1968">
@@ -667,1201 +966,1465 @@
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FC1968">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ANTIKORUPCINIU POŽIŪRIU</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="33BA0173" w14:textId="77777777" w:rsidR="00D64E9F" w:rsidRPr="00FC1968" w:rsidRDefault="00D64E9F" w:rsidP="007515F5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="01D6788A" w14:textId="77777777" w:rsidR="00D275C1" w:rsidRPr="007515F5" w:rsidRDefault="007515F5" w:rsidP="007515F5">
+    <w:p w14:paraId="29445596" w14:textId="082049C8" w:rsidR="00080DA7" w:rsidRPr="00080DA7" w:rsidRDefault="00080DA7" w:rsidP="00080DA7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">6. </w:t>
-[...18 lines deleted...]
-      </w:pPr>
+        <w:t xml:space="preserve">11. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DA7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Bendrosios (išorinės) korupcijos prielaidos:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="774DCC63" w14:textId="0C1B700D" w:rsidR="00080DA7" w:rsidRPr="00080DA7" w:rsidRDefault="00080DA7" w:rsidP="00080DA7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00080DA7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>11.1. Socialinės (nedarbas, santykinai maži valstybė</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">7. </w:t>
-[...14 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t xml:space="preserve">s tarnautojų ir kitų darbuotojų </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DA7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>atlyginimai);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6551D131" w14:textId="1F69AA1A" w:rsidR="00080DA7" w:rsidRPr="00080DA7" w:rsidRDefault="00080DA7" w:rsidP="00080DA7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00080DA7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>11.2. Institucinės (netobuli darbuotojų priėmimo į darbą at</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">rankos kriterijai, nepakankamos </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DA7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>vidaus ir išorės auditų apimtys);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="56FD2C36" w14:textId="692E163F" w:rsidR="00080DA7" w:rsidRPr="00080DA7" w:rsidRDefault="00080DA7" w:rsidP="00080DA7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00080DA7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>11.3. Visuomenės pilietiškumo stoka (visuomenės požiūri</w:t>
+      </w:r>
+      <w:r w:rsidR="0067686A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">o į korupciją neapibrėžtumas ir </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DA7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>prieštaringumas, piliečių pasyvumas antikorupcijos veikloje).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4995F566" w14:textId="77777777" w:rsidR="00080DA7" w:rsidRPr="00080DA7" w:rsidRDefault="00080DA7" w:rsidP="00080DA7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00080DA7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>12. Galimos vidinės korupcijos pasireiškimo prielaidos:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="694E3725" w14:textId="79CE6B53" w:rsidR="00080DA7" w:rsidRPr="00080DA7" w:rsidRDefault="00080DA7" w:rsidP="00080DA7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00080DA7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>12.1. Galimybė politikams dėl asmeninio suinteres</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">uotumo daryti įtaką priimamiems </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00080DA7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>sprendimams;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="78A67C60" w14:textId="77777777" w:rsidR="00080DA7" w:rsidRPr="00080DA7" w:rsidRDefault="00080DA7" w:rsidP="00080DA7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00080DA7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>12.2. Viešųjų pirkimų organizavimas ir vykdymas;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2565F24D" w14:textId="25FE6B55" w:rsidR="007515F5" w:rsidRPr="00FC1968" w:rsidRDefault="00080DA7" w:rsidP="00080DA7">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00080DA7">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>12.3. Atliekant statybos, rekonstrukcijos, remonto darbų priežiūrą ir kontrolę.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="530D4A97" w14:textId="77777777" w:rsidR="00D275C1" w:rsidRPr="00FC1968" w:rsidRDefault="00D275C1" w:rsidP="007515F5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FC1968">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...10 lines deleted...]
-        <w:t xml:space="preserve"> socialinės (</w:t>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>III. PROGRAMOS TIKSLAI IR UŽDAVINIAI</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5C8E6187" w14:textId="630E96FD" w:rsidR="00A37871" w:rsidRPr="00A37871" w:rsidRDefault="00A37871" w:rsidP="00A37871">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">13. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A37871">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Programos tikslai:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="59C806F3" w14:textId="2818711D" w:rsidR="00A37871" w:rsidRDefault="00A37871" w:rsidP="00A37871">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A37871">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">13.1. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Š</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A37871">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>alinti prielaidas, kurios sudaro sąlygas Alytaus r. meno ir sporto mokyklos darbuotojams pasinaudoti tarnybine padėtimi</w:t>
+      </w:r>
+      <w:r w:rsidR="0067686A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A37871">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0AA89936" w14:textId="69BF7915" w:rsidR="00A37871" w:rsidRPr="00A37871" w:rsidRDefault="00A37871" w:rsidP="00A37871">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A37871">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>13.2. Užtikrinti viešumą ir skaidrumą priimant sprendimus;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="010A7141" w14:textId="77777777" w:rsidR="00A37871" w:rsidRPr="00A37871" w:rsidRDefault="00A37871" w:rsidP="00A37871">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A37871">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>13.3. Mažinti korupcijos prielaidas teikiant paslaugas;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1ED070AF" w14:textId="74EDEB58" w:rsidR="00A37871" w:rsidRPr="00A37871" w:rsidRDefault="00A37871" w:rsidP="00A37871">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A37871">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>13.4. Supažindinti asmenis su korupcijos keliamu</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pavojumi, skatinti nepakantumą </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A37871">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>korupcijos apraiškoms.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D7FA601" w14:textId="77777777" w:rsidR="00A37871" w:rsidRPr="00A37871" w:rsidRDefault="00A37871" w:rsidP="00A37871">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A37871">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>14. Korupcijos prevencijos tikslams pasiekti numatomi uždaviniai:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="65104DF0" w14:textId="77777777" w:rsidR="00A37871" w:rsidRPr="00A37871" w:rsidRDefault="00A37871" w:rsidP="00A37871">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A37871">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>14.1. Užtikrinti antikorupcinę kontrolę;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D8AE2FA" w14:textId="77777777" w:rsidR="00A37871" w:rsidRPr="00A37871" w:rsidRDefault="00A37871" w:rsidP="00A37871">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A37871">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>14.2. Didinti viešumą ir skaidrumą.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="14327527" w14:textId="77777777" w:rsidR="00A37871" w:rsidRPr="00A37871" w:rsidRDefault="00A37871" w:rsidP="00A37871">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A37871">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>15. Antikorupcinio švietimo tikslui pasiekti numatomi uždaviniai:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="19C1F943" w14:textId="0DD65483" w:rsidR="00A37871" w:rsidRPr="00A37871" w:rsidRDefault="00A37871" w:rsidP="00A37871">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A37871">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">15.1. Didinti antikorupcinio švietimo sklaidą </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">mokykloje, skatinant mokyklos </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A37871">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>bendruomenę įsitraukti į antikorupcinę veiklą;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="56E9720A" w14:textId="4184355D" w:rsidR="007515F5" w:rsidRDefault="00A37871" w:rsidP="00A37871">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A37871">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>15.2. Įgyvendinti antikorupcinio pobūdžio programą.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4CB83389" w14:textId="77777777" w:rsidR="0067686A" w:rsidRDefault="0067686A" w:rsidP="00A37871">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="54C8C6B1" w14:textId="77777777" w:rsidR="00D275C1" w:rsidRDefault="00D275C1" w:rsidP="007515F5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FC1968">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>IV. PROGRAMOS ĮGYVENDINIMO RODIKLIAI</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="357B6512" w14:textId="77777777" w:rsidR="007515F5" w:rsidRPr="00FC1968" w:rsidRDefault="007515F5" w:rsidP="007515F5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="59E1252D" w14:textId="3272D486" w:rsidR="007F776A" w:rsidRPr="00FC1968" w:rsidRDefault="007F776A" w:rsidP="007515F5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FC1968">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">11. Programos </w:t>
+      </w:r>
+      <w:r w:rsidR="0067686A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>rezultatyvumas numatomas</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC1968">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> vadovaujantis kiekybės ir kokybės rodikliais:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D5C0DAF" w14:textId="675CFF6C" w:rsidR="007F776A" w:rsidRPr="00FC1968" w:rsidRDefault="00CB18FB" w:rsidP="007515F5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>11.1. K</w:t>
+      </w:r>
+      <w:r w:rsidR="007F776A" w:rsidRPr="00FC1968">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>orupcijos pasireiškimo tikimybės nustatymu Mokykloje;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3F85C05A" w14:textId="63047F22" w:rsidR="007F776A" w:rsidRPr="00FC1968" w:rsidRDefault="00CB18FB" w:rsidP="007515F5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>11.2. Į</w:t>
+      </w:r>
+      <w:r w:rsidR="007F776A" w:rsidRPr="00FC1968">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>vykdytų ir neįvykdytų Programos įgyvendinimo priemonių skaičiumi;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="09310501" w14:textId="48282C23" w:rsidR="007F776A" w:rsidRDefault="007F776A" w:rsidP="007515F5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FC1968">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">11.3. </w:t>
+      </w:r>
+      <w:r w:rsidR="00CB18FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r w:rsidR="0067686A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">noniminių ir oficialių pranešimų, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FC1968">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>skundų, pateiktų Mokyklos direktor</w:t>
+      </w:r>
+      <w:r w:rsidR="0067686A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>iui, aukštesnėms institucijoms;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="15ECB7B3" w14:textId="3109C108" w:rsidR="0067686A" w:rsidRPr="0067686A" w:rsidRDefault="0067686A" w:rsidP="0067686A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">11.4. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0067686A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Renginių, straipsnių, pranešimų, seminarų ir kt. skaičiumi;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2DCF5FAC" w14:textId="5625A3D3" w:rsidR="0067686A" w:rsidRPr="00FC1968" w:rsidRDefault="0067686A" w:rsidP="0067686A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">11.5. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0067686A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Antikorupciniuose renginiuo</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>se dalyvavusių asmenų skaičiumi;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3899B5B4" w14:textId="18EFC979" w:rsidR="00FF2417" w:rsidRPr="00D64E9F" w:rsidRDefault="00CB18FB" w:rsidP="007515F5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>11.4. B</w:t>
+      </w:r>
+      <w:r w:rsidR="007F776A" w:rsidRPr="00FC1968">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>endruomenės nuomonės tyrimų rezultatais, parodančiais pasitikėjimą Mokykla</w:t>
+      </w:r>
+      <w:r w:rsidR="00D64E9F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7BDC9906" w14:textId="77777777" w:rsidR="007515F5" w:rsidRDefault="007515F5" w:rsidP="007515F5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="58E764D4" w14:textId="77777777" w:rsidR="00D275C1" w:rsidRDefault="00D275C1" w:rsidP="007515F5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FC1968">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>V. PROGRAMOS ADMINISTRAVIMAS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4013F75A" w14:textId="77777777" w:rsidR="007515F5" w:rsidRPr="00FC1968" w:rsidRDefault="007515F5" w:rsidP="007515F5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="59050578" w14:textId="77777777" w:rsidR="00D275C1" w:rsidRPr="00FC1968" w:rsidRDefault="00906505" w:rsidP="007515F5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FC1968">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>12</w:t>
       </w:r>
       <w:r w:rsidR="00D275C1" w:rsidRPr="00FC1968">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>santykinai maži valstybės tarnautojų ir kitų darbuotojų atlyginimai);</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="4DAFBFB5" w14:textId="77777777" w:rsidR="00D275C1" w:rsidRPr="00FC1968" w:rsidRDefault="00257CB1" w:rsidP="007515F5">
+        <w:t>. Programai įgyvendinti sudaromas programos įgyvendinimo priemonių planas, kuriame nustatomos programos priemonės, įgyvendinimo priemonių vertinimo kriterijai, laukiami rezultatai, vykdymo laikas, vykdytojai, finansavimas.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="30AFBB44" w14:textId="37D7D66A" w:rsidR="00D275C1" w:rsidRPr="00FC1968" w:rsidRDefault="00906505" w:rsidP="007515F5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FC1968">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">7.2. </w:t>
+        <w:t>13.</w:t>
       </w:r>
       <w:r w:rsidR="00D275C1" w:rsidRPr="00FC1968">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> teisinės (teisės aktų netobulumas, dažna jų kaita, spragos ir kolizijos, kontrolės sistemų, teisinių procedūrų ir priemonių netobulumas);</w:t>
-[...10 lines deleted...]
-      </w:pPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="00FC1968">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">7.3. </w:t>
-[...18 lines deleted...]
-      </w:pPr>
+        <w:t xml:space="preserve">Programoje numatytų priemonių įgyvendinimą organizuoja Mokyklos direktorius; už konkrečių Programos priemonių įgyvendinimą pagal kompetenciją </w:t>
+      </w:r>
+      <w:r w:rsidR="00F56D4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>atsako priemonių plane nuro</w:t>
+      </w:r>
+      <w:r w:rsidR="000E5F01">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">dyti </w:t>
+      </w:r>
       <w:r w:rsidRPr="00FC1968">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">7.4. </w:t>
-[...10 lines deleted...]
-    <w:p w14:paraId="7AE61420" w14:textId="77777777" w:rsidR="00D275C1" w:rsidRPr="00FC1968" w:rsidRDefault="00257CB1" w:rsidP="007515F5">
+        <w:t>vykdytojai.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="60AFDE0B" w14:textId="77777777" w:rsidR="00A0647D" w:rsidRPr="00FC1968" w:rsidRDefault="00A0647D" w:rsidP="007515F5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FC1968">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">8. </w:t>
-[...10 lines deleted...]
-    <w:p w14:paraId="679EF992" w14:textId="77777777" w:rsidR="00D275C1" w:rsidRPr="00FC1968" w:rsidRDefault="00257CB1" w:rsidP="007515F5">
+        <w:t>14. Programos ir jos priemonių įgyvendinimo plano projektą trims metams rengia įgaliotas asmuo, atsakingas už korupcijos prevenciją.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="567AE8AC" w14:textId="77777777" w:rsidR="00F56D4A" w:rsidRDefault="00A0647D" w:rsidP="00F56D4A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FC1968">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>8.</w:t>
-[...14 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t xml:space="preserve">15. </w:t>
+      </w:r>
+      <w:r w:rsidR="00F56D4A" w:rsidRPr="00F56D4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Programos priemonių vykdytojai kiekvienai</w:t>
+      </w:r>
+      <w:r w:rsidR="00F56D4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">s metais programos įgyvendinimo </w:t>
+      </w:r>
+      <w:r w:rsidR="00F56D4A" w:rsidRPr="00F56D4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>priemonių plane nustatytais terminais plane nurodytiems subjektams t</w:t>
+      </w:r>
+      <w:r w:rsidR="00F56D4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">eikia rašytinę informaciją apie </w:t>
+      </w:r>
+      <w:r w:rsidR="00F56D4A" w:rsidRPr="00F56D4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>programos priemonių vykdymo eigą, jų veiksmingumą ir pasiektus rezultatus.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="79FE4C22" w14:textId="691E2F39" w:rsidR="00E61DAD" w:rsidRPr="00FC1968" w:rsidRDefault="00E61DAD" w:rsidP="00F56D4A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">16. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E61DAD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Programa ir jos įgyvendinimo priemonių planas pa</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>gal poreikį gali būti keičiama</w:t>
+      </w:r>
+      <w:r w:rsidR="0015674B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E61DAD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>papildoma</w:t>
+      </w:r>
+      <w:r w:rsidR="0015674B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E61DAD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, atnaujinama</w:t>
+      </w:r>
+      <w:r w:rsidR="0015674B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E61DAD">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5BB135D5" w14:textId="6AD222C4" w:rsidR="007515F5" w:rsidRDefault="00E61DAD" w:rsidP="00F56D4A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>17</w:t>
+      </w:r>
+      <w:r w:rsidR="00A0647D" w:rsidRPr="00FC1968">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00F56D4A" w:rsidRPr="00F56D4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Kovos su korupcija programą ir įgyvendinimo priemonių planą rengia </w:t>
+      </w:r>
+      <w:r w:rsidR="00F56D4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">mokyklos </w:t>
+      </w:r>
+      <w:r w:rsidR="00F56D4A" w:rsidRPr="00F56D4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">direktoriaus įsakymu paskirti asmenys ir jį teikia tvirtinti </w:t>
+      </w:r>
+      <w:r w:rsidR="00F56D4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>mokyklos</w:t>
+      </w:r>
+      <w:r w:rsidR="00F56D4A" w:rsidRPr="00F56D4A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> direktoriui.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A8C985D" w14:textId="77777777" w:rsidR="00F56D4A" w:rsidRPr="00F56D4A" w:rsidRDefault="00F56D4A" w:rsidP="00F56D4A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="386B03E5" w14:textId="77777777" w:rsidR="00C86B6D" w:rsidRDefault="00C86B6D" w:rsidP="007515F5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FC1968">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...17 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>VI. PROGRAMOS FINANSAVIMAS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7C814805" w14:textId="77777777" w:rsidR="007515F5" w:rsidRPr="00FC1968" w:rsidRDefault="007515F5" w:rsidP="007515F5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="06B4F43C" w14:textId="77777777" w:rsidR="00C86B6D" w:rsidRPr="00FC1968" w:rsidRDefault="00E61DAD" w:rsidP="007515F5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>18</w:t>
+      </w:r>
+      <w:r w:rsidR="00C86B6D" w:rsidRPr="00FC1968">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>. Ši programa finansuojama iš savivaldybės biudžeto asignavimų ir kitų finansavimo šaltinių.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="670A648E" w14:textId="77777777" w:rsidR="00C86B6D" w:rsidRPr="00FC1968" w:rsidRDefault="00E61DAD" w:rsidP="007515F5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>19</w:t>
+      </w:r>
+      <w:r w:rsidR="00C86B6D" w:rsidRPr="00FC1968">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>. Programos priemonių įgyvendinimo finansavimas numatomas atsižvelgiant į mokyklos finansines galimybes.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="14C095B9" w14:textId="77777777" w:rsidR="007515F5" w:rsidRDefault="007515F5" w:rsidP="007515F5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C27685B" w14:textId="77777777" w:rsidR="00974591" w:rsidRDefault="00974591" w:rsidP="007515F5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0EDB7335" w14:textId="77777777" w:rsidR="00974591" w:rsidRDefault="00974591" w:rsidP="007515F5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3B3C9088" w14:textId="77777777" w:rsidR="00C86B6D" w:rsidRDefault="00C86B6D" w:rsidP="007515F5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FC1968">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...23 lines deleted...]
-    <w:p w14:paraId="530D4A97" w14:textId="77777777" w:rsidR="00D275C1" w:rsidRPr="00FC1968" w:rsidRDefault="00D275C1" w:rsidP="007515F5">
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>VII. BAIGIAMOSIOS NUOSTATOS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1D817F56" w14:textId="77777777" w:rsidR="007515F5" w:rsidRPr="00FC1968" w:rsidRDefault="007515F5" w:rsidP="007515F5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FC1968">
-[...149 lines deleted...]
-        <w:t>10.1. užtikrinti efektyvų Mokyklos administrav</w:t>
+    </w:p>
+    <w:p w14:paraId="0BFEB620" w14:textId="640A4E98" w:rsidR="00C86B6D" w:rsidRPr="00FC1968" w:rsidRDefault="00E61DAD" w:rsidP="007515F5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>20</w:t>
+      </w:r>
+      <w:r w:rsidR="00C86B6D" w:rsidRPr="00FC1968">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00974591" w:rsidRPr="00974591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Programa įsigalioja nuo jos patvirtinimo dienos</w:t>
+      </w:r>
+      <w:r w:rsidR="00974591">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="459D9FB9" w14:textId="77777777" w:rsidR="00C86B6D" w:rsidRPr="00FC1968" w:rsidRDefault="00E61DAD" w:rsidP="007515F5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>21</w:t>
+      </w:r>
+      <w:r w:rsidR="00C86B6D" w:rsidRPr="00FC1968">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>. Programa skelbiam</w:t>
       </w:r>
       <w:r w:rsidR="00FF2417">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">imo ir viešųjų paslaugų teikimo </w:t>
-[...375 lines deleted...]
-        <w:t xml:space="preserve">tiniame tinklapyje </w:t>
+        <w:t xml:space="preserve">a mokyklos interneto svetainėje </w:t>
       </w:r>
       <w:hyperlink r:id="rId5" w:history="1">
-        <w:r w:rsidR="00FC7384" w:rsidRPr="003728BA">
-[...295 lines deleted...]
-      <w:hyperlink r:id="rId6" w:history="1">
         <w:r w:rsidR="00FF2417" w:rsidRPr="002215BD">
           <w:rPr>
             <w:rStyle w:val="Hipersaitas"/>
             <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>www.amsm.lt</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00FF2417">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4B055B97" w14:textId="77777777" w:rsidR="00087F9B" w:rsidRDefault="00087F9B" w:rsidP="007515F5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="27979277" w14:textId="77777777" w:rsidR="00C86B6D" w:rsidRPr="00C86B6D" w:rsidRDefault="00C86B6D" w:rsidP="007515F5">
-[...2 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="27979277" w14:textId="7C53D4D6" w:rsidR="00C86B6D" w:rsidRPr="00C86B6D" w:rsidRDefault="00F9534A" w:rsidP="00F9534A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
+        <w:t>____________________________________________</w:t>
+      </w:r>
     </w:p>
     <w:sectPr w:rsidR="00C86B6D" w:rsidRPr="00C86B6D">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1701" w:right="567" w:bottom="1134" w:left="1701" w:header="567" w:footer="567" w:gutter="0"/>
       <w:cols w:space="1296"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
@@ -2426,117 +2989,140 @@
   <w:num w:numId="4">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="1296"/>
   <w:hyphenationZone w:val="396"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00D275C1"/>
     <w:rsid w:val="00075065"/>
+    <w:rsid w:val="000768C5"/>
+    <w:rsid w:val="00080DA7"/>
     <w:rsid w:val="00087F9B"/>
     <w:rsid w:val="000A3295"/>
+    <w:rsid w:val="000E5F01"/>
     <w:rsid w:val="000F4990"/>
+    <w:rsid w:val="0015674B"/>
+    <w:rsid w:val="001C0CEC"/>
     <w:rsid w:val="00257CB1"/>
+    <w:rsid w:val="002606C4"/>
     <w:rsid w:val="00267584"/>
     <w:rsid w:val="003D126F"/>
     <w:rsid w:val="003D6D42"/>
     <w:rsid w:val="00452A29"/>
     <w:rsid w:val="004853C2"/>
     <w:rsid w:val="004B79F9"/>
+    <w:rsid w:val="0051095E"/>
     <w:rsid w:val="00516F4B"/>
+    <w:rsid w:val="005904FC"/>
+    <w:rsid w:val="005C04CE"/>
+    <w:rsid w:val="0067686A"/>
+    <w:rsid w:val="006E0EA8"/>
     <w:rsid w:val="00734213"/>
     <w:rsid w:val="007515F5"/>
     <w:rsid w:val="007866AA"/>
+    <w:rsid w:val="007D1695"/>
+    <w:rsid w:val="007D758A"/>
     <w:rsid w:val="007F776A"/>
     <w:rsid w:val="008B35FA"/>
+    <w:rsid w:val="008D0AFA"/>
     <w:rsid w:val="00906505"/>
     <w:rsid w:val="009733AB"/>
+    <w:rsid w:val="00974591"/>
     <w:rsid w:val="009E66C1"/>
     <w:rsid w:val="00A0647D"/>
+    <w:rsid w:val="00A37871"/>
+    <w:rsid w:val="00A6493D"/>
+    <w:rsid w:val="00A90CC7"/>
+    <w:rsid w:val="00C66A5E"/>
     <w:rsid w:val="00C86B6D"/>
+    <w:rsid w:val="00CB18FB"/>
     <w:rsid w:val="00CF49F6"/>
     <w:rsid w:val="00D1558F"/>
     <w:rsid w:val="00D275C1"/>
     <w:rsid w:val="00D64E9F"/>
     <w:rsid w:val="00D771DA"/>
     <w:rsid w:val="00DA77C9"/>
+    <w:rsid w:val="00DB5924"/>
     <w:rsid w:val="00E05FF0"/>
     <w:rsid w:val="00E61DAD"/>
     <w:rsid w:val="00ED090C"/>
+    <w:rsid w:val="00F56D4A"/>
+    <w:rsid w:val="00F9534A"/>
     <w:rsid w:val="00FC1968"/>
     <w:rsid w:val="00FC3952"/>
     <w:rsid w:val="00FC7384"/>
     <w:rsid w:val="00FD33C2"/>
     <w:rsid w:val="00FD3A1B"/>
     <w:rsid w:val="00FF2417"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="lt-LT"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="687478D6"/>
-  <w15:docId w15:val="{C048FD57-D2ED-4723-A718-59F37781122B}"/>
+  <w15:docId w15:val="{A935BE40-FF70-4053-AF18-51346F9E915A}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="lt-LT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -2619,96 +3205,100 @@
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="1" w:uiPriority="59" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
@@ -2981,51 +3571,51 @@
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="DebesliotekstasDiagrama">
     <w:name w:val="Debesėlio tekstas Diagrama"/>
     <w:basedOn w:val="Numatytasispastraiposriftas"/>
     <w:link w:val="Debesliotekstas"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="009E66C1"/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.amsm.lt" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.amsm.lt" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.amsm.lt" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -3273,74 +3863,74 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
-[...1 lines deleted...]
-  <Characters>4812</Characters>
+  <Pages>3</Pages>
+  <Words>953</Words>
+  <Characters>5433</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>40</Lines>
-  <Paragraphs>11</Paragraphs>
+  <Lines>45</Lines>
+  <Paragraphs>12</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
-        <vt:lpstr>Pavadinimas</vt:lpstr>
+        <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpstr>Title</vt:lpstr>
+        <vt:lpstr>Pavadinimas</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr/>
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5645</CharactersWithSpaces>
+  <CharactersWithSpaces>6374</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Vip</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>