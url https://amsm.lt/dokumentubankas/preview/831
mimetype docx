--- v0 (2025-10-23)
+++ v1 (2025-12-03)
@@ -1,147 +1,139 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w:rsidR="00277610" w:rsidRDefault="00277610" w:rsidP="00277610">
+    <w:p w14:paraId="6F3D7550" w14:textId="77777777" w:rsidR="00277610" w:rsidRDefault="00277610" w:rsidP="00277610">
       <w:pPr>
         <w:pStyle w:val="Pagrindinistekstas"/>
         <w:spacing w:before="76"/>
         <w:ind w:left="5674"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>PATVIRTINTA</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00277610" w:rsidRDefault="00277610" w:rsidP="00277610">
+    <w:p w14:paraId="23CA5F19" w14:textId="77777777" w:rsidR="00277610" w:rsidRDefault="00277610" w:rsidP="00277610">
       <w:pPr>
         <w:pStyle w:val="Pagrindinistekstas"/>
         <w:ind w:left="5674" w:right="573"/>
       </w:pPr>
       <w:r>
         <w:t>Alytaus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-12"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>rajono</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-12"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>savivaldybės</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-14"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>tarybos 2025 m. birželio 26 d.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00277610" w:rsidRDefault="00277610" w:rsidP="00277610">
+    <w:p w14:paraId="25AEFE40" w14:textId="77777777" w:rsidR="00277610" w:rsidRDefault="00277610" w:rsidP="00277610">
       <w:pPr>
         <w:pStyle w:val="Pagrindinistekstas"/>
         <w:ind w:left="5674"/>
       </w:pPr>
       <w:r>
         <w:t>sprendimu</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Nr.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-5"/>
         </w:rPr>
-        <w:t>K-</w:t>
-[...10 lines deleted...]
-    <w:p w:rsidR="00277610" w:rsidRDefault="00277610" w:rsidP="00277610">
+        <w:t>K-93</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="455CB19F" w14:textId="77777777" w:rsidR="00277610" w:rsidRDefault="00277610" w:rsidP="00277610">
       <w:pPr>
         <w:pStyle w:val="Pagrindinistekstas"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00277610" w:rsidRDefault="00277610" w:rsidP="00277610">
+    <w:p w14:paraId="1016E879" w14:textId="77777777" w:rsidR="00277610" w:rsidRDefault="00277610" w:rsidP="00277610">
       <w:pPr>
         <w:pStyle w:val="Pagrindinistekstas"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00277610" w:rsidRDefault="00277610" w:rsidP="00277610">
+    <w:p w14:paraId="59E116EA" w14:textId="77777777" w:rsidR="00277610" w:rsidRDefault="00277610" w:rsidP="00277610">
       <w:pPr>
         <w:ind w:left="355" w:right="494"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>MOKINIŲ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-6"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -257,98 +249,98 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">TVARKOS </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>APRAŠAS</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00277610" w:rsidRDefault="00277610" w:rsidP="00277610">
+    <w:p w14:paraId="2B38E840" w14:textId="77777777" w:rsidR="00277610" w:rsidRDefault="00277610" w:rsidP="00277610">
       <w:pPr>
         <w:pStyle w:val="Pagrindinistekstas"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00277610" w:rsidRDefault="00277610" w:rsidP="00277610">
+    <w:p w14:paraId="41329F8A" w14:textId="77777777" w:rsidR="00277610" w:rsidRDefault="00277610" w:rsidP="00277610">
       <w:pPr>
         <w:ind w:left="3266" w:right="3399" w:firstLine="946"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>I SKYRIUS BENDROSIOS</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-15"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>NUOSTATOS</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00277610" w:rsidRDefault="00277610" w:rsidP="00277610">
+    <w:p w14:paraId="4E1F4520" w14:textId="77777777" w:rsidR="00277610" w:rsidRDefault="00277610" w:rsidP="00277610">
       <w:pPr>
         <w:pStyle w:val="Pagrindinistekstas"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00277610" w:rsidRDefault="00277610" w:rsidP="00277610">
+    <w:p w14:paraId="20ABCE38" w14:textId="77777777" w:rsidR="00277610" w:rsidRDefault="00277610" w:rsidP="00277610">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="965"/>
         </w:tabs>
         <w:ind w:right="161" w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Mokinių</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
@@ -470,105 +462,105 @@
           <w:spacing w:val="-1"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>(toliau</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>– Aprašas) reglamentuoja vaikų ir suaugusiųjų priėmimą mokytis į neformaliojo vaikų švietimo mokyklą – Alytaus r. meno ir sporto mokyklą.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00277610" w:rsidRDefault="00277610" w:rsidP="00277610">
+    <w:p w14:paraId="7A12FBE7" w14:textId="77777777" w:rsidR="00277610" w:rsidRDefault="00277610" w:rsidP="00277610">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1005"/>
         </w:tabs>
         <w:ind w:right="147" w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Mokiniai už neformalųjį švietimą Alytaus r. meno ir sporto mokykloje moka Alytaus rajono savivaldybės tarybos sprendimu nustatytą atlyginimo dydį.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00277610" w:rsidRDefault="00277610" w:rsidP="00277610">
+    <w:p w14:paraId="4556CAA6" w14:textId="77777777" w:rsidR="00277610" w:rsidRDefault="00277610" w:rsidP="00277610">
       <w:pPr>
         <w:pStyle w:val="Pagrindinistekstas"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00277610" w:rsidRDefault="00277610" w:rsidP="00277610">
+    <w:p w14:paraId="2DA9145A" w14:textId="77777777" w:rsidR="00277610" w:rsidRDefault="00277610" w:rsidP="00277610">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="244"/>
         </w:tabs>
         <w:ind w:left="244" w:right="134" w:hanging="244"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>SKYRIUS</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00277610" w:rsidRDefault="00277610" w:rsidP="00277610">
+    <w:p w14:paraId="4A7E9690" w14:textId="77777777" w:rsidR="00277610" w:rsidRDefault="00277610" w:rsidP="00277610">
       <w:pPr>
         <w:ind w:right="138"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>MENINIO</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -617,59 +609,59 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>MOKYMOSI</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>TRUKMĖ</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00277610" w:rsidRDefault="00277610" w:rsidP="00277610">
+    <w:p w14:paraId="7562F24B" w14:textId="77777777" w:rsidR="00277610" w:rsidRDefault="00277610" w:rsidP="00277610">
       <w:pPr>
         <w:pStyle w:val="Pagrindinistekstas"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00277610" w:rsidRDefault="00277610" w:rsidP="00277610">
+    <w:p w14:paraId="6FF61B3C" w14:textId="77777777" w:rsidR="00277610" w:rsidRDefault="00277610" w:rsidP="00277610">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="992"/>
         </w:tabs>
         <w:ind w:right="145" w:firstLine="720"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Alytaus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="27"/>
           <w:sz w:val="24"/>
         </w:rPr>
@@ -816,51 +808,51 @@
           <w:spacing w:val="26"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>amžiaus gali rinktis šias</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="40"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>formalųjį švietimą papildančias ugdymo programas:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00277610" w:rsidRDefault="00277610" w:rsidP="00277610">
+    <w:p w14:paraId="4F7FAD87" w14:textId="77777777" w:rsidR="00277610" w:rsidRDefault="00277610" w:rsidP="00277610">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1144"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>pradinio</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
@@ -916,51 +908,51 @@
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-3"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>metai;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00277610" w:rsidRDefault="00277610" w:rsidP="00277610">
+    <w:p w14:paraId="70310110" w14:textId="77777777" w:rsidR="00277610" w:rsidRDefault="00277610" w:rsidP="00277610">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1144"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>pagrindinio</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-6"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
@@ -1016,51 +1008,51 @@
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-3"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>metai;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00277610" w:rsidRDefault="00277610" w:rsidP="00277610">
+    <w:p w14:paraId="2302A7AB" w14:textId="77777777" w:rsidR="00277610" w:rsidRDefault="00277610" w:rsidP="00277610">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1144"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>pradinio</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
@@ -1116,51 +1108,51 @@
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-3"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>metai;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00277610" w:rsidRDefault="00277610" w:rsidP="00277610">
+    <w:p w14:paraId="37E7117B" w14:textId="77777777" w:rsidR="00277610" w:rsidRDefault="00277610" w:rsidP="00277610">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1144"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>pagrindinio</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
@@ -1216,51 +1208,51 @@
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-3"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>metai;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00277610" w:rsidRDefault="00277610" w:rsidP="00277610">
+    <w:p w14:paraId="369664AA" w14:textId="77777777" w:rsidR="00277610" w:rsidRDefault="00277610" w:rsidP="00277610">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1144"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>pradinio</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
@@ -1329,51 +1321,51 @@
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-3"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>metai;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00277610" w:rsidRDefault="00277610" w:rsidP="00277610">
+    <w:p w14:paraId="42A0A473" w14:textId="77777777" w:rsidR="00277610" w:rsidRDefault="00277610" w:rsidP="00277610">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1144"/>
         </w:tabs>
         <w:spacing w:before="1"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>meistriškumo</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-3"/>
           <w:sz w:val="24"/>
         </w:rPr>
@@ -1397,51 +1389,51 @@
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>–</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-3"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> metai;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00277610" w:rsidRDefault="00277610" w:rsidP="00277610">
+    <w:p w14:paraId="27D1AFB0" w14:textId="77777777" w:rsidR="00277610" w:rsidRDefault="00277610" w:rsidP="00277610">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1144"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>meistriškumo</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
@@ -1471,51 +1463,51 @@
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-3"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>metai.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00277610" w:rsidRDefault="00277610" w:rsidP="00277610">
+    <w:p w14:paraId="324DB999" w14:textId="77777777" w:rsidR="00277610" w:rsidRDefault="00277610" w:rsidP="00277610">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="964"/>
         </w:tabs>
         <w:ind w:left="964" w:hanging="240"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Mokiniams</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-9"/>
           <w:sz w:val="24"/>
         </w:rPr>
@@ -1559,51 +1551,51 @@
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>ugdymo</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-5"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>programos:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00277610" w:rsidRDefault="00277610" w:rsidP="00277610">
+    <w:p w14:paraId="6AD5E112" w14:textId="77777777" w:rsidR="00277610" w:rsidRDefault="00277610" w:rsidP="00277610">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1144"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>ankstyvasis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
@@ -1646,51 +1638,51 @@
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-3"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>metai;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00277610" w:rsidRDefault="00277610" w:rsidP="00277610">
+    <w:p w14:paraId="2A285C1D" w14:textId="77777777" w:rsidR="00277610" w:rsidRDefault="00277610" w:rsidP="00277610">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1144"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>ankstyvasis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
@@ -1746,51 +1738,51 @@
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-3"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>metai;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00277610" w:rsidRDefault="00277610" w:rsidP="00277610">
+    <w:p w14:paraId="69627FA7" w14:textId="77777777" w:rsidR="00277610" w:rsidRDefault="00277610" w:rsidP="00277610">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1144"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>muzikos</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-7"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
@@ -1826,51 +1818,51 @@
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>–</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> metai;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00277610" w:rsidRDefault="00277610" w:rsidP="00277610">
+    <w:p w14:paraId="02C80F93" w14:textId="77777777" w:rsidR="00277610" w:rsidRDefault="00277610" w:rsidP="00277610">
       <w:pPr>
         <w:pStyle w:val="Pagrindinistekstas"/>
         <w:ind w:left="724"/>
       </w:pPr>
       <w:r>
         <w:t>4.4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>dailės</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>tęstinių</w:t>
       </w:r>
@@ -1904,51 +1896,51 @@
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>–</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> metai;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00277610" w:rsidRDefault="00277610" w:rsidP="00277610">
+    <w:p w14:paraId="500A2F14" w14:textId="77777777" w:rsidR="00277610" w:rsidRDefault="00277610" w:rsidP="00277610">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1144"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>suaugusiųjų</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
@@ -2004,51 +1996,51 @@
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-3"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>metai;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00277610" w:rsidRDefault="00277610" w:rsidP="00277610">
+    <w:p w14:paraId="31BCE058" w14:textId="77777777" w:rsidR="00277610" w:rsidRDefault="00277610" w:rsidP="00277610">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1144"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>suaugusiųjų</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
@@ -2104,51 +2096,51 @@
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-3"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>metai;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00277610" w:rsidRDefault="00277610" w:rsidP="00277610">
+    <w:p w14:paraId="35F764CA" w14:textId="77777777" w:rsidR="00277610" w:rsidRDefault="00277610" w:rsidP="00277610">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1144"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>suaugusiųjų</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-7"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
@@ -2230,87 +2222,87 @@
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>metai.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00277610" w:rsidRDefault="00277610" w:rsidP="00277610">
+    <w:p w14:paraId="6EE26489" w14:textId="77777777" w:rsidR="00277610" w:rsidRDefault="00277610" w:rsidP="00277610">
       <w:pPr>
         <w:pStyle w:val="Pagrindinistekstas"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00277610" w:rsidRDefault="00277610" w:rsidP="00277610">
+    <w:p w14:paraId="7E37BCB9" w14:textId="77777777" w:rsidR="00277610" w:rsidRDefault="00277610" w:rsidP="00277610">
       <w:pPr>
         <w:pStyle w:val="Pagrindinistekstas"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00277610" w:rsidRDefault="00277610" w:rsidP="00277610">
+    <w:p w14:paraId="3B500735" w14:textId="77777777" w:rsidR="00277610" w:rsidRDefault="00277610" w:rsidP="00277610">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="338"/>
         </w:tabs>
         <w:ind w:left="338" w:right="132" w:hanging="338"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>SKYRIUS</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00277610" w:rsidRDefault="00277610" w:rsidP="00277610">
+    <w:p w14:paraId="08315BCB" w14:textId="77777777" w:rsidR="00277610" w:rsidRDefault="00277610" w:rsidP="00277610">
       <w:pPr>
         <w:ind w:right="134"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>DOKUMENTŲ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-8"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -2374,82 +2366,82 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>MOKYKLĄ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-5"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>TVARKA</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00277610" w:rsidRDefault="00277610" w:rsidP="00277610">
+    <w:p w14:paraId="689B1E8F" w14:textId="77777777" w:rsidR="00277610" w:rsidRDefault="00277610" w:rsidP="00277610">
       <w:pPr>
         <w:pStyle w:val="Pagrindinistekstas"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00277610" w:rsidRDefault="00277610" w:rsidP="00277610">
+    <w:p w14:paraId="21F04D69" w14:textId="77777777" w:rsidR="00277610" w:rsidRDefault="00277610" w:rsidP="00277610">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="987"/>
         </w:tabs>
         <w:ind w:right="149" w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Mokiniai į Mokyklą priimami atsižvelgiant į vaikų ir jų tėvų pageidavimus, saviraiškos poreikius, gebėjimus, amžių, muzikinius, meninius, fizinius, sveikatos duomenis bei Mokyklos intelektualines ir materialines galimybes.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00277610" w:rsidRDefault="00277610" w:rsidP="00277610">
+    <w:p w14:paraId="1AD6797B" w14:textId="77777777" w:rsidR="00277610" w:rsidRDefault="00277610" w:rsidP="00277610">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="964"/>
         </w:tabs>
         <w:ind w:left="964" w:hanging="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Prašymų</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-6"/>
           <w:sz w:val="24"/>
@@ -2507,51 +2499,51 @@
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>dviem</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>etapais:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00277610" w:rsidRDefault="00277610" w:rsidP="00277610">
+    <w:p w14:paraId="30FF3056" w14:textId="77777777" w:rsidR="00277610" w:rsidRDefault="00277610" w:rsidP="00277610">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1144"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>pagrindinis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
@@ -2673,74 +2665,74 @@
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>25</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-5"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>d.;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00277610" w:rsidRDefault="00277610" w:rsidP="00277610">
+    <w:p w14:paraId="48EE261D" w14:textId="77777777" w:rsidR="00277610" w:rsidRDefault="00277610" w:rsidP="00277610">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1213"/>
         </w:tabs>
         <w:ind w:left="4" w:right="150" w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>papildomas – nuo einamųjų metų rugpjūčio 25 d. iki rugsėjo 15 d. (papildomas priėmimas vykdomas, jei nesukomplektuojamos grupės pagrindinio priėmimo metu).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00277610" w:rsidRDefault="00277610" w:rsidP="00277610">
+    <w:p w14:paraId="7338FC53" w14:textId="77777777" w:rsidR="00277610" w:rsidRDefault="00277610" w:rsidP="00277610">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="964"/>
         </w:tabs>
         <w:ind w:left="964" w:hanging="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Jei</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-6"/>
           <w:sz w:val="24"/>
@@ -2843,145 +2835,145 @@
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>visus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-5"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>mokslo</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> metus.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00277610" w:rsidRDefault="00277610" w:rsidP="00277610">
+    <w:p w14:paraId="6C34FB87" w14:textId="77777777" w:rsidR="00277610" w:rsidRDefault="00277610" w:rsidP="00277610">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:sectPr w:rsidR="00277610">
           <w:pgSz w:w="11910" w:h="16840"/>
           <w:pgMar w:top="1040" w:right="425" w:bottom="280" w:left="1700" w:header="567" w:footer="567" w:gutter="0"/>
           <w:cols w:space="1296"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00277610" w:rsidRDefault="00277610" w:rsidP="00277610">
+    <w:p w14:paraId="47A26227" w14:textId="77777777" w:rsidR="00277610" w:rsidRDefault="00277610" w:rsidP="00277610">
       <w:pPr>
         <w:pStyle w:val="Pagrindinistekstas"/>
         <w:spacing w:before="70"/>
         <w:ind w:left="1463" w:right="1599"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-10"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>2</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00277610" w:rsidRDefault="00277610" w:rsidP="00277610">
+    <w:p w14:paraId="3B9C529A" w14:textId="77777777" w:rsidR="00277610" w:rsidRDefault="00277610" w:rsidP="00277610">
       <w:pPr>
         <w:pStyle w:val="Pagrindinistekstas"/>
         <w:spacing w:before="14"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00277610" w:rsidRDefault="00277610" w:rsidP="00277610">
+    <w:p w14:paraId="7719AF04" w14:textId="77777777" w:rsidR="00277610" w:rsidRDefault="00277610" w:rsidP="00277610">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="975"/>
         </w:tabs>
         <w:ind w:right="158" w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Prašymą už mokinį iki 14 metų teikia vienas iš tėvų (globėjų, rūpintojų) (1 priedas). 14– 18 metų mokiniai prašymus gali teikti patys, turintys vieno iš tėvų (globėjų, rūpintojų) raštišką sutikimą (2 priedas).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00277610" w:rsidRDefault="00277610" w:rsidP="00277610">
+    <w:p w14:paraId="2F5C1AD3" w14:textId="77777777" w:rsidR="00277610" w:rsidRDefault="00277610" w:rsidP="00277610">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="951"/>
         </w:tabs>
         <w:ind w:left="951" w:hanging="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Prašyme</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-5"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>nurodoma:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00277610" w:rsidRDefault="00277610" w:rsidP="00277610">
+    <w:p w14:paraId="7B7DD98E" w14:textId="77777777" w:rsidR="00277610" w:rsidRDefault="00277610" w:rsidP="00277610">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1131"/>
         </w:tabs>
         <w:ind w:left="1131"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>vaiko</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-5"/>
           <w:sz w:val="24"/>
@@ -3026,51 +3018,51 @@
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>gyvenamoji</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-5"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>vieta;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00277610" w:rsidRDefault="00277610" w:rsidP="00277610">
+    <w:p w14:paraId="261012AD" w14:textId="77777777" w:rsidR="00277610" w:rsidRDefault="00277610" w:rsidP="00277610">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1131"/>
         </w:tabs>
         <w:ind w:left="1131"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>programa,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-7"/>
           <w:sz w:val="24"/>
@@ -3089,51 +3081,51 @@
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>pageidaujama</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-7"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>mokytis;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00277610" w:rsidRDefault="00277610" w:rsidP="00277610">
+    <w:p w14:paraId="51A93483" w14:textId="77777777" w:rsidR="00277610" w:rsidRDefault="00277610" w:rsidP="00277610">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1131"/>
         </w:tabs>
         <w:ind w:left="1131"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Tėvų</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-6"/>
           <w:sz w:val="24"/>
@@ -3204,51 +3196,51 @@
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>el.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-3"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>paštas.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00277610" w:rsidRDefault="00277610" w:rsidP="00277610">
+    <w:p w14:paraId="6350723C" w14:textId="77777777" w:rsidR="00277610" w:rsidRDefault="00277610" w:rsidP="00277610">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1071"/>
         </w:tabs>
         <w:ind w:left="1071" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Prie</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
           <w:sz w:val="24"/>
@@ -3280,253 +3272,253 @@
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>šie</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-3"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>dokumentai:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00277610" w:rsidRDefault="00277610" w:rsidP="00277610">
+    <w:p w14:paraId="203B502D" w14:textId="77777777" w:rsidR="00277610" w:rsidRDefault="00277610" w:rsidP="00277610">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1259"/>
         </w:tabs>
         <w:ind w:left="4" w:right="147" w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">asmens tapatybę patvirtinančio dokumento kopija, sveikatos pažymėjimas (tik į sporto </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>programas);</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00277610" w:rsidRDefault="00277610" w:rsidP="00277610">
+    <w:p w14:paraId="1E7F82CD" w14:textId="77777777" w:rsidR="00277610" w:rsidRDefault="00277610" w:rsidP="00277610">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1309"/>
         </w:tabs>
         <w:ind w:left="4" w:right="158" w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>pažyma apie mokymosi rezultatus (jei mokinys mokėsi kitoje neformaliojo vaikų švietimo mokykloje ar užsienyje).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00277610" w:rsidRDefault="00277610" w:rsidP="00277610">
+    <w:p w14:paraId="1CC9ABA5" w14:textId="77777777" w:rsidR="00277610" w:rsidRDefault="00277610" w:rsidP="00277610">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1113"/>
         </w:tabs>
         <w:ind w:right="152" w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Suaugusieji prašyme (2 priedas) nurodo faktinę gyvenamąją vietą, programą, kurioje pageidauja mokytis, savo telefoną, el. paštą.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00277610" w:rsidRDefault="00277610" w:rsidP="00277610">
+    <w:p w14:paraId="7FCAA31E" w14:textId="77777777" w:rsidR="00277610" w:rsidRDefault="00277610" w:rsidP="00277610">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1135"/>
         </w:tabs>
         <w:ind w:right="155" w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Prašymus galima pateikti Mokyklos raštinėje (Ežero g. 18, Daugai) arba el. paštu </w:t>
       </w:r>
       <w:hyperlink r:id="rId5">
         <w:r>
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:spacing w:val="-2"/>
             <w:sz w:val="24"/>
             <w:u w:val="single" w:color="0000FF"/>
           </w:rPr>
           <w:t>info@amsm.lt</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00277610" w:rsidRDefault="00277610" w:rsidP="00277610">
+    <w:p w14:paraId="1BE0AF5C" w14:textId="77777777" w:rsidR="00277610" w:rsidRDefault="00277610" w:rsidP="00277610">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1216"/>
         </w:tabs>
         <w:ind w:right="153" w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Mokykla, gavusi prašymą, jį registruoja Dokumentų registre, vadovaudamasi Dokumentų tvarkymo ir apskaitos taisyklėmis, patvirtintomis Lietuvos vyriausiojo archyvaro 2011- 07-04 įsakymu Nr. V-118 ,,Dėl Dokumentų tvarkymo ir apskaitos taisyklių patvirtinimo“.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00277610" w:rsidRDefault="00277610" w:rsidP="00277610">
+    <w:p w14:paraId="15B420D6" w14:textId="77777777" w:rsidR="00277610" w:rsidRDefault="00277610" w:rsidP="00277610">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1087"/>
         </w:tabs>
         <w:ind w:right="154" w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Mokiniai, kurie mokėsi užsienyje, priimami bendra tvarka. Jei mokinys neturi pažymos apie mokymosi rezultatus, direktoriaus sudaryta priėmimo komisija, įvertina jo gebėjimus.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00277610" w:rsidRDefault="00277610" w:rsidP="00277610">
+    <w:p w14:paraId="3A5C5F00" w14:textId="77777777" w:rsidR="00277610" w:rsidRDefault="00277610" w:rsidP="00277610">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1117"/>
         </w:tabs>
         <w:ind w:right="159" w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Mokiniai, nebaigę pradinio, pagrindinio muzikinio ar dailės ugdymo programų, tęsti mokslą priimami tik pateikę pažymą apie mokymosi pasiekimus ankstesnėje mokykloje.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00277610" w:rsidRDefault="00277610" w:rsidP="00277610">
+    <w:p w14:paraId="04B551C1" w14:textId="77777777" w:rsidR="00277610" w:rsidRDefault="00277610" w:rsidP="00277610">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1137"/>
         </w:tabs>
         <w:ind w:right="154" w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Mokyklos direktoriaus įsakymu sudaroma priėmimo komisija iš ne mažiau kaip 3 asmenų (toliau – Komisija).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00277610" w:rsidRDefault="00277610" w:rsidP="00277610">
+    <w:p w14:paraId="3B0E08EB" w14:textId="77777777" w:rsidR="00277610" w:rsidRDefault="00277610" w:rsidP="00277610">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1071"/>
         </w:tabs>
         <w:ind w:left="1071" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Komisija</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
           <w:sz w:val="24"/>
@@ -3545,75 +3537,75 @@
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>priėmimo</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>metu:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00277610" w:rsidRDefault="00277610" w:rsidP="00277610">
+    <w:p w14:paraId="2478F4DE" w14:textId="77777777" w:rsidR="00277610" w:rsidRDefault="00277610" w:rsidP="00277610">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1277"/>
         </w:tabs>
         <w:spacing w:before="1"/>
         <w:ind w:left="4" w:right="152" w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>vertina stojančiojo į muzikos skyrių meninius gebėjimus – muzikinę klausą, atmintį, ritmo pojūtį (10 balų sistema):</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00277610" w:rsidRDefault="00277610" w:rsidP="00277610">
+    <w:p w14:paraId="4F56A5CA" w14:textId="77777777" w:rsidR="00277610" w:rsidRDefault="00277610" w:rsidP="00277610">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1251"/>
         </w:tabs>
         <w:ind w:left="1251" w:hanging="540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>vertinimą</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-3"/>
           <w:sz w:val="24"/>
@@ -3645,97 +3637,97 @@
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>priėmimo</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-3"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>protokolą;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00277610" w:rsidRDefault="00277610" w:rsidP="00277610">
+    <w:p w14:paraId="4A23189D" w14:textId="77777777" w:rsidR="00277610" w:rsidRDefault="00277610" w:rsidP="00277610">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1273"/>
         </w:tabs>
         <w:ind w:left="4" w:right="153" w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>atsižvelgdama į vertinimo rezultatus teikia siūlymus direktoriui dėl vaiko priėmimo į ugdymo programas.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00277610" w:rsidRDefault="00277610" w:rsidP="00277610">
+    <w:p w14:paraId="3F741DE5" w14:textId="77777777" w:rsidR="00277610" w:rsidRDefault="00277610" w:rsidP="00277610">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1087"/>
         </w:tabs>
         <w:ind w:right="161" w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Komisija, patikrinusi mokinių meninius gebėjimus, gali juos siūlyti direktoriui priimti į aukštesnę pradinio ar pagrindinio ugdymo klasę.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00277610" w:rsidRDefault="00277610" w:rsidP="00277610">
+    <w:p w14:paraId="64ABB261" w14:textId="77777777" w:rsidR="00277610" w:rsidRDefault="00277610" w:rsidP="00277610">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1071"/>
         </w:tabs>
         <w:ind w:left="1071" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Į</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
           <w:sz w:val="24"/>
@@ -3832,82 +3824,82 @@
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>patikra</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>nevykdoma.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00277610" w:rsidRDefault="00277610" w:rsidP="00277610">
+    <w:p w14:paraId="29E72B6D" w14:textId="77777777" w:rsidR="00277610" w:rsidRDefault="00277610" w:rsidP="00277610">
       <w:pPr>
         <w:pStyle w:val="Pagrindinistekstas"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00277610" w:rsidRDefault="00277610" w:rsidP="00277610">
+    <w:p w14:paraId="2479B590" w14:textId="77777777" w:rsidR="00277610" w:rsidRDefault="00277610" w:rsidP="00277610">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="324"/>
         </w:tabs>
         <w:ind w:left="324" w:right="134" w:hanging="324"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>SKYRIUS</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00277610" w:rsidRDefault="00277610" w:rsidP="00277610">
+    <w:p w14:paraId="6C371B4B" w14:textId="77777777" w:rsidR="00277610" w:rsidRDefault="00277610" w:rsidP="00277610">
       <w:pPr>
         <w:ind w:left="1462" w:right="1600"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>PRIĖMIMO</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -3926,82 +3918,82 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>MOKYKLĄ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>ĮFORMINIMAS</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00277610" w:rsidRDefault="00277610" w:rsidP="00277610">
+    <w:p w14:paraId="191EFF1D" w14:textId="77777777" w:rsidR="00277610" w:rsidRDefault="00277610" w:rsidP="00277610">
       <w:pPr>
         <w:pStyle w:val="Pagrindinistekstas"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00277610" w:rsidRDefault="00277610" w:rsidP="00277610">
+    <w:p w14:paraId="552DC08B" w14:textId="77777777" w:rsidR="00277610" w:rsidRDefault="00277610" w:rsidP="00277610">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1237"/>
         </w:tabs>
         <w:ind w:right="155" w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Mokiniai į mokyklą priimami direktoriaus įsakymu. Jį direktorius išleidžia atsižvelgdamas į Komisijos pasiūlymus vadovaudamasis šiuo aprašu.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00277610" w:rsidRDefault="00277610" w:rsidP="00277610">
+    <w:p w14:paraId="57407980" w14:textId="77777777" w:rsidR="00277610" w:rsidRDefault="00277610" w:rsidP="00277610">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1145"/>
         </w:tabs>
         <w:ind w:right="144" w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Mokinio priėmimas mokytis įforminamas mokymo sutartimi, kuri sudaroma dviem egzemplioriais. Mokymo sutartį pasirašo mokyklos vadovas ir vienas iš tėvų (globėjų) arba vaikas nuo 14 iki</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
           <w:sz w:val="24"/>
@@ -4039,211 +4031,211 @@
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>sutikimą, arba</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">su priimtuoju suaugusiu </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>asmeniu.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00277610" w:rsidRDefault="00277610" w:rsidP="00277610">
+    <w:p w14:paraId="5F81F7A5" w14:textId="77777777" w:rsidR="00277610" w:rsidRDefault="00277610" w:rsidP="00277610">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1119"/>
         </w:tabs>
         <w:ind w:right="150" w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Sudarius mokymo sutartį, asmuo įregistruojamas Mokinių registre, nurodoma pirmoji mokinio mokymosi diena.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00277610" w:rsidRDefault="00277610" w:rsidP="00277610">
+    <w:p w14:paraId="18064E1C" w14:textId="77777777" w:rsidR="00277610" w:rsidRDefault="00277610" w:rsidP="00277610">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1105"/>
         </w:tabs>
         <w:ind w:right="159" w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Jeigu mokykla neturi galimybių priimti visų norinčiųjų, mokytis priimami gabiausieji pagal gebėjimų tikrinimo rezultatus.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00277610" w:rsidRDefault="00277610" w:rsidP="00277610">
+    <w:p w14:paraId="44EF417E" w14:textId="77777777" w:rsidR="00277610" w:rsidRDefault="00277610" w:rsidP="00277610">
       <w:pPr>
         <w:pStyle w:val="Pagrindinistekstas"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00277610" w:rsidRDefault="00277610" w:rsidP="00277610">
+    <w:p w14:paraId="29B056E4" w14:textId="77777777" w:rsidR="00277610" w:rsidRDefault="00277610" w:rsidP="00277610">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="231"/>
         </w:tabs>
         <w:ind w:left="231" w:right="136" w:hanging="231"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>SKYRIUS</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00277610" w:rsidRDefault="00277610" w:rsidP="00277610">
+    <w:p w14:paraId="6D0233AE" w14:textId="77777777" w:rsidR="00277610" w:rsidRDefault="00277610" w:rsidP="00277610">
       <w:pPr>
         <w:ind w:left="1463" w:right="1599"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>MOKYMO</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-6"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>SUTARTIES</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>NUTRAUKIMAS</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00277610" w:rsidRDefault="00277610" w:rsidP="00277610">
+    <w:p w14:paraId="088585A9" w14:textId="77777777" w:rsidR="00277610" w:rsidRDefault="00277610" w:rsidP="00277610">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:sectPr w:rsidR="00277610">
           <w:pgSz w:w="11910" w:h="16840"/>
           <w:pgMar w:top="480" w:right="425" w:bottom="280" w:left="1700" w:header="567" w:footer="567" w:gutter="0"/>
           <w:cols w:space="1296"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00277610" w:rsidRDefault="00277610" w:rsidP="00277610">
+    <w:p w14:paraId="05656A28" w14:textId="77777777" w:rsidR="00277610" w:rsidRDefault="00277610" w:rsidP="00277610">
       <w:pPr>
         <w:pStyle w:val="Pagrindinistekstas"/>
         <w:spacing w:before="70"/>
         <w:ind w:left="1463" w:right="1599"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-10"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>3</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00277610" w:rsidRDefault="00277610" w:rsidP="00277610">
+    <w:p w14:paraId="1EA63821" w14:textId="77777777" w:rsidR="00277610" w:rsidRDefault="00277610" w:rsidP="00277610">
       <w:pPr>
         <w:pStyle w:val="Pagrindinistekstas"/>
         <w:spacing w:before="14"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00277610" w:rsidRDefault="00277610" w:rsidP="00277610">
+    <w:p w14:paraId="69C41B49" w14:textId="77777777" w:rsidR="00277610" w:rsidRDefault="00277610" w:rsidP="00277610">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1071"/>
         </w:tabs>
         <w:ind w:left="1071" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Mokymo</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-8"/>
           <w:sz w:val="24"/>
@@ -4314,148 +4306,148 @@
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>šiais</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-5"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>atvejais:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00277610" w:rsidRDefault="00277610" w:rsidP="00277610">
+    <w:p w14:paraId="23579C6F" w14:textId="77777777" w:rsidR="00277610" w:rsidRDefault="00277610" w:rsidP="00277610">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1270"/>
         </w:tabs>
         <w:ind w:left="4" w:right="145" w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>mokinio vieno iš tėvų (globėjų) arba vaiko nuo 14 iki 18 metų, turinčio vieno iš tėvų (rūpintojų) raštišką sutikimą, prašymu (mokiniui pakeitus gyvenamąją vietą arba dėl kitų</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">asmeninių </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>priežasčių);</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00277610" w:rsidRDefault="00277610" w:rsidP="00277610">
+    <w:p w14:paraId="73190ACA" w14:textId="77777777" w:rsidR="00277610" w:rsidRDefault="00277610" w:rsidP="00277610">
       <w:pPr>
         <w:pStyle w:val="Pagrindinistekstas"/>
         <w:ind w:left="711"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>24.2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>suaugusiojo</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>prašymu;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00277610" w:rsidRDefault="00277610" w:rsidP="00277610">
+    <w:p w14:paraId="22BFD7A1" w14:textId="77777777" w:rsidR="00277610" w:rsidRDefault="00277610" w:rsidP="00277610">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1329"/>
         </w:tabs>
         <w:ind w:right="152" w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>mokytojo raštišku prašymu, jei mokinys sistemingai be pateisinamos priežasties nelanko pamokų;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00277610" w:rsidRDefault="00277610" w:rsidP="00277610">
+    <w:p w14:paraId="34BFF2DC" w14:textId="77777777" w:rsidR="00277610" w:rsidRDefault="00277610" w:rsidP="00277610">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1251"/>
         </w:tabs>
         <w:ind w:left="1251" w:hanging="540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>kai</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-6"/>
           <w:sz w:val="24"/>
@@ -4513,135 +4505,135 @@
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>elgesio</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>taisyklių;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00277610" w:rsidRDefault="00277610" w:rsidP="00277610">
+    <w:p w14:paraId="42D4C4AD" w14:textId="77777777" w:rsidR="00277610" w:rsidRDefault="00277610" w:rsidP="00277610">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1337"/>
         </w:tabs>
         <w:ind w:right="149" w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>nesumokėjus mokesčio už vieną mėnesį ir vėluojant sumokėti už kitą mėnesį. Mokyklos direktorius per 10 (dešimt) darbo dienų raštu apie tai informuoja mokinį ir / ar jo tėvus (globėjus, rūpintojus). Po raštiško pranešimo per 20 (dvidešimt) darbo dienų, nesumokėjus mokesčio už neformalųjį vaikų ar suaugusiųjų švietimą, Mokymo sutartis nutraukiama.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00277610" w:rsidRDefault="00277610" w:rsidP="00277610">
+    <w:p w14:paraId="778A0A1E" w14:textId="77777777" w:rsidR="00277610" w:rsidRDefault="00277610" w:rsidP="00277610">
       <w:pPr>
         <w:pStyle w:val="Pagrindinistekstas"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00277610" w:rsidRDefault="00277610" w:rsidP="00277610">
+    <w:p w14:paraId="05B328F9" w14:textId="77777777" w:rsidR="00277610" w:rsidRDefault="00277610" w:rsidP="00277610">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4630"/>
         </w:tabs>
         <w:ind w:left="3312" w:right="3089" w:firstLine="994"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">SKYRIUS </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>BAIGIAMOSIOS</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-15"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>NUOSTATOS</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00277610" w:rsidRDefault="00277610" w:rsidP="00277610">
+    <w:p w14:paraId="4537868A" w14:textId="77777777" w:rsidR="00277610" w:rsidRDefault="00277610" w:rsidP="00277610">
       <w:pPr>
         <w:pStyle w:val="Pagrindinistekstas"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00277610" w:rsidRDefault="00277610" w:rsidP="00277610">
+    <w:p w14:paraId="7E312ACE" w14:textId="77777777" w:rsidR="00277610" w:rsidRDefault="00277610" w:rsidP="00277610">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1071"/>
         </w:tabs>
         <w:ind w:left="1071" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Už</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
@@ -4757,51 +4749,51 @@
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>sporto</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-3"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>mokyklos</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> direktorius.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00277610" w:rsidRDefault="00277610" w:rsidP="00277610">
+    <w:p w14:paraId="3F441666" w14:textId="77777777" w:rsidR="00277610" w:rsidRDefault="00277610" w:rsidP="00277610">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1071"/>
         </w:tabs>
         <w:ind w:left="1071" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Informacija</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-5"/>
           <w:sz w:val="24"/>
@@ -4911,166 +4903,166 @@
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>mokyklos</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-3"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>svetainėje.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00277610" w:rsidRDefault="00277610" w:rsidP="00277610">
+    <w:p w14:paraId="321C20BF" w14:textId="77777777" w:rsidR="00277610" w:rsidRDefault="00277610" w:rsidP="00277610">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1141"/>
         </w:tabs>
         <w:ind w:right="150" w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Asmens duomenys tvarkomi vadovaujantis Lietuvos Respublikos asmens duomenų teisinės apsaugos įstatymo, Europos Parlamento ir Tarybos reglamento (ES) 2016/679 dėl fizinių asmenų apsaugos tvarkant asmens duomenis ir dėl laisvo tokių duomenų judėjimo ir kuriuo panaikinama Direktyva 95/46/EB.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00277610" w:rsidRDefault="00277610" w:rsidP="00277610">
+    <w:p w14:paraId="7C21031E" w14:textId="77777777" w:rsidR="00277610" w:rsidRDefault="00277610" w:rsidP="00277610">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1086"/>
         </w:tabs>
         <w:ind w:right="138" w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Informacija apie priėmimą į Mokyklą, priėmimo pradžią ir pabaigą, prašymų pateikimo laiką, reikalingus pateikti dokumentus skelbiama Mokyklos interneto svetainėje </w:t>
       </w:r>
       <w:hyperlink r:id="rId6">
         <w:r>
           <w:rPr>
             <w:color w:val="0000FF"/>
             <w:sz w:val="24"/>
             <w:u w:val="single" w:color="0000FF"/>
           </w:rPr>
           <w:t>www.amsm.lt</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:sz w:val="24"/>
           </w:rPr>
           <w:t>.</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Už informacijos apie priėmimo į Mokyklą sklaidą atsako Mokyklos direktorius.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00277610" w:rsidRDefault="00277610" w:rsidP="00277610">
+    <w:p w14:paraId="19819DE5" w14:textId="77777777" w:rsidR="00277610" w:rsidRDefault="00277610" w:rsidP="00277610">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1171"/>
         </w:tabs>
         <w:ind w:right="155" w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Aprašas gali būti keičiamas ir papildomas Alytaus rajono savivaldybės tarybos </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>sprendimu.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00277610" w:rsidRDefault="00277610" w:rsidP="00277610">
+    <w:p w14:paraId="1C9327BF" w14:textId="77777777" w:rsidR="00277610" w:rsidRDefault="00277610" w:rsidP="00277610">
       <w:pPr>
         <w:pStyle w:val="Pagrindinistekstas"/>
         <w:spacing w:before="17"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="31804FB6" wp14:editId="227ED116">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="47AE7916" wp14:editId="0B681E82">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>3265170</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>172072</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="1981200" cy="1270"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapTopAndBottom/>
                 <wp:docPr id="2" name="Graphic 2"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="1981200" cy="1270"/>
                         </a:xfrm>
@@ -5099,89 +5091,89 @@
                         </a:ln>
                       </wps:spPr>
                       <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:shape w14:anchorId="60AE5F0E" id="Graphic 2" o:spid="_x0000_s1026" style="position:absolute;margin-left:257.1pt;margin-top:13.55pt;width:156pt;height:.1pt;z-index:-251657216;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="1981200,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBQGZKnIAIAAH8EAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L45zyDIjTjE0aDGg&#10;6Ao0w86KLMfCZFETldj5+1GynaTdbZgPAiU+kXx8lNd3fWvYSXnUYEuez+acKSuh0vZQ8h+7h08r&#10;zjAIWwkDVpX8rJDfbT5+WHeuUAtowFTKMwpisehcyZsQXJFlKBvVCpyBU5acNfhWBNr6Q1Z50VH0&#10;1mSL+XyZdeAr50EqRDrdDk6+SfHrWsnwva5RBWZKTrWFtPq07uOabdaiOHjhGi3HMsQ/VNEKbSnp&#10;JdRWBMGOXv8VqtXSA0IdZhLaDOpaS5U4EJt8/o7NayOcSlyoOegubcL/F1Y+n14801XJF5xZ0ZJE&#10;j2M3FrE5ncOCMK/uxUd66J5A/kJyZG88cYMjpq99G7FEjvWp0+dLp1UfmKTD/MsqJ/k4k+TLF5+T&#10;EJkoprvyiOFRQYojTk8YBp2qyRLNZMneTqYntaPOJukcOCOdPWek837Q2YkQ78Xiosm6ayHxrIWT&#10;2kHyhneVU2lXr7G3qAuViSVhBwQZMQ31ajBSarJvyRkbq1jmq2UaHwSjqwdtTKwC/WF/bzw7iTi8&#10;6Ys8KMIbmPMYtgKbAZdcI8zYUadBmijSHqozCd6RxiXH30fhFWfmm6WRis9jMvxk7CfDB3MP6RGl&#10;BlHOXf9TeMdi+pIHUvYZpoEVxSRapH7BxpsWvh4D1DoqmmZoqGjc0JQnguOLjM/odp9Q1//G5g8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDkpDkr3AAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMw&#10;DIbvSLxDZCRuLG2BrStNJ0CCExcG0q5Z47WBxqmarGt5erwTHP371+fP5WZynRhxCNaTgnSRgECq&#10;vbHUKPj8eLnJQYSoyejOEyqYMcCmurwodWH8id5x3MZGMIRCoRW0MfaFlKFu0emw8D0S7w5+cDry&#10;ODTSDPrEcNfJLEmW0mlLfKHVPT63WH9vj07BPc7Z69duXuOuHulnNdun/M0qdX01PT6AiDjFvzKc&#10;9VkdKnba+yOZIDpmpHcZVxVkqxQEF/JsycH+HNyCrEr5/4PqFwAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhAFAZkqcgAgAAfwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhAOSkOSvcAAAACQEAAA8AAAAAAAAAAAAAAAAAegQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAACDBQAAAAA=&#10;" path="m,l1981200,e" filled="f" strokeweight=".17183mm">
                 <v:path arrowok="t"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00734ADD" w:rsidRDefault="00734ADD"/>
+    <w:p w14:paraId="54687DC9" w14:textId="77777777" w:rsidR="00734ADD" w:rsidRDefault="00734ADD"/>
     <w:sectPr w:rsidR="00734ADD">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="567" w:footer="567" w:gutter="0"/>
       <w:cols w:space="1296"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="100D7BE7"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="F3FCB9E6"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4" w:hanging="242"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
         <w:i w:val="0"/>
         <w:iCs w:val="0"/>
         <w:spacing w:val="0"/>
         <w:w w:val="100"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="lt-LT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
@@ -5660,115 +5652,117 @@
       <w:pPr>
         <w:ind w:left="7824" w:hanging="618"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="lt-LT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="1296"/>
   <w:hyphenationZone w:val="396"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00277610"/>
     <w:rsid w:val="00277610"/>
     <w:rsid w:val="00734ADD"/>
+    <w:rsid w:val="00C25D7C"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="lt-LT"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="753D8507"/>
+  <w14:docId w14:val="6FC623C1"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{BE7EED7C-51CD-4887-B9B0-BD240D3CA3E3}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="lt-LT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -5830,98 +5824,94 @@
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
@@ -6096,50 +6086,55 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="prastasis">
     <w:name w:val="Normal"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="00277610"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Numatytasispastraiposriftas">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="prastojilentel">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
@@ -6178,51 +6173,51 @@
     <w:basedOn w:val="Numatytasispastraiposriftas"/>
     <w:link w:val="Pagrindinistekstas"/>
     <w:uiPriority w:val="1"/>
     <w:rsid w:val="00277610"/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Sraopastraipa">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="prastasis"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="00277610"/>
     <w:pPr>
       <w:ind w:left="4" w:firstLine="708"/>
       <w:jc w:val="both"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.amsm.lt/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@amsm.lt" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="„Office“ tema">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
@@ -6454,55 +6449,55 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>4202</Words>
-  <Characters>2396</Characters>
+  <Words>984</Words>
+  <Characters>5614</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>19</Lines>
+  <Lines>46</Lines>
   <Paragraphs>13</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Pavadinimas</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>HP</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <CharactersWithSpaces>6585</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>