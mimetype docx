--- v0 (2025-11-25)
+++ v1 (2025-12-16)
@@ -893,95 +893,167 @@
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">        6. </w:t>
       </w:r>
       <w:r w:rsidR="00194CE4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Naujai priimamų darbuotojų QR kodas tikrinamas nuskaitant konkretų QR kodą arba Portale suvedant </w:t>
       </w:r>
       <w:r w:rsidR="00194CE4" w:rsidRPr="007F0AE5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>asmens duomenis (vardą (-us), pavardę (-es), asmens kodą, gimimo datą (kai asmeniui nesuteiktas asmens kodas), pilietybę (kai asmeniui nesuteiktas asmens kodas))</w:t>
+        <w:t>asmens duomenis (vardą (-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00194CE4" w:rsidRPr="007F0AE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>us</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00194CE4" w:rsidRPr="007F0AE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>), pavardę (-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00194CE4" w:rsidRPr="007F0AE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>es</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00194CE4" w:rsidRPr="007F0AE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>), asmens kodą, gimimo datą (kai asmeniui nesuteiktas asmens kodas), pilietybę (kai asmeniui nesuteiktas asmens kodas))</w:t>
       </w:r>
       <w:r w:rsidR="00194CE4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> ne vėliau kaip prieš sudarant darbo sutartį. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7EF2B664" w14:textId="725CED8F" w:rsidR="00194CE4" w:rsidRDefault="00823533" w:rsidP="00823533">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">        7. </w:t>
       </w:r>
       <w:r w:rsidR="00194CE4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Kitų asmenų (siekiančių atlikti praktiką, stažuotis, savanoriauti ir kitų numatytų Įstatymo 30 straipsnio 1 dalyje) QR kodas tikrinamas Portale suvedant </w:t>
       </w:r>
       <w:r w:rsidR="00194CE4" w:rsidRPr="007F0AE5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>asmens duomenis (vardą (-us), pavardę (-es), asmens kodą, gimimo datą (kai asmeniui nesuteiktas asmens kodas), pilietybę (kai asmeniui nesuteiktas asmens kodas))</w:t>
+        <w:t>asmens duomenis (vardą (-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00194CE4" w:rsidRPr="007F0AE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>us</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00194CE4" w:rsidRPr="007F0AE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>), pavardę (-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00194CE4" w:rsidRPr="007F0AE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>es</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00194CE4" w:rsidRPr="007F0AE5">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>), asmens kodą, gimimo datą (kai asmeniui nesuteiktas asmens kodas), pilietybę (kai asmeniui nesuteiktas asmens kodas))</w:t>
       </w:r>
       <w:r w:rsidR="00194CE4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> arba nuskaitant konkretų QR kodą ne vėliau kaip prieš sudarant atitinkamą sutartį su juo.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="404C0819" w14:textId="627537E1" w:rsidR="00194CE4" w:rsidRDefault="00823533" w:rsidP="00823533">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
@@ -1262,51 +1334,87 @@
         </w:rPr>
         <w:t>ą turi patikrinti</w:t>
       </w:r>
       <w:r w:rsidR="00194CE4" w:rsidRPr="00C20E6F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Portale </w:t>
       </w:r>
       <w:r w:rsidR="00194CE4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>suvesdamas</w:t>
       </w:r>
       <w:r w:rsidR="00194CE4" w:rsidRPr="00C20E6F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> asmens duomenis (vardą (-us), pavardę (-es), asmens kodą, gimimo datą (kai asmeniui nesuteiktas asmens kodas), pilietybę (kai asmeniui nesuteiktas asmens kodas))</w:t>
+        <w:t xml:space="preserve"> asmens duomenis (vardą (-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00194CE4" w:rsidRPr="00C20E6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>us</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00194CE4" w:rsidRPr="00C20E6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>), pavardę (-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00194CE4" w:rsidRPr="00C20E6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>es</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00194CE4" w:rsidRPr="00C20E6F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>), asmens kodą, gimimo datą (kai asmeniui nesuteiktas asmens kodas), pilietybę (kai asmeniui nesuteiktas asmens kodas))</w:t>
       </w:r>
       <w:r w:rsidR="00194CE4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> arba nuskaitydamas konkretų QR kodą</w:t>
       </w:r>
       <w:r w:rsidR="00194CE4" w:rsidRPr="00C20E6F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="05AF37D7" w14:textId="66400E90" w:rsidR="00194CE4" w:rsidRDefault="00823533" w:rsidP="00823533">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
@@ -2131,150 +2239,292 @@
         <w:tblW w:w="9962" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3584"/>
         <w:gridCol w:w="1919"/>
         <w:gridCol w:w="1860"/>
         <w:gridCol w:w="1359"/>
         <w:gridCol w:w="1240"/>
       </w:tblGrid>
       <w:tr w:rsidR="00194CE4" w14:paraId="427D5FCC" w14:textId="77777777" w:rsidTr="00B5572E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3584" w:type="dxa"/>
           </w:tcPr>
           <w:bookmarkEnd w:id="1"/>
           <w:p w14:paraId="1F3C8B72" w14:textId="77777777" w:rsidR="00194CE4" w:rsidRDefault="00194CE4" w:rsidP="00B5572E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
               </w:rPr>
-              <w:t xml:space="preserve">Tikrinto asmens vardas ir pavardė </w:t>
+              <w:t>Tikrinto</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+              <w:t>asmens</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+              <w:t>vardas</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ir </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+              <w:t>pavardė</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1919" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="70BE5E71" w14:textId="77777777" w:rsidR="00194CE4" w:rsidRDefault="00194CE4" w:rsidP="00B5572E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
               </w:rPr>
               <w:t>Data</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1860" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="523A0092" w14:textId="77777777" w:rsidR="00194CE4" w:rsidRDefault="00194CE4" w:rsidP="00B5572E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
               </w:rPr>
-              <w:t>Patikrą atlikusio asmens vardas ir pavardė</w:t>
+              <w:t>Patikrą</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+              <w:t>atlikusio</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+              <w:t>asmens</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+              <w:t>vardas</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ir </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="27"/>
+                <w:szCs w:val="27"/>
+              </w:rPr>
+              <w:t>pavardė</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1359" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1634D40F" w14:textId="77777777" w:rsidR="00194CE4" w:rsidRDefault="00194CE4" w:rsidP="00B5572E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
               </w:rPr>
               <w:t>Parašas</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1240" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="03B7EFF6" w14:textId="77777777" w:rsidR="00194CE4" w:rsidRDefault="00194CE4" w:rsidP="00B5572E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
               </w:rPr>
               <w:t>Pastabos</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00194CE4" w14:paraId="1408C000" w14:textId="77777777" w:rsidTr="00B5572E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3584" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5ED0EE1F" w14:textId="77777777" w:rsidR="00194CE4" w:rsidRDefault="00194CE4" w:rsidP="00B5572E">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="27"/>
                 <w:szCs w:val="27"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1919" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="104C1360" w14:textId="77777777" w:rsidR="00194CE4" w:rsidRDefault="00194CE4" w:rsidP="00B5572E">
             <w:pPr>
@@ -5160,73 +5410,75 @@
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3744" w:hanging="1224"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="1440"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="1296"/>
   <w:hyphenationZone w:val="396"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00194CE4"/>
     <w:rsid w:val="000D5768"/>
     <w:rsid w:val="00194CE4"/>
     <w:rsid w:val="00250ED5"/>
     <w:rsid w:val="00394300"/>
     <w:rsid w:val="00442DCE"/>
     <w:rsid w:val="006F1A6E"/>
     <w:rsid w:val="007A641E"/>
     <w:rsid w:val="00823533"/>
     <w:rsid w:val="009C7E1A"/>
     <w:rsid w:val="00C12D67"/>
+    <w:rsid w:val="00E46C90"/>
     <w:rsid w:val="00FD4C74"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="lt-LT"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>