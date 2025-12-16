--- v0 (2025-11-25)
+++ v1 (2025-12-16)
@@ -1,206 +1,206 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w:rsidR="003D3F0E" w:rsidRDefault="002C193D" w:rsidP="002C193D">
+    <w:p w14:paraId="609AB8E9" w14:textId="77777777" w:rsidR="003D3F0E" w:rsidRDefault="002C193D" w:rsidP="002C193D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="-397"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">                                                                    </w:t>
       </w:r>
       <w:r w:rsidR="00375FE6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">                               </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>PATVIRT</w:t>
       </w:r>
       <w:r w:rsidR="006D2CCA" w:rsidRPr="006D2CCA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>INTA</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003D3F0E" w:rsidRDefault="002C193D" w:rsidP="002C193D">
+    <w:p w14:paraId="2AB4B3F0" w14:textId="77777777" w:rsidR="003D3F0E" w:rsidRDefault="002C193D" w:rsidP="002C193D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">                                                                                                         </w:t>
       </w:r>
       <w:r w:rsidR="003D3F0E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Alytaus r.</w:t>
       </w:r>
       <w:r w:rsidR="006D2CCA" w:rsidRPr="006D2CCA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> meno </w:t>
       </w:r>
       <w:r w:rsidR="003D3F0E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ir sporto</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002C193D" w:rsidRDefault="002C193D" w:rsidP="002C193D">
+    <w:p w14:paraId="7167CA3D" w14:textId="77777777" w:rsidR="002C193D" w:rsidRDefault="002C193D" w:rsidP="002C193D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">                                                                                                    </w:t>
       </w:r>
       <w:r w:rsidR="006D2CCA" w:rsidRPr="006D2CCA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">mokyklos </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>direktoriaus</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002C193D" w:rsidRDefault="002C193D" w:rsidP="002C193D">
+    <w:p w14:paraId="35C66E03" w14:textId="77777777" w:rsidR="002C193D" w:rsidRDefault="002C193D" w:rsidP="002C193D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">                                                                                                </w:t>
       </w:r>
       <w:r w:rsidR="00375FE6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2023 m. birželio 1 d.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006D2CCA" w:rsidRDefault="002C193D" w:rsidP="002C193D">
+    <w:p w14:paraId="187739A4" w14:textId="77777777" w:rsidR="006D2CCA" w:rsidRDefault="002C193D" w:rsidP="002C193D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">                                                                                               </w:t>
       </w:r>
       <w:r w:rsidR="00375FE6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -215,146 +215,144 @@
       <w:r w:rsidR="006D2CCA" w:rsidRPr="006D2CCA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>įsakymu Nr.</w:t>
       </w:r>
       <w:r w:rsidR="00375FE6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>MV-34</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002C193D" w:rsidRDefault="002C193D" w:rsidP="002C193D">
+    <w:p w14:paraId="30EB062C" w14:textId="77777777" w:rsidR="002C193D" w:rsidRDefault="002C193D" w:rsidP="002C193D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="002C193D" w:rsidRDefault="002C193D" w:rsidP="002C193D">
+    <w:p w14:paraId="4358854D" w14:textId="77777777" w:rsidR="002C193D" w:rsidRDefault="002C193D" w:rsidP="002C193D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="002C193D" w:rsidRPr="006D2CCA" w:rsidRDefault="002C193D" w:rsidP="002C193D">
+    <w:p w14:paraId="35FEA11B" w14:textId="77777777" w:rsidR="002C193D" w:rsidRPr="006D2CCA" w:rsidRDefault="002C193D" w:rsidP="002C193D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="006D2CCA" w:rsidRPr="003D3F0E" w:rsidRDefault="006D2CCA" w:rsidP="006D2CCA">
+    <w:p w14:paraId="04776340" w14:textId="77777777" w:rsidR="006D2CCA" w:rsidRPr="003D3F0E" w:rsidRDefault="006D2CCA" w:rsidP="006D2CCA">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003D3F0E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ALYTAUS R. MENO IR SPORTO MOKYKLOS </w:t>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-[...2 lines deleted...]
-    <w:p w:rsidR="003D3F0E" w:rsidRPr="003D3F0E" w:rsidRDefault="006D2CCA" w:rsidP="002C193D">
+    </w:p>
+    <w:p w14:paraId="73274AF0" w14:textId="77777777" w:rsidR="003D3F0E" w:rsidRPr="003D3F0E" w:rsidRDefault="006D2CCA" w:rsidP="002C193D">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003D3F0E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ELEKTRONINIO DIENYNO TVARKYMO NUOSTATAI</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006D2CCA" w:rsidRPr="003D3F0E" w:rsidRDefault="006D2CCA" w:rsidP="006D2CCA">
+    <w:p w14:paraId="4572DE56" w14:textId="77777777" w:rsidR="006D2CCA" w:rsidRPr="003D3F0E" w:rsidRDefault="006D2CCA" w:rsidP="006D2CCA">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003D3F0E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>I. BENDROJI DALIS</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006D2CCA" w:rsidRDefault="006D2CCA" w:rsidP="003D3F0E">
+    <w:p w14:paraId="62C85A8A" w14:textId="77777777" w:rsidR="006D2CCA" w:rsidRDefault="006D2CCA" w:rsidP="003D3F0E">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006D2CCA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">1. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Alytaus r.</w:t>
       </w:r>
@@ -369,1557 +367,1487 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ir sporto </w:t>
       </w:r>
       <w:r w:rsidR="002C193D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>mokyklos (</w:t>
       </w:r>
       <w:r w:rsidRPr="006D2CCA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>toliau - Mokykla) elektroninio dienyno tvarkymo nuostatai (toliau – Nuostatai) reglamentuoja Formalųjį švietimą papildančio ir neformaliojo švietimo elektroninio dienyno administravimą, priežiūrą, tvarkymą, dienyno sudarymą elektroninio dienyno duomenų pagrindu, jų spausdinimo ir perkėlimo į skaitmeninę laikmeną tvarką.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006D2CCA" w:rsidRDefault="006D2CCA" w:rsidP="003D3F0E">
+    <w:p w14:paraId="3B463D0B" w14:textId="77777777" w:rsidR="006D2CCA" w:rsidRDefault="006D2CCA" w:rsidP="003D3F0E">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006D2CCA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">2. Nuostatai parengti vadovaujantis Lietuvos Respublikos švietimo ir mokslo ministro 2008 m. liepos 4 d. įsakymu Nr. ISAK-2008 (Lietuvos Respublikos švietimo, mokslo ir sporto ministro 2019 m. vasario 27 d. įsakymo Nr. 170 redakcija) bei Informacinių sistemų, kuriomis tvarkoma informacija, susijusi su dokumentų valdymu, steigimo, kūrimo, modernizavimo ir likvidavimo tvarkos aprašu, patvirtintu Lietuvos vyriausiojo archyvaro 2013 m. birželio 18 d. įsakymu Nr. V-45 „Dėl Informacinių sistemų, kuriomis tvarkoma informacija, susijusi su dokumentų valdymu, steigimo, kūrimo, modernizavimo ir likvidavimo tvarkos aprašo patvirtinimo“. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006D2CCA" w:rsidRDefault="006D2CCA" w:rsidP="003D3F0E">
+    <w:p w14:paraId="10A0B1D4" w14:textId="77777777" w:rsidR="006D2CCA" w:rsidRDefault="006D2CCA" w:rsidP="003D3F0E">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006D2CCA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">3. Dienynas elektroninio dienyno duomenų pagrindu sudaromas tvarkant identiškus skyrius, įvedant tuos pačius duomenis, kaip ir spausdintame dienyne, kurio formą tvirtina Lietuvos Respublikos švietimo ir mokslo ministras. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006D2CCA" w:rsidRDefault="006D2CCA" w:rsidP="003D3F0E">
+    <w:p w14:paraId="7FD2DBE4" w14:textId="77777777" w:rsidR="006D2CCA" w:rsidRDefault="006D2CCA" w:rsidP="003D3F0E">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006D2CCA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">4.Nuostatuose vartojamos sąvokos: </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006D2CCA" w:rsidRDefault="006D2CCA" w:rsidP="003D3F0E">
+    <w:p w14:paraId="574ABDC7" w14:textId="77777777" w:rsidR="006D2CCA" w:rsidRDefault="006D2CCA" w:rsidP="003D3F0E">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006D2CCA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">4.1. Elektroninis dienynas – dienynas, tvarkomas naudojant tam pritaikytas informacines ir komunikacines technologijas. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006D2CCA" w:rsidRDefault="006D2CCA" w:rsidP="003D3F0E">
+    <w:p w14:paraId="695F502F" w14:textId="77777777" w:rsidR="006D2CCA" w:rsidRDefault="006D2CCA" w:rsidP="003D3F0E">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006D2CCA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">4.2. Mokinių mokymosi pasiekimų apskaitos suvestinių byla – mokslo metų pabaigoje išspausdinta ir suformuota klasių byla, kurią sudaro iš elektroninio dienyno mokslo metų pabaigoje dienyno administratoriaus išspausdintos ir pasirašytos mokinių mokymosi pasiekimų apskaitos suvestinės. 4.3. Kitos nuostatuose vartojamos sąvokos atitinka Lietuvos Respublikos švietimo įstatyme ir kituose švietimą reglamentuojančiuose teisės aktuose vartojamas sąvokas. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006D2CCA" w:rsidRDefault="006D2CCA" w:rsidP="003D3F0E">
+    <w:p w14:paraId="08941390" w14:textId="77777777" w:rsidR="006D2CCA" w:rsidRDefault="006D2CCA" w:rsidP="003D3F0E">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006D2CCA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>5.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="006D2CCA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Mokykla mokinių ugdymo apskaitą vykdo elektr</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>oniniu būdu, naudodama elektroninį dienyną „Mano dienynas</w:t>
       </w:r>
       <w:r w:rsidRPr="006D2CCA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">“. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006D2CCA" w:rsidRDefault="006D2CCA" w:rsidP="003D3F0E">
+    <w:p w14:paraId="33BF31C9" w14:textId="77777777" w:rsidR="006D2CCA" w:rsidRDefault="006D2CCA" w:rsidP="003D3F0E">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006D2CCA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>6. Mokyklos elektroninio dienyno</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> administravimą vykdo Mokyklos sekretorė</w:t>
       </w:r>
       <w:r w:rsidRPr="006D2CCA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, duomenų tvarkymo priežiūrą vykdo Mokyklos direktorius. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006D2CCA" w:rsidRDefault="006D2CCA" w:rsidP="003D3F0E">
+    <w:p w14:paraId="48E5C7E2" w14:textId="77777777" w:rsidR="006D2CCA" w:rsidRDefault="006D2CCA" w:rsidP="003D3F0E">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006D2CCA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">7. Mokyklos vadovas užtikrina elektroninio dienyno veiklą, jo tvarkymą, informacijos saugumą, tikrumą ir patikimumą jame, elektroninio dienyno duomenų pagrindu dienyno sudarymą, jo spausdinimą, perkėlimą į skaitmenines laikmenas, jo saugojimą. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006D2CCA" w:rsidRDefault="006D2CCA" w:rsidP="003D3F0E">
+    <w:p w14:paraId="3231F71A" w14:textId="77777777" w:rsidR="006D2CCA" w:rsidRDefault="006D2CCA" w:rsidP="003D3F0E">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006D2CCA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">8. Elektroninio dienyno duomenų gavėjai yra mokiniai, mokinių tėvai ( globėjai, įtėviai), mokyklos administracija. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003D3F0E" w:rsidRDefault="003D3F0E" w:rsidP="003D3F0E">
-[...54 lines deleted...]
-    <w:p w:rsidR="00F05D69" w:rsidRPr="003D3F0E" w:rsidRDefault="00F05D69" w:rsidP="00F05D69">
+    <w:p w14:paraId="41E17DA8" w14:textId="77777777" w:rsidR="003D3F0E" w:rsidRDefault="003D3F0E" w:rsidP="003D3F0E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="029E6E60" w14:textId="77777777" w:rsidR="002C193D" w:rsidRDefault="002C193D" w:rsidP="003D3F0E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="12FD1246" w14:textId="77777777" w:rsidR="002C193D" w:rsidRDefault="002C193D" w:rsidP="003D3F0E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="11B2C028" w14:textId="77777777" w:rsidR="002C193D" w:rsidRDefault="002C193D" w:rsidP="003D3F0E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="118275E8" w14:textId="77777777" w:rsidR="002C193D" w:rsidRDefault="002C193D" w:rsidP="003D3F0E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="54F201AC" w14:textId="77777777" w:rsidR="00F05D69" w:rsidRPr="003D3F0E" w:rsidRDefault="00F05D69" w:rsidP="00F05D69">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003D3F0E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>II</w:t>
       </w:r>
       <w:r w:rsidR="002C193D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="003D3F0E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> SKYRIUS ASMENŲ, ADMINISTRUOJANČIŲ, PRIŽIŪRINČIŲ, TVARKANČIŲ MOKINIŲ UGDMOSIOS VEIKLOS APSKAITĄ ELEKTRONINIAME DIENYNE, FUNKCIJOS IR ATSAKOMYBĖ</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F05D69" w:rsidRDefault="00F05D69" w:rsidP="003D3F0E">
+    <w:p w14:paraId="63370CC2" w14:textId="77777777" w:rsidR="00F05D69" w:rsidRDefault="00F05D69" w:rsidP="003D3F0E">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>9. M</w:t>
       </w:r>
       <w:r w:rsidRPr="00F05D69">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">okyklos direktorius užtikrina elektroninio dienyno veiklą, informacijos saugumą, tikrumą ir patikimumą jame, elektroninio dienyno duomenų pagrindu dienyno sudarymą, jo išspausdinimą, perkėlimą į skaitmenines laikmenas, jo saugojimą teisės aktų nustatyta tvarka. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F05D69" w:rsidRDefault="00F05D69" w:rsidP="003D3F0E">
+    <w:p w14:paraId="51F1502F" w14:textId="77777777" w:rsidR="00F05D69" w:rsidRDefault="00F05D69" w:rsidP="003D3F0E">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>10. Mokyklos sekretorė</w:t>
       </w:r>
       <w:r w:rsidRPr="00F05D69">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, elektroninio dienyno administratorius: </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003D3F0E" w:rsidRDefault="00F05D69" w:rsidP="003D3F0E">
+    <w:p w14:paraId="319DEF85" w14:textId="77777777" w:rsidR="003D3F0E" w:rsidRDefault="00F05D69" w:rsidP="003D3F0E">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F05D69">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">10.1. iki einamųjų metų rugsėjo 5 d. suveda visą elektroniniam dienynui funkcionuoti reikalingą informaciją: pamokų laiką, mokinių atostogų laiką, pusmečių trukmę, mokytojų bei mokinių sąrašus, dalykus, klases ir joms priskirtus mokytojus bei kitą reikalingą informaciją. Duomenys turi sutapti su Mokinių registro ir Pedagogų registro duomenimis. Reikalui esant duomenis tikslina; </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F05D69" w:rsidRDefault="00F05D69" w:rsidP="003D3F0E">
+    <w:p w14:paraId="12FA8FFF" w14:textId="77777777" w:rsidR="00F05D69" w:rsidRDefault="00F05D69" w:rsidP="003D3F0E">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F05D69">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">10.2. iki einamųjų metų rugsėjo 10 d. patikrina mokytojų ir mokinių sąrašus, įrašo trūkstamas mokytojų pavardes, sukuria ir įrašo trūkstamus dalykus (dalykų pavadinimai įrašomi, vadovaujantis mokyklos ugdymo planu); </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000A7214" w:rsidRDefault="00F05D69" w:rsidP="003D3F0E">
+    <w:p w14:paraId="3172D279" w14:textId="77777777" w:rsidR="000A7214" w:rsidRDefault="00F05D69" w:rsidP="003D3F0E">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F05D69">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">10.3. suteikia prisijungimo duomenis (vardus ir slaptažodžius) mokytojams, mokinių ir mokinių tėvų (globėjų, rūpintojų) prisijungimo duomenis perduoda pagrindinio dalyko mokytojui, juos pametus ar užmiršus suteikia naujus prisijungimo duomenis; </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000A7214" w:rsidRDefault="00F05D69" w:rsidP="003D3F0E">
-[...36 lines deleted...]
-    <w:p w:rsidR="000A7214" w:rsidRDefault="00F05D69" w:rsidP="003D3F0E">
+    <w:p w14:paraId="1D014593" w14:textId="77777777" w:rsidR="000A7214" w:rsidRDefault="00F05D69" w:rsidP="003D3F0E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F05D69">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">10.4. sukuria mokytojų pavadavimus; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="54D6D52B" w14:textId="77777777" w:rsidR="000A7214" w:rsidRDefault="00F05D69" w:rsidP="003D3F0E">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F05D69">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">10.5. įveda atvykusių mokinių pavardes, o mokiniui išvykus į kitą mokyklą ar dėl kitų priežasčių išvykus iš menų mokyklos elektroniniame dienyne ištrina mokinio pavardę; </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000A7214" w:rsidRDefault="00F05D69" w:rsidP="003D3F0E">
+    <w:p w14:paraId="50BCB85F" w14:textId="77777777" w:rsidR="000A7214" w:rsidRDefault="00F05D69" w:rsidP="003D3F0E">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F05D69">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">10.6. įveda dalyko keitimo, pavardės keitimo ir kitą informaciją; </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000A7214" w:rsidRDefault="00F05D69" w:rsidP="003D3F0E">
+    <w:p w14:paraId="72FA07F9" w14:textId="77777777" w:rsidR="000A7214" w:rsidRDefault="00F05D69" w:rsidP="003D3F0E">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F05D69">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">10.7. reikalui esant tikslina pamokų, pusmečių trukmės laiką; </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000A7214" w:rsidRDefault="00F05D69" w:rsidP="003D3F0E">
+    <w:p w14:paraId="7D10D822" w14:textId="77777777" w:rsidR="000A7214" w:rsidRDefault="00F05D69" w:rsidP="003D3F0E">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F05D69">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">10.8. reikalui esant atrakina užbaigtą pildyti mėnesį; </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000A7214" w:rsidRDefault="00F05D69" w:rsidP="003D3F0E">
+    <w:p w14:paraId="0A409A26" w14:textId="77777777" w:rsidR="000A7214" w:rsidRDefault="00F05D69" w:rsidP="003D3F0E">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F05D69">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>10.9. mokslo metams pasibaigus, perkelia visus elektroninio dienyno duomenis į skaitmeninę l</w:t>
       </w:r>
       <w:r w:rsidR="000A7214">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">aikmeną ir perduoda </w:t>
       </w:r>
       <w:r w:rsidRPr="00F05D69">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> saugojimui, kuris vykdomas pagal Dokumentų ir apskaitos taisyklių, patvirtintų Lietuvos vyriausiojo archyvaro 2011 m. liepos 4 d. įsakymu Nr. V–118 ,,Dėl Dokumentų tvarkymo ir apskaitos taisyklių patvirtinimo“ (su vėlesniais </w:t>
-[...20 lines deleted...]
-    <w:p w:rsidR="000A7214" w:rsidRDefault="00F05D69" w:rsidP="003D3F0E">
+        <w:t xml:space="preserve"> saugojimui, kuris vykdomas pagal Dokumentų ir apskaitos taisyklių, patvirtintų Lietuvos vyriausiojo archyvaro 2011 m. liepos 4 d. įsakymu Nr. V–118 ,,Dėl Dokumentų tvarkymo ir apskaitos taisyklių patvirtinimo“ (su vėlesniais keitimais) (toliau – Dokumentų tvarkymo ir apskaitos taisyklės), nustatytą tvarką; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B6658C7" w14:textId="77777777" w:rsidR="000A7214" w:rsidRDefault="00F05D69" w:rsidP="003D3F0E">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F05D69">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>10.10. teikia elektroninio dienyno vartotojams konsultacijas, jei negali to padaryti pats, kreip</w:t>
       </w:r>
       <w:r w:rsidR="000A7214">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>iasi į elektroninio dienyno</w:t>
       </w:r>
       <w:r w:rsidRPr="00F05D69">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> administratorių; </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000A7214" w:rsidRDefault="00F05D69" w:rsidP="003D3F0E">
+    <w:p w14:paraId="5068B43E" w14:textId="77777777" w:rsidR="000A7214" w:rsidRDefault="00F05D69" w:rsidP="003D3F0E">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F05D69">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">10.11. mokytojui elektroninio dienyno neužrakinus iki kito mėnesio 7 d., administratorius jį užrakina automatiškai ir atrakina tik gavęs mokytojo prašymą raštu. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000A7214" w:rsidRDefault="00F05D69" w:rsidP="003D3F0E">
+    <w:p w14:paraId="5BD7825E" w14:textId="77777777" w:rsidR="000A7214" w:rsidRDefault="00F05D69" w:rsidP="003D3F0E">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F05D69">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">10.12. nuolat kontroliuoja ir analizuoja mokytojų veiklą pildant elektroninį dienyną ir kaip parengiamos reikalingos ataskaitos pagal menų mokyklos vadovų darbo pasiskirstymą; </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000A7214" w:rsidRDefault="00F05D69" w:rsidP="003D3F0E">
+    <w:p w14:paraId="75B133CD" w14:textId="77777777" w:rsidR="000A7214" w:rsidRDefault="00F05D69" w:rsidP="003D3F0E">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F05D69">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">10.13. mokinių ugdomąją veiklą vykdančiam asmeniui nutraukus darbo sutartį per mokslo metus, patikrina jo tvarkytą mokinių ugdymo apskaitą ir perduoda ją tvarkyti kitam asmeniui; </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000A7214" w:rsidRDefault="00F05D69" w:rsidP="003D3F0E">
+    <w:p w14:paraId="2A1D2FA4" w14:textId="77777777" w:rsidR="000A7214" w:rsidRDefault="00F05D69" w:rsidP="003D3F0E">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F05D69">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">10.14. teisės aktų nustatyta tvarka atsako už perkeltų į skaitmeninę laikmeną duomenų teisingumą, tikrumą ir autentiškumą; </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000A7214" w:rsidRDefault="00F05D69" w:rsidP="003D3F0E">
+    <w:p w14:paraId="3CB97D45" w14:textId="77777777" w:rsidR="000A7214" w:rsidRDefault="00F05D69" w:rsidP="003D3F0E">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F05D69">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">10.15. pasibaigus ugdymo procesui, bet ne vėliau kaip iki birželio mėn. 25 d., išspausdintas ir pasirašytas pagrindinio dalyko mokytojų ,,Mokinių mokymosi pasiekimų apskaitos suvestines“ perduoda sekretoriui saugojimui, kuris vykdomas pagal Dokumentų tvarkymo ir apskaitos taisyklėse nustatytą tvarką. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000A7214" w:rsidRDefault="00F05D69" w:rsidP="003D3F0E">
+    <w:p w14:paraId="33079FFA" w14:textId="77777777" w:rsidR="000A7214" w:rsidRDefault="00F05D69" w:rsidP="003D3F0E">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F05D69">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">11. Dalykų mokytojai: </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000A7214" w:rsidRDefault="00F05D69" w:rsidP="003D3F0E">
+    <w:p w14:paraId="4691007A" w14:textId="77777777" w:rsidR="000A7214" w:rsidRDefault="00F05D69" w:rsidP="003D3F0E">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F05D69">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">11.1. mokslo metų pradžioje sudaro savo dalyko grupes, pažymi į jas įeinančius mokinius; </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000A7214" w:rsidRDefault="00F05D69" w:rsidP="003D3F0E">
+    <w:p w14:paraId="43CC2D2D" w14:textId="77777777" w:rsidR="000A7214" w:rsidRDefault="00F05D69" w:rsidP="003D3F0E">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F05D69">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">11.2. sudaro savo asmeninį tvarkaraštį; </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000A7214" w:rsidRDefault="00F05D69" w:rsidP="003D3F0E">
+    <w:p w14:paraId="0AEDDD8F" w14:textId="77777777" w:rsidR="000A7214" w:rsidRDefault="00F05D69" w:rsidP="003D3F0E">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F05D69">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">11.3. kiekvieną dieną įveda pamokų duomenis: pamokos temą, klasės ir namų darbus, pažymius, mokinių pasiekimus, pagyrimus ir pastabas mokiniams. Individualių ir grupinių pamokų pradžioje </w:t>
       </w:r>
       <w:r w:rsidRPr="00F05D69">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">arba 3 vėliau, jeigu tam yra objektyvių priežasčių (nėra interneto, neveikia elektroninis dienynas ar pan.), pažymi neatvykusius ar pavėlavusius mokinius; </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000A7214" w:rsidRDefault="00F05D69" w:rsidP="003D3F0E">
+    <w:p w14:paraId="625971FE" w14:textId="77777777" w:rsidR="000A7214" w:rsidRDefault="00F05D69" w:rsidP="003D3F0E">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F05D69">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">11.4. ne vėliau kaip prieš savaitę elektroniniame dienyne pažymi numatomus atsiskaitymus ir kontrolinius darbus; </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000A7214" w:rsidRDefault="00F05D69" w:rsidP="003D3F0E">
+    <w:p w14:paraId="1C76FC36" w14:textId="77777777" w:rsidR="000A7214" w:rsidRDefault="00F05D69" w:rsidP="003D3F0E">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F05D69">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>11.5. per penkias darbo dienas po pusmečio atspausdina, patikrina ir pasirašo mokinių mokymos</w:t>
       </w:r>
       <w:r w:rsidR="000A7214">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>i pasiekimų apskaitos suvestinę;</w:t>
       </w:r>
       <w:r w:rsidRPr="00F05D69">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000A7214" w:rsidRDefault="00F05D69" w:rsidP="003D3F0E">
+    <w:p w14:paraId="1BB65C6A" w14:textId="77777777" w:rsidR="000A7214" w:rsidRDefault="00F05D69" w:rsidP="003D3F0E">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F05D69">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>11.6. pasibaigus pusmečiams ir mokslo metams, išspausdina klasės pažangumo ir lankomumo ataskaitas ir pateikia d</w:t>
       </w:r>
       <w:r w:rsidR="000A7214">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>irektoriui</w:t>
       </w:r>
       <w:r w:rsidRPr="00F05D69">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">; </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003D3F0E" w:rsidRDefault="00F05D69" w:rsidP="003D3F0E">
+    <w:p w14:paraId="3E041C35" w14:textId="77777777" w:rsidR="003D3F0E" w:rsidRDefault="00F05D69" w:rsidP="003D3F0E">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F05D69">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">11.7. pasibaigus mėnesiui, iki kito mėnesio 7 dienos baigia pildyti mėnesio duomenis elektroniniame dienyne ir pažymi, kad mėnuo yra visiškai užbaigtas pildyti (,,užrakina mėnesį“); </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000A7214" w:rsidRDefault="00F05D69" w:rsidP="003D3F0E">
+    <w:p w14:paraId="3EBB04F4" w14:textId="77777777" w:rsidR="000A7214" w:rsidRDefault="00F05D69" w:rsidP="003D3F0E">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F05D69">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>11.8. prireikus keisti informaciją užrakintose sist</w:t>
       </w:r>
       <w:r w:rsidR="000A7214">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>emos srityse, kreipiasi į m</w:t>
       </w:r>
       <w:r w:rsidRPr="00F05D69">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">okyklos elektroninio dienyno administratorių raštu nurodydamas priežastį; </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000A7214" w:rsidRDefault="00F05D69" w:rsidP="003D3F0E">
-[...26 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+    <w:p w14:paraId="27B9ED78" w14:textId="77777777" w:rsidR="000A7214" w:rsidRDefault="00F05D69" w:rsidP="003D3F0E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F05D69">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">11.9. ne vėliau kaip paskutinę pusmečio ir mokslo metų dieną išveda pusmečio ir metinius mokslo metų įvertinimus; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="22D7CC7E" w14:textId="77777777" w:rsidR="000A7214" w:rsidRDefault="00F05D69" w:rsidP="003D3F0E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F05D69">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">11.10. gavę iš mokinio praleistas pamokas pateisinantį dokumentą, per dvi darbo dienas įveda duomenis į elektroninį dienyną; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4BCCC495" w14:textId="77777777" w:rsidR="000A7214" w:rsidRDefault="00F05D69" w:rsidP="003D3F0E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F05D69">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">11.11. iki kiekvieno mėnesio 10 dienos paruošia </w:t>
+      </w:r>
+      <w:r w:rsidR="000A7214">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>lankomumo ataskaitą direktoriui</w:t>
+      </w:r>
       <w:r w:rsidRPr="00F05D69">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">; </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000A7214" w:rsidRDefault="00F05D69" w:rsidP="003D3F0E">
-[...53 lines deleted...]
-    <w:p w:rsidR="000A7214" w:rsidRDefault="00F05D69" w:rsidP="003D3F0E">
+    <w:p w14:paraId="099E548F" w14:textId="77777777" w:rsidR="000A7214" w:rsidRDefault="00F05D69" w:rsidP="003D3F0E">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F05D69">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>11.12. tėvams (globėjams, rūpintojams), neturintiems galimybės prisijungti prie elektroninio dienyno, kas mėnesį išspausdina mokinio pažangumo ir lankomumo ataskaitas, pasibaigus pusmečiui, išspausdina pusmečio pažangumo ir lankomumo atask</w:t>
       </w:r>
       <w:r w:rsidR="003D3F0E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>aitas.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003D3F0E" w:rsidRDefault="003D3F0E" w:rsidP="003D3F0E">
-[...10 lines deleted...]
-    <w:p w:rsidR="000A7214" w:rsidRPr="003D3F0E" w:rsidRDefault="00F05D69" w:rsidP="000A7214">
+    <w:p w14:paraId="1A1EAFEB" w14:textId="77777777" w:rsidR="003D3F0E" w:rsidRDefault="003D3F0E" w:rsidP="003D3F0E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="264F862A" w14:textId="77777777" w:rsidR="000A7214" w:rsidRPr="003D3F0E" w:rsidRDefault="00F05D69" w:rsidP="000A7214">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003D3F0E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>III</w:t>
       </w:r>
       <w:r w:rsidR="002C193D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="003D3F0E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> SKYRIUS DIENYNO DUOMENŲ TIKSLINIMAS, SAUGOJIMAS</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000A7214" w:rsidRDefault="00F05D69" w:rsidP="003D3F0E">
+    <w:p w14:paraId="53DAD126" w14:textId="77777777" w:rsidR="000A7214" w:rsidRDefault="00F05D69" w:rsidP="003D3F0E">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000A7214">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">12. Elektroninio dienyno pagrindu sudarytame dienyne nustačius klaidą – klaidingą žodį, tekstą ar įvertinimą – asmuo, padaręs klaidą, atsakingam už elektroninio dienyno priežiūrą asmeniui pateikia raštišką prašymą, kuriame nurodo, kokius duomenis reikia naikinti/pakeisti ar kitaip koreguoti. Klaidą padaręs asmuo kartu su prižiūrinčiu elektroninio dienyno duomenų tvarkymą asmeniu, remdamiesi menų mokyklos elektroninio dienyno tvarkymo nuostatais, ją ištaiso. Atsakingas už elektroninio dienyno priežiūrą asmuo užpildo aktą apie duomenų keitimą (klaidos ištaisymą). </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000A7214" w:rsidRDefault="000A7214" w:rsidP="003D3F0E">
+    <w:p w14:paraId="0C967B1F" w14:textId="77777777" w:rsidR="000A7214" w:rsidRDefault="000A7214" w:rsidP="003D3F0E">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>13. M</w:t>
       </w:r>
       <w:r w:rsidR="00F05D69" w:rsidRPr="000A7214">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">okykla užtikrina, kad elektroniniame dienyne liktų naikinamų/pakeistų ar kitaip koreguotų duomenų istorija (duomenys, kurie buvo pakeisti, asmens, kuris keitė duomenis, vardas ir pavardė, keitimo data ir kt.). </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000A7214" w:rsidRPr="003D3F0E" w:rsidRDefault="00F05D69" w:rsidP="000A7214">
+    <w:p w14:paraId="03FDFF59" w14:textId="77777777" w:rsidR="000A7214" w:rsidRPr="003D3F0E" w:rsidRDefault="00F05D69" w:rsidP="000A7214">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003D3F0E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>IV SKYRIUS BAIGIAMOSIOS NUOSTATOS</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000A7214" w:rsidRDefault="000A7214" w:rsidP="003D3F0E">
+    <w:p w14:paraId="4239BDD1" w14:textId="77777777" w:rsidR="000A7214" w:rsidRDefault="000A7214" w:rsidP="003D3F0E">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>14</w:t>
       </w:r>
       <w:r w:rsidR="00F05D69" w:rsidRPr="000A7214">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>. Nuostatus, jų pakeit</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">imus, </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>imus, papildymus tvirtina m</w:t>
+      </w:r>
+      <w:r w:rsidR="00F05D69" w:rsidRPr="000A7214">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>okyklos direktorius.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C33D584" w14:textId="77777777" w:rsidR="000A7214" w:rsidRDefault="000A7214" w:rsidP="003D3F0E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>papildymus</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>15</w:t>
+      </w:r>
+      <w:r w:rsidR="00F05D69" w:rsidRPr="000A7214">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>. Nuostatų įg</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> tvirtina m</w:t>
+        <w:t>yvendinimo kontrolę vykdo m</w:t>
       </w:r>
       <w:r w:rsidR="00F05D69" w:rsidRPr="000A7214">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>okyklos direktorius.</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="000A7214" w:rsidRDefault="000A7214" w:rsidP="003D3F0E">
+        <w:t xml:space="preserve">okyklos direktorius. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2B92F395" w14:textId="77777777" w:rsidR="000A7214" w:rsidRDefault="000A7214" w:rsidP="003D3F0E">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>15</w:t>
+        <w:t>16</w:t>
       </w:r>
       <w:r w:rsidR="00F05D69" w:rsidRPr="000A7214">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>. Nuostatų įg</w:t>
+        <w:t>. Patvirtinus nuostatus, jų reikalav</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>yvendinimo kontrolę vykdo m</w:t>
+        <w:t>imų privalo laikytis visi m</w:t>
       </w:r>
       <w:r w:rsidR="00F05D69" w:rsidRPr="000A7214">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">okyklos direktorius. </w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="000A7214" w:rsidRDefault="000A7214" w:rsidP="003D3F0E">
+        <w:t xml:space="preserve">okyklos darbuotojai, tvarkantys, administruojantys ir prižiūrintys elektroninį dienyną. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3F9771AC" w14:textId="77777777" w:rsidR="000A7214" w:rsidRDefault="000A7214" w:rsidP="003D3F0E">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>16</w:t>
+        <w:t>17</w:t>
       </w:r>
       <w:r w:rsidR="00F05D69" w:rsidRPr="000A7214">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>. Patvirtinus nuostatus, jų reikalav</w:t>
-      </w:r>
+        <w:t xml:space="preserve">. Nuostatai ne rečiau kaip kartą per vienerius metus peržiūrimi ir, reikalui esant ar keičiantis elektroninį dienyną reglamentuojantiems teisės aktams, atnaujinami. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2FF0A575" w14:textId="77777777" w:rsidR="002C193D" w:rsidRDefault="002C193D" w:rsidP="003D3F0E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>imų privalo laikytis visi m</w:t>
-[...52 lines deleted...]
-        </w:rPr>
         <w:t>___________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F05D69" w:rsidRPr="000A7214" w:rsidRDefault="00F05D69" w:rsidP="00F05D69">
-[...8 lines deleted...]
-    <w:p w:rsidR="00F05D69" w:rsidRPr="000A7214" w:rsidRDefault="00F05D69" w:rsidP="006D2CCA">
+    <w:p w14:paraId="3E084867" w14:textId="77777777" w:rsidR="00F05D69" w:rsidRPr="000A7214" w:rsidRDefault="00F05D69" w:rsidP="00F05D69">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5ECE7B85" w14:textId="77777777" w:rsidR="00F05D69" w:rsidRPr="000A7214" w:rsidRDefault="00F05D69" w:rsidP="006D2CCA">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00F05D69" w:rsidRPr="000A7214" w:rsidSect="002C193D">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1276" w:right="567" w:bottom="1134" w:left="1701" w:header="567" w:footer="567" w:gutter="0"/>
       <w:cols w:space="1296"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
-    <w:charset w:val="BA"/>
+    <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="BA"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
-    <w:charset w:val="BA"/>
+    <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="1296"/>
   <w:hyphenationZone w:val="396"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="006D2CCA"/>
     <w:rsid w:val="000A7214"/>
     <w:rsid w:val="002C193D"/>
     <w:rsid w:val="00375FE6"/>
     <w:rsid w:val="003D3F0E"/>
     <w:rsid w:val="006D2CCA"/>
     <w:rsid w:val="007208F8"/>
+    <w:rsid w:val="00E61E3F"/>
     <w:rsid w:val="00F05D69"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="lt-LT"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="3C51FFD3"/>
+  <w14:docId w14:val="7D75DEB6"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{43E1130E-E123-484A-8E95-2AB10FE3F1A4}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="lt-LT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -1981,98 +1909,94 @@
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
@@ -2247,50 +2171,55 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="prastasis">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Numatytasispastraiposriftas">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="prastojilentel">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
@@ -2313,51 +2242,51 @@
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="DebesliotekstasDiagrama">
     <w:name w:val="Debesėlio tekstas Diagrama"/>
     <w:basedOn w:val="Numatytasispastraiposriftas"/>
     <w:link w:val="Debesliotekstas"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="002C193D"/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="„Office“ tema">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
@@ -2589,55 +2518,55 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>6070</Words>
-  <Characters>3461</Characters>
+  <Words>1422</Words>
+  <Characters>8109</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>28</Lines>
+  <Lines>67</Lines>
   <Paragraphs>19</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Pavadinimas</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <CharactersWithSpaces>9512</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>