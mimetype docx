--- v0 (2025-10-23)
+++ v1 (2025-12-03)
@@ -1,49 +1,49 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w:rsidR="00FE3454" w:rsidRPr="00FE3454" w:rsidRDefault="00FE3454" w:rsidP="00FE3454">
+    <w:p w14:paraId="4D462DE3" w14:textId="77777777" w:rsidR="00FE3454" w:rsidRPr="00FE3454" w:rsidRDefault="00FE3454" w:rsidP="00FE3454">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="76" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="5164"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FE3454">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Mokinių</w:t>
       </w:r>
       <w:r w:rsidRPr="00FE3454">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-6"/>
           <w:sz w:val="24"/>
@@ -140,131 +140,131 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ir</w:t>
       </w:r>
       <w:r w:rsidRPr="00FE3454">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-6"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00FE3454">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>sporto mokyklą tvarkos aprašo</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FE3454" w:rsidRPr="00FE3454" w:rsidRDefault="00FE3454" w:rsidP="00FE3454">
+    <w:p w14:paraId="185B3A01" w14:textId="77777777" w:rsidR="00FE3454" w:rsidRPr="00FE3454" w:rsidRDefault="00FE3454" w:rsidP="00FE3454">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="5164"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FE3454">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">1 </w:t>
       </w:r>
       <w:r w:rsidRPr="00FE3454">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>priedas</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FE3454" w:rsidRPr="00FE3454" w:rsidRDefault="00FE3454" w:rsidP="00FE3454">
+    <w:p w14:paraId="7ECCF859" w14:textId="77777777" w:rsidR="00FE3454" w:rsidRPr="00FE3454" w:rsidRDefault="00FE3454" w:rsidP="00FE3454">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00FE3454" w:rsidRPr="00FE3454" w:rsidRDefault="00FE3454" w:rsidP="00FE3454">
+    <w:p w14:paraId="1860732F" w14:textId="77777777" w:rsidR="00FE3454" w:rsidRPr="00FE3454" w:rsidRDefault="00FE3454" w:rsidP="00FE3454">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00FE3454" w:rsidRPr="00FE3454" w:rsidRDefault="00FE3454" w:rsidP="00FE3454">
+    <w:p w14:paraId="472F877F" w14:textId="77777777" w:rsidR="00FE3454" w:rsidRPr="00FE3454" w:rsidRDefault="00FE3454" w:rsidP="00FE3454">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="106" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FE3454">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6ED5D7F4" wp14:editId="1CCA991D">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="66CFB8A6" wp14:editId="49EB9ECE">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>1093469</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>228986</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="6096000" cy="1270"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapTopAndBottom/>
                 <wp:docPr id="3" name="Graphic 3"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="6096000" cy="1270"/>
                         </a:xfrm>
@@ -293,51 +293,51 @@
                         </a:ln>
                       </wps:spPr>
                       <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:shape w14:anchorId="598D302F" id="Graphic 3" o:spid="_x0000_s1026" style="position:absolute;margin-left:86.1pt;margin-top:18.05pt;width:480pt;height:.1pt;z-index:-251657216;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6096000,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQD4rKYuIAIAAH8EAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L3ZSINuMOMXQoMWA&#10;oivQFDsrshwLkyWNVGLn70fJdpJ2t2E+CJT4RPLxUV7d9q1hRwWonS35fJZzpqx0lbb7kr9u7z99&#10;4QyDsJUwzqqSnxTy2/XHD6vOF2rhGmcqBYyCWCw6X/ImBF9kGcpGtQJnzitLztpBKwJtYZ9VIDqK&#10;3ppskefLrHNQeXBSIdLpZnDydYpf10qGH3WNKjBTcqotpBXSuotrtl6JYg/CN1qOZYh/qKIV2lLS&#10;c6iNCIIdQP8VqtUSHLo6zKRrM1fXWqrEgdjM83dsXhrhVeJCzUF/bhP+v7Dy6fgMTFclv+HMipYk&#10;ehi7cROb03ksCPPinyHSQ//o5C8kR/bGEzc4Yvoa2oglcqxPnT6dO636wCQdLvOvyzwnQST55ovP&#10;SYhMFNNdecDwoFyKI46PGAadqskSzWTJ3k4mkNpRZ5N0DpyRzsAZ6bwbdPYixHuxuGiy7lJIPGvd&#10;UW1d8oZ3lVNpF6+x16gzlYklYQcEGTEN9WowUmqyr8kZG6ugZszT+KAzurrXxsQqEPa7OwPsKOLw&#10;pi/yoAhvYB4wbAQ2Ay65Rpixo06DNFGknatOJHhHGpccfx8EKM7Md0sjFZ/HZMBk7CYDgrlz6RGl&#10;BlHObf9TgGcxfckDKfvkpoEVxSRapH7GxpvWfTsEV+uoaJqhoaJxQ1OeCI4vMj6j631CXf4b6z8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCq42Y92wAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9La8Mw&#10;EITvhf4HsYHeGvkBaXAtB1MolPbUOIceZUuxTfQw0sZx/n3Xp/Y4sx+zM+VhsYbNOsTROwHpNgGm&#10;XefV6HoBp+b9eQ8sonRKGu+0gLuOcKgeH0pZKH9z33o+Ys8oxMVCChgQp4Lz2A3ayrj1k3Z0O/tg&#10;JZIMPVdB3ijcGp4lyY5bOTr6MMhJvw26uxyvllK+zCe2lxr3WDdLM4/h5/4RhHjaLPUrMNQL/sGw&#10;1qfqUFGn1l+disyQfskyQgXkuxTYCqT56rSrkwOvSv5/QvULAAD//wMAUEsBAi0AFAAGAAgAAAAh&#10;ALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAU&#10;AAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAU&#10;AAYACAAAACEA+KymLiACAAB/BAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwEC&#10;LQAUAAYACAAAACEAquNmPdsAAAAKAQAADwAAAAAAAAAAAAAAAAB6BAAAZHJzL2Rvd25yZXYueG1s&#10;UEsFBgAAAAAEAAQA8wAAAIIFAAAAAA==&#10;" path="m,l6096000,e" filled="f" strokeweight=".26669mm">
                 <v:path arrowok="t"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FE3454" w:rsidRPr="00FE3454" w:rsidRDefault="00FE3454" w:rsidP="00FE3454">
+    <w:p w14:paraId="056E0089" w14:textId="77777777" w:rsidR="00FE3454" w:rsidRPr="00FE3454" w:rsidRDefault="00FE3454" w:rsidP="00FE3454">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="1" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1462" w:right="1619"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FE3454">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>(Vieno</w:t>
       </w:r>
       <w:r w:rsidRPr="00FE3454">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
@@ -453,90 +453,90 @@
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>pavardė</w:t>
       </w:r>
       <w:r w:rsidRPr="00FE3454">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00FE3454">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:spacing w:val="-10"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FE3454" w:rsidRPr="00FE3454" w:rsidRDefault="00FE3454" w:rsidP="00FE3454">
+    <w:p w14:paraId="681742BC" w14:textId="77777777" w:rsidR="00FE3454" w:rsidRPr="00FE3454" w:rsidRDefault="00FE3454" w:rsidP="00FE3454">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00FE3454" w:rsidRPr="00FE3454" w:rsidRDefault="00FE3454" w:rsidP="00FE3454">
+    <w:p w14:paraId="5F6824A0" w14:textId="77777777" w:rsidR="00FE3454" w:rsidRPr="00FE3454" w:rsidRDefault="00FE3454" w:rsidP="00FE3454">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="15" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FE3454">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251660288" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2360AF8D" wp14:editId="4F3B68AC">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251660288" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6F383141" wp14:editId="59C68472">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>1082039</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>171119</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="6096000" cy="1270"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapTopAndBottom/>
                 <wp:docPr id="4" name="Graphic 4"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="6096000" cy="1270"/>
                         </a:xfrm>
@@ -565,51 +565,51 @@
                         </a:ln>
                       </wps:spPr>
                       <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:shape w14:anchorId="660D77D1" id="Graphic 4" o:spid="_x0000_s1026" style="position:absolute;margin-left:85.2pt;margin-top:13.45pt;width:480pt;height:.1pt;z-index:-251656192;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6096000,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCMKOuuIAIAAH8EAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L3aCItuMOMXQoMWA&#10;oivQFDsrshwLkyWNVGLn70fJdpJ2t2E+CJT4RPLxUV7d9q1hRwWonS35fJZzpqx0lbb7kr9u7z99&#10;4QyDsJUwzqqSnxTy2/XHD6vOF2rhGmcqBYyCWCw6X/ImBF9kGcpGtQJnzitLztpBKwJtYZ9VIDqK&#10;3ppskefLrHNQeXBSIdLpZnDydYpf10qGH3WNKjBTcqotpBXSuotrtl6JYg/CN1qOZYh/qKIV2lLS&#10;c6iNCIIdQP8VqtUSHLo6zKRrM1fXWqrEgdjM83dsXhrhVeJCzUF/bhP+v7Dy6fgMTFclv+HMipYk&#10;ehi7cROb03ksCPPinyHSQ//o5C8kR/bGEzc4Yvoa2oglcqxPnT6dO636wCQdLvOvyzwnQST55ovP&#10;SYhMFNNdecDwoFyKI46PGAadqskSzWTJ3k4mkNpRZ5N0DpyRzsAZ6bwbdPYixHuxuGiy7lJIPGvd&#10;UW1d8oZ3lVNpF6+x16gzlYklYQcEGTEN9WowUmqyr8kZG6ugZszT+KAzurrXxsQqEPa7OwPsKOLw&#10;pi/yoAhvYB4wbAQ2Ay65Rpixo06DNFGknatOJHhHGpccfx8EKM7Md0sjFZ/HZMBk7CYDgrlz6RGl&#10;BlHObf9TgGcxfckDKfvkpoEVxSRapH7GxpvWfTsEV+uoaJqhoaJxQ1OeCI4vMj6j631CXf4b6z8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCllnce3AAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMw&#10;EETvSPyDtUjcqJOC2hLiVBESEoITTQ8cnXhJosZ2ZG/T9O/ZnOA4s0+zM/l+toOYMMTeOwXpKgGB&#10;rvGmd62CY/X2sAMRSTujB+9QwRUj7Ivbm1xnxl/cF04HagWHuJhpBR3RmEkZmw6tjis/ouPbjw9W&#10;E8vQShP0hcPtINdJspFW944/dHrE1w6b0+FsOeVz+KD6VNKOymqupj58X9+DUvd3c/kCgnCmPxiW&#10;+lwdCu5U+7MzUQyst8kTowrWm2cQC5A+Lk7NzjYFWeTy/4TiFwAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhAIwo664gAgAAfwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhAKWWdx7cAAAACgEAAA8AAAAAAAAAAAAAAAAAegQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAACDBQAAAAA=&#10;" path="m,l6096000,e" filled="f" strokeweight=".26669mm">
                 <v:path arrowok="t"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FE3454" w:rsidRPr="00FE3454" w:rsidRDefault="00FE3454" w:rsidP="00FE3454">
+    <w:p w14:paraId="3951F168" w14:textId="77777777" w:rsidR="00FE3454" w:rsidRPr="00FE3454" w:rsidRDefault="00FE3454" w:rsidP="00FE3454">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="1" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1687" w:right="1599"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FE3454">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>(gyvenamosios</w:t>
       </w:r>
       <w:r w:rsidRPr="00FE3454">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
@@ -623,90 +623,90 @@
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>vietos</w:t>
       </w:r>
       <w:r w:rsidRPr="00FE3454">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:spacing w:val="-6"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00FE3454">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>adresas)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FE3454" w:rsidRPr="00FE3454" w:rsidRDefault="00FE3454" w:rsidP="00FE3454">
+    <w:p w14:paraId="17A6F01C" w14:textId="77777777" w:rsidR="00FE3454" w:rsidRPr="00FE3454" w:rsidRDefault="00FE3454" w:rsidP="00FE3454">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00FE3454" w:rsidRPr="00FE3454" w:rsidRDefault="00FE3454" w:rsidP="00FE3454">
+    <w:p w14:paraId="7A562707" w14:textId="77777777" w:rsidR="00FE3454" w:rsidRPr="00FE3454" w:rsidRDefault="00FE3454" w:rsidP="00FE3454">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="18" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FE3454">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251661312" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="352B6E05" wp14:editId="5E287FFE">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251661312" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2FD3F0BE" wp14:editId="70C76F01">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>1093469</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>172826</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="6096000" cy="1270"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapTopAndBottom/>
                 <wp:docPr id="5" name="Graphic 5"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="6096000" cy="1270"/>
                         </a:xfrm>
@@ -735,51 +735,51 @@
                         </a:ln>
                       </wps:spPr>
                       <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:shape w14:anchorId="2A24470C" id="Graphic 5" o:spid="_x0000_s1026" style="position:absolute;margin-left:86.1pt;margin-top:13.6pt;width:480pt;height:.1pt;z-index:-251655168;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6096000,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQD3Vg+oIAIAAH8EAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L3YCNOuMOMXQoMWA&#10;oivQDDsrshwLk0WNUmLn70fJdpJ2t2E+CJT4RPLxUV7d9a1hR4Vegy35fJZzpqyEStt9yX9sHz7d&#10;cuaDsJUwYFXJT8rzu/XHD6vOFWoBDZhKIaMg1hedK3kTgiuyzMtGtcLPwClLzhqwFYG2uM8qFB1F&#10;b022yPNl1gFWDkEq7+l0Mzj5OsWvayXD97r2KjBTcqotpBXTuotrtl6JYo/CNVqOZYh/qKIV2lLS&#10;c6iNCIIdUP8VqtUSwUMdZhLaDOpaS5U4EJt5/o7NayOcSlyoOd6d2+T/X1j5fHxBpquS33BmRUsS&#10;PY7duInN6ZwvCPPqXjDS8+4J5C9PjuyNJ278iOlrbCOWyLE+dfp07rTqA5N0uMy/LPOcBJHkmy8+&#10;JyEyUUx35cGHRwUpjjg++TDoVE2WaCZL9nYykdSOOpukc+CMdEbOSOfdoLMTId6LxUWTdZdC4lkL&#10;R7WF5A3vKqfSLl5jr1FnKhNLwg4IMmIa6tVgpNRkX5MzNlUxv12m8fFgdPWgjYlVeNzv7g2yo4jD&#10;m77IgyK8gTn0YSN8M+CSa4QZO+o0SBNF2kF1IsE70rjk/vdBoOLMfLM0UvF5TAZOxm4yMJh7SI8o&#10;NYhybvufAh2L6UseSNlnmAZWFJNokfoZG29a+HoIUOuoaJqhoaJxQ1OeCI4vMj6j631CXf4b6z8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQA3n+HC3gAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMw&#10;EETvSPyDtUjcqJNQERLiVFCJC+JCQUi9bWMTR9jrELtJ6NfjnMppNbOj2bfVZraGjWrwnSMB6SoB&#10;pqhxsqNWwMf78809MB+QJBpHSsCv8rCpLy8qLKWb6E2Nu9CyWEK+RAE6hL7k3DdaWfQr1yuKuy83&#10;WAxRDi2XA06x3BqeJckdt9hRvKCxV1utmu/d0QrY7ovidf8z6uK0Np8nyl+mpxSFuL6aHx+ABTWH&#10;cxgW/IgOdWQ6uCNJz0zUeZbFqIAsj3MJpLeLc1icNfC64v9fqP8AAAD//wMAUEsBAi0AFAAGAAgA&#10;AAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwEC&#10;LQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwEC&#10;LQAUAAYACAAAACEA91YPqCACAAB/BAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQ&#10;SwECLQAUAAYACAAAACEAN5/hwt4AAAAKAQAADwAAAAAAAAAAAAAAAAB6BAAAZHJzL2Rvd25yZXYu&#10;eG1sUEsFBgAAAAAEAAQA8wAAAIUFAAAAAA==&#10;" path="m,l6096000,e" filled="f" strokeweight=".17183mm">
                 <v:path arrowok="t"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FE3454" w:rsidRPr="00FE3454" w:rsidRDefault="00FE3454" w:rsidP="00FE3454">
+    <w:p w14:paraId="562434F9" w14:textId="77777777" w:rsidR="00FE3454" w:rsidRPr="00FE3454" w:rsidRDefault="00FE3454" w:rsidP="00FE3454">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="1" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1462" w:right="1618"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FE3454">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>(tel.</w:t>
       </w:r>
       <w:r w:rsidRPr="00FE3454">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
@@ -801,65 +801,65 @@
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00FE3454">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>el.</w:t>
       </w:r>
       <w:r w:rsidRPr="00FE3454">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> paštas)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FE3454" w:rsidRPr="00FE3454" w:rsidRDefault="00FE3454" w:rsidP="00FE3454">
+    <w:p w14:paraId="461110FE" w14:textId="77777777" w:rsidR="00FE3454" w:rsidRPr="00FE3454" w:rsidRDefault="00FE3454" w:rsidP="00FE3454">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="1" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00FE3454" w:rsidRPr="00FE3454" w:rsidRDefault="00FE3454" w:rsidP="00FE3454">
+    <w:p w14:paraId="17C5C6A1" w14:textId="77777777" w:rsidR="00FE3454" w:rsidRPr="00FE3454" w:rsidRDefault="00FE3454" w:rsidP="00FE3454">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="4" w:right="5436"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FE3454">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Alytaus</w:t>
       </w:r>
       <w:r w:rsidRPr="00FE3454">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-8"/>
           <w:sz w:val="24"/>
@@ -931,88 +931,88 @@
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-8"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00FE3454">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">mokyklos </w:t>
       </w:r>
       <w:r w:rsidRPr="00FE3454">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>direktoriui</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FE3454" w:rsidRPr="00FE3454" w:rsidRDefault="00FE3454" w:rsidP="00FE3454">
+    <w:p w14:paraId="1961C69D" w14:textId="77777777" w:rsidR="00FE3454" w:rsidRPr="00FE3454" w:rsidRDefault="00FE3454" w:rsidP="00FE3454">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00FE3454" w:rsidRPr="00FE3454" w:rsidRDefault="00FE3454" w:rsidP="00FE3454">
+    <w:p w14:paraId="570D2A62" w14:textId="77777777" w:rsidR="00FE3454" w:rsidRPr="00FE3454" w:rsidRDefault="00FE3454" w:rsidP="00FE3454">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="134"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FE3454">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>PRAŠYMAS</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FE3454" w:rsidRPr="00FE3454" w:rsidRDefault="00FE3454" w:rsidP="00FE3454">
+    <w:p w14:paraId="2F1FD808" w14:textId="77777777" w:rsidR="00FE3454" w:rsidRPr="00FE3454" w:rsidRDefault="00FE3454" w:rsidP="00FE3454">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="137"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FE3454">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>DĖL</w:t>
       </w:r>
       <w:r w:rsidRPr="00FE3454">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
@@ -1128,65 +1128,65 @@
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>SPORTO</w:t>
       </w:r>
       <w:r w:rsidRPr="00FE3454">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00FE3454">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>MOKYKLĄ</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FE3454" w:rsidRPr="00FE3454" w:rsidRDefault="00FE3454" w:rsidP="00FE3454">
+    <w:p w14:paraId="73AF69FE" w14:textId="77777777" w:rsidR="00FE3454" w:rsidRPr="00FE3454" w:rsidRDefault="00FE3454" w:rsidP="00FE3454">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00FE3454" w:rsidRPr="00FE3454" w:rsidRDefault="00FE3454" w:rsidP="00FE3454">
+    <w:p w14:paraId="2B82333B" w14:textId="77777777" w:rsidR="00FE3454" w:rsidRPr="00FE3454" w:rsidRDefault="00FE3454" w:rsidP="00FE3454">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="718"/>
           <w:tab w:val="left" w:pos="3240"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="275" w:lineRule="exact"/>
         <w:ind w:right="140"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FE3454">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-5"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>20</w:t>
@@ -1224,83 +1224,83 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>mėn.</w:t>
       </w:r>
       <w:r w:rsidRPr="00FE3454">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="60"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidRPr="00FE3454">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-5"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>d.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FE3454" w:rsidRPr="00FE3454" w:rsidRDefault="00FE3454" w:rsidP="00FE3454">
+    <w:p w14:paraId="3CF41EF3" w14:textId="77777777" w:rsidR="00FE3454" w:rsidRPr="00FE3454" w:rsidRDefault="00FE3454" w:rsidP="00FE3454">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="252" w:lineRule="exact"/>
         <w:ind w:left="1467" w:right="1599"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FE3454">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>Daugai</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FE3454" w:rsidRPr="00FE3454" w:rsidRDefault="00FE3454" w:rsidP="00FE3454">
+    <w:p w14:paraId="7C5412CF" w14:textId="77777777" w:rsidR="00FE3454" w:rsidRPr="00FE3454" w:rsidRDefault="00FE3454" w:rsidP="00FE3454">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="23" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00FE3454" w:rsidRPr="00FE3454" w:rsidRDefault="00FE3454" w:rsidP="00FE3454">
+    <w:p w14:paraId="40629ACA" w14:textId="77777777" w:rsidR="00FE3454" w:rsidRPr="00FE3454" w:rsidRDefault="00FE3454" w:rsidP="00FE3454">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="9598"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1250"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FE3454">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Prašau</w:t>
       </w:r>
       <w:r w:rsidRPr="00FE3454">
         <w:rPr>
@@ -1471,102 +1471,102 @@
           <w:sz w:val="20"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(pabraukti)</w:t>
       </w:r>
       <w:r w:rsidRPr="00FE3454">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:spacing w:val="2"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00FE3454">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FE3454" w:rsidRPr="00FE3454" w:rsidRDefault="00FE3454" w:rsidP="00FE3454">
+    <w:p w14:paraId="21D92082" w14:textId="77777777" w:rsidR="00FE3454" w:rsidRPr="00FE3454" w:rsidRDefault="00FE3454" w:rsidP="00FE3454">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="5609"/>
           <w:tab w:val="left" w:pos="9684"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="254" w:after="0" w:line="276" w:lineRule="exact"/>
         <w:ind w:right="86"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FE3454">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00FE3454">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidRPr="00FE3454">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">asmens kodas </w:t>
       </w:r>
       <w:r w:rsidRPr="00FE3454">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FE3454" w:rsidRPr="00FE3454" w:rsidRDefault="00FE3454" w:rsidP="00FE3454">
+    <w:p w14:paraId="21C0EF00" w14:textId="77777777" w:rsidR="00FE3454" w:rsidRPr="00FE3454" w:rsidRDefault="00FE3454" w:rsidP="00FE3454">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="230" w:lineRule="exact"/>
         <w:ind w:left="1518"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FE3454">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>(vardas</w:t>
       </w:r>
       <w:r w:rsidRPr="00FE3454">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:spacing w:val="-4"/>
@@ -1596,65 +1596,65 @@
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>pavardė</w:t>
       </w:r>
       <w:r w:rsidRPr="00FE3454">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00FE3454">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:spacing w:val="-10"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FE3454" w:rsidRPr="00FE3454" w:rsidRDefault="00FE3454" w:rsidP="00FE3454">
+    <w:p w14:paraId="019D8954" w14:textId="77777777" w:rsidR="00FE3454" w:rsidRPr="00FE3454" w:rsidRDefault="00FE3454" w:rsidP="00FE3454">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="47" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00FE3454" w:rsidRPr="00FE3454" w:rsidRDefault="00FE3454" w:rsidP="00FE3454">
+    <w:p w14:paraId="13AA0315" w14:textId="77777777" w:rsidR="00FE3454" w:rsidRPr="00FE3454" w:rsidRDefault="00FE3454" w:rsidP="00FE3454">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="2220"/>
           <w:tab w:val="left" w:pos="9586"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="4"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FE3454">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">nuo </w:t>
       </w:r>
       <w:r w:rsidRPr="00FE3454">
@@ -1671,51 +1671,51 @@
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00FE3454">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">mokytis </w:t>
       </w:r>
       <w:r w:rsidRPr="00FE3454">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FE3454" w:rsidRPr="00FE3454" w:rsidRDefault="00FE3454" w:rsidP="00FE3454">
+    <w:p w14:paraId="7C44EC82" w14:textId="77777777" w:rsidR="00FE3454" w:rsidRPr="00FE3454" w:rsidRDefault="00FE3454" w:rsidP="00FE3454">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="1" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="4137"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FE3454">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>(nurodyti</w:t>
       </w:r>
       <w:r w:rsidRPr="00FE3454">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:spacing w:val="-8"/>
@@ -1728,76 +1728,76 @@
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>programos</w:t>
       </w:r>
       <w:r w:rsidRPr="00FE3454">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:spacing w:val="-8"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00FE3454">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>pavadinimą)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FE3454" w:rsidRPr="00FE3454" w:rsidRDefault="00FE3454" w:rsidP="00FE3454">
+    <w:p w14:paraId="7B321F30" w14:textId="77777777" w:rsidR="00FE3454" w:rsidRPr="00FE3454" w:rsidRDefault="00FE3454" w:rsidP="00FE3454">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="224" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FE3454">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251662336" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="52C32CBB" wp14:editId="2497ECA2">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251662336" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2DFA6C3B" wp14:editId="7B16D870">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>1082039</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>303572</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="6076950" cy="1270"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapTopAndBottom/>
                 <wp:docPr id="6" name="Graphic 6"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="6076950" cy="1270"/>
                         </a:xfrm>
@@ -1826,51 +1826,51 @@
                         </a:ln>
                       </wps:spPr>
                       <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:shape w14:anchorId="445AF73F" id="Graphic 6" o:spid="_x0000_s1026" style="position:absolute;margin-left:85.2pt;margin-top:23.9pt;width:478.5pt;height:.1pt;z-index:-251654144;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6076950,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBFvum8IQIAAH8EAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L3YCLO2MOMXQoMWA&#10;oivQDDsrshwLk0VNVGLn70fJdpJ2t2E+CJT4RPLxUV7d9a1hR+VRgy35fJZzpqyEStt9yX9sHz7d&#10;coZB2EoYsKrkJ4X8bv3xw6pzhVpAA6ZSnlEQi0XnSt6E4IosQ9moVuAMnLLkrMG3ItDW77PKi46i&#10;tyZb5Pky68BXzoNUiHS6GZx8neLXtZLhe12jCsyUnGoLafVp3cU1W69EsffCNVqOZYh/qKIV2lLS&#10;c6iNCIIdvP4rVKulB4Q6zCS0GdS1lipxIDbz/B2b10Y4lbhQc9Cd24T/L6x8Pr54pquSLzmzoiWJ&#10;HsduLGNzOocFYV7di4/00D2B/IXkyN544gZHTF/7NmKJHOtTp0/nTqs+MEmHy/xm+eUzCSLJN1/c&#10;JCEyUUx35QHDo4IURxyfMAw6VZMlmsmSvZ1MT2pHnU3SOXBGOnvOSOfdoLMTId6LxUWTdZdC4lkL&#10;R7WF5A3vKqfSLl5jr1FnKhNLwg4IMmIa6tVgpNRkX5MzNlZxe5vP0/ggGF09aGNiFej3u3vj2VHE&#10;4U1f5EER3sCcx7AR2Ay45Bphxo46DdJEkXZQnUjwjjQuOf4+CK84M98sjVR8HpPhJ2M3GT6Ye0iP&#10;KDWIcm77n8I7FtOXPJCyzzANrCgm0SL1MzbetPD1EKDWUdE0Q0NF44amPBEcX2R8Rtf7hLr8N9Z/&#10;AAAA//8DAFBLAwQUAAYACAAAACEAM5EAMtwAAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7D&#10;MBBE70j8g7VI3KjTqiVRiFNVSNxpoYjjJt4mgXidxm4b/p7tCY4z+zQ7U6wn16szjaHzbGA+S0AR&#10;19523Bh4f3t5yECFiGyx90wGfijAury9KTC3/sJbOu9ioySEQ44G2hiHXOtQt+QwzPxALLeDHx1G&#10;kWOj7YgXCXe9XiTJo3bYsXxocaDnlurv3ckZ0Mds1WSbw8f209r91+oV6yoejbm/mzZPoCJN8Q+G&#10;a32pDqV0qvyJbVC96DRZCmpgmcqEKzBfpOJU4mQJ6LLQ/yeUvwAAAP//AwBQSwECLQAUAAYACAAA&#10;ACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQIt&#10;ABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQIt&#10;ABQABgAIAAAAIQBFvum8IQIAAH8EAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBL&#10;AQItABQABgAIAAAAIQAzkQAy3AAAAAoBAAAPAAAAAAAAAAAAAAAAAHsEAABkcnMvZG93bnJldi54&#10;bWxQSwUGAAAAAAQABADzAAAAhAUAAAAA&#10;" path="m,l6076950,e" filled="f" strokeweight=".24447mm">
                 <v:path arrowok="t"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FE3454" w:rsidRPr="00FE3454" w:rsidRDefault="00FE3454" w:rsidP="00FE3454">
+    <w:p w14:paraId="4CE36282" w14:textId="77777777" w:rsidR="00FE3454" w:rsidRPr="00FE3454" w:rsidRDefault="00FE3454" w:rsidP="00FE3454">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="9420"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="252" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="4"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FE3454">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Bendrojo</w:t>
       </w:r>
       <w:r w:rsidRPr="00FE3454">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-3"/>
@@ -1951,74 +1951,74 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>mokosi)</w:t>
       </w:r>
       <w:r w:rsidRPr="00FE3454">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00FE3454">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FE3454" w:rsidRPr="00FE3454" w:rsidRDefault="00FE3454" w:rsidP="00FE3454">
+    <w:p w14:paraId="4A46E89F" w14:textId="77777777" w:rsidR="00FE3454" w:rsidRPr="00FE3454" w:rsidRDefault="00FE3454" w:rsidP="00FE3454">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="152" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FE3454">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251663360" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="735DCF80" wp14:editId="70EE5ABB">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251663360" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="367A4C0E" wp14:editId="0CC4893C">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>1082039</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>258307</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="6096000" cy="1270"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapTopAndBottom/>
                 <wp:docPr id="7" name="Graphic 7"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="6096000" cy="1270"/>
                         </a:xfrm>
@@ -2047,64 +2047,64 @@
                         </a:ln>
                       </wps:spPr>
                       <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:shape w14:anchorId="1E0E0D2A" id="Graphic 7" o:spid="_x0000_s1026" style="position:absolute;margin-left:85.2pt;margin-top:20.35pt;width:480pt;height:.1pt;z-index:-251653120;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="6096000,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAlH5w6HwIAAH8EAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L3ZySDYjTjE0aDGg&#10;6Ao0w86KLMfCZFGjlNj5+1GynaTdbZgPAiU+kXx8lNd3fWvYSaHXYEs+n+WcKSuh0vZQ8h+7h0+f&#10;OfNB2EoYsKrkZ+X53ebjh3XnCrWABkylkFEQ64vOlbwJwRVZ5mWjWuFn4JQlZw3YikBbPGQVio6i&#10;tyZb5Pky6wArhyCV93S6HZx8k+LXtZLhe117FZgpOdUW0opp3cc126xFcUDhGi3HMsQ/VNEKbSnp&#10;JdRWBMGOqP8K1WqJ4KEOMwltBnWtpUociM08f8fmtRFOJS7UHO8ubfL/L6x8Pr0g01XJV5xZ0ZJE&#10;j2M3VrE5nfMFYV7dC0Z63j2B/OXJkb3xxI0fMX2NbcQSOdanTp8vnVZ9YJIOl/mXZZ6TIJJ888Uq&#10;CZGJYrorjz48KkhxxOnJh0GnarJEM1myt5OJpHbU2SSdA2ekM3JGOu8HnZ0I8V4sLpqsuxYSz1o4&#10;qR0kb3hXOZV29Rp7i7pQmVgSdkCQEdNQrwYjpSb7lpyxsQpqxjyNjwejqwdtTKzC42F/b5CdRBze&#10;9EUeFOENzKEPW+GbAZdcI8zYUadBmijSHqozCd6RxiX3v48CFWfmm6WRis9jMnAy9pOBwdxDekSp&#10;QZRz1/8U6FhMX/JAyj7DNLCimESL1C/YeNPC12OAWkdF0wwNFY0bmvJEcHyR8Rnd7hPq+t/Y/AEA&#10;AP//AwBQSwMEFAAGAAgAAAAhALLEXI/bAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj81OwzAQ&#10;hO9IvIO1SNyoU6hoCXGqCAkJwYmGA0cnXpKo/onsbZq+PZsTHGf20+xMsZ+dFRPGNASvYL3KQKBv&#10;gxl8p+Crfr3bgUikvdE2eFRwwQT78vqq0LkJZ/+J04E6wSE+5VpBTzTmUqa2R6fTKozo+fYTotPE&#10;MnbSRH3mcGflfZY9SqcHzx96PeJLj+3xcHKc8mHfqTlWtKOqnutpiN+Xt6jU7c1cPYMgnOkPhqU+&#10;V4eSOzXh5E0SlvU22zCqYJNtQSzA+mFxmsV5AlkW8v+E8hcAAP//AwBQSwECLQAUAAYACAAAACEA&#10;toM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQA&#10;BgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQA&#10;BgAIAAAAIQAlH5w6HwIAAH8EAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQIt&#10;ABQABgAIAAAAIQCyxFyP2wAAAAoBAAAPAAAAAAAAAAAAAAAAAHkEAABkcnMvZG93bnJldi54bWxQ&#10;SwUGAAAAAAQABADzAAAAgQUAAAAA&#10;" path="m,l6096000,e" filled="f" strokeweight=".26669mm">
                 <v:path arrowok="t"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FE3454" w:rsidRPr="00FE3454" w:rsidRDefault="00FE3454" w:rsidP="00FE3454">
+    <w:p w14:paraId="1D56FBF9" w14:textId="77777777" w:rsidR="00FE3454" w:rsidRPr="00FE3454" w:rsidRDefault="00FE3454" w:rsidP="00FE3454">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00FE3454" w:rsidRPr="00FE3454" w:rsidRDefault="00FE3454" w:rsidP="00FE3454">
+    <w:p w14:paraId="2D0D3BA0" w14:textId="77777777" w:rsidR="00FE3454" w:rsidRPr="00FE3454" w:rsidRDefault="00FE3454" w:rsidP="00FE3454">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="4"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FE3454">
         <w:rPr>
           <w:rFonts w:ascii="Webdings" w:eastAsia="Times New Roman" w:hAnsi="Webdings" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
       <w:r w:rsidRPr="00FE3454">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-6"/>
           <w:sz w:val="24"/>
@@ -2202,51 +2202,51 @@
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>yra</w:t>
       </w:r>
       <w:r w:rsidRPr="00FE3454">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00FE3454">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>teisinga.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FE3454" w:rsidRPr="00FE3454" w:rsidRDefault="00FE3454" w:rsidP="00FE3454">
+    <w:p w14:paraId="6FB53D7E" w14:textId="77777777" w:rsidR="00FE3454" w:rsidRPr="00FE3454" w:rsidRDefault="00FE3454" w:rsidP="00FE3454">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="138" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="4"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FE3454">
         <w:rPr>
           <w:rFonts w:ascii="Webdings" w:eastAsia="Times New Roman" w:hAnsi="Webdings" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
       <w:r w:rsidRPr="00FE3454">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="24"/>
@@ -2445,100 +2445,100 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ir</w:t>
       </w:r>
       <w:r w:rsidRPr="00FE3454">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:spacing w:val="-3"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00FE3454">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>sporto mokyklą tvarkos aprašą.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FE3454" w:rsidRPr="00FE3454" w:rsidRDefault="00FE3454" w:rsidP="00FE3454">
+    <w:p w14:paraId="1704F8D9" w14:textId="77777777" w:rsidR="00FE3454" w:rsidRPr="00FE3454" w:rsidRDefault="00FE3454" w:rsidP="00FE3454">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00FE3454" w:rsidRPr="00FE3454" w:rsidRDefault="00FE3454" w:rsidP="00FE3454">
+    <w:p w14:paraId="34CB49DD" w14:textId="77777777" w:rsidR="00FE3454" w:rsidRPr="00FE3454" w:rsidRDefault="00FE3454" w:rsidP="00FE3454">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00FE3454" w:rsidRPr="00FE3454" w:rsidRDefault="00FE3454" w:rsidP="00FE3454">
+    <w:p w14:paraId="75DD837D" w14:textId="77777777" w:rsidR="00FE3454" w:rsidRPr="00FE3454" w:rsidRDefault="00FE3454" w:rsidP="00FE3454">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="60" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FE3454">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251664384" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="031BB43E" wp14:editId="58DE6F2F">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251664384" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6AD17599" wp14:editId="00994E45">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>4862829</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>199950</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="2165350" cy="1270"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapTopAndBottom/>
                 <wp:docPr id="8" name="Graphic 8"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="2165350" cy="1270"/>
                         </a:xfrm>
@@ -2567,127 +2567,127 @@
                         </a:ln>
                       </wps:spPr>
                       <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:shape w14:anchorId="09B03B23" id="Graphic 8" o:spid="_x0000_s1026" style="position:absolute;margin-left:382.9pt;margin-top:15.75pt;width:170.5pt;height:.1pt;z-index:-251652096;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="2165350,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQALEithIAIAAH8EAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L04ytAuMOMXQoMWA&#10;oivQDDsrshwbk0WNVOLk70fJdpJ2t2E+CJT4RPLxUV7eHVsrDgapAVfI2WQqhXEaysbtCvlj8/Bp&#10;IQUF5UplwZlCngzJu9XHD8vO52YONdjSoOAgjvLOF7IOwedZRro2raIJeOPYWQG2KvAWd1mJquPo&#10;rc3m0+lt1gGWHkEbIj5d9065SvGryujwvarIBGELybWFtGJat3HNVkuV71D5utFDGeofqmhV4zjp&#10;OdRaBSX22PwVqm00AkEVJhraDKqq0SZxYDaz6Ts2r7XyJnHh5pA/t4n+X1j9fHhB0ZSFZKGcalmi&#10;x6Ebi9iczlPOmFf/gpEe+SfQv4gd2RtP3NCAOVbYRiyTE8fU6dO50+YYhObD+ez25vMNC6LZN5t/&#10;SUJkKh/v6j2FRwMpjjo8Ueh1KkdL1aOlj240kdWOOtukc5CCdUYpWOdtr7NXId6LxUVTdJdC4lkL&#10;B7OB5A3vKufSLl7rrlFnKiNLxvYINmIa7lVvpNRsX5OzLlaxWExnaXwIbFM+NNbGKgh323uL4qDi&#10;8KYv8uAIb2AeKawV1T0uuQaYdYNOvTRRpC2UJxa8Y40LSb/3Co0U9pvjkYrPYzRwNLajgcHeQ3pE&#10;qUGcc3P8qdCLmL6QgZV9hnFgVT6KFqmfsfGmg6/7AFUTFU0z1Fc0bHjKE8HhRcZndL1PqMt/Y/UH&#10;AAD//wMAUEsDBBQABgAIAAAAIQAceW9D3wAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI89T8Mw&#10;EIZ3JP6DdUhs1AmoKU3jVAgBElPVtAxsbnwkUeJzZDtN2l+PM8H4fui957LtpDt2RusaQwLiRQQM&#10;qTSqoUrA8fD+8AzMeUlKdoZQwAUdbPPbm0ymyoy0x3PhKxZGyKVSQO19n3Luyhq1dAvTI4Xsx1gt&#10;fZC24srKMYzrjj9GUcK1bChcqGWPrzWWbTFoAW/F7vh1Kb+vtt0ln+vBXtuP8SDE/d30sgHmcfJ/&#10;ZZjxAzrkgelkBlKOdQJWyTKgewFP8RLYXIijJDin2VkBzzP+/4X8FwAA//8DAFBLAQItABQABgAI&#10;AAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsB&#10;Ai0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsB&#10;Ai0AFAAGAAgAAAAhAAsSK2EgAgAAfwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1s&#10;UEsBAi0AFAAGAAgAAAAhABx5b0PfAAAACgEAAA8AAAAAAAAAAAAAAAAAegQAAGRycy9kb3ducmV2&#10;LnhtbFBLBQYAAAAABAAEAPMAAACGBQAAAAA=&#10;" path="m,l2165350,e" filled="f" strokeweight=".24447mm">
                 <v:path arrowok="t"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FE3454" w:rsidRPr="00FE3454" w:rsidRDefault="00FE3454" w:rsidP="00FE3454">
+    <w:p w14:paraId="4E0A5B4E" w14:textId="77777777" w:rsidR="00FE3454" w:rsidRPr="00FE3454" w:rsidRDefault="00FE3454" w:rsidP="00FE3454">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="1" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="6382"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FE3454">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>(parašas)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FE3454" w:rsidRPr="00FE3454" w:rsidRDefault="00FE3454" w:rsidP="00FE3454">
+    <w:p w14:paraId="7E5D93C7" w14:textId="77777777" w:rsidR="00FE3454" w:rsidRPr="00FE3454" w:rsidRDefault="00FE3454" w:rsidP="00FE3454">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00FE3454" w:rsidRPr="00FE3454" w:rsidRDefault="00FE3454" w:rsidP="00FE3454">
+    <w:p w14:paraId="66FB2E54" w14:textId="77777777" w:rsidR="00FE3454" w:rsidRPr="00FE3454" w:rsidRDefault="00FE3454" w:rsidP="00FE3454">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00FE3454" w:rsidRPr="00FE3454" w:rsidRDefault="00FE3454" w:rsidP="00FE3454">
+    <w:p w14:paraId="4D2D423A" w14:textId="77777777" w:rsidR="00FE3454" w:rsidRPr="00FE3454" w:rsidRDefault="00FE3454" w:rsidP="00FE3454">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:spacing w:before="61" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FE3454">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251665408" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="685C54E9" wp14:editId="393262A2">
+              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251665408" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="145C5EE6" wp14:editId="36B14904">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>3303270</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>200012</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="1676400" cy="1270"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapTopAndBottom/>
                 <wp:docPr id="9" name="Graphic 9"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="1676400" cy="1270"/>
                         </a:xfrm>
@@ -2716,162 +2716,162 @@
                         </a:ln>
                       </wps:spPr>
                       <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:shape w14:anchorId="1AD0E3A2" id="Graphic 9" o:spid="_x0000_s1026" style="position:absolute;margin-left:260.1pt;margin-top:15.75pt;width:132pt;height:.1pt;z-index:-251651072;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="1676400,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC517wzIQIAAH8EAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L3aCIV2NOMXQoMWA&#10;oivQDDsrshwLk0WNUmLn70fJdpJ2t2E+CJT4RPLxUV7d9a1hR4Vegy35fJZzpqyEStt9yX9sHz59&#10;4cwHYSthwKqSn5Tnd+uPH1adK9QCGjCVQkZBrC86V/ImBFdkmZeNaoWfgVOWnDVgKwJtcZ9VKDqK&#10;3ppskefLrAOsHIJU3tPpZnDydYpf10qG73XtVWCm5FRbSCumdRfXbL0SxR6Fa7QcyxD/UEUrtKWk&#10;51AbEQQ7oP4rVKslgoc6zCS0GdS1lipxIDbz/B2b10Y4lbhQc7w7t8n/v7Dy+fiCTFclv+XMipYk&#10;ehy7cRub0zlfEObVvWCk590TyF+eHNkbT9z4EdPX2EYskWN96vTp3GnVBybpcL68WX7OSRBJvvni&#10;JgmRiWK6Kw8+PCpIccTxyYdBp2qyRDNZsreTiaR21NkknQNnpDNyRjrvBp2dCPFeLC6arLsUEs9a&#10;OKotJG94VzmVdvEae406U5lYEnZAkBHTUK8GI6Um+5qcsbGK22U+T+PjwejqQRsTq/C4390bZEcR&#10;hzd9kQdFeANz6MNG+GbAJdcIM3bUaZAmirSD6kSCd6Rxyf3vg0DFmflmaaTi85gMnIzdZGAw95Ae&#10;UWoQ5dz2PwU6FtOXPJCyzzANrCgm0SL1MzbetPD1EKDWUdE0Q0NF44amPBEcX2R8Rtf7hLr8N9Z/&#10;AAAA//8DAFBLAwQUAAYACAAAACEAb2V29N4AAAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7D&#10;MAyG70i8Q2QkLoglK4xOpemEENxAoxsS16wxbbXGqZq0K2+Pd4Kjf3/6/TnfzK4TEw6h9aRhuVAg&#10;kCpvW6o1fO5fb9cgQjRkTecJNfxggE1xeZGbzPoTlTjtYi24hEJmNDQx9pmUoWrQmbDwPRLvvv3g&#10;TORxqKUdzInLXScTpR6kMy3xhcb0+NxgddyNTsPXWJU37ce03Zfb41vynqrZhBetr6/mp0cQEef4&#10;B8NZn9WhYKeDH8kG0WlYJSphVMPdcgWCgXR9z8HhHKQgi1z+/6D4BQAA//8DAFBLAQItABQABgAI&#10;AAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsB&#10;Ai0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsB&#10;Ai0AFAAGAAgAAAAhALnXvDMhAgAAfwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1s&#10;UEsBAi0AFAAGAAgAAAAhAG9ldvTeAAAACQEAAA8AAAAAAAAAAAAAAAAAewQAAGRycy9kb3ducmV2&#10;LnhtbFBLBQYAAAAABAAEAPMAAACGBQAAAAA=&#10;" path="m,l1676400,e" filled="f" strokeweight=".26669mm">
                 <v:path arrowok="t"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000513AE" w:rsidRDefault="000513AE">
-[...2 lines deleted...]
-    </w:p>
+    <w:p w14:paraId="5C52929F" w14:textId="77777777" w:rsidR="000513AE" w:rsidRDefault="000513AE"/>
     <w:sectPr w:rsidR="000513AE">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="567" w:footer="567" w:gutter="0"/>
       <w:cols w:space="1296"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Webdings">
     <w:panose1 w:val="05030102010509060703"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="1296"/>
   <w:hyphenationZone w:val="396"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00FE3454"/>
     <w:rsid w:val="000513AE"/>
+    <w:rsid w:val="00667A83"/>
     <w:rsid w:val="00FE3454"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="lt-LT"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
+  <w14:docId w14:val="37230E0A"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{64698CDA-31E3-4E42-B929-E748F22B8FE1}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="lt-LT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -2933,98 +2933,94 @@
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
@@ -3199,87 +3195,92 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="prastasis">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Numatytasispastraiposriftas">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="prastojilentel">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Sraonra">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="„Office“ tema">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
@@ -3511,55 +3512,55 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>485</Words>
-  <Characters>277</Characters>
+  <Words>113</Words>
+  <Characters>649</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>2</Lines>
+  <Lines>5</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Pavadinimas</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>HP</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <CharactersWithSpaces>761</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>