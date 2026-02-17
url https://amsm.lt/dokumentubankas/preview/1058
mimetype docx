--- v0 (2026-01-27)
+++ v1 (2026-02-17)
@@ -50,156 +50,165 @@
         <w:pStyle w:val="Pagrindinistekstas"/>
         <w:ind w:left="4463" w:right="-57"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">                              </w:t>
       </w:r>
       <w:r w:rsidR="00B615C5">
         <w:t xml:space="preserve">Alytaus r. meno ir sporto </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="483BF1BB" w14:textId="279F40E4" w:rsidR="00B615C5" w:rsidRDefault="00BB3D7C" w:rsidP="00BB3D7C">
       <w:pPr>
         <w:pStyle w:val="Pagrindinistekstas"/>
         <w:ind w:left="4463" w:right="-57"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">                              </w:t>
       </w:r>
       <w:r w:rsidR="00B615C5">
         <w:t xml:space="preserve">mokyklos </w:t>
       </w:r>
       <w:r w:rsidR="00D377F5">
         <w:t>direktoriaus</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0D1D8E7A" w14:textId="643C42B6" w:rsidR="00B615C5" w:rsidRDefault="00B615C5" w:rsidP="00BB3D7C">
+    <w:p w14:paraId="0D1D8E7A" w14:textId="3B6A5A29" w:rsidR="00B615C5" w:rsidRDefault="00B615C5" w:rsidP="00BB3D7C">
       <w:pPr>
         <w:pStyle w:val="Pagrindinistekstas"/>
         <w:ind w:right="-57"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">                                                                     </w:t>
       </w:r>
       <w:r w:rsidR="00BB3D7C">
         <w:t xml:space="preserve">                               </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
       <w:r w:rsidR="00D377F5">
         <w:rPr>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00D377F5">
         <w:t>202</w:t>
       </w:r>
       <w:r>
         <w:t>5</w:t>
       </w:r>
       <w:r w:rsidR="00D377F5">
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00D377F5">
         <w:t>m.</w:t>
       </w:r>
       <w:r w:rsidR="00D377F5">
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t>gruodžio 4</w:t>
+        <w:t xml:space="preserve">gruodžio </w:t>
+      </w:r>
+      <w:r w:rsidR="00B94165">
+        <w:t>18</w:t>
       </w:r>
       <w:r w:rsidR="00D377F5">
         <w:rPr>
           <w:spacing w:val="58"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00D377F5">
         <w:t>d.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7DB11E73" w14:textId="1A0FA299" w:rsidR="00D536DA" w:rsidRDefault="00B615C5" w:rsidP="00BB3D7C">
+    <w:p w14:paraId="7DB11E73" w14:textId="4F18ADFC" w:rsidR="00D536DA" w:rsidRDefault="00B615C5" w:rsidP="00BB3D7C">
       <w:pPr>
         <w:pStyle w:val="Pagrindinistekstas"/>
         <w:ind w:right="-57"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">                                                                 </w:t>
       </w:r>
       <w:r w:rsidR="00BB3D7C">
         <w:t xml:space="preserve">                                </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r w:rsidR="00D377F5">
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00D377F5">
         <w:t>įsakymu</w:t>
       </w:r>
       <w:r w:rsidR="00D377F5">
         <w:rPr>
           <w:spacing w:val="61"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00D377F5">
         <w:t>Nr.</w:t>
       </w:r>
       <w:r w:rsidR="00D377F5">
         <w:rPr>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t>M</w:t>
       </w:r>
       <w:r w:rsidR="00D377F5">
         <w:t>V-</w:t>
       </w:r>
+      <w:r w:rsidR="00B94165">
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t>10</w:t>
+      </w:r>
       <w:r w:rsidR="00BB3D7C">
         <w:rPr>
           <w:spacing w:val="-5"/>
         </w:rPr>
-        <w:t>94</w:t>
+        <w:t>4</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0EEA18EB" w14:textId="1076FBA4" w:rsidR="00D536DA" w:rsidRDefault="00D536DA">
       <w:pPr>
         <w:pStyle w:val="Pagrindinistekstas"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3FA07070" w14:textId="57BD5296" w:rsidR="00B615C5" w:rsidRDefault="00B615C5">
       <w:pPr>
         <w:pStyle w:val="Pagrindinistekstas"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">                                                   </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="45CA9BA7" w14:textId="77777777" w:rsidR="00D536DA" w:rsidRDefault="00D536DA">
       <w:pPr>
         <w:pStyle w:val="Pagrindinistekstas"/>
         <w:spacing w:before="6"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="08C23CEC" w14:textId="70A64391" w:rsidR="00D536DA" w:rsidRDefault="005A24A3">
       <w:pPr>
         <w:ind w:left="167" w:right="166"/>
         <w:jc w:val="center"/>
@@ -9960,103 +9969,103 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>pavardė,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> data)</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00D536DA">
       <w:pgSz w:w="11910" w:h="16840"/>
       <w:pgMar w:top="1040" w:right="425" w:bottom="280" w:left="1559" w:header="288" w:footer="0" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="102AAFE5" w14:textId="77777777" w:rsidR="00132327" w:rsidRDefault="00132327">
+    <w:p w14:paraId="4DBC84AF" w14:textId="77777777" w:rsidR="00152A8A" w:rsidRDefault="00152A8A">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3D6C3711" w14:textId="77777777" w:rsidR="00132327" w:rsidRDefault="00132327">
+    <w:p w14:paraId="76A3EA2B" w14:textId="77777777" w:rsidR="00152A8A" w:rsidRDefault="00152A8A">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="558DE18A" w14:textId="77777777" w:rsidR="00132327" w:rsidRDefault="00132327">
+    <w:p w14:paraId="2A2DB718" w14:textId="77777777" w:rsidR="00152A8A" w:rsidRDefault="00152A8A">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3A3A9E26" w14:textId="77777777" w:rsidR="00132327" w:rsidRDefault="00132327">
+    <w:p w14:paraId="4455A32B" w14:textId="77777777" w:rsidR="00152A8A" w:rsidRDefault="00152A8A">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:p w14:paraId="51F7063F" w14:textId="77777777" w:rsidR="00D536DA" w:rsidRDefault="00D377F5">
     <w:pPr>
       <w:pStyle w:val="Pagrindinistekstas"/>
       <w:spacing w:line="14" w:lineRule="auto"/>
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
@@ -11119,52 +11128,54 @@
   <w:zoom w:percent="100"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:ulTrailSpace/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00D536DA"/>
     <w:rsid w:val="00132327"/>
+    <w:rsid w:val="00152A8A"/>
     <w:rsid w:val="005A24A3"/>
     <w:rsid w:val="00B615C5"/>
+    <w:rsid w:val="00B94165"/>
     <w:rsid w:val="00BB3D7C"/>
     <w:rsid w:val="00D377F5"/>
     <w:rsid w:val="00D536DA"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
@@ -11927,59 +11938,59 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>7</Pages>
   <Words>1542</Words>
-  <Characters>8792</Characters>
+  <Characters>8794</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>73</Lines>
   <Paragraphs>20</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>10314</CharactersWithSpaces>
+  <CharactersWithSpaces>10316</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Svetlana Jerpyliova</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Created">
     <vt:filetime>2020-11-11T00:00:00Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Creator">
     <vt:lpwstr>Microsoft® Word 2016</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="LastSaved">