--- v0 (2025-12-10)
+++ v1 (2026-02-17)
@@ -4965,65 +4965,56 @@
         <w:rPr>
           <w:spacing w:val="-6"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>aprašu</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-3"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>(-</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t>ais</w:t>
-[...7 lines deleted...]
-        <w:t>);</w:t>
+        <w:t>ais);</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="23524001" w14:textId="77777777" w:rsidR="009B1D59" w:rsidRDefault="006952A4">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1583"/>
         </w:tabs>
         <w:spacing w:line="275" w:lineRule="exact"/>
         <w:ind w:left="1583" w:hanging="723"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>nustatyti,</w:t>
       </w:r>
       <w:r>
@@ -8361,79 +8352,51 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-6"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>(nedarydamas</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-3"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t>garso ir vaizdo įrašo) garso ir vaizdo nuotolinio perdavimo priemonėmis perduoda nuotoliniu būdu kitam (-</w:t>
-[...27 lines deleted...]
-        <w:t>).</w:t>
+        <w:t>garso ir vaizdo įrašo) garso ir vaizdo nuotolinio perdavimo priemonėmis perduoda nuotoliniu būdu kitam (-iems) inventorizacijoje dalyvaujančiam (-tiems) komisijos nariui (-iams).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="77DBEB8A" w14:textId="77777777" w:rsidR="009B1D59" w:rsidRDefault="006952A4">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1253"/>
         </w:tabs>
         <w:ind w:right="130" w:firstLine="720"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Inventorizacijos komisija, inventorizuodama ilgalaikį materialųjį turtą, išskyrus kelius, turi apžiūrėti kiekvieną turto vienetą ir jo dalis bei įvertinti, ar yra požymių, kad turtas gali būti nuvertėjęs. Turto nuvertėjimo požymiai pateikti šių taisyklių 1 priede.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4AE81401" w14:textId="77777777" w:rsidR="009B1D59" w:rsidRDefault="006952A4">
@@ -16160,179 +16123,146 @@
           <w:spacing w:val="40"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>programose</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="40"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>(„Word“,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="30192D2B" w14:textId="77777777" w:rsidR="009B1D59" w:rsidRDefault="006952A4">
+    <w:p w14:paraId="30192D2B" w14:textId="796206E1" w:rsidR="009B1D59" w:rsidRDefault="006952A4">
       <w:pPr>
         <w:pStyle w:val="Pagrindinistekstas"/>
         <w:spacing w:before="5" w:line="237" w:lineRule="auto"/>
         <w:ind w:right="136" w:firstLine="0"/>
       </w:pPr>
       <w:r>
         <w:t>„Excel“). Parengti inventorizacijos aprašai pateikiami finansinę apskaitą tvarkančiam asmeniui per dokumentų</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="62"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>valdymo</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="61"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>informacinę</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="64"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>sistemą</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="64"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...36 lines deleted...]
-        <w:t>„Avilys“)</w:t>
+      <w:r w:rsidR="008326D6">
+        <w:t>VS „Biudžetas“</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="67"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>ir</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="66"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>saugomi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="62"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-5"/>
         </w:rPr>
-        <w:t>DVS</w:t>
+        <w:t>VS</w:t>
+      </w:r>
+      <w:r w:rsidR="008326D6">
+        <w:rPr>
+          <w:spacing w:val="-5"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> „</w:t>
+      </w:r>
+      <w:r w:rsidR="008326D6">
+        <w:t>Biudžetas“</w:t>
+      </w:r>
+      <w:r w:rsidR="008326D6">
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="50E69147" w14:textId="77777777" w:rsidR="009B1D59" w:rsidRDefault="006952A4">
+    <w:p w14:paraId="50E69147" w14:textId="2FC93861" w:rsidR="009B1D59" w:rsidRDefault="006952A4">
       <w:pPr>
         <w:pStyle w:val="Pagrindinistekstas"/>
         <w:spacing w:before="3"/>
         <w:ind w:right="131" w:firstLine="0"/>
       </w:pPr>
       <w:r>
-        <w:t>„Avilys“.</w:t>
-[...8 lines deleted...]
-        <w:t>Jeigu</w:t>
+        <w:t>„Jeigu</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-6"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>gautinos</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-8"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>ir</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -19363,51 +19293,51 @@
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>inventorizacijos</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-3"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>aprašuose.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="554095DB" w14:textId="6C3BB073" w:rsidR="009B1D59" w:rsidRDefault="006952A4">
+    <w:p w14:paraId="554095DB" w14:textId="08A122D4" w:rsidR="009B1D59" w:rsidRDefault="006952A4">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1224"/>
         </w:tabs>
         <w:spacing w:before="5" w:line="237" w:lineRule="auto"/>
         <w:ind w:right="130" w:firstLine="720"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Parengti</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-7"/>
           <w:sz w:val="24"/>
@@ -19435,51 +19365,51 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-3"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="001A0DFC">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>saugomi</w:t>
       </w:r>
       <w:r w:rsidRPr="001A0DFC">
         <w:rPr>
           <w:spacing w:val="-3"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="001A0DFC">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t>DVS</w:t>
+        <w:t>VS</w:t>
       </w:r>
       <w:r w:rsidRPr="001A0DFC">
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="001A0DFC">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>„</w:t>
       </w:r>
       <w:r w:rsidR="009D026D" w:rsidRPr="001A0DFC">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Biudžetas</w:t>
       </w:r>
       <w:r w:rsidRPr="001A0DFC">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>“,</w:t>
@@ -21050,51 +20980,51 @@
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="006952A4">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>ir ne</w:t>
       </w:r>
       <w:r w:rsidR="006952A4">
         <w:rPr>
           <w:spacing w:val="-1"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="006952A4">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>vėliau kaip likus 10 darbo dienų iki finansinių ataskaitų sudarymo dienos perduodami finansinę apskaitą tvarkančiam asmeniui.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3BC245D3" w14:textId="6054B1FB" w:rsidR="009B1D59" w:rsidRPr="001A0DFC" w:rsidRDefault="006952A4">
+    <w:p w14:paraId="3BC245D3" w14:textId="206DA88F" w:rsidR="009B1D59" w:rsidRPr="001A0DFC" w:rsidRDefault="006952A4">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1268"/>
         </w:tabs>
         <w:spacing w:line="275" w:lineRule="exact"/>
         <w:ind w:left="1268" w:hanging="408"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Remiantis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="33"/>
           <w:sz w:val="24"/>
@@ -21188,51 +21118,51 @@
       <w:r>
         <w:rPr>
           <w:spacing w:val="41"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="001A0DFC">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>ar</w:t>
       </w:r>
       <w:r w:rsidRPr="001A0DFC">
         <w:rPr>
           <w:spacing w:val="38"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="001A0DFC">
         <w:rPr>
           <w:spacing w:val="-5"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t>DVS</w:t>
+        <w:t>VS</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="26FD8453" w14:textId="0F1A01F5" w:rsidR="009B1D59" w:rsidRDefault="006952A4">
       <w:pPr>
         <w:pStyle w:val="Pagrindinistekstas"/>
         <w:ind w:right="130" w:firstLine="0"/>
       </w:pPr>
       <w:r w:rsidRPr="001A0DFC">
         <w:t>„</w:t>
       </w:r>
       <w:r w:rsidR="009D026D" w:rsidRPr="001A0DFC">
         <w:t>Biudžetas</w:t>
       </w:r>
       <w:r w:rsidRPr="001A0DFC">
         <w:t xml:space="preserve">“ sukurta užduotimi), inventorizacijos rezultatai nedelsiant registruojami atitinkamose </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">finansinėse sąskaitose finansinėje apskaitoje, bet ne vėliau kaip iki finansinių ataskaitų sudarymo </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>dienos.</w:t>
       </w:r>
@@ -22877,65 +22807,51 @@
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>atitinkamas nurašymo sąnaudas ir pripažįstant finansavimo pajamas;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5308FECA" w14:textId="77777777" w:rsidR="009B1D59" w:rsidRDefault="006952A4">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1541"/>
         </w:tabs>
         <w:spacing w:before="4" w:line="237" w:lineRule="auto"/>
         <w:ind w:right="130" w:firstLine="720"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">turto trūkumą dėl gedimo, gaisro, stichinių nelaimių į </w:t>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> galima nurašyti tik kruopščiai trūkumus patikrinus ir nenustačius kaltininkų;</w:t>
+        <w:t>turto trūkumą dėl gedimo, gaisro, stichinių nelaimių į netekimus galima nurašyti tik kruopščiai trūkumus patikrinus ir nenustačius kaltininkų;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1B2375C9" w14:textId="3963A2F2" w:rsidR="009B1D59" w:rsidRDefault="006952A4">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1541"/>
         </w:tabs>
         <w:spacing w:before="5" w:line="237" w:lineRule="auto"/>
         <w:ind w:right="133" w:firstLine="720"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">jeigu įtariama, kad padarytas nusikaltimas arba baudžiamasis nusižengimas, </w:t>
       </w:r>
       <w:r w:rsidR="00B41C90">
@@ -23200,71 +23116,83 @@
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1368"/>
         </w:tabs>
         <w:spacing w:before="5" w:line="237" w:lineRule="auto"/>
         <w:ind w:right="135" w:firstLine="720"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Mokyklos</w:t>
       </w:r>
       <w:r w:rsidR="006952A4">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> finansinę apskaitą tvarkantis asmuo užtikrina inventorizacijos rezultatų, turto pertekliaus ir neišieškotų trūkumų registravimą finansinėje apskaitoje.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7CB8E697" w14:textId="77777777" w:rsidR="009B1D59" w:rsidRDefault="006952A4">
+    <w:p w14:paraId="7CB8E697" w14:textId="6EA03940" w:rsidR="009B1D59" w:rsidRDefault="006952A4">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1411"/>
         </w:tabs>
         <w:spacing w:before="3"/>
         <w:ind w:right="132" w:firstLine="729"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Inventorizacijos dokumentai (inventorizacijos aprašai, inventorizacijos komisijos ir Įstaigos direktoriaus sprendimai dėl inventorizacijos rezultatų registravimo finansinėje apskaitoje) </w:t>
+        <w:t xml:space="preserve">Inventorizacijos dokumentai (inventorizacijos aprašai, inventorizacijos komisijos ir </w:t>
+      </w:r>
+      <w:r w:rsidR="004A7453">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>mokyklos</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> direktoriaus sprendimai dėl inventorizacijos rezultatų registravimo finansinėje apskaitoje) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>saugomi vadovaujantis Lietuvos Respublikos dokumentų ir</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>archyvų įstatymu</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-5"/>
@@ -23894,103 +23822,103 @@
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>––––––––––––––––––––</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="009B1D59">
       <w:pgSz w:w="11900" w:h="16840"/>
       <w:pgMar w:top="1160" w:right="425" w:bottom="280" w:left="1559" w:header="717" w:footer="0" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="74DFD7EA" w14:textId="77777777" w:rsidR="005B0EC3" w:rsidRDefault="005B0EC3">
+    <w:p w14:paraId="748C9453" w14:textId="77777777" w:rsidR="00594631" w:rsidRDefault="00594631">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0D101F6B" w14:textId="77777777" w:rsidR="005B0EC3" w:rsidRDefault="005B0EC3">
+    <w:p w14:paraId="6E29E06E" w14:textId="77777777" w:rsidR="00594631" w:rsidRDefault="00594631">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="10BCFADA" w14:textId="77777777" w:rsidR="005B0EC3" w:rsidRDefault="005B0EC3">
+    <w:p w14:paraId="1320CC20" w14:textId="77777777" w:rsidR="00594631" w:rsidRDefault="00594631">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="67CCAE08" w14:textId="77777777" w:rsidR="005B0EC3" w:rsidRDefault="005B0EC3">
+    <w:p w14:paraId="7B5C86B0" w14:textId="77777777" w:rsidR="00594631" w:rsidRDefault="00594631">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:p w14:paraId="2CD1E0F5" w14:textId="77777777" w:rsidR="009B1D59" w:rsidRDefault="006952A4">
     <w:pPr>
       <w:pStyle w:val="Pagrindinistekstas"/>
       <w:spacing w:line="14" w:lineRule="auto"/>
       <w:ind w:left="0" w:firstLine="0"/>
       <w:jc w:val="left"/>
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
       </w:rPr>
@@ -24385,93 +24313,98 @@
     <w:lvl w:ilvl="8">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6629" w:hanging="668"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="lt-LT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:ulTrailSpace/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="009B1D59"/>
+    <w:rsid w:val="00096906"/>
     <w:rsid w:val="001A0DFC"/>
     <w:rsid w:val="003758D1"/>
     <w:rsid w:val="003B0908"/>
     <w:rsid w:val="003E6AC1"/>
+    <w:rsid w:val="004A7453"/>
+    <w:rsid w:val="00594631"/>
     <w:rsid w:val="005B0EC3"/>
     <w:rsid w:val="00645311"/>
     <w:rsid w:val="00673750"/>
     <w:rsid w:val="006952A4"/>
+    <w:rsid w:val="006A7AC4"/>
     <w:rsid w:val="00753227"/>
     <w:rsid w:val="00767422"/>
+    <w:rsid w:val="008326D6"/>
     <w:rsid w:val="00841D91"/>
     <w:rsid w:val="009B1D59"/>
     <w:rsid w:val="009D026D"/>
     <w:rsid w:val="00A820CC"/>
     <w:rsid w:val="00B41C90"/>
     <w:rsid w:val="00B7311E"/>
     <w:rsid w:val="00BB599F"/>
     <w:rsid w:val="00D04700"/>
     <w:rsid w:val="00DB4FA2"/>
+    <w:rsid w:val="00F23633"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="6FC10AAC"/>
@@ -25267,83 +25200,84 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{95822660-A3EA-481B-8203-2F605995BCA8}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>11</Pages>
-  <Words>5935</Words>
-  <Characters>33831</Characters>
+  <Words>5932</Words>
+  <Characters>33817</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>281</Lines>
   <Paragraphs>79</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Pavadinimas</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Microsoft Word - Inventorizacijos taisyklės_2022</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>39687</CharactersWithSpaces>
+  <CharactersWithSpaces>39670</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Microsoft Word - Inventorizacijos taisyklės_2022</dc:title>
   <dc:creator>linut</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Created">
     <vt:filetime>2023-01-04T00:00:00Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Creator">
     <vt:lpwstr>Bullzip PDF Printer (12.0.0.2872)</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="LastSaved">
     <vt:filetime>2025-11-20T00:00:00Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="Producer">
     <vt:lpwstr>PDF Printer / www.bullzip.com / FG / Freeware Edition (max 10 users)</vt:lpwstr>
   </property>
 </Properties>
 </file>