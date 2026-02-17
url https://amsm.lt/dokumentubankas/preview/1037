--- v0 (2025-12-10)
+++ v1 (2026-02-17)
@@ -1,31 +1,32 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
     <w:p w14:paraId="3E10A181" w14:textId="77777777" w:rsidR="00152FE6" w:rsidRDefault="001A5524">
       <w:pPr>
         <w:pStyle w:val="Pagrindinistekstas"/>
         <w:spacing w:before="66"/>
         <w:ind w:left="5674" w:firstLine="0"/>
         <w:jc w:val="left"/>
@@ -950,51 +951,50 @@
           <w:spacing w:val="-7"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>sąvokos:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="57D3ABE6" w14:textId="263A2B67" w:rsidR="00152FE6" w:rsidRDefault="001A5524">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:before="137" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="142" w:firstLine="566"/>
-        <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Centralizuota apskaitos įstaiga – biudžetinė įstaiga </w:t>
       </w:r>
       <w:r w:rsidR="00970738">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Alytaus rajono savivaldybė</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
@@ -1129,51 +1129,50 @@
         <w:rPr>
           <w:spacing w:val="-5"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>sudarytą buhalterinės apskaitos tvarkymo sutartį;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6E768226" w14:textId="77777777" w:rsidR="00152FE6" w:rsidRDefault="001A5524">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:before="1" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="139" w:firstLine="566"/>
-        <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Aprašas – Vyriausybės 2018-05-23 nutarimu Nr. 488 „Dėl Centralizuoto viešojo sektoriaus subjektų buhalterinės apskaitos organizavimo tvarkos aprašo patvirtinimo“ patvirtintas Centralizuoto</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-7"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>viešojo</w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -1285,51 +1284,50 @@
         <w:pStyle w:val="Sraopastraipa"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:sectPr w:rsidR="00152FE6">
           <w:type w:val="continuous"/>
           <w:pgSz w:w="11910" w:h="16850"/>
           <w:pgMar w:top="1060" w:right="425" w:bottom="280" w:left="1700" w:header="567" w:footer="567" w:gutter="0"/>
           <w:cols w:space="1296"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6D586556" w14:textId="77777777" w:rsidR="00152FE6" w:rsidRDefault="001A5524">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:before="66" w:line="362" w:lineRule="auto"/>
         <w:ind w:right="143" w:firstLine="566"/>
-        <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>informacinė sistema – su duomenų įvestimi, apdorojimu, duomenų bazėmis ir duomenų gavimu susijusi informacinė sistema.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7334757F" w14:textId="77777777" w:rsidR="00152FE6" w:rsidRDefault="001A5524">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="853"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:right="134" w:firstLine="566"/>
         <w:jc w:val="both"/>
@@ -2690,51 +2688,50 @@
           <w:spacing w:val="-1"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>aprašymai;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7E4FFD86" w14:textId="77777777" w:rsidR="00152FE6" w:rsidRDefault="001A5524">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="995"/>
         </w:tabs>
         <w:spacing w:before="140"/>
         <w:ind w:left="995" w:hanging="427"/>
-        <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>nustatyta</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>valstybės</w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -2819,51 +2816,50 @@
           <w:spacing w:val="-1"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>tvarka;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5DBDF5B7" w14:textId="77777777" w:rsidR="00152FE6" w:rsidRDefault="001A5524">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="995"/>
         </w:tabs>
         <w:spacing w:before="136"/>
         <w:ind w:left="995" w:hanging="427"/>
-        <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>patvirtinta</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>viešųjų</w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -4476,51 +4472,50 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">operacijų </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>teisėtumas;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1E015467" w14:textId="77777777" w:rsidR="00152FE6" w:rsidRDefault="001A5524">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1297"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:right="138" w:firstLine="566"/>
-        <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>ūkinių</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-9"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>operacijų</w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -4747,82 +4742,80 @@
         <w:rPr>
           <w:spacing w:val="-1"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>neįmanoma, – ne vėliau kaip per 5 darbo dienas nuo apskaitos dokumentų pasirašymo (patvirtinimo) arba jų gavimo, kitos informacijos parengimo;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="340FB907" w14:textId="77777777" w:rsidR="00152FE6" w:rsidRDefault="001A5524">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1297"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:right="139" w:firstLine="566"/>
-        <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ūkinių operacijų ir ūkinių įvykių duomenys tinkamai pateikiami finansinėje </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>atskaitomybėje.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5A3A1191" w14:textId="77777777" w:rsidR="00152FE6" w:rsidRDefault="001A5524">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:before="1"/>
         <w:ind w:left="1134" w:hanging="566"/>
-        <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>pinigų</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>ir</w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -4894,51 +4887,50 @@
           <w:spacing w:val="-1"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>kontrolė:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="00C0C138" w14:textId="77777777" w:rsidR="00152FE6" w:rsidRDefault="001A5524">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1297"/>
         </w:tabs>
         <w:spacing w:before="136"/>
         <w:ind w:left="1297" w:hanging="729"/>
-        <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>banko</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-3"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>sąskaitų</w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -6849,51 +6841,50 @@
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>ir</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> terminais;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="30BE7C10" w14:textId="77777777" w:rsidR="00152FE6" w:rsidRDefault="001A5524">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1288"/>
         </w:tabs>
         <w:spacing w:before="140"/>
         <w:ind w:left="1288" w:hanging="720"/>
-        <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>užtikrinti,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>kad</w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -6952,51 +6943,50 @@
           <w:spacing w:val="-1"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>praradimui.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="16AA2DFC" w14:textId="77777777" w:rsidR="00152FE6" w:rsidRDefault="001A5524">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:before="136"/>
         <w:ind w:left="1134" w:hanging="566"/>
-        <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>registrų</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>sudarymas,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -7029,171 +7019,166 @@
           <w:spacing w:val="-1"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>kontrolė:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="19B2CA8E" w14:textId="77777777" w:rsidR="00152FE6" w:rsidRDefault="001A5524">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1297"/>
         </w:tabs>
         <w:spacing w:before="140" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="142" w:firstLine="566"/>
-        <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>apskaitos įrašai susisteminami atitinkamame</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>apskaitos registre (modulyje), t. y. ūkinių operacijų ir ūkinių įvykių suvestinėje, kurioje rūšiuojami, sumuojami ir apibendrinami apskaitos dokumentų duomenys;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7B11714A" w14:textId="07149AD5" w:rsidR="00152FE6" w:rsidRDefault="001A5524">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1297"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:right="146" w:firstLine="566"/>
-        <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>apskaitai tvarkyti yra naudojami VS Biudžetas</w:t>
       </w:r>
       <w:r w:rsidR="0038502B">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="67341D90" w14:textId="77777777" w:rsidR="00152FE6" w:rsidRDefault="001A5524">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1297"/>
         </w:tabs>
         <w:spacing w:line="362" w:lineRule="auto"/>
         <w:ind w:right="140" w:firstLine="566"/>
-        <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>apskaitos registrai (moduliai) turi būti informatyvūs ir tenkinti apskaitą reglamentuojančių teisės aktų reikalavimus;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="555F1CEA" w14:textId="77777777" w:rsidR="00152FE6" w:rsidRDefault="001A5524">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1297"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:right="140" w:firstLine="566"/>
-        <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>sudarant apskaitos registrus informacinių sistemų pagalba, turi būti sutikrinama visų registrų įrašų ir buhalterinių apskaitos dokumentų informacija;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3CE523A9" w14:textId="77777777" w:rsidR="00152FE6" w:rsidRDefault="001A5524">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1297"/>
         </w:tabs>
         <w:ind w:left="1297" w:hanging="729"/>
-        <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>apskaitos</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-5"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>registrų</w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -7252,113 +7237,110 @@
           <w:spacing w:val="-1"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>serveriuose.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3D95DE64" w14:textId="77777777" w:rsidR="00152FE6" w:rsidRDefault="001A5524">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:before="133"/>
         <w:ind w:left="1134" w:hanging="566"/>
-        <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>informacinė</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-3"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>sistema:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="39816D8F" w14:textId="77777777" w:rsidR="00152FE6" w:rsidRDefault="001A5524">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1297"/>
         </w:tabs>
         <w:spacing w:before="137" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="139" w:firstLine="566"/>
-        <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>informacinės sistemos kontrolės tikslas – apsaugoti duomenis, programinę ir kompiuterinę įrangą nuo neteisėto pakeitimo, sunaikinimo, sugadinimo ar naudojimo ir užtikrinti nenutrūkstamą saugų ir patikimą duomenų įvestį ir apdorojimą, ji turi būti vieninga ir patikima;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3554C883" w14:textId="77777777" w:rsidR="00152FE6" w:rsidRDefault="001A5524">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1297"/>
         </w:tabs>
         <w:spacing w:before="1"/>
         <w:ind w:left="1297" w:hanging="729"/>
-        <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>kiekvienas</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-3"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>į</w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -7456,51 +7438,50 @@
           <w:spacing w:val="-1"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>numerį;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="109D20F6" w14:textId="77777777" w:rsidR="00152FE6" w:rsidRDefault="001A5524">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1297"/>
         </w:tabs>
         <w:spacing w:before="137"/>
         <w:ind w:left="1297" w:hanging="729"/>
-        <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>darbuotojai,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>dirbantys</w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -9445,66 +9426,79 @@
         </w:rPr>
         <w:t>RŪŠYS</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0A61DE12" w14:textId="77777777" w:rsidR="00152FE6" w:rsidRDefault="001A5524">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:before="271" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="145" w:firstLine="566"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t>Finansų kontrolės sistemą sudaro išankstinė, einamoji ir paskesnioji kontrolė. Atliekant finansų kontrolę, turi būti laikomasi tokio nuoseklumo:</w:t>
+        <w:t xml:space="preserve">Finansų kontrolės sistemą sudaro išankstinė, einamoji ir </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>paskesnioji</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> kontrolė. Atliekant finansų kontrolę, turi būti laikomasi tokio nuoseklumo:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="67911DEC" w14:textId="5D8F51E2" w:rsidR="00152FE6" w:rsidRDefault="001A5524">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:right="136" w:firstLine="566"/>
-        <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>išankstinė finansų kontrolė – kontrolė, atliekama priimant arba atmetant sprendimus, susijusius su valstybės turto panaudojimu ir įsipareigojimais tretiesiems asmenims, prieš juos tvirtinant</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-12"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Mokyklos</w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -9752,97 +9746,103 @@
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:sectPr w:rsidR="00152FE6">
           <w:pgSz w:w="11910" w:h="16850"/>
           <w:pgMar w:top="1060" w:right="425" w:bottom="280" w:left="1700" w:header="567" w:footer="567" w:gutter="0"/>
           <w:cols w:space="1296"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3B4ECBE2" w14:textId="00CB69CE" w:rsidR="00152FE6" w:rsidRDefault="001A5524">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:before="66" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="139" w:firstLine="566"/>
-        <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">einamoji finansų kontrolė – kontrolė, kurios paskirtis – užtikrinti, kad tinkamai ir laiku būtų vykdomi Mokyklos vadovo sprendimai dėl valstybės turto panaudojimo ir įsipareigojimų tretiesiems asmenims. Einamąja finansų kontrolę vykdo Mokyklos direktorius, </w:t>
       </w:r>
       <w:r w:rsidR="00F31C49">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>ūkvedys</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> ir Centralizuotos apskaitos įstaigos specialistas;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="58F07823" w14:textId="77777777" w:rsidR="00152FE6" w:rsidRDefault="001A5524">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:before="1" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="136" w:firstLine="566"/>
-        <w:jc w:val="both"/>
-[...8 lines deleted...]
-        <w:t>paskesnioji finansų kontrolė – kontrolė po Mokyklos direktoriaus sprendimų dėl valstybės</w:t>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>paskesnioji</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> finansų kontrolė – kontrolė po Mokyklos direktoriaus sprendimų dėl valstybės</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-7"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>turto</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-7"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
@@ -10058,51 +10058,79 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-14"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>nurodymų</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-14"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t>vykdymo pažeidimų bei piktnaudžiavimų. Paskesnioji finansų kontrolė numato priemones jos metu nustatytiems trūkumams pašalinti. Šios kontrolės negali atlikti darbuotojas, atsakingas už išankstinę finansų kontrolę, paskesniąją finansų kontrolę vykdo Mokyklos direktorius.</w:t>
+        <w:t xml:space="preserve">vykdymo pažeidimų bei piktnaudžiavimų. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Paskesnioji</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> finansų kontrolė numato priemones jos metu nustatytiems trūkumams pašalinti. Šios kontrolės negali atlikti darbuotojas, atsakingas už išankstinę finansų kontrolę, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>paskesniąją</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> finansų kontrolę vykdo Mokyklos direktorius.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1C3DCB28" w14:textId="77777777" w:rsidR="00152FE6" w:rsidRDefault="00152FE6">
       <w:pPr>
         <w:pStyle w:val="Pagrindinistekstas"/>
         <w:spacing w:before="6"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="09A77B5A" w14:textId="77777777" w:rsidR="00152FE6" w:rsidRDefault="001A5524">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="325"/>
         </w:tabs>
         <w:ind w:left="325" w:right="141" w:hanging="325"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
@@ -10617,51 +10645,50 @@
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>ūkvedys</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="39DEA9B1" w14:textId="77777777" w:rsidR="00152FE6" w:rsidRDefault="001A5524">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:before="139" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="141" w:firstLine="566"/>
-        <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>išankstinę finansų kontrolę, kurios metu nustatoma, ar ūkinės operacijos bus atliekamos neviršijant</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-11"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Mokykla</w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -10771,89 +10798,87 @@
         <w:rPr>
           <w:spacing w:val="-11"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>atitinka patvirtintas biudžeto programų sąmatas ar lėšas, numatytas iš kitų finansavimo šaltinių, ar ūkinės operacijos dokumentai yra tinkamai parengti ir ar ūkinė operacija yra teisėta;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2E20AC6A" w14:textId="77777777" w:rsidR="00152FE6" w:rsidRDefault="001A5524">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:right="141" w:firstLine="566"/>
-        <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>vykdydamas išankstinę finansų kontrolę, pasirašo arba atsisako pasirašyti atitinkamus dokumentus, leidžiančius atlikti ūkinę ar finansinę operaciją;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3683326E" w14:textId="77777777" w:rsidR="00152FE6" w:rsidRDefault="00152FE6">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:sectPr w:rsidR="00152FE6">
           <w:pgSz w:w="11910" w:h="16850"/>
           <w:pgMar w:top="1060" w:right="425" w:bottom="280" w:left="1700" w:header="567" w:footer="567" w:gutter="0"/>
           <w:cols w:space="1296"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="62326A38" w14:textId="77777777" w:rsidR="00152FE6" w:rsidRDefault="001A5524">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:before="66" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="139" w:firstLine="566"/>
-        <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>pasirašydamas</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-5"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>ūkinės</w:t>
       </w:r>
       <w:r>
@@ -11133,51 +11158,50 @@
         <w:rPr>
           <w:spacing w:val="-15"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>atlikimu, yra tinkamai parengti ir kad ūkinei ar finansinei operacijai atlikti pakaks patvirtintų biudžeto asignavimų ar lėšų, numatytų iš kitų finansavimo šaltinių;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4321D264" w14:textId="41DCEF1B" w:rsidR="00152FE6" w:rsidRDefault="001A5524">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:before="1" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="138" w:firstLine="566"/>
-        <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>jeigu išankstinės finansų kontrolės metu nustatoma, kad ūkinė ar finansinė operacija yra neteisėta arba kad jai atlikti nepakaks patvirtintų asignavimų, kad ūkinę ar finansinę operaciją pagrindžiantys dokumentai yra netinkamai parengti, ūkinės ar finansinės operacijos dokumentai nepasirašomi. Nustatęs šiuos faktus, privalo atsisakyti pasirašyti ūkinės ar finansinės operacijos dokumentus ir, nurodydamas atsisakymo priežastis, apie tai informuoti direktorių, kuris gali atsisakyti tvirtinti ūkinę ar finansinę operaciją.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="03911D53" w14:textId="77777777" w:rsidR="00152FE6" w:rsidRDefault="001A5524">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:right="138" w:firstLine="566"/>
         <w:jc w:val="both"/>
         <w:rPr>
@@ -11678,51 +11702,50 @@
         <w:ind w:right="141" w:firstLine="566"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Mokyklos direktorius, gavęs informaciją dėl neatitikčių ar trūkumų atsiradimo, išanalizuoja esamą būklę ir nusprendžia:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="53418CCF" w14:textId="77777777" w:rsidR="00152FE6" w:rsidRDefault="001A5524">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:line="271" w:lineRule="exact"/>
         <w:ind w:left="1134" w:hanging="566"/>
-        <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>jei</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>sprendimas</w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -11755,51 +11778,50 @@
           <w:spacing w:val="-1"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>sustabdyti;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="14C3C6A8" w14:textId="77777777" w:rsidR="00152FE6" w:rsidRDefault="001A5524">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:before="139" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="142" w:firstLine="566"/>
-        <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>įvertinus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-13"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>sprendimo</w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -12043,51 +12065,50 @@
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">atsako </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-5"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>už:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="27B0E6C8" w14:textId="77777777" w:rsidR="00152FE6" w:rsidRDefault="001A5524">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:before="136" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="135" w:firstLine="566"/>
-        <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>visų tinkamai įformintų ir apskaitos dokumentais pagrįstų ūkinių įvykių ir ūkinių operacijų</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-15"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>įtraukimą</w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -12242,51 +12263,50 @@
         <w:rPr>
           <w:spacing w:val="-15"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>turiniui, teisingą mokesčių apskaičiavimą ir deklaravimą laiku;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="48924239" w14:textId="77777777" w:rsidR="00152FE6" w:rsidRDefault="001A5524">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1297"/>
         </w:tabs>
         <w:spacing w:before="2"/>
         <w:ind w:left="1297" w:hanging="729"/>
-        <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>apskaitos</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>registrų</w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -12299,51 +12319,50 @@
     <w:p w14:paraId="2E036E0F" w14:textId="77777777" w:rsidR="00152FE6" w:rsidRDefault="00152FE6">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:sectPr w:rsidR="00152FE6">
           <w:pgSz w:w="11910" w:h="16850"/>
           <w:pgMar w:top="1060" w:right="425" w:bottom="280" w:left="1700" w:header="567" w:footer="567" w:gutter="0"/>
           <w:cols w:space="1296"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="54A1F7C3" w14:textId="77777777" w:rsidR="00152FE6" w:rsidRDefault="001A5524">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1297"/>
         </w:tabs>
         <w:spacing w:before="66" w:line="362" w:lineRule="auto"/>
         <w:ind w:left="2" w:right="137" w:firstLine="566"/>
-        <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>turto pajamavimą pagal sąskaitas faktūras arba pridedamus prie jų dokumentus (perdavimo priėmimo, komplektavimo aktus ir pan. dokumentus).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="64AAC429" w14:textId="77777777" w:rsidR="00152FE6" w:rsidRDefault="001A5524">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:right="138" w:firstLine="566"/>
         <w:jc w:val="both"/>
@@ -12368,56 +12387,58 @@
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>ir</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-6"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>piktnaudžiavimų.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-5"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Paskesniąją</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-7"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>finansų</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-6"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>kontrolę</w:t>
@@ -13891,51 +13912,50 @@
       <w:r>
         <w:rPr>
           <w:spacing w:val="80"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>valstybinio socialinio draudimo įnašus – į Valstybinio socialinio draudimo fondo valdybą;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="12F01A56" w14:textId="77777777" w:rsidR="00152FE6" w:rsidRDefault="001A5524">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:ind w:left="1134" w:hanging="566"/>
-        <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>vykdydami Mokyklos</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>pajamų</w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -15419,51 +15439,50 @@
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">yra </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>atsakingi:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="26CCDB95" w14:textId="77777777" w:rsidR="00152FE6" w:rsidRDefault="001A5524">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:before="139" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="136" w:firstLine="566"/>
-        <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Centralizuotos apskaitos įstaiga – už turto buhalterinę apskaitą ir finansų kontrolę: turto užregistravimą apskaitos registruose pagal dokumentus, gautus iš Mokyklos, turto klasifikavimą apskaitos</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-14"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>registruose,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -15560,51 +15579,50 @@
         <w:rPr>
           <w:spacing w:val="-14"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>pateikimą ir kitus buhalterinės apskaitos veiksmus;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1C10AEE2" w14:textId="77777777" w:rsidR="00152FE6" w:rsidRDefault="001A5524">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:right="137" w:firstLine="566"/>
-        <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Mokyklos</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-15"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>direktorius</w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -15973,75 +15991,73 @@
         <w:ind w:right="142" w:firstLine="566"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Įstaigos direktoriaus paskirtas atsakingu už turto saugojimo ir naudojimo kontrolę darbuotojas privalo užtikrinti, kad:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6117E430" w14:textId="77777777" w:rsidR="00152FE6" w:rsidRDefault="001A5524">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:right="141" w:firstLine="566"/>
-        <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>apskaitos dokumentai, susiję su turto pirkimu, pardavimu, perdavimu, nurašymu ir likvidavimu, būtų surašomi ūkinės operacijos metu, ir ne vėliau kaip per 5 darbo dienas būtų perduodami Centralizuotos apskaitos įstaigai;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6C99DF6D" w14:textId="77777777" w:rsidR="00152FE6" w:rsidRDefault="001A5524">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:line="275" w:lineRule="exact"/>
         <w:ind w:left="1134" w:hanging="566"/>
-        <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>turtas</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>būtų</w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -16068,87 +16084,97 @@
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>ekonomiškai</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ir </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>efektyviai;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="661D3834" w14:textId="77777777" w:rsidR="00152FE6" w:rsidRDefault="001A5524">
+    <w:p w14:paraId="661D3834" w14:textId="1F4D3B99" w:rsidR="00152FE6" w:rsidRDefault="001A5524">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:before="136" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="142" w:firstLine="566"/>
-        <w:jc w:val="both"/>
-[...8 lines deleted...]
-        <w:t>dokumentai, kurių pagrindu atliekamas turto perdavimas, pardavimas, nurašymas, likvidavimas ir kitos operacijos, susijusios su turto valdymu, būtų parengti vadovaujantis Lietuvos Respublikos įstatymais ir kitais teisės aktais, reglamentuojančiais turto valdymą;</w:t>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>dokumentai, kurių pagrindu atliekamas turto perdavimas, pardavimas, nurašymas, likvidavimas ir kitos operacijos, susijusios su turto valdymu, būtų parengti vadovaujantis Lietuvos Respublikos įstatymais ir kitais teisės aktais, reglamentuojančiais turto valdymą</w:t>
+      </w:r>
+      <w:r w:rsidR="00BA740B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Priedas Nr.1)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0A021A68" w14:textId="77777777" w:rsidR="00152FE6" w:rsidRDefault="001A5524">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:right="141" w:firstLine="566"/>
-        <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>rengiant dokumentus dėl turto pripažinimo nereikalingu arba netinkamu naudoti, jo nurašymo,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-3"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>išardymo</w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -16258,51 +16284,50 @@
         <w:rPr>
           <w:spacing w:val="-3"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>m. spalio 19 d. nutarimu Nr. 1250 „Dėl Pripažinto nereikalingu arba netinkamu (negalimu) naudoti valstybės ir savivaldybių turto nurašymo, išardymo ir likvidavimo tvarkos aprašo patvirtinimo“;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0DBBB065" w14:textId="77777777" w:rsidR="00152FE6" w:rsidRDefault="001A5524">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:right="134" w:firstLine="566"/>
-        <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>turto inventorizacija atliekama ne rečiau kaip kartą per metus, o esant būtinumui – ir dažniau,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="16"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>vadovaujantis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -16477,51 +16502,50 @@
       <w:r>
         <w:rPr>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>patvirtinimo“;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="41D6538C" w14:textId="77777777" w:rsidR="00152FE6" w:rsidRDefault="001A5524">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1297"/>
         </w:tabs>
         <w:spacing w:before="138"/>
         <w:ind w:left="1297" w:hanging="729"/>
-        <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>atleidžiami</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>iš</w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -17381,95 +17405,93 @@
           <w:spacing w:val="-3"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-5"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>už:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="53B8915D" w14:textId="77777777" w:rsidR="00152FE6" w:rsidRDefault="001A5524">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:before="139"/>
         <w:ind w:left="1134" w:hanging="566"/>
-        <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>einamąją</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>finansų</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> kontrolę;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6AAD8528" w14:textId="77777777" w:rsidR="00152FE6" w:rsidRDefault="001A5524">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:before="137"/>
         <w:ind w:left="1134" w:hanging="566"/>
-        <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>lėšų</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>išmokėjimo</w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -17515,51 +17537,50 @@
           <w:spacing w:val="-1"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>kontrolę;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1DDA50B6" w14:textId="77777777" w:rsidR="00152FE6" w:rsidRDefault="001A5524">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:before="139"/>
         <w:ind w:left="1134" w:hanging="566"/>
-        <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>tinkamą</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-3"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>apskaitos</w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -17572,82 +17593,80 @@
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>tvarkymo</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> kontrolę;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5B570F49" w14:textId="77777777" w:rsidR="00152FE6" w:rsidRDefault="001A5524">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:before="137" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="145" w:firstLine="566"/>
-        <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">buhalterinių įrašų atitikimo ūkinių įvykių ar ūkinių operacijų turiniui organizavimą ir </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>kontrolę;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="35F25410" w14:textId="77777777" w:rsidR="00152FE6" w:rsidRDefault="001A5524">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:right="139" w:firstLine="566"/>
-        <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>mokesčių, socialinio draudimo, sveikatos draudimo įmokų ir kitų privalomų mokėjimų apskaičiavimo ir deklaravimo laiku organizavimą ir kontrolę.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2C8FBCE9" w14:textId="77777777" w:rsidR="00152FE6" w:rsidRDefault="001A5524">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:right="144" w:firstLine="566"/>
         <w:jc w:val="both"/>
         <w:rPr>
@@ -18166,75 +18185,73 @@
         <w:ind w:right="136" w:firstLine="566"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Centralizuotos apskaitos įstaigos specialistai, tvarkantys Mokyklos buhalterinę apskaitą turi teisę:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="753F83FA" w14:textId="7B2CA4D3" w:rsidR="00152FE6" w:rsidRDefault="001A5524">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:right="143" w:firstLine="566"/>
-        <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>reikalauti, kad Mokyklos vadovas, ar vadovo paskirti atsakingi asmenys laiku teiktų teisingą informaciją, reikalingą buhalterinei apskaitai tvarkyti ir ataskaitoms rengti;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="20B6F4D9" w14:textId="77777777" w:rsidR="00152FE6" w:rsidRDefault="001A5524">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:before="1" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="138" w:firstLine="566"/>
-        <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>tikrinti</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>dokumentus,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -18486,111 +18503,108 @@
       </w:pPr>
     </w:p>
     <w:p w14:paraId="02FAE232" w14:textId="77777777" w:rsidR="00152FE6" w:rsidRDefault="001A5524">
       <w:pPr>
         <w:pStyle w:val="Pagrindinistekstas"/>
         <w:spacing w:before="66" w:line="362" w:lineRule="auto"/>
         <w:ind w:right="144" w:firstLine="0"/>
       </w:pPr>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t>operacija yra neteisėta, kad jai atlikti nepakaks patvirtintų asignavimų ar kad ūkinės operacijos pagrindimo dokumentai yra netinkamai parengti;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6DC4577A" w14:textId="2694F85A" w:rsidR="00152FE6" w:rsidRDefault="001A5524">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:right="143" w:firstLine="566"/>
-        <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">nevykdyti jokių nurodymų, jeigu su jais susijusios ūkinės operacijos prieštarauja teisės aktams, reglamentuojantiems apskaitos dokumentų rengimą, arba jų vykdymo išlaidos nenumatytos sąmatoje, ir apie tai raštu per protingą terminą informuoti </w:t>
       </w:r>
       <w:r w:rsidR="007B081E">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Mokyklos</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> direktorių. Jeigu nurodymai lieka nepakeisti, atsakomybė už ūkinės operacijos atlikimą tenka Mokyklos direktoriui;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="205CCFD2" w14:textId="77777777" w:rsidR="00152FE6" w:rsidRDefault="001A5524">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:right="139" w:firstLine="566"/>
-        <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>atlikdamas finansų kontrolę, be atskiro Mokyklos direktoriaus nurodymo gauti iš Mokyklos darbuotojų rašytinius ir žodinius paaiškinimus dėl dokumentų ūkinei operacijai atlikti parengimo, ūkinės operacijos atlikimo, taip pat dokumentų kopijas;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="239D7672" w14:textId="77777777" w:rsidR="00152FE6" w:rsidRDefault="001A5524">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:right="143" w:firstLine="566"/>
-        <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">inicijuoti pasitarimus asignavimų naudojimo bei turto valdymo ir buhalterinės apskaitos </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>klausimais.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6AD5AE01" w14:textId="77777777" w:rsidR="00152FE6" w:rsidRDefault="001A5524">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
@@ -19630,51 +19644,51 @@
     </w:p>
     <w:p w14:paraId="6DED57EB" w14:textId="77777777" w:rsidR="00152FE6" w:rsidRDefault="001A5524">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:before="137" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="139" w:firstLine="566"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Darbuotojai turi teisę raštu teikti Mokyklos direktoriui pasiūlymus dėl finansų kontrolės taisyklių tobulinimo.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4552BD4B" w14:textId="77777777" w:rsidR="00152FE6" w:rsidRDefault="001A5524">
+    <w:p w14:paraId="4552BD4B" w14:textId="479064E3" w:rsidR="00152FE6" w:rsidRDefault="001A5524">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:right="143" w:firstLine="566"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Darbuotojai,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="40"/>
@@ -19757,57 +19771,62 @@
         <w:rPr>
           <w:spacing w:val="40"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Lietuvos</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="40"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Respublikos teisės aktų numatyta tvarka.</w:t>
       </w:r>
-    </w:p>
-    <w:p w14:paraId="1234C7E1" w14:textId="77777777" w:rsidR="00152FE6" w:rsidRDefault="001A5524">
+      <w:r w:rsidR="00EB7FF4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                                </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1234C7E1" w14:textId="2291E2E0" w:rsidR="00152FE6" w:rsidRDefault="001A5524" w:rsidP="00EB7FF4">
       <w:pPr>
         <w:pStyle w:val="Pagrindinistekstas"/>
         <w:spacing w:before="17"/>
         <w:ind w:left="0" w:firstLine="0"/>
-        <w:jc w:val="left"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="20"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="487587840" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0DE4D038" wp14:editId="1E14A0C7">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="page">
                   <wp:posOffset>3063875</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>172072</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="2515235" cy="1270"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapTopAndBottom/>
                 <wp:docPr id="1" name="Graphic 1"/>
                 <wp:cNvGraphicFramePr>
@@ -19848,144 +19867,1328 @@
                           <a:prstDash val="solid"/>
                         </a:ln>
                       </wps:spPr>
                       <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:shape w14:anchorId="4579870D" id="Graphic 1" o:spid="_x0000_s1026" style="position:absolute;margin-left:241.25pt;margin-top:13.55pt;width:198.05pt;height:.1pt;z-index:-15728640;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" coordsize="2515235,1270" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA9jDZVJgIAAH8EAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6L46zJguMOMXQoMWA&#10;oivQDDsrshwbk0WNUmLn70fJdpK2t2I+CJT4RPLxUV7ddo1mR4WuBpPzdDLlTBkJRW32Of+1vf+y&#10;5Mx5YQqhwaicn5Tjt+vPn1atzdQMKtCFQkZBjMtam/PKe5sliZOVaoSbgFWGnCVgIzxtcZ8UKFqK&#10;3uhkNp0ukhawsAhSOUenm97J1zF+WSrpf5alU57pnFNtPq4Y111Yk/VKZHsUtqrlUIb4QBWNqA0l&#10;PYfaCC/YAet3oZpaIjgo/URCk0BZ1lJFDsQmnb5h81IJqyIXao6z5za5/xdWPh2fkdUFaceZEQ1J&#10;9DB0Iw3Naa3LCPNinzHQc/YR5B9HjuSVJ2zcgOlKbAKWyLEudvp07rTqPJN0OJun89nXOWeSfOns&#10;WxQiEdl4Vx6cf1AQ44jjo/O9TsVoiWq0ZGdGE0ntoLOOOnvOSGfkjHTe9Tpb4cO9UFwwWXspJJw1&#10;cFRbiF7/pnIq7eLV5hpFVG6W8xvORpaE7RFkhDTUq96Iqcm+JqdNqGKRLhdxfBzourivtQ5VONzv&#10;7jSyowjDG7/AgyK8gll0fiNc1eOia4BpM+jUSxNE2kFxIsFb0jjn7u9BoOJM/zA0UuF5jAaOxm40&#10;0Os7iI8oNohybrvfAi0L6XPuSdknGAdWZKNogfoZG24a+H7wUNZB0ThDfUXDhqY8EhxeZHhG1/uI&#10;uvw31v8AAAD//wMAUEsDBBQABgAIAAAAIQBSFDCI4AAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1s&#10;TI/BbsIwDIbvk/YOkSftNlK6jUalKYJqm7QDErBduIXGtBWNUzUplLdfOI2j7U+/vz9bjKZlZ+xd&#10;Y0nCdBIBQyqtbqiS8Pvz+SKAOa9Iq9YSSriig0X++JCpVNsLbfG88xULIeRSJaH2vks5d2WNRrmJ&#10;7ZDC7Wh7o3wY+4rrXl1CuGl5HEUzblRD4UOtOixqLE+7wUj49u5UDcfN9WNfNF9loleFWG+lfH4a&#10;l3NgHkf/D8NNP6hDHpwOdiDtWCvhTcTvAZUQJ1NgARCJmAE73BavwPOM3zfI/wAAAP//AwBQSwEC&#10;LQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNd&#10;LnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8u&#10;cmVsc1BLAQItABQABgAIAAAAIQA9jDZVJgIAAH8EAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJv&#10;RG9jLnhtbFBLAQItABQABgAIAAAAIQBSFDCI4AAAAAkBAAAPAAAAAAAAAAAAAAAAAIAEAABkcnMv&#10;ZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAjQUAAAAA&#10;" path="m,l2514854,e" filled="f" strokeweight=".17183mm">
                 <v:path arrowok="t"/>
                 <w10:wrap type="topAndBottom" anchorx="page"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-    </w:p>
-    <w:sectPr w:rsidR="00152FE6">
+      <w:r w:rsidR="00EB7FF4">
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                                                                                       </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="51B97062" w14:textId="28B43168" w:rsidR="00EB7FF4" w:rsidRDefault="00EB7FF4" w:rsidP="00EB7FF4">
+      <w:pPr>
+        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:spacing w:before="17"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="186E56F2" w14:textId="77777777" w:rsidR="00EB7FF4" w:rsidRDefault="00EB7FF4" w:rsidP="00EB7FF4">
+      <w:pPr>
+        <w:widowControl/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EB7FF4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                       </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB7FF4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                                                                 </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="113B91A5" w14:textId="77777777" w:rsidR="00EB7FF4" w:rsidRDefault="00EB7FF4" w:rsidP="00EB7FF4">
+      <w:pPr>
+        <w:widowControl/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5229A019" w14:textId="77777777" w:rsidR="00EB7FF4" w:rsidRDefault="00EB7FF4" w:rsidP="00EB7FF4">
+      <w:pPr>
+        <w:widowControl/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3091321B" w14:textId="048DE227" w:rsidR="00EB7FF4" w:rsidRPr="00EB7FF4" w:rsidRDefault="00EB7FF4" w:rsidP="00EB7FF4">
+      <w:pPr>
+        <w:widowControl/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EB7FF4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Alytaus r. meno ir sporto mokyklos</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D3C0276" w14:textId="495630D1" w:rsidR="00EB7FF4" w:rsidRPr="00EB7FF4" w:rsidRDefault="00EB7FF4" w:rsidP="00EB7FF4">
+      <w:pPr>
+        <w:widowControl/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EB7FF4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                                      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB7FF4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  finansų kontrolės taisyklių </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="12373BBE" w14:textId="0A9BAC1A" w:rsidR="00EB7FF4" w:rsidRPr="00EB7FF4" w:rsidRDefault="00EB7FF4" w:rsidP="00EB7FF4">
+      <w:pPr>
+        <w:widowControl/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EB7FF4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                                      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB7FF4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  Priedas Nr.1</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6BFB9773" w14:textId="77777777" w:rsidR="00EB7FF4" w:rsidRPr="00EB7FF4" w:rsidRDefault="00EB7FF4" w:rsidP="00EB7FF4">
+      <w:pPr>
+        <w:widowControl/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EB7FF4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">     </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2DEE1628" w14:textId="77777777" w:rsidR="00EB7FF4" w:rsidRPr="00EB7FF4" w:rsidRDefault="00EB7FF4" w:rsidP="00EB7FF4">
+      <w:pPr>
+        <w:widowControl/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="21D4CE48" w14:textId="77777777" w:rsidR="00EB7FF4" w:rsidRPr="00EB7FF4" w:rsidRDefault="00EB7FF4" w:rsidP="00EB7FF4">
+      <w:pPr>
+        <w:widowControl/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7BFA5A26" w14:textId="77777777" w:rsidR="00EB7FF4" w:rsidRPr="00EB7FF4" w:rsidRDefault="00EB7FF4" w:rsidP="00EB7FF4">
+      <w:pPr>
+        <w:widowControl/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4E615446" w14:textId="77777777" w:rsidR="00EB7FF4" w:rsidRPr="00EB7FF4" w:rsidRDefault="00EB7FF4" w:rsidP="00EB7FF4">
+      <w:pPr>
+        <w:widowControl/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EB7FF4">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ILGALAIKIO MATERIALIOJO TURTO PERDAVIMO-PRIĖMIMO </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="06EACDA3" w14:textId="77777777" w:rsidR="00EB7FF4" w:rsidRPr="00EB7FF4" w:rsidRDefault="00EB7FF4" w:rsidP="00EB7FF4">
+      <w:pPr>
+        <w:widowControl/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EB7FF4">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>AKTAS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="78DF8F46" w14:textId="77777777" w:rsidR="00EB7FF4" w:rsidRPr="00EB7FF4" w:rsidRDefault="00EB7FF4" w:rsidP="00EB7FF4">
+      <w:pPr>
+        <w:widowControl/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="33885EF3" w14:textId="77777777" w:rsidR="00EB7FF4" w:rsidRPr="00EB7FF4" w:rsidRDefault="00EB7FF4" w:rsidP="00EB7FF4">
+      <w:pPr>
+        <w:widowControl/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EB7FF4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">202    m.                    d. Nr. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="11AF671F" w14:textId="77777777" w:rsidR="00EB7FF4" w:rsidRPr="00EB7FF4" w:rsidRDefault="00EB7FF4" w:rsidP="00EB7FF4">
+      <w:pPr>
+        <w:widowControl/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EB7FF4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Daugai</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1113D7BF" w14:textId="77777777" w:rsidR="00EB7FF4" w:rsidRPr="00EB7FF4" w:rsidRDefault="00EB7FF4" w:rsidP="00EB7FF4">
+      <w:pPr>
+        <w:widowControl/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="414878CD" w14:textId="77777777" w:rsidR="00EB7FF4" w:rsidRPr="00EB7FF4" w:rsidRDefault="00EB7FF4" w:rsidP="00EB7FF4">
+      <w:pPr>
+        <w:widowControl/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="144F3614" w14:textId="77777777" w:rsidR="00EB7FF4" w:rsidRPr="00EB7FF4" w:rsidRDefault="00EB7FF4" w:rsidP="00EB7FF4">
+      <w:pPr>
+        <w:widowControl/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EB7FF4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Alytaus r. meno ir sporto mokyklos direktoriaus (įsakymo data ir Nr.) (pareigos, vardas pavardė) perdavė, o darbuotojas (pareigos, vardas pavardė) priėmė šias materialines vertybes:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3DDA5C6E" w14:textId="77777777" w:rsidR="00EB7FF4" w:rsidRPr="00EB7FF4" w:rsidRDefault="00EB7FF4" w:rsidP="00EB7FF4">
+      <w:pPr>
+        <w:widowControl/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1001"/>
+        <w:gridCol w:w="1794"/>
+        <w:gridCol w:w="4990"/>
+        <w:gridCol w:w="1990"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00EB7FF4" w:rsidRPr="00EB7FF4" w14:paraId="1F7F6C33" w14:textId="77777777" w:rsidTr="00A51E03">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1008" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7D18C684" w14:textId="77777777" w:rsidR="00EB7FF4" w:rsidRPr="00EB7FF4" w:rsidRDefault="00EB7FF4" w:rsidP="00EB7FF4">
+            <w:pPr>
+              <w:widowControl/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EB7FF4">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Eil. Nr.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1800" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3A84BEFF" w14:textId="77777777" w:rsidR="00EB7FF4" w:rsidRPr="00EB7FF4" w:rsidRDefault="00EB7FF4" w:rsidP="00EB7FF4">
+            <w:pPr>
+              <w:widowControl/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EB7FF4">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Inventorinis Nr.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5040" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="11A01F05" w14:textId="77777777" w:rsidR="00EB7FF4" w:rsidRPr="00EB7FF4" w:rsidRDefault="00EB7FF4" w:rsidP="00EB7FF4">
+            <w:pPr>
+              <w:widowControl/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EB7FF4">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Materialinio turto pavadinimas</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2006" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="46D2C940" w14:textId="77777777" w:rsidR="00EB7FF4" w:rsidRPr="00EB7FF4" w:rsidRDefault="00EB7FF4" w:rsidP="00EB7FF4">
+            <w:pPr>
+              <w:widowControl/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EB7FF4">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Kiekis (vnt.)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00EB7FF4" w:rsidRPr="00EB7FF4" w14:paraId="5543168A" w14:textId="77777777" w:rsidTr="00A51E03">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1008" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7666B318" w14:textId="77777777" w:rsidR="00EB7FF4" w:rsidRPr="00EB7FF4" w:rsidRDefault="00EB7FF4" w:rsidP="00EB7FF4">
+            <w:pPr>
+              <w:widowControl/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EB7FF4">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1800" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5CF1A65D" w14:textId="77777777" w:rsidR="00EB7FF4" w:rsidRPr="00EB7FF4" w:rsidRDefault="00EB7FF4" w:rsidP="00EB7FF4">
+            <w:pPr>
+              <w:widowControl/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5040" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3D88275C" w14:textId="77777777" w:rsidR="00EB7FF4" w:rsidRPr="00EB7FF4" w:rsidRDefault="00EB7FF4" w:rsidP="00EB7FF4">
+            <w:pPr>
+              <w:widowControl/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2006" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2B5ACBA4" w14:textId="77777777" w:rsidR="00EB7FF4" w:rsidRPr="00EB7FF4" w:rsidRDefault="00EB7FF4" w:rsidP="00EB7FF4">
+            <w:pPr>
+              <w:widowControl/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00EB7FF4" w:rsidRPr="00EB7FF4" w14:paraId="68405761" w14:textId="77777777" w:rsidTr="00A51E03">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1008" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="09C47C4F" w14:textId="77777777" w:rsidR="00EB7FF4" w:rsidRPr="00EB7FF4" w:rsidRDefault="00EB7FF4" w:rsidP="00EB7FF4">
+            <w:pPr>
+              <w:widowControl/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EB7FF4">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1800" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="51E1A3D0" w14:textId="77777777" w:rsidR="00EB7FF4" w:rsidRPr="00EB7FF4" w:rsidRDefault="00EB7FF4" w:rsidP="00EB7FF4">
+            <w:pPr>
+              <w:widowControl/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5040" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5856367B" w14:textId="77777777" w:rsidR="00EB7FF4" w:rsidRPr="00EB7FF4" w:rsidRDefault="00EB7FF4" w:rsidP="00EB7FF4">
+            <w:pPr>
+              <w:widowControl/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2006" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7E74F74E" w14:textId="77777777" w:rsidR="00EB7FF4" w:rsidRPr="00EB7FF4" w:rsidRDefault="00EB7FF4" w:rsidP="00EB7FF4">
+            <w:pPr>
+              <w:widowControl/>
+              <w:autoSpaceDE/>
+              <w:autoSpaceDN/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="076521BF" w14:textId="77777777" w:rsidR="00EB7FF4" w:rsidRPr="00EB7FF4" w:rsidRDefault="00EB7FF4" w:rsidP="00EB7FF4">
+      <w:pPr>
+        <w:widowControl/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4DCC5961" w14:textId="77777777" w:rsidR="00EB7FF4" w:rsidRPr="00EB7FF4" w:rsidRDefault="00EB7FF4" w:rsidP="00EB7FF4">
+      <w:pPr>
+        <w:widowControl/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EB7FF4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Iš viso perduotos ( skaičius (skaičius žodžiais)) ilgalaikės materialinės vertybės.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="338DB289" w14:textId="77777777" w:rsidR="00EB7FF4" w:rsidRPr="00EB7FF4" w:rsidRDefault="00EB7FF4" w:rsidP="00EB7FF4">
+      <w:pPr>
+        <w:widowControl/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5E06F282" w14:textId="77777777" w:rsidR="00EB7FF4" w:rsidRPr="00EB7FF4" w:rsidRDefault="00EB7FF4" w:rsidP="00EB7FF4">
+      <w:pPr>
+        <w:widowControl/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4B923CAB" w14:textId="77777777" w:rsidR="00EB7FF4" w:rsidRPr="00EB7FF4" w:rsidRDefault="00EB7FF4" w:rsidP="00EB7FF4">
+      <w:pPr>
+        <w:widowControl/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="442E44FC" w14:textId="77777777" w:rsidR="00EB7FF4" w:rsidRPr="00EB7FF4" w:rsidRDefault="00EB7FF4" w:rsidP="00EB7FF4">
+      <w:pPr>
+        <w:widowControl/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3E1961B9" w14:textId="77777777" w:rsidR="00EB7FF4" w:rsidRPr="00EB7FF4" w:rsidRDefault="00EB7FF4" w:rsidP="00EB7FF4">
+      <w:pPr>
+        <w:widowControl/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6EC6B871" w14:textId="77777777" w:rsidR="00EB7FF4" w:rsidRPr="00EB7FF4" w:rsidRDefault="00EB7FF4" w:rsidP="00EB7FF4">
+      <w:pPr>
+        <w:widowControl/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EB7FF4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Perdavė</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="589EB6C5" w14:textId="77777777" w:rsidR="00EB7FF4" w:rsidRPr="00EB7FF4" w:rsidRDefault="00EB7FF4" w:rsidP="00EB7FF4">
+      <w:pPr>
+        <w:widowControl/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EB7FF4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00EB7FF4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00EB7FF4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00EB7FF4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00EB7FF4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00EB7FF4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00EB7FF4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00EB7FF4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve"> Vardas Pavardė</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB7FF4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00EB7FF4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5BD676CF" w14:textId="77777777" w:rsidR="00EB7FF4" w:rsidRPr="00EB7FF4" w:rsidRDefault="00EB7FF4" w:rsidP="00EB7FF4">
+      <w:pPr>
+        <w:widowControl/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4D98DBD5" w14:textId="77777777" w:rsidR="00EB7FF4" w:rsidRPr="00EB7FF4" w:rsidRDefault="00EB7FF4" w:rsidP="00EB7FF4">
+      <w:pPr>
+        <w:widowControl/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C366526" w14:textId="77777777" w:rsidR="00EB7FF4" w:rsidRPr="00EB7FF4" w:rsidRDefault="00EB7FF4" w:rsidP="00EB7FF4">
+      <w:pPr>
+        <w:widowControl/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EB7FF4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Priėmė                                                                                       Vardas Pavardė</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EB7FF4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00EB7FF4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">                                                </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4DD35CCA" w14:textId="77777777" w:rsidR="00EB7FF4" w:rsidRPr="00EB7FF4" w:rsidRDefault="00EB7FF4" w:rsidP="00EB7FF4">
+      <w:pPr>
+        <w:widowControl/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EB7FF4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00EB7FF4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00EB7FF4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00EB7FF4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00EB7FF4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00EB7FF4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00EB7FF4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00EB7FF4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00EB7FF4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00EB7FF4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00EB7FF4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00EB7FF4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00EB7FF4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00EB7FF4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00EB7FF4">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="409B8022" w14:textId="77777777" w:rsidR="00EB7FF4" w:rsidRPr="00EB7FF4" w:rsidRDefault="00EB7FF4" w:rsidP="00EB7FF4">
+      <w:pPr>
+        <w:widowControl/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="288F6E85" w14:textId="77777777" w:rsidR="00EB7FF4" w:rsidRPr="00EB7FF4" w:rsidRDefault="00EB7FF4" w:rsidP="00EB7FF4">
+      <w:pPr>
+        <w:widowControl/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="218FB9D0" w14:textId="77777777" w:rsidR="00EB7FF4" w:rsidRPr="00EB7FF4" w:rsidRDefault="00EB7FF4" w:rsidP="00EB7FF4">
+      <w:pPr>
+        <w:widowControl/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="21D81DB5" w14:textId="77777777" w:rsidR="00EB7FF4" w:rsidRPr="00EB7FF4" w:rsidRDefault="00EB7FF4" w:rsidP="00EB7FF4">
+      <w:pPr>
+        <w:widowControl/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7AF8649E" w14:textId="77777777" w:rsidR="00EB7FF4" w:rsidRPr="00EB7FF4" w:rsidRDefault="00EB7FF4" w:rsidP="00EB7FF4">
+      <w:pPr>
+        <w:widowControl/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2639069F" w14:textId="77777777" w:rsidR="00EB7FF4" w:rsidRPr="00EB7FF4" w:rsidRDefault="00EB7FF4" w:rsidP="00EB7FF4">
+      <w:pPr>
+        <w:widowControl/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="74BFDA19" w14:textId="77777777" w:rsidR="00EB7FF4" w:rsidRPr="00EB7FF4" w:rsidRDefault="00EB7FF4" w:rsidP="00EB7FF4">
+      <w:pPr>
+        <w:widowControl/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7F1EF733" w14:textId="77777777" w:rsidR="00EB7FF4" w:rsidRPr="00EB7FF4" w:rsidRDefault="00EB7FF4" w:rsidP="00EB7FF4">
+      <w:pPr>
+        <w:widowControl/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="61FE651F" w14:textId="77777777" w:rsidR="00EB7FF4" w:rsidRPr="00EB7FF4" w:rsidRDefault="00EB7FF4" w:rsidP="00EB7FF4">
+      <w:pPr>
+        <w:widowControl/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="777A515E" w14:textId="77777777" w:rsidR="00EB7FF4" w:rsidRPr="00EB7FF4" w:rsidRDefault="00EB7FF4" w:rsidP="00EB7FF4">
+      <w:pPr>
+        <w:widowControl/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2A906DB3" w14:textId="77777777" w:rsidR="00EB7FF4" w:rsidRPr="00EB7FF4" w:rsidRDefault="00EB7FF4" w:rsidP="00EB7FF4">
+      <w:pPr>
+        <w:widowControl/>
+        <w:autoSpaceDE/>
+        <w:autoSpaceDN/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="23D82180" w14:textId="77777777" w:rsidR="00EB7FF4" w:rsidRDefault="00EB7FF4" w:rsidP="00EB7FF4">
+      <w:pPr>
+        <w:pStyle w:val="Pagrindinistekstas"/>
+        <w:spacing w:before="17"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00EB7FF4">
       <w:pgSz w:w="11910" w:h="16850"/>
       <w:pgMar w:top="1060" w:right="425" w:bottom="280" w:left="1700" w:header="567" w:footer="567" w:gutter="0"/>
       <w:cols w:space="1296"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0976356A"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="81EA6D44"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2" w:hanging="286"/>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
         <w:i w:val="0"/>
         <w:iCs w:val="0"/>
         <w:spacing w:val="0"/>
         <w:w w:val="100"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="lt-LT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2" w:hanging="567"/>
-        <w:jc w:val="left"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
         <w:i w:val="0"/>
         <w:iCs w:val="0"/>
         <w:spacing w:val="0"/>
         <w:w w:val="100"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="lt-LT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2" w:hanging="730"/>
-        <w:jc w:val="left"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
         <w:i w:val="0"/>
         <w:iCs w:val="0"/>
         <w:spacing w:val="0"/>
         <w:w w:val="100"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="lt-LT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1140" w:hanging="730"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="lt-LT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
@@ -20163,79 +21366,76 @@
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="044ADB20">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="8709" w:hanging="248"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="lt-LT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="41FC1754"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="59C8D990"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="27"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1298" w:hanging="730"/>
-        <w:jc w:val="left"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="lt-LT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1298" w:hanging="730"/>
-        <w:jc w:val="left"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="lt-LT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="2"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1298" w:hanging="730"/>
-        <w:jc w:val="left"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
         <w:i w:val="0"/>
         <w:iCs w:val="0"/>
         <w:spacing w:val="0"/>
         <w:w w:val="100"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="lt-LT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3844" w:hanging="730"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="lt-LT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
@@ -20294,87 +21494,90 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="8085" w:hanging="730"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="lt-LT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="396"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:ulTrailSpace/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00152FE6"/>
     <w:rsid w:val="000D0327"/>
     <w:rsid w:val="00152FE6"/>
     <w:rsid w:val="001A5524"/>
     <w:rsid w:val="00281A0D"/>
     <w:rsid w:val="0029536F"/>
     <w:rsid w:val="0038502B"/>
     <w:rsid w:val="004D2524"/>
     <w:rsid w:val="005D4FE0"/>
     <w:rsid w:val="00672150"/>
     <w:rsid w:val="00762547"/>
     <w:rsid w:val="007B081E"/>
     <w:rsid w:val="007E49AC"/>
     <w:rsid w:val="008B089E"/>
     <w:rsid w:val="00970738"/>
     <w:rsid w:val="00993444"/>
     <w:rsid w:val="009F307E"/>
     <w:rsid w:val="00A27E00"/>
     <w:rsid w:val="00A3366D"/>
     <w:rsid w:val="00AE3737"/>
+    <w:rsid w:val="00BA740B"/>
     <w:rsid w:val="00DD4B07"/>
     <w:rsid w:val="00E732ED"/>
+    <w:rsid w:val="00EB7FF4"/>
     <w:rsid w:val="00F31C49"/>
     <w:rsid w:val="00FA425D"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="lt-LT"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
@@ -20848,51 +22051,51 @@
   </w:style>
   <w:style w:type="paragraph" w:styleId="Sraopastraipa">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="prastasis"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:pPr>
       <w:ind w:left="2" w:firstLine="566"/>
       <w:jc w:val="both"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="TableParagraph">
     <w:name w:val="Table Paragraph"/>
     <w:basedOn w:val="prastasis"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -21134,80 +22337,96 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4027DC41-8050-447A-94B0-D78BEA2C7EC0}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>12</Pages>
-[...1 lines deleted...]
-  <Characters>24048</Characters>
+  <Pages>13</Pages>
+  <Words>4444</Words>
+  <Characters>25337</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>200</Lines>
-  <Paragraphs>56</Paragraphs>
+  <Lines>211</Lines>
+  <Paragraphs>59</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Pavadinimas</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>28210</CharactersWithSpaces>
+  <CharactersWithSpaces>29722</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Vilma</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Created">
     <vt:filetime>2025-07-31T00:00:00Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Creator">
     <vt:lpwstr>Microsoft® Word 2016</vt:lpwstr>
   </property>