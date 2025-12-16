--- v0 (2025-11-25)
+++ v1 (2025-12-16)
@@ -1,97 +1,97 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w:rsidR="00970D0B" w:rsidRDefault="00970D0B" w:rsidP="00970D0B">
+    <w:p w14:paraId="6092663A" w14:textId="77777777" w:rsidR="00970D0B" w:rsidRDefault="00970D0B" w:rsidP="00970D0B">
       <w:pPr>
         <w:pStyle w:val="Pagrindinistekstas"/>
         <w:spacing w:before="73"/>
         <w:ind w:left="6271"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>PATVIRTINTA</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00970D0B" w:rsidRDefault="00970D0B" w:rsidP="00970D0B">
+    <w:p w14:paraId="6B68A7E5" w14:textId="77777777" w:rsidR="00970D0B" w:rsidRDefault="00970D0B" w:rsidP="00970D0B">
       <w:pPr>
         <w:pStyle w:val="Pagrindinistekstas"/>
         <w:spacing w:before="1"/>
         <w:ind w:left="6267"/>
       </w:pPr>
       <w:r>
         <w:t>Alytaus r.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>meno</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve"> ir sporto </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t>mokyklos</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00970D0B" w:rsidRDefault="00970D0B" w:rsidP="00970D0B">
+    <w:p w14:paraId="28FDDA74" w14:textId="77777777" w:rsidR="00970D0B" w:rsidRDefault="00970D0B" w:rsidP="00970D0B">
       <w:pPr>
         <w:pStyle w:val="Pagrindinistekstas"/>
         <w:ind w:left="6271" w:hanging="15"/>
       </w:pPr>
       <w:r>
         <w:t>direktoriaus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-8"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>2025</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-7"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>m.</w:t>
       </w:r>
@@ -101,218 +101,218 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>balandžio</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-6"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-7"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>d. įsakymu Nr. MV-30</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00970D0B" w:rsidRDefault="00970D0B" w:rsidP="00970D0B">
+    <w:p w14:paraId="2DB25B19" w14:textId="77777777" w:rsidR="00970D0B" w:rsidRDefault="00970D0B" w:rsidP="00970D0B">
       <w:pPr>
         <w:pStyle w:val="Pagrindinistekstas"/>
         <w:ind w:left="0"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="003B691C" w:rsidRDefault="003B691C" w:rsidP="00970D0B">
+    <w:p w14:paraId="2E5DA872" w14:textId="77777777" w:rsidR="003B691C" w:rsidRDefault="003B691C" w:rsidP="00970D0B">
       <w:pPr>
         <w:pStyle w:val="Pagrindinistekstas"/>
         <w:ind w:left="0"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="003B691C" w:rsidRDefault="003B691C" w:rsidP="00970D0B">
+    <w:p w14:paraId="5A13F980" w14:textId="77777777" w:rsidR="003B691C" w:rsidRDefault="003B691C" w:rsidP="00970D0B">
       <w:pPr>
         <w:pStyle w:val="Pagrindinistekstas"/>
         <w:ind w:left="0"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00970D0B" w:rsidRDefault="00970D0B" w:rsidP="00970D0B">
+    <w:p w14:paraId="4B578668" w14:textId="77777777" w:rsidR="00970D0B" w:rsidRDefault="00970D0B" w:rsidP="00970D0B">
       <w:pPr>
         <w:pStyle w:val="Pagrindinistekstas"/>
         <w:ind w:left="0"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00970D0B" w:rsidRDefault="00D02A2F" w:rsidP="00D02A2F">
+    <w:p w14:paraId="77CC14A0" w14:textId="77777777" w:rsidR="00970D0B" w:rsidRDefault="00D02A2F" w:rsidP="00D02A2F">
       <w:pPr>
         <w:ind w:right="4"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">     </w:t>
       </w:r>
       <w:r w:rsidR="00970D0B">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>ALYTAUS R. MENO IR SPORTO MOKYKLOS</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00970D0B" w:rsidRDefault="00970D0B" w:rsidP="00970D0B">
+    <w:p w14:paraId="6B403DF3" w14:textId="77777777" w:rsidR="00970D0B" w:rsidRDefault="00970D0B" w:rsidP="00970D0B">
       <w:pPr>
         <w:ind w:left="2829" w:right="2414" w:hanging="702"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00970D0B" w:rsidRPr="006A6757" w:rsidRDefault="00970D0B" w:rsidP="00970D0B">
+    <w:p w14:paraId="1A958EFD" w14:textId="77777777" w:rsidR="00970D0B" w:rsidRPr="006A6757" w:rsidRDefault="00970D0B" w:rsidP="00970D0B">
       <w:pPr>
         <w:ind w:left="2829" w:right="2414" w:firstLine="2"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>MOKINIO</w:t>
       </w:r>
       <w:r w:rsidRPr="006A6757">
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-15"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">ELGESIO </w:t>
       </w:r>
       <w:r w:rsidRPr="006A6757">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>TAISYKLĖS</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00970D0B" w:rsidRDefault="00970D0B" w:rsidP="00970D0B">
+    <w:p w14:paraId="769B2F30" w14:textId="77777777" w:rsidR="00970D0B" w:rsidRDefault="00970D0B" w:rsidP="00970D0B">
       <w:pPr>
         <w:pStyle w:val="Pagrindinistekstas"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00970D0B" w:rsidRPr="006A6757" w:rsidRDefault="00D02A2F" w:rsidP="00D02A2F">
+    <w:p w14:paraId="3A6E35E1" w14:textId="77777777" w:rsidR="00970D0B" w:rsidRPr="006A6757" w:rsidRDefault="00D02A2F" w:rsidP="00D02A2F">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:ind w:left="0" w:right="146" w:firstLine="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>I.</w:t>
       </w:r>
       <w:r w:rsidR="003B691C">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00970D0B">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">BENDROSIOS </w:t>
       </w:r>
       <w:r w:rsidR="00970D0B" w:rsidRPr="006A6757">
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-15"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00970D0B">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>NUOSTATOS</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00970D0B" w:rsidRDefault="00970D0B" w:rsidP="00970D0B">
+    <w:p w14:paraId="3115D2E1" w14:textId="77777777" w:rsidR="00970D0B" w:rsidRDefault="00970D0B" w:rsidP="00970D0B">
       <w:pPr>
         <w:pStyle w:val="Pagrindinistekstas"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00970D0B" w:rsidRDefault="00970D0B" w:rsidP="00970D0B">
+    <w:p w14:paraId="2D47C8EC" w14:textId="77777777" w:rsidR="00970D0B" w:rsidRDefault="00970D0B" w:rsidP="00970D0B">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1254"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:right="137" w:firstLine="727"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Mokinio</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-5"/>
@@ -435,51 +435,51 @@
           <w:spacing w:val="-5"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>(toliau</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-3"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>– Mokyklos) mokinio pareigas, elgesio taisykles Mokykloje, jos teritorijoje, Mokykloje vykstančiuose renginiuose bei Mokyklos organizuojamose pamokose kitose erdvėse, išvykose, kituose renginiuose, kurie vyksta už Mokyklos ribų, drausminimo priemones.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00970D0B" w:rsidRDefault="00970D0B" w:rsidP="00970D0B">
+    <w:p w14:paraId="35F3CEA4" w14:textId="77777777" w:rsidR="00970D0B" w:rsidRDefault="00970D0B" w:rsidP="00970D0B">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1357"/>
         </w:tabs>
         <w:spacing w:before="1" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="135" w:firstLine="727"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Taisyklės parengtos vadovaujantis Lietuvos Respublikos Konstitucija, Lietuvos Respublikos švietimo įstatymu, Lietuvos Respublikos Vaiko minimalios ir vidutinės priežiūros įstatymu,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-15"/>
@@ -637,51 +637,51 @@
       <w:r w:rsidR="0073334A">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Mokyklos nuostatais, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Mokymo sutart</w:t>
       </w:r>
       <w:r w:rsidR="0073334A">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">imi bei kitais teisės aktais, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>siekiant sukurti Mokykloje ir jos aplinkoje saugią, draugišką ir bendradarbiavimu pagrįstą atmosferą bei reglamentuoti mokinio elgesio normas.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00970D0B" w:rsidRDefault="00970D0B" w:rsidP="00970D0B">
+    <w:p w14:paraId="654B394D" w14:textId="77777777" w:rsidR="00970D0B" w:rsidRDefault="00970D0B" w:rsidP="00970D0B">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1182"/>
         </w:tabs>
         <w:ind w:left="1182" w:hanging="235"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Taisyklių</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-7"/>
           <w:sz w:val="24"/>
@@ -726,115 +726,115 @@
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Mokyklos</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>mokinys.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00970D0B" w:rsidRDefault="00970D0B" w:rsidP="00970D0B">
+    <w:p w14:paraId="11E22301" w14:textId="77777777" w:rsidR="00970D0B" w:rsidRDefault="00970D0B" w:rsidP="00970D0B">
       <w:pPr>
         <w:pStyle w:val="Pagrindinistekstas"/>
         <w:spacing w:before="140"/>
         <w:ind w:left="0"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00970D0B" w:rsidRPr="006A6757" w:rsidRDefault="00D02A2F" w:rsidP="00D02A2F">
+    <w:p w14:paraId="2B65A3A6" w14:textId="77777777" w:rsidR="00970D0B" w:rsidRPr="006A6757" w:rsidRDefault="00D02A2F" w:rsidP="00D02A2F">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:ind w:left="0" w:right="146" w:firstLine="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>II.</w:t>
       </w:r>
       <w:r w:rsidR="003B691C">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00970D0B" w:rsidRPr="006A6757">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>MOKINIO</w:t>
       </w:r>
       <w:r w:rsidR="00970D0B" w:rsidRPr="006A6757">
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00970D0B" w:rsidRPr="006A6757">
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>PAREIGOS</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00970D0B" w:rsidRDefault="00970D0B" w:rsidP="00970D0B">
+    <w:p w14:paraId="7543D950" w14:textId="77777777" w:rsidR="00970D0B" w:rsidRDefault="00970D0B" w:rsidP="00970D0B">
       <w:pPr>
         <w:pStyle w:val="Pagrindinistekstas"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00970D0B" w:rsidRDefault="00970D0B" w:rsidP="00970D0B">
+    <w:p w14:paraId="46F4D33D" w14:textId="77777777" w:rsidR="00970D0B" w:rsidRDefault="00970D0B" w:rsidP="00970D0B">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1247"/>
         </w:tabs>
         <w:ind w:left="1247"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Pagal</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
@@ -918,51 +918,51 @@
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>atsakingai</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="1"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>mokytis.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00970D0B" w:rsidRDefault="00970D0B" w:rsidP="00970D0B">
+    <w:p w14:paraId="3958AAB2" w14:textId="77777777" w:rsidR="00970D0B" w:rsidRDefault="00970D0B" w:rsidP="00970D0B">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1248"/>
         </w:tabs>
         <w:spacing w:before="137" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="139" w:firstLine="719"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Gerbti</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
@@ -1072,75 +1072,75 @@
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>paisyti</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>jų nuomonės, gerbti savo Mokyklą.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00970D0B" w:rsidRDefault="00970D0B" w:rsidP="00970D0B">
+    <w:p w14:paraId="199938D9" w14:textId="77777777" w:rsidR="00970D0B" w:rsidRDefault="00970D0B" w:rsidP="00970D0B">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1255"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:right="142" w:firstLine="719"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Nevėluoti ir nepraleisti pamokų be pateisinamos priežasties, apie neatvykimo priežastį informuoti mokytoją ar Mokyklos administraciją.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00970D0B" w:rsidRDefault="00970D0B" w:rsidP="00970D0B">
+    <w:p w14:paraId="26268991" w14:textId="77777777" w:rsidR="00970D0B" w:rsidRDefault="00970D0B" w:rsidP="00970D0B">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1303"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:right="136" w:firstLine="719"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Pamokos</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="40"/>
@@ -1367,80 +1367,80 @@
           <w:spacing w:val="37"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>mokiniams,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="39"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>neužsiimti</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00970D0B" w:rsidRDefault="00970D0B" w:rsidP="00970D0B">
+    <w:p w14:paraId="2F784403" w14:textId="77777777" w:rsidR="00970D0B" w:rsidRDefault="00970D0B" w:rsidP="00970D0B">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:sectPr w:rsidR="00970D0B" w:rsidSect="003B691C">
           <w:footerReference w:type="default" r:id="rId7"/>
           <w:pgSz w:w="11910" w:h="16840"/>
           <w:pgMar w:top="1702" w:right="425" w:bottom="1100" w:left="1700" w:header="0" w:footer="903" w:gutter="0"/>
           <w:pgNumType w:start="1"/>
           <w:cols w:space="1296"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00970D0B" w:rsidRDefault="00970D0B" w:rsidP="00970D0B">
+    <w:p w14:paraId="33D5F3BE" w14:textId="77777777" w:rsidR="00970D0B" w:rsidRDefault="00970D0B" w:rsidP="00970D0B">
       <w:pPr>
         <w:pStyle w:val="Pagrindinistekstas"/>
         <w:spacing w:before="73" w:line="362" w:lineRule="auto"/>
         <w:ind w:right="135"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t>pašaline veikla, nesusijusia su mokymo procesu veikla (nežaisti, nesinaudoti telefonu, nerašinėti raštelių, nekalbėti su draugais ir kt.)), turėti pamokai reikalingas mokymo priemones.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00970D0B" w:rsidRDefault="00970D0B" w:rsidP="00970D0B">
+    <w:p w14:paraId="31F492E5" w14:textId="77777777" w:rsidR="00970D0B" w:rsidRDefault="00970D0B" w:rsidP="00970D0B">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1256"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:right="141" w:firstLine="727"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Palaikyti švarą</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
@@ -1485,51 +1485,51 @@
           <w:spacing w:val="-1"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>ir</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>jos teritorijoje. Laikytis asmens higienos reikalavimų. Į Mokyklą ateiti švaria, tvarkinga apranga.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00970D0B" w:rsidRDefault="00970D0B" w:rsidP="00970D0B">
+    <w:p w14:paraId="0EB430FD" w14:textId="77777777" w:rsidR="00970D0B" w:rsidRDefault="00970D0B" w:rsidP="00970D0B">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1249"/>
         </w:tabs>
         <w:ind w:left="1249" w:hanging="235"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Viršutinius</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-6"/>
           <w:sz w:val="24"/>
@@ -1652,99 +1652,99 @@
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>skirtoje</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-3"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>vietoje.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00970D0B" w:rsidRDefault="00970D0B" w:rsidP="00970D0B">
+    <w:p w14:paraId="31C80C90" w14:textId="77777777" w:rsidR="00970D0B" w:rsidRDefault="00970D0B" w:rsidP="00970D0B">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1479"/>
         </w:tabs>
         <w:spacing w:before="134" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="146" w:firstLine="727"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Už asmeninius daiktus (telefonus, skėčius, pinigines, raktus ir kt.), paliktus koridoriuose, Mokykla neatsako.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00970D0B" w:rsidRDefault="00970D0B" w:rsidP="00970D0B">
+    <w:p w14:paraId="6296C20F" w14:textId="77777777" w:rsidR="00970D0B" w:rsidRDefault="00970D0B" w:rsidP="00970D0B">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1404"/>
         </w:tabs>
         <w:spacing w:before="1" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="138" w:firstLine="727"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Tausoti ir saugoti asmeninį, kitų mokinių ir Mokyklos turtą: inventorių, patalpas, baldus, vadovėlius, instrumentus ir kitas mokymo priemones. Padarytą žalą įstatymų nustatyta tvarka privalo atlyginti mokinys ir jo tėvai (globėjai). Žalos atlyginimą Mokykloje nustato Mokyklos administracijos patvirtinta tvarka.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00970D0B" w:rsidRDefault="00970D0B" w:rsidP="00970D0B">
+    <w:p w14:paraId="4C9F99CE" w14:textId="77777777" w:rsidR="00970D0B" w:rsidRDefault="00970D0B" w:rsidP="00970D0B">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1374"/>
         </w:tabs>
         <w:ind w:left="1374" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Išvykstant</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
           <w:sz w:val="24"/>
@@ -1815,51 +1815,51 @@
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>rūbus ir</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-5"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>kt.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00970D0B" w:rsidRDefault="00970D0B" w:rsidP="00970D0B">
+    <w:p w14:paraId="21DC644E" w14:textId="77777777" w:rsidR="00970D0B" w:rsidRDefault="00970D0B" w:rsidP="00970D0B">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1374"/>
         </w:tabs>
         <w:spacing w:before="137"/>
         <w:ind w:left="1374" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Dalyvauti</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
@@ -1879,396 +1879,396 @@
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Mokyklos</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-3"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>renginiuose.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00970D0B" w:rsidRDefault="00970D0B" w:rsidP="00970D0B">
+    <w:p w14:paraId="1F00D077" w14:textId="77777777" w:rsidR="00970D0B" w:rsidRDefault="00970D0B" w:rsidP="00970D0B">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1387"/>
         </w:tabs>
         <w:spacing w:before="139" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="139" w:firstLine="707"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Pateikti tėvams (globėjams) informacinius raštus apie organizuojamus renginius už Mokyklos ribų; tėvams, susipažinus pasirašytinai, juos grąžinti pedagogui (nepristatęs informacinio rašto mokinys į išvyką nevyksta).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00970D0B" w:rsidRDefault="00970D0B" w:rsidP="00970D0B">
+    <w:p w14:paraId="7D4A2DAF" w14:textId="77777777" w:rsidR="00970D0B" w:rsidRDefault="00970D0B" w:rsidP="00970D0B">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1395"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:right="142" w:firstLine="727"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Mokykloje ir renginių už Mokyklos ribų metu laikytis saugaus ir kultūringo elgesio reikalavimų. Nesikalbėti ir nevaikščioti renginių metu.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00970D0B" w:rsidRDefault="00970D0B" w:rsidP="00970D0B">
+    <w:p w14:paraId="21C78537" w14:textId="77777777" w:rsidR="00970D0B" w:rsidRDefault="00970D0B" w:rsidP="00970D0B">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1450"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:right="138" w:firstLine="727"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Nedelsiant informuoti Mokyklos darbuotojus apie Mokykloje ar jos teritorijoje vykstančias muštynes, patyčias, kitas pavojingas veikas.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D02A2F" w:rsidRDefault="00D02A2F" w:rsidP="00D02A2F">
+    <w:p w14:paraId="7E4E6585" w14:textId="77777777" w:rsidR="00D02A2F" w:rsidRDefault="00D02A2F" w:rsidP="00D02A2F">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1450"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1014" w:right="138" w:firstLine="0"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00970D0B" w:rsidRDefault="00D02A2F" w:rsidP="00D02A2F">
+    <w:p w14:paraId="209997A7" w14:textId="77777777" w:rsidR="00970D0B" w:rsidRDefault="00D02A2F" w:rsidP="00D02A2F">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:ind w:left="0" w:right="4" w:firstLine="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>III.</w:t>
       </w:r>
       <w:r w:rsidR="003B691C">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00970D0B">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>MOKINIO TEISĖS</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00970D0B" w:rsidRDefault="00970D0B" w:rsidP="00970D0B">
+    <w:p w14:paraId="3F5BB0B8" w14:textId="77777777" w:rsidR="00970D0B" w:rsidRDefault="00970D0B" w:rsidP="00970D0B">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:ind w:left="0" w:right="4" w:firstLine="0"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00970D0B" w:rsidRDefault="00970D0B" w:rsidP="00970D0B">
+    <w:p w14:paraId="3B974E86" w14:textId="77777777" w:rsidR="00970D0B" w:rsidRDefault="00970D0B" w:rsidP="00970D0B">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="993" w:right="4" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Gauti iš pedagogų profesionalias kokybiško švietimo paslaugas.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00970D0B" w:rsidRDefault="00970D0B" w:rsidP="00970D0B">
+    <w:p w14:paraId="36AC2FB1" w14:textId="77777777" w:rsidR="00970D0B" w:rsidRDefault="00970D0B" w:rsidP="00970D0B">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="993" w:right="4" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Mokytis savitarpio pagarba grįstoje psichologiškai ir fiziškai saugioje aplinkoje.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00970D0B" w:rsidRDefault="00970D0B" w:rsidP="00970D0B">
+    <w:p w14:paraId="06AE57F2" w14:textId="77777777" w:rsidR="00970D0B" w:rsidRDefault="00970D0B" w:rsidP="00970D0B">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="993" w:right="4" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Turėti higienos reikalavimus atitinkančią mokymosi vietą.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00970D0B" w:rsidRDefault="00970D0B" w:rsidP="00970D0B">
+    <w:p w14:paraId="69708CB1" w14:textId="77777777" w:rsidR="00970D0B" w:rsidRDefault="00970D0B" w:rsidP="00970D0B">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="993" w:right="4" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Būti mokytojo objektyviai įvertintam.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00970D0B" w:rsidRDefault="00970D0B" w:rsidP="00970D0B">
+    <w:p w14:paraId="1DD261D5" w14:textId="77777777" w:rsidR="00970D0B" w:rsidRDefault="00970D0B" w:rsidP="00970D0B">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="993" w:right="4" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Demokratiškai išsakyti savo nuomonę pedagogams dėl ugdymo proceso organizavimo.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00970D0B" w:rsidRDefault="00970D0B" w:rsidP="00970D0B">
+    <w:p w14:paraId="2AFFE1B3" w14:textId="77777777" w:rsidR="00970D0B" w:rsidRDefault="00970D0B" w:rsidP="00970D0B">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="993" w:right="4" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Gauti iš mokyklos darbuotojų skubią pirmąją pagalbą sveikatos sutrikimo atveju</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00970D0B" w:rsidRDefault="00970D0B" w:rsidP="00970D0B">
+    <w:p w14:paraId="35826825" w14:textId="77777777" w:rsidR="00970D0B" w:rsidRDefault="00970D0B" w:rsidP="00970D0B">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="993" w:right="4" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Suderinus su Mokyklos administracija įgyvendinti ir vykdyti su ugdymo procesu susijusius projektus ir renginius.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D02A2F" w:rsidRPr="00FF7C89" w:rsidRDefault="00D02A2F" w:rsidP="00D02A2F">
+    <w:p w14:paraId="66E21E4B" w14:textId="77777777" w:rsidR="00D02A2F" w:rsidRPr="00FF7C89" w:rsidRDefault="00D02A2F" w:rsidP="00D02A2F">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="993" w:right="4" w:firstLine="0"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00970D0B" w:rsidRPr="006A6757" w:rsidRDefault="00D02A2F" w:rsidP="00D02A2F">
+    <w:p w14:paraId="0BB10EB2" w14:textId="77777777" w:rsidR="00970D0B" w:rsidRPr="006A6757" w:rsidRDefault="00D02A2F" w:rsidP="00D02A2F">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:ind w:left="0" w:right="4" w:firstLine="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>IV.</w:t>
       </w:r>
       <w:r w:rsidR="003B691C">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00970D0B" w:rsidRPr="006A6757">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>MOKINIUI</w:t>
       </w:r>
       <w:r w:rsidR="00970D0B" w:rsidRPr="006A6757">
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-6"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00970D0B" w:rsidRPr="006A6757">
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>DRAUDŽIAMA</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00970D0B" w:rsidRDefault="00970D0B" w:rsidP="00970D0B">
+    <w:p w14:paraId="228D8846" w14:textId="77777777" w:rsidR="00970D0B" w:rsidRDefault="00970D0B" w:rsidP="00970D0B">
       <w:pPr>
         <w:pStyle w:val="Pagrindinistekstas"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00970D0B" w:rsidRDefault="00970D0B" w:rsidP="00970D0B">
+    <w:p w14:paraId="2AB1B574" w14:textId="77777777" w:rsidR="00970D0B" w:rsidRDefault="00970D0B" w:rsidP="00970D0B">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1362"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:right="140" w:firstLine="727"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Įsinešti</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-15"/>
@@ -2373,51 +2373,51 @@
         </w:rPr>
         <w:t>petardas,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-15"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">narkotines ir psichotropines medžiagas, alkoholinius gėrimus ar kitus kenksmingus ir sveikatai pavojingus </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>daiktus.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00970D0B" w:rsidRDefault="00970D0B" w:rsidP="00970D0B">
+    <w:p w14:paraId="7E8AFCAD" w14:textId="77777777" w:rsidR="00970D0B" w:rsidRDefault="00970D0B" w:rsidP="00970D0B">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1407"/>
         </w:tabs>
         <w:spacing w:before="2" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="137" w:firstLine="727"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Pamokų metu naudotis mobiliuoju telefonu, išmaniuoju laikrodžiu, garso ir vaizdo įrašymo/perdavimo</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
@@ -2501,51 +2501,51 @@
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>su</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>mokymo procesu ir trukdančiomis darbui pamokoje.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00970D0B" w:rsidRDefault="00970D0B" w:rsidP="00970D0B">
+    <w:p w14:paraId="350C7B60" w14:textId="77777777" w:rsidR="00970D0B" w:rsidRDefault="00970D0B" w:rsidP="00970D0B">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1374"/>
         </w:tabs>
         <w:spacing w:line="275" w:lineRule="exact"/>
         <w:ind w:left="1374" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Pamokų</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-4"/>
@@ -2617,51 +2617,51 @@
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>gerti</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>gėrimus.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00970D0B" w:rsidRDefault="00970D0B" w:rsidP="00970D0B">
+    <w:p w14:paraId="3AE5D589" w14:textId="77777777" w:rsidR="00970D0B" w:rsidRDefault="00970D0B" w:rsidP="00970D0B">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1374"/>
         </w:tabs>
         <w:spacing w:before="139"/>
         <w:ind w:left="1374" w:hanging="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Išeiti</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
@@ -2707,89 +2707,89 @@
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>mokytojo</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>leidimo.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00970D0B" w:rsidRDefault="00970D0B" w:rsidP="00970D0B">
+    <w:p w14:paraId="1E3DC36F" w14:textId="77777777" w:rsidR="00970D0B" w:rsidRDefault="00970D0B" w:rsidP="00970D0B">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1515"/>
         </w:tabs>
         <w:spacing w:before="137" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="138" w:firstLine="727"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Mokyklos patalpose ir jos teritorijoje, virtualioje mokymo (-</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>si</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>) aplinkoje fotografuoti/filmuoti ir kitaip įrašinėti kitų Mokyklos bendruomenės narių veiklas ir pokalbius, vedamas pamokas, daryti pamokos ekrano nuotraukas ar kitu būdu fiksuoti tiesioginę vaizdo pamoką, susirinkimą/virtualų susitikimą.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00970D0B" w:rsidRDefault="00970D0B" w:rsidP="00970D0B">
+    <w:p w14:paraId="427F4AEC" w14:textId="77777777" w:rsidR="00970D0B" w:rsidRDefault="00970D0B" w:rsidP="00970D0B">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1414"/>
         </w:tabs>
         <w:spacing w:before="73" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="138" w:firstLine="727"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Nedrausmingai elgtis, vartoti necenzūrinius žodžius, tyčiotis, įžeidinėti aplinkinius pamokų, pertraukų ir / ar renginių metu, seksualiai priekabiauti (nepageidaujamai užgauliai žodžiu,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-15"/>
@@ -2925,75 +2925,75 @@
           <w:spacing w:val="-15"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>asmens</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-15"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>orumui, sukuriant bauginančią, priešišką, žeminančią ar įžeidžiančią aplinką).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00970D0B" w:rsidRDefault="00970D0B" w:rsidP="00970D0B">
+    <w:p w14:paraId="286A1228" w14:textId="77777777" w:rsidR="00970D0B" w:rsidRDefault="00970D0B" w:rsidP="00970D0B">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1467"/>
         </w:tabs>
         <w:spacing w:before="1" w:line="360" w:lineRule="auto"/>
         <w:ind w:right="144" w:firstLine="727"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Rinkti ir platinti kitų Mokyklos bendruomenės narių privatumą pažeidžiančią informaciją: nuotraukas, dokumentus ir kt.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00970D0B" w:rsidRPr="00970D0B" w:rsidRDefault="00970D0B" w:rsidP="00970D0B">
+    <w:p w14:paraId="08475AE2" w14:textId="77777777" w:rsidR="00970D0B" w:rsidRPr="00970D0B" w:rsidRDefault="00970D0B" w:rsidP="00970D0B">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1369"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1369" w:hanging="355"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Vestis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-10"/>
@@ -3026,127 +3026,125 @@
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>pašalinius</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-9"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>asmenis.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00970D0B" w:rsidRPr="00970D0B" w:rsidRDefault="00970D0B" w:rsidP="00970D0B">
+    <w:p w14:paraId="3476351E" w14:textId="77777777" w:rsidR="00970D0B" w:rsidRPr="00970D0B" w:rsidRDefault="00970D0B" w:rsidP="00970D0B">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1369"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1369" w:hanging="355"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Gadinti ir pasisavinti mokyklos turtą.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00970D0B" w:rsidRDefault="00970D0B" w:rsidP="00970D0B">
+    <w:p w14:paraId="35E08F66" w14:textId="77777777" w:rsidR="00970D0B" w:rsidRDefault="00970D0B" w:rsidP="00970D0B">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1369"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="1369" w:hanging="355"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Savo asmeninį laisvalaikį leisti Mokyklos patalpose be mokytojo priežiūros.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00970D0B" w:rsidRPr="00970D0B" w:rsidRDefault="00970D0B" w:rsidP="00970D0B">
+    <w:p w14:paraId="02EA0B2F" w14:textId="77777777" w:rsidR="00970D0B" w:rsidRPr="00970D0B" w:rsidRDefault="00970D0B" w:rsidP="00970D0B">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0030630A" w:rsidRPr="00970D0B" w:rsidRDefault="00D02A2F" w:rsidP="00D02A2F">
+    <w:p w14:paraId="67BBB65B" w14:textId="77777777" w:rsidR="0030630A" w:rsidRPr="00970D0B" w:rsidRDefault="00D02A2F" w:rsidP="00D02A2F">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>V.</w:t>
       </w:r>
       <w:r w:rsidR="003B691C">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>MOKINIO</w:t>
       </w:r>
       <w:r w:rsidR="00970D0B" w:rsidRPr="00970D0B">
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-14"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00970D0B" w:rsidRPr="00970D0B">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>ELGESIO</w:t>
       </w:r>
       <w:r w:rsidR="00970D0B" w:rsidRPr="00970D0B">
         <w:rPr>
           <w:b/>
@@ -3172,136 +3170,136 @@
       </w:r>
       <w:r w:rsidR="00970D0B" w:rsidRPr="00970D0B">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>PERTRAUKŲ</w:t>
       </w:r>
       <w:r w:rsidR="00970D0B" w:rsidRPr="00970D0B">
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-11"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00970D0B" w:rsidRPr="00970D0B">
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>METU</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00970D0B" w:rsidRPr="00970D0B" w:rsidRDefault="00970D0B" w:rsidP="00970D0B">
+    <w:p w14:paraId="274FA850" w14:textId="77777777" w:rsidR="00970D0B" w:rsidRPr="00970D0B" w:rsidRDefault="00970D0B" w:rsidP="00970D0B">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:ind w:left="1080" w:firstLine="0"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00970D0B" w:rsidRDefault="00970D0B" w:rsidP="00970D0B">
+    <w:p w14:paraId="35F8DB15" w14:textId="77777777" w:rsidR="00970D0B" w:rsidRDefault="00970D0B" w:rsidP="00970D0B">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1446"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="284" w:right="135" w:firstLine="0"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">            34.Laikytis saugaus ir kultūringo elgesio reikalavimų Mokykloje ir jos teritorijoje (nebėgioti, nesistumdyti, netriukšmauti, nespardyti sienų, netrankyti durų, saugoti savo ir kitų </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>sveikatą).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00970D0B" w:rsidRDefault="00970D0B" w:rsidP="00970D0B">
+    <w:p w14:paraId="26F97C30" w14:textId="77777777" w:rsidR="00970D0B" w:rsidRDefault="00970D0B" w:rsidP="00970D0B">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1436"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="139" w:firstLine="0"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">                35. Esant laisvai pamokai netrukdyti kitų darbui (netriukšmauti koridoriuose), žaisti nepavojingus sau ir kitiems žaidimus.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00970D0B" w:rsidRPr="00970D0B" w:rsidRDefault="00970D0B" w:rsidP="00970D0B">
+    <w:p w14:paraId="4C1E02D2" w14:textId="77777777" w:rsidR="00970D0B" w:rsidRPr="00970D0B" w:rsidRDefault="00970D0B" w:rsidP="00970D0B">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1410"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:right="137"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">               </w:t>
       </w:r>
       <w:r w:rsidRPr="00970D0B">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>36.Mokiniai pažeidę šiuos reikalavimus, baudžiami Mokyklos tarybos nustatytomis bausmėmis. Už nusižengimus, kurie numatyti įstatymais baudžiama įstatymų nustatyta tvarka.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00970D0B" w:rsidRDefault="00970D0B" w:rsidP="00970D0B">
+    <w:p w14:paraId="365F13C6" w14:textId="77777777" w:rsidR="00970D0B" w:rsidRDefault="00970D0B" w:rsidP="00970D0B">
       <w:pPr>
         <w:ind w:left="719" w:right="422"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00970D0B" w:rsidRDefault="00970D0B" w:rsidP="00970D0B">
+    <w:p w14:paraId="78865277" w14:textId="77777777" w:rsidR="00970D0B" w:rsidRDefault="00970D0B" w:rsidP="00970D0B">
       <w:pPr>
         <w:ind w:left="719" w:right="422"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>VI.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-6"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00D02A2F">
         <w:rPr>
@@ -3335,60 +3333,60 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>IR</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-9"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>DRAUSMINIMAS</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00970D0B" w:rsidRDefault="00970D0B" w:rsidP="00970D0B">
+    <w:p w14:paraId="5416A0A1" w14:textId="77777777" w:rsidR="00970D0B" w:rsidRDefault="00970D0B" w:rsidP="00970D0B">
       <w:pPr>
         <w:pStyle w:val="Pagrindinistekstas"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00970D0B" w:rsidRPr="00970D0B" w:rsidRDefault="00970D0B" w:rsidP="00970D0B">
+    <w:p w14:paraId="031D3501" w14:textId="77777777" w:rsidR="00970D0B" w:rsidRPr="00970D0B" w:rsidRDefault="00970D0B" w:rsidP="00970D0B">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1374"/>
         </w:tabs>
         <w:spacing w:before="1"/>
         <w:ind w:left="47"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">              37. </w:t>
       </w:r>
       <w:r w:rsidRPr="00970D0B">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Mokiniai</w:t>
       </w:r>
       <w:r w:rsidRPr="00970D0B">
         <w:rPr>
           <w:spacing w:val="-2"/>
@@ -3434,164 +3432,164 @@
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00970D0B">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>ir</w:t>
       </w:r>
       <w:r w:rsidRPr="00970D0B">
         <w:rPr>
           <w:spacing w:val="-1"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00970D0B">
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>drausminami:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00970D0B" w:rsidRPr="00970D0B" w:rsidRDefault="00970D0B" w:rsidP="00970D0B">
+    <w:p w14:paraId="12872C27" w14:textId="77777777" w:rsidR="00970D0B" w:rsidRPr="00970D0B" w:rsidRDefault="00970D0B" w:rsidP="00970D0B">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1518"/>
         </w:tabs>
         <w:spacing w:before="136"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">               37.1.</w:t>
       </w:r>
       <w:r w:rsidRPr="00970D0B">
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> pedagogo;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00970D0B" w:rsidRPr="00970D0B" w:rsidRDefault="00970D0B" w:rsidP="00970D0B">
+    <w:p w14:paraId="66B57DE7" w14:textId="77777777" w:rsidR="00970D0B" w:rsidRPr="00970D0B" w:rsidRDefault="00970D0B" w:rsidP="00970D0B">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1518"/>
         </w:tabs>
         <w:spacing w:before="140"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">               37.2.</w:t>
       </w:r>
       <w:r w:rsidRPr="00970D0B">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Mokyklos</w:t>
       </w:r>
       <w:r w:rsidRPr="00970D0B">
         <w:rPr>
           <w:spacing w:val="-5"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00970D0B">
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>personalo;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00970D0B" w:rsidRPr="00970D0B" w:rsidRDefault="00970D0B" w:rsidP="00970D0B">
+    <w:p w14:paraId="5BABFE6D" w14:textId="77777777" w:rsidR="00970D0B" w:rsidRPr="00970D0B" w:rsidRDefault="00970D0B" w:rsidP="00970D0B">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1518"/>
         </w:tabs>
         <w:spacing w:before="136"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">               37.3.</w:t>
       </w:r>
       <w:r w:rsidRPr="00970D0B">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Mokyklos</w:t>
       </w:r>
       <w:r w:rsidRPr="00970D0B">
         <w:rPr>
           <w:spacing w:val="-4"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00970D0B">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>pedagogų</w:t>
       </w:r>
       <w:r w:rsidRPr="00970D0B">
         <w:rPr>
           <w:spacing w:val="-4"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00970D0B">
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>tarybos.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00970D0B" w:rsidRPr="00970D0B" w:rsidRDefault="00970D0B" w:rsidP="002B3296">
+    <w:p w14:paraId="704C90EF" w14:textId="77777777" w:rsidR="00970D0B" w:rsidRPr="00970D0B" w:rsidRDefault="00970D0B" w:rsidP="002B3296">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1338"/>
         </w:tabs>
         <w:spacing w:before="140"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00970D0B">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Skatinimo</w:t>
       </w:r>
       <w:r w:rsidRPr="00970D0B">
         <w:rPr>
           <w:spacing w:val="-1"/>
           <w:sz w:val="24"/>
         </w:rPr>
@@ -3602,51 +3600,51 @@
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>ir</w:t>
       </w:r>
       <w:r w:rsidRPr="00970D0B">
         <w:rPr>
           <w:spacing w:val="-1"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00970D0B">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">drausminimo </w:t>
       </w:r>
       <w:r w:rsidRPr="00970D0B">
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>formos:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00970D0B" w:rsidRPr="00970D0B" w:rsidRDefault="00970D0B" w:rsidP="002B3296">
+    <w:p w14:paraId="44610BE6" w14:textId="77777777" w:rsidR="00970D0B" w:rsidRPr="00970D0B" w:rsidRDefault="00970D0B" w:rsidP="002B3296">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:before="136"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">              38.1.</w:t>
       </w:r>
       <w:r w:rsidRPr="00970D0B">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>padėka</w:t>
       </w:r>
       <w:r w:rsidRPr="00970D0B">
         <w:rPr>
           <w:spacing w:val="-1"/>
           <w:sz w:val="24"/>
@@ -3665,101 +3663,101 @@
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00970D0B">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>ar</w:t>
       </w:r>
       <w:r w:rsidRPr="00970D0B">
         <w:rPr>
           <w:spacing w:val="-1"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00970D0B">
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>raštu;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00970D0B" w:rsidRPr="00970D0B" w:rsidRDefault="00970D0B" w:rsidP="00970D0B">
+    <w:p w14:paraId="5A123FC2" w14:textId="77777777" w:rsidR="00970D0B" w:rsidRPr="00970D0B" w:rsidRDefault="00970D0B" w:rsidP="00970D0B">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1518"/>
         </w:tabs>
         <w:spacing w:before="140"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">              38.2.</w:t>
       </w:r>
       <w:r w:rsidRPr="00970D0B">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>pastaba</w:t>
       </w:r>
       <w:r w:rsidRPr="00970D0B">
         <w:rPr>
           <w:spacing w:val="-3"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00970D0B">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>žodžiu ar</w:t>
       </w:r>
       <w:r w:rsidRPr="00970D0B">
         <w:rPr>
           <w:spacing w:val="-1"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00970D0B">
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>raštu;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00970D0B" w:rsidRPr="00970D0B" w:rsidRDefault="00970D0B" w:rsidP="00970D0B">
+    <w:p w14:paraId="0924E114" w14:textId="77777777" w:rsidR="00970D0B" w:rsidRPr="00970D0B" w:rsidRDefault="00970D0B" w:rsidP="00970D0B">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1518"/>
         </w:tabs>
         <w:spacing w:before="137"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">              38.3.</w:t>
       </w:r>
       <w:r w:rsidRPr="00970D0B">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>ugdytinio</w:t>
       </w:r>
       <w:r w:rsidRPr="00970D0B">
         <w:rPr>
           <w:spacing w:val="-4"/>
           <w:sz w:val="24"/>
@@ -3797,148 +3795,148 @@
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>pedagogui,</w:t>
       </w:r>
       <w:r w:rsidRPr="00970D0B">
         <w:rPr>
           <w:spacing w:val="-1"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00970D0B">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Mokyklos</w:t>
       </w:r>
       <w:r w:rsidRPr="00970D0B">
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> vadovams;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00970D0B" w:rsidRDefault="00970D0B" w:rsidP="00970D0B">
+    <w:p w14:paraId="66DB6972" w14:textId="77777777" w:rsidR="00970D0B" w:rsidRDefault="00970D0B" w:rsidP="00970D0B">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1518"/>
         </w:tabs>
         <w:spacing w:before="139"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">              38.4.</w:t>
       </w:r>
       <w:r w:rsidRPr="00970D0B">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>svarstymas</w:t>
       </w:r>
       <w:r w:rsidRPr="00970D0B">
         <w:rPr>
           <w:spacing w:val="-9"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00970D0B">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Mokyklos</w:t>
       </w:r>
       <w:r w:rsidRPr="00970D0B">
         <w:rPr>
           <w:spacing w:val="-6"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00970D0B">
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>taryboje.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00970D0B" w:rsidRDefault="00970D0B" w:rsidP="00970D0B">
+    <w:p w14:paraId="0A692890" w14:textId="77777777" w:rsidR="00970D0B" w:rsidRDefault="00970D0B" w:rsidP="00970D0B">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1518"/>
         </w:tabs>
         <w:spacing w:before="139"/>
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00970D0B" w:rsidRDefault="00970D0B" w:rsidP="00970D0B">
+    <w:p w14:paraId="7F45D03C" w14:textId="77777777" w:rsidR="00970D0B" w:rsidRDefault="00970D0B" w:rsidP="00970D0B">
       <w:pPr>
         <w:ind w:left="297" w:right="719"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>VII. BAIGIAMOSIOS</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> NUOSTATOS</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00970D0B" w:rsidRDefault="00970D0B" w:rsidP="00970D0B">
+    <w:p w14:paraId="34528948" w14:textId="77777777" w:rsidR="00970D0B" w:rsidRDefault="00970D0B" w:rsidP="00970D0B">
       <w:pPr>
         <w:pStyle w:val="Pagrindinistekstas"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00970D0B" w:rsidRPr="002B3296" w:rsidRDefault="002B3296" w:rsidP="002B3296">
+    <w:p w14:paraId="5D694FD1" w14:textId="77777777" w:rsidR="00970D0B" w:rsidRPr="002B3296" w:rsidRDefault="002B3296" w:rsidP="002B3296">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1374"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:right="405"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">               39.</w:t>
       </w:r>
       <w:r w:rsidR="00970D0B" w:rsidRPr="002B3296">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Su</w:t>
       </w:r>
       <w:r w:rsidR="00970D0B" w:rsidRPr="002B3296">
         <w:rPr>
           <w:spacing w:val="-5"/>
@@ -4003,51 +4001,51 @@
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>mokinius</w:t>
       </w:r>
       <w:r w:rsidR="00970D0B" w:rsidRPr="002B3296">
         <w:rPr>
           <w:spacing w:val="-6"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00970D0B" w:rsidRPr="002B3296">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>supažindina</w:t>
       </w:r>
       <w:r w:rsidR="00970D0B" w:rsidRPr="002B3296">
         <w:rPr>
           <w:spacing w:val="-6"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> per pirmąją naujų mokslo metų savaitę.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00970D0B" w:rsidRPr="002B3296" w:rsidRDefault="002B3296" w:rsidP="002B3296">
+    <w:p w14:paraId="2C27FBC3" w14:textId="77777777" w:rsidR="00970D0B" w:rsidRPr="002B3296" w:rsidRDefault="002B3296" w:rsidP="002B3296">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1374"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:right="405"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">                40.</w:t>
       </w:r>
       <w:r w:rsidR="00970D0B" w:rsidRPr="002B3296">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Mokinio</w:t>
       </w:r>
       <w:r w:rsidR="00970D0B" w:rsidRPr="002B3296">
         <w:rPr>
           <w:spacing w:val="-5"/>
@@ -4099,51 +4097,51 @@
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Mokyklos</w:t>
       </w:r>
       <w:r w:rsidR="00970D0B" w:rsidRPr="002B3296">
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00970D0B" w:rsidRPr="002B3296">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>interneto</w:t>
       </w:r>
       <w:r w:rsidR="00970D0B" w:rsidRPr="002B3296">
         <w:rPr>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> svetainėje ir pakabintos Mokyklos koridoriuje skelbimų lentoje.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00970D0B" w:rsidRPr="002B3296" w:rsidRDefault="002B3296" w:rsidP="002B3296">
+    <w:p w14:paraId="14F244D4" w14:textId="77777777" w:rsidR="00970D0B" w:rsidRPr="002B3296" w:rsidRDefault="002B3296" w:rsidP="002B3296">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1374"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:right="405"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">                41.</w:t>
       </w:r>
       <w:r w:rsidR="00D02A2F" w:rsidRPr="002B3296">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Mokinio</w:t>
       </w:r>
       <w:r w:rsidR="00D02A2F" w:rsidRPr="002B3296">
         <w:rPr>
           <w:spacing w:val="-4"/>
@@ -4227,51 +4225,51 @@
           <w:spacing w:val="-4"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00D02A2F" w:rsidRPr="002B3296">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>ir/ar</w:t>
       </w:r>
       <w:r w:rsidR="00D02A2F" w:rsidRPr="002B3296">
         <w:rPr>
           <w:spacing w:val="-3"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00D02A2F" w:rsidRPr="002B3296">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>kiti Mokyklos darbuotojai.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D02A2F" w:rsidRDefault="00D02A2F" w:rsidP="00D02A2F">
+    <w:p w14:paraId="2D473C74" w14:textId="77777777" w:rsidR="00D02A2F" w:rsidRDefault="00D02A2F" w:rsidP="00D02A2F">
       <w:pPr>
         <w:pStyle w:val="Pagrindinistekstas"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="8460"/>
         </w:tabs>
         <w:spacing w:before="155"/>
         <w:ind w:left="1500"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:softHyphen/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:softHyphen/>
       </w:r>
       <w:r>
         <w:rPr>
@@ -4325,238 +4323,237 @@
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:softHyphen/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:softHyphen/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:softHyphen/>
         <w:t>–––––––––––––––––––––––––––––––––––––––––––––––––––</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D02A2F" w:rsidRDefault="00D02A2F" w:rsidP="00D02A2F">
+    <w:p w14:paraId="20E6F3E7" w14:textId="77777777" w:rsidR="00D02A2F" w:rsidRDefault="00D02A2F" w:rsidP="00D02A2F">
       <w:pPr>
         <w:pStyle w:val="Pagrindinistekstas"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="8460"/>
         </w:tabs>
         <w:spacing w:before="155"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D02A2F" w:rsidRPr="007A79C8" w:rsidRDefault="00D02A2F" w:rsidP="00D02A2F">
+    <w:p w14:paraId="57279C84" w14:textId="77777777" w:rsidR="00D02A2F" w:rsidRPr="007A79C8" w:rsidRDefault="00D02A2F" w:rsidP="00D02A2F">
       <w:pPr>
         <w:pStyle w:val="Pagrindinistekstas"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="8460"/>
         </w:tabs>
         <w:spacing w:before="155"/>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:r w:rsidRPr="007A79C8">
         <w:t>SUDERINTA</w:t>
       </w:r>
       <w:r>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidRPr="007A79C8">
         <w:t xml:space="preserve"> Mokyklos tarybos pirmininkė Laima </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="007A79C8">
         <w:t>Zalanskienė</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w:rsidR="00D02A2F" w:rsidRPr="00D02A2F" w:rsidRDefault="00D02A2F" w:rsidP="00D02A2F">
+    <w:p w14:paraId="25AC4541" w14:textId="77777777" w:rsidR="00D02A2F" w:rsidRPr="00D02A2F" w:rsidRDefault="00D02A2F" w:rsidP="00D02A2F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1374"/>
         </w:tabs>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:right="405"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00970D0B" w:rsidRPr="00970D0B" w:rsidRDefault="00970D0B" w:rsidP="00970D0B">
+    <w:p w14:paraId="5CE98529" w14:textId="77777777" w:rsidR="00970D0B" w:rsidRPr="00970D0B" w:rsidRDefault="00970D0B" w:rsidP="00970D0B">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1518"/>
         </w:tabs>
         <w:spacing w:before="139"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00970D0B" w:rsidRDefault="00970D0B" w:rsidP="00970D0B">
+    <w:p w14:paraId="05A658BB" w14:textId="77777777" w:rsidR="00970D0B" w:rsidRDefault="00970D0B" w:rsidP="00970D0B">
       <w:pPr>
         <w:pStyle w:val="Sraopastraipa"/>
         <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00970D0B">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1701" w:right="567" w:bottom="1134" w:left="1701" w:header="567" w:footer="567" w:gutter="0"/>
       <w:cols w:space="1296"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00275D2D" w:rsidRDefault="00275D2D">
+    <w:p w14:paraId="4418F69E" w14:textId="77777777" w:rsidR="0019523E" w:rsidRDefault="0019523E">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00275D2D" w:rsidRDefault="00275D2D">
+    <w:p w14:paraId="54345478" w14:textId="77777777" w:rsidR="0019523E" w:rsidRDefault="0019523E">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
-    <w:charset w:val="BA"/>
+    <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Trebuchet MS">
-    <w:altName w:val="Trebuchet MS"/>
     <w:panose1 w:val="020B0603020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000687" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w:rsidR="00970D0B" w:rsidRDefault="00970D0B">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="1B6793E5" w14:textId="77777777" w:rsidR="00970D0B" w:rsidRDefault="00970D0B">
     <w:pPr>
       <w:pStyle w:val="Pagrindinistekstas"/>
       <w:spacing w:line="14" w:lineRule="auto"/>
       <w:ind w:left="0"/>
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:lang w:eastAsia="lt-LT"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="036CA2C8" wp14:editId="79AD8A1A">
+            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="205E76F3" wp14:editId="630605B7">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
                 <wp:posOffset>3975227</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:posOffset>9979581</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="163830" cy="196850"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="1" name="Textbox 1"/>
               <wp:cNvGraphicFramePr>
                 <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
               </wp:cNvGraphicFramePr>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1">
                       <a:spLocks/>
                     </wps:cNvSpPr>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="163830" cy="196850"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w:rsidR="00970D0B" w:rsidRDefault="00970D0B">
+                        <w:p w14:paraId="79163B95" w14:textId="77777777" w:rsidR="00970D0B" w:rsidRDefault="00970D0B">
                           <w:pPr>
                             <w:spacing w:before="20"/>
                             <w:ind w:left="60"/>
                             <w:rPr>
                               <w:rFonts w:ascii="Trebuchet MS"/>
                             </w:rPr>
                           </w:pPr>
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:ascii="Trebuchet MS"/>
                               <w:spacing w:val="-10"/>
                             </w:rPr>
                             <w:fldChar w:fldCharType="begin"/>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:ascii="Trebuchet MS"/>
                               <w:spacing w:val="-10"/>
                             </w:rPr>
                             <w:instrText xml:space="preserve"> PAGE </w:instrText>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:ascii="Trebuchet MS"/>
                               <w:spacing w:val="-10"/>
@@ -4636,70 +4633,70 @@
                         <w:spacing w:val="-10"/>
                       </w:rPr>
                       <w:t>1</w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Trebuchet MS"/>
                         <w:spacing w:val="-10"/>
                       </w:rPr>
                       <w:fldChar w:fldCharType="end"/>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00275D2D" w:rsidRDefault="00275D2D">
+    <w:p w14:paraId="5BE50269" w14:textId="77777777" w:rsidR="0019523E" w:rsidRDefault="0019523E">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00275D2D" w:rsidRDefault="00275D2D">
+    <w:p w14:paraId="6A9C40F9" w14:textId="77777777" w:rsidR="0019523E" w:rsidRDefault="0019523E">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0B60213E"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="E47E5B70"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="37"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="480" w:hanging="480"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="480" w:hanging="480"/>
       </w:pPr>
       <w:rPr>
@@ -5686,129 +5683,132 @@
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="8">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="9">
     <w:abstractNumId w:val="7"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="1296"/>
   <w:hyphenationZone w:val="396"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00970D0B"/>
+    <w:rsid w:val="0019523E"/>
     <w:rsid w:val="00275D2D"/>
     <w:rsid w:val="002B3296"/>
     <w:rsid w:val="0030630A"/>
     <w:rsid w:val="003B691C"/>
     <w:rsid w:val="0073334A"/>
     <w:rsid w:val="00970D0B"/>
+    <w:rsid w:val="0098202B"/>
     <w:rsid w:val="009B129A"/>
     <w:rsid w:val="00D02A2F"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="lt-LT"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="638A655B"/>
+  <w14:docId w14:val="06A35906"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{46C4299C-0B72-4794-9642-06D5410E3776}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="lt-LT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -5870,98 +5870,94 @@
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
@@ -6136,50 +6132,55 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="prastasis">
     <w:name w:val="Normal"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="00970D0B"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Numatytasispastraiposriftas">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="prastojilentel">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
@@ -6248,51 +6249,51 @@
     <w:unhideWhenUsed/>
     <w:rsid w:val="002B3296"/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="DebesliotekstasDiagrama">
     <w:name w:val="Debesėlio tekstas Diagrama"/>
     <w:basedOn w:val="Numatytasispastraiposriftas"/>
     <w:link w:val="Debesliotekstas"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="002B3296"/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="„Office“ tema">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
@@ -6524,55 +6525,55 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>4315</Words>
-  <Characters>2460</Characters>
+  <Words>1011</Words>
+  <Characters>5764</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>20</Lines>
+  <Lines>48</Lines>
   <Paragraphs>13</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Pavadinimas</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <CharactersWithSpaces>6762</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>