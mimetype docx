--- v0 (2025-11-25)
+++ v1 (2025-12-16)
@@ -1,206 +1,204 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w:rsidR="000E427B" w:rsidRPr="00474901" w:rsidRDefault="000E427B" w:rsidP="00C178CE">
+    <w:p w14:paraId="53F2858C" w14:textId="77777777" w:rsidR="000E427B" w:rsidRPr="00474901" w:rsidRDefault="000E427B" w:rsidP="00C178CE">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Harlow Solid Italic" w:hAnsi="Harlow Solid Italic"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-[...2 lines deleted...]
-    <w:p w:rsidR="00C178CE" w:rsidRPr="00474901" w:rsidRDefault="00474901" w:rsidP="00474901">
+    </w:p>
+    <w:p w14:paraId="19FA28D9" w14:textId="77777777" w:rsidR="00C178CE" w:rsidRPr="00474901" w:rsidRDefault="00474901" w:rsidP="00474901">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00474901">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">                                                                               </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">                 </w:t>
       </w:r>
       <w:r w:rsidR="00C178CE" w:rsidRPr="00474901">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>PATVIRTINTA</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C178CE" w:rsidRPr="00474901" w:rsidRDefault="00CA242C" w:rsidP="00CA242C">
+    <w:p w14:paraId="2CFDD045" w14:textId="77777777" w:rsidR="00C178CE" w:rsidRPr="00474901" w:rsidRDefault="00CA242C" w:rsidP="00CA242C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">                                                                                                              </w:t>
       </w:r>
       <w:r w:rsidR="00C178CE" w:rsidRPr="00474901">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Alytaus r.  meno ir sporto </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C178CE" w:rsidRPr="00474901" w:rsidRDefault="00C178CE" w:rsidP="00474901">
+    <w:p w14:paraId="202BACD4" w14:textId="77777777" w:rsidR="00C178CE" w:rsidRPr="00474901" w:rsidRDefault="00C178CE" w:rsidP="00474901">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00474901">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">                                                                                                 </w:t>
       </w:r>
       <w:r w:rsidR="00474901">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">       </w:t>
       </w:r>
       <w:r w:rsidRPr="00474901">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> mokyklos direktoriaus</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C178CE" w:rsidRPr="00474901" w:rsidRDefault="00C178CE" w:rsidP="00474901">
+    <w:p w14:paraId="4691F89D" w14:textId="77777777" w:rsidR="00C178CE" w:rsidRPr="00474901" w:rsidRDefault="00C178CE" w:rsidP="00474901">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00474901">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">                                                                                              </w:t>
       </w:r>
       <w:r w:rsidR="00474901">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">             </w:t>
       </w:r>
       <w:r w:rsidRPr="00474901">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">2023 m. gruodžio </w:t>
       </w:r>
       <w:r w:rsidR="001F78E2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>29</w:t>
       </w:r>
       <w:r w:rsidRPr="00474901">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">  d.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C178CE" w:rsidRPr="00474901" w:rsidRDefault="00C178CE" w:rsidP="00474901">
+    <w:p w14:paraId="68FB7055" w14:textId="77777777" w:rsidR="00C178CE" w:rsidRPr="00474901" w:rsidRDefault="00C178CE" w:rsidP="00474901">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00474901">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">                                                                                  </w:t>
       </w:r>
       <w:r w:rsidR="00474901">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">               </w:t>
       </w:r>
@@ -223,203 +221,203 @@
       <w:r w:rsidR="008D3C14">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00474901">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>įsakymu Nr. MV-</w:t>
       </w:r>
       <w:r w:rsidR="001F78E2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>59</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C178CE" w:rsidRPr="00474901" w:rsidRDefault="00C178CE" w:rsidP="00C178CE">
-[...8 lines deleted...]
-    <w:p w:rsidR="005458A5" w:rsidRDefault="00C178CE" w:rsidP="005458A5">
+    <w:p w14:paraId="111149CB" w14:textId="77777777" w:rsidR="00C178CE" w:rsidRPr="00474901" w:rsidRDefault="00C178CE" w:rsidP="00C178CE">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5F48AD36" w14:textId="77777777" w:rsidR="005458A5" w:rsidRDefault="00C178CE" w:rsidP="005458A5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C178CE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ALYTAUS R. MENO IR SPORTO MOKYKLOS </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C178CE" w:rsidRDefault="00C178CE" w:rsidP="005458A5">
+    <w:p w14:paraId="0229E0DD" w14:textId="77777777" w:rsidR="00C178CE" w:rsidRDefault="00C178CE" w:rsidP="005458A5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C178CE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>DARBUOTOJŲ VEIKSMŲ, KILUS GAISRUI, PLANAS</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00474901" w:rsidRPr="00C178CE" w:rsidRDefault="00474901" w:rsidP="00C178CE">
+    <w:p w14:paraId="1BA43583" w14:textId="77777777" w:rsidR="00474901" w:rsidRPr="00C178CE" w:rsidRDefault="00474901" w:rsidP="00C178CE">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C178CE" w:rsidRPr="00474901" w:rsidRDefault="00474901" w:rsidP="00C178CE">
+    <w:p w14:paraId="05A5910D" w14:textId="77777777" w:rsidR="00C178CE" w:rsidRPr="00474901" w:rsidRDefault="00474901" w:rsidP="00C178CE">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">                                                      </w:t>
       </w:r>
       <w:r w:rsidR="00C178CE" w:rsidRPr="00474901">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>I. GAISRO APTIKIMAS</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C178CE" w:rsidRPr="00474901" w:rsidRDefault="00C178CE" w:rsidP="00474901">
+    <w:p w14:paraId="3BBA5B84" w14:textId="77777777" w:rsidR="00C178CE" w:rsidRPr="00474901" w:rsidRDefault="00C178CE" w:rsidP="00474901">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00474901">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>1. Pirmas pastebėjęs gaisrą arba degimo požymius darbuotojas, jei yra saugu, privalo:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C178CE" w:rsidRPr="00474901" w:rsidRDefault="00474901" w:rsidP="00474901">
+    <w:p w14:paraId="7755AED7" w14:textId="77777777" w:rsidR="00C178CE" w:rsidRPr="00474901" w:rsidRDefault="00474901" w:rsidP="00474901">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">1.1. </w:t>
       </w:r>
       <w:r w:rsidR="00C178CE" w:rsidRPr="00474901">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Nedelsiant imtis veiksmų gesinti ugnies židinį. Užgesinęs ugnies židinį pirminėje</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C178CE" w:rsidRPr="00474901" w:rsidRDefault="00C178CE" w:rsidP="00474901">
+    <w:p w14:paraId="2D2170C8" w14:textId="77777777" w:rsidR="00C178CE" w:rsidRPr="00474901" w:rsidRDefault="00C178CE" w:rsidP="00474901">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00474901">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>stadijoje, apie tai informuoti mokyklos direktorių ir/arba darbuotoją, atsakingą už civilinę saugą.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C178CE" w:rsidRPr="00474901" w:rsidRDefault="00474901" w:rsidP="00474901">
+    <w:p w14:paraId="76F07A1A" w14:textId="77777777" w:rsidR="00C178CE" w:rsidRPr="00474901" w:rsidRDefault="00474901" w:rsidP="00474901">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>1.2.</w:t>
       </w:r>
       <w:r w:rsidR="00C178CE" w:rsidRPr="00474901">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Esant atvirai liepsnai ir jei savo jėgomis gaisro lokalizuoti nepavyksta</w:t>
       </w:r>
       <w:r w:rsidR="00D34E57">
@@ -449,746 +447,746 @@
       <w:r w:rsidR="00C178CE" w:rsidRPr="00474901">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">erduoti </w:t>
       </w:r>
       <w:r w:rsidR="00D34E57" w:rsidRPr="00D34E57">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">informaciją </w:t>
       </w:r>
       <w:r w:rsidR="00C178CE" w:rsidRPr="00474901">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> apie pavojų mokyklos administracijai. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C178CE" w:rsidRPr="00474901" w:rsidRDefault="00C178CE" w:rsidP="00474901">
+    <w:p w14:paraId="0289224C" w14:textId="77777777" w:rsidR="00C178CE" w:rsidRPr="00474901" w:rsidRDefault="00C178CE" w:rsidP="00474901">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00474901">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>2. Nedarbo metu, išeig</w:t>
       </w:r>
       <w:r w:rsidR="00474901">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>inėmis ir švenčių dienomis mokyklos</w:t>
       </w:r>
       <w:r w:rsidRPr="00474901">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> saugos sistema pajungiama prie </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C178CE" w:rsidRDefault="00C178CE" w:rsidP="00474901">
+    <w:p w14:paraId="61F571FC" w14:textId="77777777" w:rsidR="00C178CE" w:rsidRDefault="00C178CE" w:rsidP="00474901">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00474901">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>apsaugos signalizacijos ir</w:t>
       </w:r>
       <w:r w:rsidR="00D34E57">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> perduodama saugos tarnybai.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00474901" w:rsidRPr="00474901" w:rsidRDefault="00474901" w:rsidP="00474901">
-[...9 lines deleted...]
-    <w:p w:rsidR="00C178CE" w:rsidRDefault="00474901" w:rsidP="00474901">
+    <w:p w14:paraId="2022A91E" w14:textId="77777777" w:rsidR="00474901" w:rsidRPr="00474901" w:rsidRDefault="00474901" w:rsidP="00474901">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6CBEA2D6" w14:textId="77777777" w:rsidR="00C178CE" w:rsidRDefault="00474901" w:rsidP="00474901">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">                            </w:t>
       </w:r>
       <w:r w:rsidR="00D34E57">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">             </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
       <w:r w:rsidR="00C178CE" w:rsidRPr="00474901">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>II. PRANEŠIMAS APIE GAISRĄ</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00474901" w:rsidRPr="00474901" w:rsidRDefault="00474901" w:rsidP="00474901">
+    <w:p w14:paraId="6879DBC2" w14:textId="77777777" w:rsidR="00474901" w:rsidRPr="00474901" w:rsidRDefault="00474901" w:rsidP="00474901">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C178CE" w:rsidRPr="00474901" w:rsidRDefault="00CA242C" w:rsidP="00474901">
+    <w:p w14:paraId="25F09099" w14:textId="77777777" w:rsidR="00C178CE" w:rsidRPr="00474901" w:rsidRDefault="00CA242C" w:rsidP="00474901">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00D34E57">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">2.1. </w:t>
       </w:r>
       <w:r w:rsidR="00C178CE" w:rsidRPr="00474901">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Asmuo, pastebėjęs kilusį gaisrą, telefonu arba žodžiu praneša mokyklos administracijos </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C178CE" w:rsidRPr="00474901" w:rsidRDefault="00C178CE" w:rsidP="00474901">
+    <w:p w14:paraId="18E7FF5F" w14:textId="77777777" w:rsidR="00C178CE" w:rsidRPr="00474901" w:rsidRDefault="00C178CE" w:rsidP="00474901">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00474901">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">darbuotojoms arba už priešgaisrinę saugą atsakingam darbuotojui, kurie nedelsdami informuoja apie gaisrą Bendruoju pagalbos telefonu – 112. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C178CE" w:rsidRPr="00474901" w:rsidRDefault="00CA242C" w:rsidP="00474901">
+    <w:p w14:paraId="173CA56C" w14:textId="77777777" w:rsidR="00C178CE" w:rsidRPr="00474901" w:rsidRDefault="00CA242C" w:rsidP="00474901">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00D34E57">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>2.2.</w:t>
       </w:r>
       <w:r w:rsidR="00C178CE" w:rsidRPr="00474901">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Informacijos turinys: </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C178CE" w:rsidRPr="00474901" w:rsidRDefault="00C178CE" w:rsidP="00474901">
+    <w:p w14:paraId="0CA2E5C5" w14:textId="77777777" w:rsidR="00C178CE" w:rsidRPr="00474901" w:rsidRDefault="00C178CE" w:rsidP="00474901">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00474901">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>- kur įvyko (kuo tiksl</w:t>
       </w:r>
       <w:r w:rsidR="00474901">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>esnę įvykio vietą  Ežero g. 18, Daugai</w:t>
       </w:r>
       <w:r w:rsidRPr="00474901">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="00474901">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Alytaus rajonas, </w:t>
       </w:r>
       <w:r w:rsidRPr="00474901">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">gaisro kilimo vietą); </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C178CE" w:rsidRPr="00474901" w:rsidRDefault="00C178CE" w:rsidP="00474901">
+    <w:p w14:paraId="60557F9F" w14:textId="77777777" w:rsidR="00C178CE" w:rsidRPr="00474901" w:rsidRDefault="00C178CE" w:rsidP="00474901">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00474901">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">- kas įvyko (įvykio pobūdį); </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C178CE" w:rsidRPr="00474901" w:rsidRDefault="00C178CE" w:rsidP="00474901">
+    <w:p w14:paraId="4B0DD46C" w14:textId="77777777" w:rsidR="00C178CE" w:rsidRPr="00474901" w:rsidRDefault="00C178CE" w:rsidP="00474901">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00474901">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">- kada įvyko (laiką); </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C178CE" w:rsidRPr="00474901" w:rsidRDefault="00C178CE" w:rsidP="00474901">
+    <w:p w14:paraId="6C9B0F05" w14:textId="77777777" w:rsidR="00C178CE" w:rsidRPr="00474901" w:rsidRDefault="00C178CE" w:rsidP="00474901">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00474901">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">- grėsmę žmonėms, turtui ir aplinkai; </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C178CE" w:rsidRPr="00474901" w:rsidRDefault="00C178CE" w:rsidP="00474901">
+    <w:p w14:paraId="139C2037" w14:textId="77777777" w:rsidR="00C178CE" w:rsidRPr="00474901" w:rsidRDefault="00C178CE" w:rsidP="00474901">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00474901">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">- situacijos kaitą; </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C178CE" w:rsidRPr="00474901" w:rsidRDefault="00C178CE" w:rsidP="00474901">
+    <w:p w14:paraId="678C98F2" w14:textId="77777777" w:rsidR="00C178CE" w:rsidRPr="00474901" w:rsidRDefault="00C178CE" w:rsidP="00474901">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00474901">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>- pranešusiojo duomenis (vardą, pavardę, telefono Nr., buvimo vietą).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C178CE" w:rsidRPr="00474901" w:rsidRDefault="00CA242C" w:rsidP="00474901">
+    <w:p w14:paraId="17D47A3F" w14:textId="77777777" w:rsidR="00C178CE" w:rsidRPr="00474901" w:rsidRDefault="00CA242C" w:rsidP="00474901">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00D34E57">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>2.3</w:t>
       </w:r>
       <w:r w:rsidR="00C178CE" w:rsidRPr="00474901">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. Paaiškėjus, kad gaisras likviduotas savomis pajėgomis ir pavojus nebegresia, apie tai </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C178CE" w:rsidRPr="00474901" w:rsidRDefault="00C178CE" w:rsidP="00474901">
+    <w:p w14:paraId="4D627FCE" w14:textId="77777777" w:rsidR="00C178CE" w:rsidRPr="00474901" w:rsidRDefault="00C178CE" w:rsidP="00474901">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00474901">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>informuoti priešgaisrines pajėgas ir atšaukti iškvietimą.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CA242C" w:rsidRDefault="00CA242C" w:rsidP="00474901">
+    <w:p w14:paraId="56CDCF29" w14:textId="77777777" w:rsidR="00CA242C" w:rsidRDefault="00CA242C" w:rsidP="00474901">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2.4. S</w:t>
       </w:r>
       <w:r w:rsidRPr="00474901">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ignalą apie kilusį gaisrą duoda pirmas pastebėjęs gaisrą asmuo</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C178CE" w:rsidRPr="00474901" w:rsidRDefault="00CA242C" w:rsidP="00474901">
+    <w:p w14:paraId="3091431E" w14:textId="77777777" w:rsidR="00C178CE" w:rsidRPr="00474901" w:rsidRDefault="00CA242C" w:rsidP="00474901">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2.5.  U</w:t>
       </w:r>
       <w:r w:rsidRPr="00474901">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ž savalaikį ir tikslų pranešimą apie kilusį gaisrą atsakingi:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> administracijos darbuotojai,</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C178CE" w:rsidRPr="00474901" w:rsidRDefault="00CA242C" w:rsidP="00474901">
+    <w:p w14:paraId="4FC8ACF7" w14:textId="77777777" w:rsidR="00C178CE" w:rsidRPr="00474901" w:rsidRDefault="00CA242C" w:rsidP="00474901">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> u</w:t>
       </w:r>
       <w:r w:rsidR="00C178CE" w:rsidRPr="00474901">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ž priešgaisrinę saugą atsakingas darbuotojas</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D34E57" w:rsidRDefault="00D34E57" w:rsidP="00474901">
-[...9 lines deleted...]
-    <w:p w:rsidR="00C178CE" w:rsidRDefault="00D34E57" w:rsidP="00474901">
+    <w:p w14:paraId="60A05C1E" w14:textId="77777777" w:rsidR="00D34E57" w:rsidRDefault="00D34E57" w:rsidP="00474901">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="02FAC351" w14:textId="77777777" w:rsidR="00C178CE" w:rsidRDefault="00D34E57" w:rsidP="00474901">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">                                </w:t>
       </w:r>
       <w:r w:rsidR="00C178CE" w:rsidRPr="00D34E57">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>III. PERSONALO IR MOKSLEIVIŲ EVAKUACIJA</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D34E57" w:rsidRPr="00D34E57" w:rsidRDefault="00D34E57" w:rsidP="00474901">
+    <w:p w14:paraId="6923BAC9" w14:textId="77777777" w:rsidR="00D34E57" w:rsidRPr="00D34E57" w:rsidRDefault="00D34E57" w:rsidP="00474901">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C178CE" w:rsidRPr="00474901" w:rsidRDefault="00CA242C" w:rsidP="00474901">
+    <w:p w14:paraId="1AC1B25A" w14:textId="77777777" w:rsidR="00C178CE" w:rsidRPr="00474901" w:rsidRDefault="00CA242C" w:rsidP="00474901">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00D34E57">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>3.1.  Mokyklos darbuotojai, išgirdę</w:t>
       </w:r>
       <w:r w:rsidR="00C178CE" w:rsidRPr="00474901">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> signalą apie gaisrą (pvz. „Gaisras!“ ar „Dega!“), privalo nutraukti darbus/ pamokas, nepanikuodami, bet nedelsdami išeiti iš patalpos per artimiausią išėjimą.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C178CE" w:rsidRPr="00474901" w:rsidRDefault="00CA242C" w:rsidP="00474901">
+    <w:p w14:paraId="13E3DE72" w14:textId="77777777" w:rsidR="00C178CE" w:rsidRPr="00474901" w:rsidRDefault="00CA242C" w:rsidP="00474901">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00D34E57">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">3.2. </w:t>
       </w:r>
       <w:r w:rsidR="00C178CE" w:rsidRPr="00474901">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Mokyklos darbuotojai, atsakingi už moksleivių evakuaciją, turi nepanikuoti, bet </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C178CE" w:rsidRPr="00474901" w:rsidRDefault="00C178CE" w:rsidP="00474901">
+    <w:p w14:paraId="27D97449" w14:textId="77777777" w:rsidR="00C178CE" w:rsidRPr="00474901" w:rsidRDefault="00C178CE" w:rsidP="00474901">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00474901">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>nedelsdami išeiti iš patalpos ir išvesti moksleivius. Išeidami iš kabineto, uždaryti langus ir duris. Durų neužrakinti.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C178CE" w:rsidRPr="00474901" w:rsidRDefault="00CA242C" w:rsidP="00474901">
+    <w:p w14:paraId="5C4EE930" w14:textId="77777777" w:rsidR="00C178CE" w:rsidRPr="00474901" w:rsidRDefault="00CA242C" w:rsidP="00474901">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00D34E57">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>3.3.</w:t>
       </w:r>
       <w:r w:rsidR="00C178CE" w:rsidRPr="00474901">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Evakuaciniai išėjimai yra pažymėti pakabintuose evakuacijos planuose ir žymimi </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C178CE" w:rsidRPr="00474901" w:rsidRDefault="00C178CE" w:rsidP="00474901">
+    <w:p w14:paraId="5A54BA04" w14:textId="77777777" w:rsidR="00C178CE" w:rsidRPr="00474901" w:rsidRDefault="00C178CE" w:rsidP="00474901">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00474901">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ženklais.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C178CE" w:rsidRPr="00474901" w:rsidRDefault="00D34E57" w:rsidP="00474901">
+    <w:p w14:paraId="7F7114A6" w14:textId="77777777" w:rsidR="00C178CE" w:rsidRPr="00474901" w:rsidRDefault="00D34E57" w:rsidP="00474901">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>3.4</w:t>
       </w:r>
       <w:r w:rsidR="00C178CE" w:rsidRPr="00474901">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>. Evakuacinių išėjimų vi</w:t>
       </w:r>
       <w:r>
@@ -1212,789 +1210,771 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>„</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Įšėjimas</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>“.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C178CE" w:rsidRPr="00474901" w:rsidRDefault="00D34E57" w:rsidP="00474901">
+    <w:p w14:paraId="30322568" w14:textId="77777777" w:rsidR="00C178CE" w:rsidRPr="00474901" w:rsidRDefault="00D34E57" w:rsidP="00474901">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>3.5.</w:t>
       </w:r>
       <w:r w:rsidR="00C178CE" w:rsidRPr="00474901">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. Evakuacijos planuose pagrindiniai evakuaciniai išėjimai pažymėti ištisine žalia linija, </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C178CE" w:rsidRPr="00474901" w:rsidRDefault="00C178CE" w:rsidP="00474901">
+    <w:p w14:paraId="0ED1DF6D" w14:textId="77777777" w:rsidR="00C178CE" w:rsidRPr="00474901" w:rsidRDefault="00C178CE" w:rsidP="00474901">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00474901">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>atsarginiai – žalia punktyrine linija.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C178CE" w:rsidRPr="00474901" w:rsidRDefault="00D34E57" w:rsidP="00474901">
+    <w:p w14:paraId="24750781" w14:textId="77777777" w:rsidR="00C178CE" w:rsidRPr="00474901" w:rsidRDefault="00D34E57" w:rsidP="00474901">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>3.6</w:t>
       </w:r>
       <w:r w:rsidR="00C178CE" w:rsidRPr="00474901">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>. Jeigu evakuacijos metu visi keliai vienodai saugūs – nematyti nei ugnies, nei dūmų –</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C178CE" w:rsidRPr="00474901" w:rsidRDefault="00C178CE" w:rsidP="00474901">
+    <w:p w14:paraId="38ADAE77" w14:textId="77777777" w:rsidR="00C178CE" w:rsidRPr="00474901" w:rsidRDefault="00C178CE" w:rsidP="00474901">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00474901">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>išeinama per artimiausią evakuacinį išėjimą.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C178CE" w:rsidRPr="00474901" w:rsidRDefault="00D34E57" w:rsidP="00474901">
+    <w:p w14:paraId="7A0AD375" w14:textId="77777777" w:rsidR="00C178CE" w:rsidRPr="00474901" w:rsidRDefault="00D34E57" w:rsidP="00474901">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>3.7.</w:t>
       </w:r>
       <w:r w:rsidR="00C178CE" w:rsidRPr="00474901">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Jeigu evakuacinės durys užrakintos, reikia išdaužti raudonos spalvos dėžutės, kurioje </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C178CE" w:rsidRDefault="00C178CE" w:rsidP="00474901">
+    <w:p w14:paraId="0C5F339B" w14:textId="77777777" w:rsidR="00C178CE" w:rsidRDefault="00C178CE" w:rsidP="00474901">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00474901">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>laikomas raktas, apsauginį stiklą, raktu atrakinti evakuacines duris.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005458A5" w:rsidRDefault="005458A5" w:rsidP="00474901">
-[...39 lines deleted...]
-    <w:p w:rsidR="00C178CE" w:rsidRPr="00474901" w:rsidRDefault="00C178CE" w:rsidP="00474901">
+    <w:p w14:paraId="3B4B7DC7" w14:textId="77777777" w:rsidR="005458A5" w:rsidRDefault="005458A5" w:rsidP="00474901">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5A25052C" w14:textId="77777777" w:rsidR="005458A5" w:rsidRDefault="005458A5" w:rsidP="00474901">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="59444692" w14:textId="77777777" w:rsidR="005458A5" w:rsidRDefault="005458A5" w:rsidP="00474901">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2B5423DC" w14:textId="77777777" w:rsidR="005458A5" w:rsidRPr="00474901" w:rsidRDefault="005458A5" w:rsidP="00474901">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="55F07A13" w14:textId="77777777" w:rsidR="00C178CE" w:rsidRPr="00474901" w:rsidRDefault="00C178CE" w:rsidP="00474901">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00474901">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">3. </w:t>
       </w:r>
       <w:r w:rsidR="00D34E57">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">8. </w:t>
       </w:r>
       <w:r w:rsidRPr="00474901">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Jeigu reikia eiti per uždūmintą patalpą – tuomet eiti pasilenkus po dūmais, veidą </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C178CE" w:rsidRPr="00474901" w:rsidRDefault="00C178CE" w:rsidP="00474901">
+    <w:p w14:paraId="05880BDD" w14:textId="77777777" w:rsidR="00C178CE" w:rsidRPr="00474901" w:rsidRDefault="00C178CE" w:rsidP="00474901">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00474901">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>prisidengus drėgnu audeklu, arba šliaužti. Apačioje, po dūmais, lengviau kvėpuoti ir geriau matyti.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C178CE" w:rsidRPr="00474901" w:rsidRDefault="00D34E57" w:rsidP="00474901">
+    <w:p w14:paraId="4F3BD269" w14:textId="77777777" w:rsidR="00C178CE" w:rsidRPr="00474901" w:rsidRDefault="00D34E57" w:rsidP="00474901">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>3.9</w:t>
       </w:r>
       <w:r w:rsidR="00C178CE" w:rsidRPr="00474901">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. Jeigu durys, pro kurias reikia eiti yra uždarytos – tuomet reikia įsitikinti ar tas kelias </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C178CE" w:rsidRPr="00474901" w:rsidRDefault="00C178CE" w:rsidP="00474901">
+    <w:p w14:paraId="4503D7AB" w14:textId="77777777" w:rsidR="00C178CE" w:rsidRPr="00474901" w:rsidRDefault="00C178CE" w:rsidP="00474901">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00474901">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>saugus – duris praverti lėtai, ir jeigu už jų nematyti dūmų nei ugnies, eiti toliau. Jeigu durys pro kurias reikia eiti yra karštos – tuomet reikia eiti atsarginiu keliu.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C178CE" w:rsidRPr="00474901" w:rsidRDefault="00D34E57" w:rsidP="00474901">
+    <w:p w14:paraId="3F758693" w14:textId="77777777" w:rsidR="00C178CE" w:rsidRPr="00474901" w:rsidRDefault="00D34E57" w:rsidP="00474901">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>3.10.</w:t>
       </w:r>
       <w:r w:rsidR="00C178CE" w:rsidRPr="00474901">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Jeigu iš patalpos išeiti negalima – dūmai ar liepsna užblokavo išėjimus, būtina užsidaryti </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C178CE" w:rsidRPr="00474901" w:rsidRDefault="00C178CE" w:rsidP="00474901">
+    <w:p w14:paraId="1AB88BDF" w14:textId="77777777" w:rsidR="00C178CE" w:rsidRPr="00474901" w:rsidRDefault="00C178CE" w:rsidP="00474901">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00474901">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>patalpos duris ir pagal galimybes apkamšyti drėgnu skuduru, kad apsisaugoti nuo dūmų.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C178CE" w:rsidRPr="00474901" w:rsidRDefault="00D34E57" w:rsidP="00474901">
+    <w:p w14:paraId="34DAB504" w14:textId="77777777" w:rsidR="00C178CE" w:rsidRPr="00474901" w:rsidRDefault="00D34E57" w:rsidP="00474901">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>3.11.</w:t>
       </w:r>
       <w:r w:rsidR="00C178CE" w:rsidRPr="00474901">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Jeigu užsidegė rūbai, laikytis taisyklės: „Sustok, krisk ant žemės ir riskis“. Nepainioti</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C178CE" w:rsidRPr="00474901" w:rsidRDefault="00C178CE" w:rsidP="00474901">
+    <w:p w14:paraId="455F2D79" w14:textId="77777777" w:rsidR="00C178CE" w:rsidRPr="00474901" w:rsidRDefault="00C178CE" w:rsidP="00474901">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00474901">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>šios taisyklės su įsakymu bėgti iš gaisro vietos.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C178CE" w:rsidRPr="00474901" w:rsidRDefault="00D34E57" w:rsidP="00474901">
+    <w:p w14:paraId="6F605EAF" w14:textId="77777777" w:rsidR="00C178CE" w:rsidRPr="00474901" w:rsidRDefault="00D34E57" w:rsidP="00474901">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">3.12. </w:t>
       </w:r>
       <w:r w:rsidR="00C178CE" w:rsidRPr="00474901">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Sėkmingai išėję iš mokyklos pastato, darbuotojai ir moksleiviai turi nedelsdami </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C178CE" w:rsidRPr="00474901" w:rsidRDefault="00C178CE" w:rsidP="00474901">
+    <w:p w14:paraId="5F1D56B5" w14:textId="77777777" w:rsidR="00C178CE" w:rsidRPr="00474901" w:rsidRDefault="00C178CE" w:rsidP="00474901">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00474901">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>susirinkti sutartoje vietoje prie mokyklos, pažymėtoje ženklu „Surinkimo (susitikimo) vieta“</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C178CE" w:rsidRPr="00474901" w:rsidRDefault="00D34E57" w:rsidP="00474901">
+    <w:p w14:paraId="039456C4" w14:textId="77777777" w:rsidR="00C178CE" w:rsidRPr="00474901" w:rsidRDefault="00D34E57" w:rsidP="00474901">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>3.13.</w:t>
       </w:r>
       <w:r w:rsidR="00C178CE" w:rsidRPr="00474901">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Mokytojai privalo patikrinti, ar visi moksleiviai sėkmingai evakavosi ir informuoti </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C178CE" w:rsidRPr="00474901" w:rsidRDefault="00C178CE" w:rsidP="00474901">
+    <w:p w14:paraId="6CD15E17" w14:textId="77777777" w:rsidR="00C178CE" w:rsidRPr="00474901" w:rsidRDefault="00C178CE" w:rsidP="00474901">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00474901">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">mokyklos direktorių. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C178CE" w:rsidRPr="00474901" w:rsidRDefault="00D34E57" w:rsidP="00474901">
+    <w:p w14:paraId="37137DBC" w14:textId="77777777" w:rsidR="00C178CE" w:rsidRPr="00474901" w:rsidRDefault="00D34E57" w:rsidP="00474901">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>3.14.</w:t>
       </w:r>
       <w:r w:rsidR="00C178CE" w:rsidRPr="00474901">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Administracija privalo patikrinti ar visas personalas evakavosi. Informuoti mokyklos </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C178CE" w:rsidRPr="00474901" w:rsidRDefault="00C178CE" w:rsidP="00474901">
+    <w:p w14:paraId="01CB6600" w14:textId="77777777" w:rsidR="00C178CE" w:rsidRPr="00474901" w:rsidRDefault="00C178CE" w:rsidP="00474901">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00474901">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>direktorių.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C178CE" w:rsidRPr="00474901" w:rsidRDefault="00D34E57" w:rsidP="00474901">
+    <w:p w14:paraId="7314B329" w14:textId="77777777" w:rsidR="00C178CE" w:rsidRPr="00474901" w:rsidRDefault="00D34E57" w:rsidP="00474901">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">3.15. </w:t>
       </w:r>
       <w:r w:rsidR="00C178CE" w:rsidRPr="00474901">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Direktorius ar paskirtas asmuo, turi nedelsdamas registruoti sėkmingai iš patalpų </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C178CE" w:rsidRPr="00474901" w:rsidRDefault="00C178CE" w:rsidP="00474901">
+    <w:p w14:paraId="7C2A2FB1" w14:textId="77777777" w:rsidR="00C178CE" w:rsidRPr="00474901" w:rsidRDefault="00C178CE" w:rsidP="00474901">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00474901">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>išėjusius darbuotojus bei moksleivius. Skaičiavimo metu nustatoma ar pastate nėra likę žmonių.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C178CE" w:rsidRPr="00474901" w:rsidRDefault="00D34E57" w:rsidP="00474901">
+    <w:p w14:paraId="79749D8C" w14:textId="77777777" w:rsidR="00C178CE" w:rsidRPr="00474901" w:rsidRDefault="00D34E57" w:rsidP="00474901">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>3.16.</w:t>
       </w:r>
       <w:r w:rsidR="00C178CE" w:rsidRPr="00474901">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Esant šaltam metų sezonui ar nepalankioms gamtinėms sąlygoms, suregistravus </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C178CE" w:rsidRPr="00474901" w:rsidRDefault="00C178CE" w:rsidP="00474901">
+    <w:p w14:paraId="09CCF4A1" w14:textId="77777777" w:rsidR="00C178CE" w:rsidRPr="00474901" w:rsidRDefault="00C178CE" w:rsidP="00474901">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00474901">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">sėkmingai išėjusius žmonės, visi sueina į saugias mokyklos patalpas (jeigu jos yra saugios gaisro </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C178CE" w:rsidRPr="00474901" w:rsidRDefault="00D34E57" w:rsidP="00474901">
+    <w:p w14:paraId="16D18634" w14:textId="77777777" w:rsidR="00C178CE" w:rsidRPr="00474901" w:rsidRDefault="00D34E57" w:rsidP="00474901">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>atžvilgiu).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C178CE" w:rsidRPr="00474901" w:rsidRDefault="00D34E57" w:rsidP="00474901">
+    <w:p w14:paraId="7F1637D4" w14:textId="77777777" w:rsidR="00C178CE" w:rsidRPr="00474901" w:rsidRDefault="00D34E57" w:rsidP="00474901">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">3.17. </w:t>
       </w:r>
       <w:r w:rsidR="00C178CE" w:rsidRPr="00474901">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Grįžti į patalpas, kuriose pastebėtas gaisras </w:t>
       </w:r>
       <w:r w:rsidR="00F9746B" w:rsidRPr="00474901">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>draudžiama.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C178CE" w:rsidRPr="00474901" w:rsidRDefault="00F9746B" w:rsidP="00474901">
+    <w:p w14:paraId="1268B009" w14:textId="77777777" w:rsidR="00C178CE" w:rsidRPr="00474901" w:rsidRDefault="00F9746B" w:rsidP="00474901">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>3.18. U</w:t>
       </w:r>
       <w:r w:rsidRPr="00474901">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ž</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> personalo evakuaciją atsakingi</w:t>
       </w:r>
       <w:r w:rsidRPr="00474901">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> mokyklos administracijos darbuotojai.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C178CE" w:rsidRPr="00474901" w:rsidRDefault="00F9746B" w:rsidP="00474901">
+    <w:p w14:paraId="55361206" w14:textId="77777777" w:rsidR="00C178CE" w:rsidRPr="00474901" w:rsidRDefault="00F9746B" w:rsidP="00474901">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>3.19. U</w:t>
       </w:r>
       <w:r w:rsidRPr="00474901">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ž </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">moksleivių evakuaciją atsakingi </w:t>
       </w:r>
       <w:r w:rsidRPr="00474901">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>mokytojai, tuo metu ve</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">dantys </w:t>
-[...20 lines deleted...]
-    <w:p w:rsidR="00C178CE" w:rsidRDefault="00F9746B" w:rsidP="00474901">
+        <w:t>dantys užsiėmimus moksleiviams.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="165E5855" w14:textId="77777777" w:rsidR="00C178CE" w:rsidRDefault="00F9746B" w:rsidP="00474901">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>3.20. U</w:t>
       </w:r>
       <w:r w:rsidRPr="00474901">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ž personalo ir moksleivių registraciją</w:t>
       </w:r>
       <w:r>
@@ -2024,257 +2004,257 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>m</w:t>
       </w:r>
       <w:r w:rsidR="00C178CE" w:rsidRPr="00474901">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>okytojai</w:t>
       </w:r>
       <w:r w:rsidR="00CA242C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CA242C" w:rsidRPr="00474901" w:rsidRDefault="00CA242C" w:rsidP="00474901">
-[...9 lines deleted...]
-    <w:p w:rsidR="00C178CE" w:rsidRPr="00CA242C" w:rsidRDefault="00CA242C" w:rsidP="00474901">
+    <w:p w14:paraId="3C6F7ACA" w14:textId="77777777" w:rsidR="00CA242C" w:rsidRPr="00474901" w:rsidRDefault="00CA242C" w:rsidP="00474901">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1BC65CEB" w14:textId="77777777" w:rsidR="00C178CE" w:rsidRPr="00CA242C" w:rsidRDefault="00CA242C" w:rsidP="00474901">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CA242C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">                          </w:t>
       </w:r>
       <w:r w:rsidR="00C178CE" w:rsidRPr="00CA242C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>IV. MATERIALINIŲ VERTYBIŲ EVAKUAVIMAS</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CA242C" w:rsidRPr="00CA242C" w:rsidRDefault="00CA242C" w:rsidP="00474901">
+    <w:p w14:paraId="23E76C6E" w14:textId="77777777" w:rsidR="00CA242C" w:rsidRPr="00CA242C" w:rsidRDefault="00CA242C" w:rsidP="00474901">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C178CE" w:rsidRPr="00474901" w:rsidRDefault="00F9746B" w:rsidP="00474901">
+    <w:p w14:paraId="00376F43" w14:textId="77777777" w:rsidR="00C178CE" w:rsidRPr="00474901" w:rsidRDefault="00F9746B" w:rsidP="00474901">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00CA242C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>4.1.</w:t>
       </w:r>
       <w:r w:rsidR="00C178CE" w:rsidRPr="00474901">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Esant pavojui, kad gaisro metu gali nukentėti materialinės vertybės, baigus žmonių </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C178CE" w:rsidRPr="00474901" w:rsidRDefault="00C178CE" w:rsidP="00474901">
+    <w:p w14:paraId="69B412C3" w14:textId="77777777" w:rsidR="00C178CE" w:rsidRPr="00474901" w:rsidRDefault="00C178CE" w:rsidP="00474901">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00474901">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>evakuaciją, turi būti organizuojamas materialinių vertybių išnešimas į saugią zoną.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C178CE" w:rsidRPr="00474901" w:rsidRDefault="00F9746B" w:rsidP="00474901">
+    <w:p w14:paraId="3C40B03D" w14:textId="77777777" w:rsidR="00C178CE" w:rsidRPr="00474901" w:rsidRDefault="00F9746B" w:rsidP="00474901">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00CA242C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>4.2.</w:t>
       </w:r>
       <w:r w:rsidR="00C178CE" w:rsidRPr="00474901">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Jeigu patalpa neuždūminta, leidus gaisro gesinimo vadovui, formuojama iki 10 žmonių </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C178CE" w:rsidRPr="00474901" w:rsidRDefault="00C178CE" w:rsidP="00474901">
+    <w:p w14:paraId="18B5DD85" w14:textId="77777777" w:rsidR="00C178CE" w:rsidRPr="00474901" w:rsidRDefault="00C178CE" w:rsidP="00474901">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00474901">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>grupė, kuri išneša materialines vertybes rankomis.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C178CE" w:rsidRPr="00474901" w:rsidRDefault="00F9746B" w:rsidP="00474901">
+    <w:p w14:paraId="13FFE420" w14:textId="77777777" w:rsidR="00C178CE" w:rsidRPr="00474901" w:rsidRDefault="00F9746B" w:rsidP="00474901">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00CA242C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>4.3.</w:t>
       </w:r>
       <w:r w:rsidR="00C178CE" w:rsidRPr="00474901">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Mokyklos materialinių vertybių, kurias gaisro atveju būtina apsaugoti ar evakuoti, sąrašą </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C178CE" w:rsidRDefault="00C178CE" w:rsidP="00474901">
+    <w:p w14:paraId="5ADF6AED" w14:textId="77777777" w:rsidR="00C178CE" w:rsidRDefault="00C178CE" w:rsidP="00474901">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00474901">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">nustato mokyklos direktorius. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CA242C" w:rsidRPr="005458A5" w:rsidRDefault="00F9746B" w:rsidP="00474901">
+    <w:p w14:paraId="4815F4FE" w14:textId="77777777" w:rsidR="00CA242C" w:rsidRPr="005458A5" w:rsidRDefault="00F9746B" w:rsidP="00474901">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> 4.4. </w:t>
       </w:r>
       <w:r w:rsidRPr="00F9746B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Už materialinių vertybių evakavimą atsakingi:</w:t>
       </w:r>
       <w:r>
@@ -2360,1683 +2340,1668 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, s</w:t>
       </w:r>
       <w:r w:rsidRPr="00F9746B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ekretorė</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F9746B" w:rsidRPr="00CA242C" w:rsidRDefault="00F9746B" w:rsidP="00474901">
+    <w:p w14:paraId="0D648786" w14:textId="77777777" w:rsidR="00F9746B" w:rsidRPr="00CA242C" w:rsidRDefault="00F9746B" w:rsidP="00474901">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C178CE" w:rsidRPr="00CA242C" w:rsidRDefault="00CA242C" w:rsidP="00474901">
+    <w:p w14:paraId="64AFCB96" w14:textId="77777777" w:rsidR="00C178CE" w:rsidRPr="00CA242C" w:rsidRDefault="00CA242C" w:rsidP="00474901">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CA242C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">                                            </w:t>
       </w:r>
       <w:r w:rsidR="00C178CE" w:rsidRPr="00CA242C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>V. GAISRO GESINIMAS</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CA242C" w:rsidRPr="00CA242C" w:rsidRDefault="00CA242C" w:rsidP="00474901">
+    <w:p w14:paraId="47222444" w14:textId="77777777" w:rsidR="00CA242C" w:rsidRPr="00CA242C" w:rsidRDefault="00CA242C" w:rsidP="00474901">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C178CE" w:rsidRPr="00474901" w:rsidRDefault="005458A5" w:rsidP="00474901">
+    <w:p w14:paraId="03D61854" w14:textId="77777777" w:rsidR="00C178CE" w:rsidRPr="00474901" w:rsidRDefault="005458A5" w:rsidP="00474901">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00CA242C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>5.1</w:t>
       </w:r>
       <w:r w:rsidR="00C178CE" w:rsidRPr="00474901">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Pastebėjus gaisrą, jeigu gaisras yra tik pirminėje stadijoje, darbuotojai, apmokyti </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C178CE" w:rsidRPr="00474901" w:rsidRDefault="00F9746B" w:rsidP="00474901">
+    <w:p w14:paraId="476FF6E7" w14:textId="77777777" w:rsidR="00C178CE" w:rsidRPr="00474901" w:rsidRDefault="00F9746B" w:rsidP="00474901">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00C178CE" w:rsidRPr="00474901">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>naudotis pirminėmis gaisro gesinimo priemonėmis, privalo imtis priemonių gaisrui užgesinti.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C178CE" w:rsidRPr="00474901" w:rsidRDefault="005458A5" w:rsidP="00474901">
+    <w:p w14:paraId="2D5FD216" w14:textId="77777777" w:rsidR="00C178CE" w:rsidRPr="00474901" w:rsidRDefault="005458A5" w:rsidP="00474901">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00CA242C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>5.2</w:t>
       </w:r>
       <w:r w:rsidR="00C178CE" w:rsidRPr="00474901">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. Prieš gesinant elektros įrenginį, būtina išjungti įtampą degančiame ir šalia esančiame </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C178CE" w:rsidRPr="00474901" w:rsidRDefault="00C178CE" w:rsidP="00474901">
-[...23 lines deleted...]
-        <w:t>loka</w:t>
+    <w:p w14:paraId="500B6B7C" w14:textId="77777777" w:rsidR="00C178CE" w:rsidRPr="00474901" w:rsidRDefault="00C178CE" w:rsidP="00474901">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00474901">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>elektros įrenginyje. Jeigu nesuveikia automatiniai saugikliai, elektros tiekimą degančiam įrenginiui reikia išjungti rankiniu būdu (elektros skydinės loka</w:t>
       </w:r>
       <w:r w:rsidR="005458A5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>cijos</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>cijos nurodytos evakavimo plane</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00474901">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6127578D" w14:textId="77777777" w:rsidR="00C178CE" w:rsidRPr="00474901" w:rsidRDefault="00CA242C" w:rsidP="00474901">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>5.3</w:t>
+      </w:r>
+      <w:r w:rsidR="00C178CE" w:rsidRPr="00474901">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Jeigu to padaryti negalima, iki 1000 V veikiančius elektros įrenginius galima gesinti </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D569E74" w14:textId="77777777" w:rsidR="00C178CE" w:rsidRPr="00474901" w:rsidRDefault="00C178CE" w:rsidP="00474901">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00474901">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">angliarūgštės ar miltelių gesintuvais. Gesintuvo instrukcijoje yra pažymėta, ar leidžiama gesinti </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3F09A700" w14:textId="77777777" w:rsidR="005458A5" w:rsidRPr="00474901" w:rsidRDefault="00C178CE" w:rsidP="00474901">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00474901">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>veikiančius elektros įrenginius.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="70588330" w14:textId="77777777" w:rsidR="00C178CE" w:rsidRPr="00474901" w:rsidRDefault="00CA242C" w:rsidP="00474901">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>5.4.</w:t>
+      </w:r>
+      <w:r w:rsidR="00C178CE" w:rsidRPr="00474901">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Kad gesinantis darbuotojas nenukentėtų nuo elektros srovės, būtina laikytis saugaus 1 metro atstumo.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0EADC0A0" w14:textId="77777777" w:rsidR="00C178CE" w:rsidRPr="00474901" w:rsidRDefault="00CA242C" w:rsidP="00474901">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5.5.</w:t>
+      </w:r>
       <w:r w:rsidR="005458A5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> nurodytos evakavimo plane</w:t>
-[...113 lines deleted...]
-        <w:t xml:space="preserve"> 5.5.</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C178CE" w:rsidRPr="00474901">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ugnies gesintuvai paleidžiami tokiu būdu: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3AC37B17" w14:textId="77777777" w:rsidR="00C178CE" w:rsidRPr="00474901" w:rsidRDefault="00C178CE" w:rsidP="00474901">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00474901">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>• Nutraukite plombą ir ištraukite apsauginį kaištį;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7855E756" w14:textId="77777777" w:rsidR="00C178CE" w:rsidRPr="00474901" w:rsidRDefault="00C178CE" w:rsidP="00474901">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00474901">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>• Gesintuvo žarnelę su difuzoriumi nukreipkite į gaisro židinį;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1298C11C" w14:textId="77777777" w:rsidR="00C178CE" w:rsidRDefault="00C178CE" w:rsidP="00474901">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00474901">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>• Nuspauskite rankenėlę.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0935142F" w14:textId="77777777" w:rsidR="005458A5" w:rsidRDefault="005458A5" w:rsidP="00474901">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="54540DB7" w14:textId="77777777" w:rsidR="005458A5" w:rsidRDefault="005458A5" w:rsidP="00474901">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="379EF9A0" w14:textId="77777777" w:rsidR="005458A5" w:rsidRDefault="005458A5" w:rsidP="00474901">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="68DB484A" w14:textId="77777777" w:rsidR="005458A5" w:rsidRDefault="005458A5" w:rsidP="00474901">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3F711E91" w14:textId="77777777" w:rsidR="005458A5" w:rsidRDefault="005458A5" w:rsidP="00474901">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="71AE78CA" w14:textId="77777777" w:rsidR="005458A5" w:rsidRDefault="005458A5" w:rsidP="00474901">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4D5CCE99" w14:textId="77777777" w:rsidR="005458A5" w:rsidRPr="00474901" w:rsidRDefault="005458A5" w:rsidP="00474901">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C6EAF1A" w14:textId="77777777" w:rsidR="00C178CE" w:rsidRPr="00474901" w:rsidRDefault="00CA242C" w:rsidP="00474901">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5.6.</w:t>
       </w:r>
       <w:r w:rsidR="005458A5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00C178CE" w:rsidRPr="00474901">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Ugnies gesintuvai paleidžiami tokiu būdu: </w:t>
-[...141 lines deleted...]
-        <w:t xml:space="preserve"> 5.6.</w:t>
+        <w:t xml:space="preserve">Gesinant gesintuvu reikia stovėti tarp liepsnos ir išėjimo, kad būtų galimybė atsitraukti. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D406B63" w14:textId="77777777" w:rsidR="00C178CE" w:rsidRPr="00474901" w:rsidRDefault="00CA242C" w:rsidP="00474901">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5.7</w:t>
+      </w:r>
+      <w:r w:rsidR="00C178CE" w:rsidRPr="00474901">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Gesinimas pradedamas nuo intensyviausios degimo vietos. Reikia nuslopinti pagrindinę </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B648104" w14:textId="77777777" w:rsidR="00C178CE" w:rsidRPr="00474901" w:rsidRDefault="00C178CE" w:rsidP="00474901">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00474901">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>liepsną, o vėliau gesinamąja medžiaga padengti visą degantį paviršių.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="09B65E4F" w14:textId="77777777" w:rsidR="00C178CE" w:rsidRPr="00474901" w:rsidRDefault="00CA242C" w:rsidP="00474901">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5.8.</w:t>
+      </w:r>
+      <w:r w:rsidR="00C178CE" w:rsidRPr="00474901">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Jeigu yra keli gesintuvai, reikia juos panaudoti vienu metu, o ne kiekvieną iš eilės.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="344CA6E3" w14:textId="77777777" w:rsidR="00C178CE" w:rsidRPr="00474901" w:rsidRDefault="00CA242C" w:rsidP="00474901">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5.9.</w:t>
+      </w:r>
+      <w:r w:rsidR="00C178CE" w:rsidRPr="00474901">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Jeigu dega išsilieję skysčiai, reikia pradėti gesinti nuo artimiausio krašto, gesinamosios </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7BAB100D" w14:textId="77777777" w:rsidR="00C178CE" w:rsidRPr="00474901" w:rsidRDefault="00C178CE" w:rsidP="00474901">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00474901">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">medžiagos srovę nukreipiant į degantį skystį 15-30 laipsnių kampu. Reikia stengtis neištaškyti </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C93CEC3" w14:textId="77777777" w:rsidR="00C178CE" w:rsidRDefault="00C178CE" w:rsidP="00474901">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00474901">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>degančio skysčio. Gesintuvą reikia laikyti vertikaliai, kad nesu</w:t>
+      </w:r>
+      <w:r w:rsidR="00CA242C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">mažėtų gesinimo čiurkšlė. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7D6FFB68" w14:textId="77777777" w:rsidR="00C178CE" w:rsidRPr="00474901" w:rsidRDefault="00A329A4" w:rsidP="00474901">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5.10. G</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00474901">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">aisrą pirminėmis gaisro gesinimo priemonėmis gesina mokyklos darbuotojai, apmokyti naudotis pirminėmis gaisro </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ges</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00474901">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>inimo priemonėmis:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00474901">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>mokyklos ūkvedys</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00474901">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>pastatų ir patalpų priežiūros darbininkas</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00474901">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C0CCCA0" w14:textId="77777777" w:rsidR="00C178CE" w:rsidRPr="00474901" w:rsidRDefault="00A329A4" w:rsidP="00474901">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>5.11. U</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00474901">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ž elektros energijos tiekimo atjungimą atsakingi:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00474901">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>mokyklos ūkvedys</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, p</w:t>
+      </w:r>
+      <w:r w:rsidR="00C178CE" w:rsidRPr="00474901">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>astatų ir patalpų priežiūros darbininkas</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00C178CE" w:rsidRPr="00474901">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r w:rsidR="00C178CE" w:rsidRPr="00474901">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>varbu, kad gesinamąją medžiaga būtų padengtas visas degantis paviršius. Gesinimas turi būti nepertraukiamas – kol ištuštėja gesintuvas.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2212FC1B" w14:textId="77777777" w:rsidR="00C178CE" w:rsidRPr="00474901" w:rsidRDefault="00A329A4" w:rsidP="00474901">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>5.12</w:t>
+      </w:r>
+      <w:r w:rsidR="00F9746B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00C178CE" w:rsidRPr="00474901">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Jeigu nepavyksta užgesinti pe</w:t>
       </w:r>
       <w:r w:rsidR="005458A5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:t>r 8</w:t>
+      </w:r>
+      <w:r w:rsidR="00C178CE" w:rsidRPr="00474901">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-10 sekundžių (pirmu gesintuvu), reikia mesti </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D5E5373" w14:textId="77777777" w:rsidR="00C178CE" w:rsidRDefault="00C178CE" w:rsidP="00474901">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00474901">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>gesintuvą ir evakuotis iš degančios patalpos į lauką.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="36B45319" w14:textId="77777777" w:rsidR="00F9746B" w:rsidRPr="00474901" w:rsidRDefault="00F9746B" w:rsidP="00474901">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3EE4A446" w14:textId="77777777" w:rsidR="00C178CE" w:rsidRPr="00F9746B" w:rsidRDefault="00F9746B" w:rsidP="00474901">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                  </w:t>
+      </w:r>
+      <w:r w:rsidR="00C178CE" w:rsidRPr="00F9746B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>VI. GAISRO GESINIMO ORGANIZAVIMAS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="647EE220" w14:textId="77777777" w:rsidR="00F9746B" w:rsidRPr="00474901" w:rsidRDefault="00F9746B" w:rsidP="00474901">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="72B5D783" w14:textId="77777777" w:rsidR="00C178CE" w:rsidRPr="00474901" w:rsidRDefault="005458A5" w:rsidP="00474901">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>6.</w:t>
+      </w:r>
+      <w:r w:rsidR="00A329A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>1.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00C178CE" w:rsidRPr="00474901">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Gesinant gesintuvu reikia stovėti tarp liepsnos ir išėjimo, kad būtų galimybė atsitraukti. </w:t>
-[...183 lines deleted...]
-      <w:r>
+        <w:t xml:space="preserve">Kilus gaisrui ir baigus žmonių evakuaciją, mokyklos Ekstremaliųjų situacijų valdymo </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4519C064" w14:textId="77777777" w:rsidR="00C178CE" w:rsidRPr="00474901" w:rsidRDefault="00C178CE" w:rsidP="00474901">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00474901">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">grupės nariai (toliau - ESVG), atvyksta į </w:t>
+      </w:r>
+      <w:r w:rsidR="00A329A4" w:rsidRPr="00474901">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>susibūrimo vietą</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00474901">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, gaisro gesinimo organizavimui.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="07F6834A" w14:textId="77777777" w:rsidR="00C178CE" w:rsidRPr="00474901" w:rsidRDefault="00A329A4" w:rsidP="00474901">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>6.2</w:t>
+      </w:r>
+      <w:r w:rsidR="00C178CE" w:rsidRPr="00474901">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. ESVG vadovas įsitikinęs, kad ugniagesiai iškviesti, skiria asmenį, gerai pažįstantį </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="171761E3" w14:textId="77777777" w:rsidR="00C178CE" w:rsidRPr="00474901" w:rsidRDefault="00C178CE" w:rsidP="00474901">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00474901">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">objektą ir žinantį priešgaisrinių vandens telkinių vietas, priešgaisrinės apsaugos pajėgoms sutikti ir </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7712F72F" w14:textId="77777777" w:rsidR="00C178CE" w:rsidRPr="00474901" w:rsidRDefault="00C178CE" w:rsidP="00474901">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00474901">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Valstybinės priešgaisrinės gelbėjimo tarnybos gaisro gesinimo vadovui (toliau - GGV) konsultuoti. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2DA1CF58" w14:textId="77777777" w:rsidR="00C178CE" w:rsidRPr="00474901" w:rsidRDefault="00C178CE" w:rsidP="00474901">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00474901">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Šis asmuo laukia atvykstančių ugniagesių mokyklos teritorijos </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="339C33D1" w14:textId="77777777" w:rsidR="00C178CE" w:rsidRPr="00474901" w:rsidRDefault="00A329A4" w:rsidP="00474901">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>6.3</w:t>
+      </w:r>
+      <w:r w:rsidR="00C178CE" w:rsidRPr="00474901">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>. ESVG vadovas privalo:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A7CB265" w14:textId="77777777" w:rsidR="00C178CE" w:rsidRPr="00474901" w:rsidRDefault="00C178CE" w:rsidP="00474901">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00474901">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>• Sustabdyti darbus, kol neužgesintas gaisras;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6CD47B85" w14:textId="77777777" w:rsidR="00C178CE" w:rsidRPr="00474901" w:rsidRDefault="00C178CE" w:rsidP="00474901">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00474901">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>• Paskirti asmenis bei organizuoti neįgaliųjų žmonių evakuaciją.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2E938B50" w14:textId="77777777" w:rsidR="00C178CE" w:rsidRPr="00474901" w:rsidRDefault="00C178CE" w:rsidP="00474901">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00474901">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>• Prireikus iškviesti dujų ūkio, greitosios pagalbos ir kitas tarnybas;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D544869" w14:textId="77777777" w:rsidR="00C178CE" w:rsidRPr="00474901" w:rsidRDefault="00C178CE" w:rsidP="00474901">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00474901">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>• Organizuoti privažiavimo prie pastato kelių atlaisvinimą;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="556AE7DE" w14:textId="77777777" w:rsidR="00C178CE" w:rsidRPr="00474901" w:rsidRDefault="00C178CE" w:rsidP="00474901">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00474901">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>• Iškviesti atsakingą už elektros ūkį darbuotoją, kad prireikus būtų galima išjungti</w:t>
+      </w:r>
+      <w:r w:rsidR="00A329A4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00474901">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>mokyklos ūkvedys</w:t>
-[...25 lines deleted...]
-      <w:r w:rsidRPr="00474901">
+        <w:t>elektros tiekimą, vėdinimo sistemą;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="014E1614" w14:textId="77777777" w:rsidR="00C178CE" w:rsidRPr="00474901" w:rsidRDefault="00C178CE" w:rsidP="00474901">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00474901">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>• Nedelsiant iškviesti medicinos tarnybas, kol atvyks greitoji medicinos pagalba,</w:t>
+      </w:r>
+      <w:r w:rsidR="00A329A4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-    </w:p>
-[...25 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="00474901">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>organizuoti gaisro metu nukentėjusiems pirmosios medicinos pagalbos suteikimą, jų paruošimą</w:t>
+      </w:r>
+      <w:r w:rsidR="00A329A4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00474901">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>mokyklos ūkvedys</w:t>
-[...25 lines deleted...]
-      <w:r w:rsidR="00C178CE" w:rsidRPr="00474901">
+        <w:t>išvežimui į medicinos įstaigą.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2BB1BC5B" w14:textId="77777777" w:rsidR="00C178CE" w:rsidRPr="00474901" w:rsidRDefault="00C178CE" w:rsidP="00474901">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00474901">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>• Šaltuoju metų laiku organizuoti evakuotiems žmonės prieglobstį šiltose ir sausose</w:t>
+      </w:r>
+      <w:r w:rsidR="00A329A4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...147 lines deleted...]
-        <w:t>6.</w:t>
+      <w:r w:rsidRPr="00474901">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>patalpose;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5C93C6A6" w14:textId="77777777" w:rsidR="00C178CE" w:rsidRPr="00474901" w:rsidRDefault="00C178CE" w:rsidP="00474901">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00474901">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>• Neleisti personalui atlikti jokių veiksmų uždūmintoje gaisro zonoje, kad išvengti</w:t>
       </w:r>
       <w:r w:rsidR="00A329A4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>1.</w:t>
-[...6 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00C178CE" w:rsidRPr="00474901">
-[...235 lines deleted...]
-        <w:t>• Iškviesti atsakingą už elektros ūkį darbuotoją, kad prireikus būtų galima išjungti</w:t>
+      <w:r w:rsidRPr="00474901">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>apsinuodijimų degimo produktais.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C38C09C" w14:textId="77777777" w:rsidR="00C178CE" w:rsidRPr="00474901" w:rsidRDefault="005458A5" w:rsidP="00474901">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A329A4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...150 lines deleted...]
-        </w:rPr>
         <w:t>6.4</w:t>
       </w:r>
       <w:r w:rsidR="00C178CE" w:rsidRPr="00474901">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. Atvykus ugniagesiams, ESVG vadovas privalo informuoti GGV apie ugnies židinio </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C178CE" w:rsidRPr="00474901" w:rsidRDefault="00C178CE" w:rsidP="00474901">
+    <w:p w14:paraId="1841EADB" w14:textId="77777777" w:rsidR="00C178CE" w:rsidRPr="00474901" w:rsidRDefault="00C178CE" w:rsidP="00474901">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00474901">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>vietą, gaisro aplinkybes, žmonių evakavimą, apie galėjusius patalpose likti žmones.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C178CE" w:rsidRPr="00474901" w:rsidRDefault="00A329A4" w:rsidP="00474901">
+    <w:p w14:paraId="33DB804B" w14:textId="77777777" w:rsidR="00C178CE" w:rsidRPr="00474901" w:rsidRDefault="00A329A4" w:rsidP="00474901">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">6.5. </w:t>
       </w:r>
       <w:r w:rsidR="00C178CE" w:rsidRPr="00474901">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Mokyklos darbuotojas, esantis gaisro gesinimo štabe, privalo GGV konsultuoti apie </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C178CE" w:rsidRPr="00474901" w:rsidRDefault="00C178CE" w:rsidP="00474901">
+    <w:p w14:paraId="06D58196" w14:textId="77777777" w:rsidR="00C178CE" w:rsidRPr="00474901" w:rsidRDefault="00C178CE" w:rsidP="00474901">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00474901">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">specifines degančio objekto savybes, taip pat informuoti apie sprogstamų, nuodingų medžiagų kiekį </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C178CE" w:rsidRPr="00474901" w:rsidRDefault="00C178CE" w:rsidP="00474901">
+    <w:p w14:paraId="47D8FDC8" w14:textId="77777777" w:rsidR="00C178CE" w:rsidRPr="00474901" w:rsidRDefault="00C178CE" w:rsidP="00474901">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00474901">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ir jų laikymo vietą ir t.t.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C178CE" w:rsidRPr="00474901" w:rsidRDefault="00A329A4" w:rsidP="00474901">
+    <w:p w14:paraId="6A8CB486" w14:textId="77777777" w:rsidR="00C178CE" w:rsidRPr="00474901" w:rsidRDefault="00A329A4" w:rsidP="00474901">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">6.6. </w:t>
       </w:r>
       <w:r w:rsidR="00C178CE" w:rsidRPr="00474901">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">GGV ir kitų Valstybinės priešgaisrinės gelbėjimo pajėgų pareigūnų nurodymai gaisro </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C178CE" w:rsidRPr="00474901" w:rsidRDefault="00C178CE" w:rsidP="00474901">
+    <w:p w14:paraId="32F674D6" w14:textId="77777777" w:rsidR="00C178CE" w:rsidRPr="00474901" w:rsidRDefault="00C178CE" w:rsidP="00474901">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00474901">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">gesinimo metu yra privalomi visiems gaisravietėje esantiems žmonėms. Gaisro gesinimo metu </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005458A5" w:rsidRDefault="00C178CE" w:rsidP="00474901">
+    <w:p w14:paraId="33ED0EC2" w14:textId="77777777" w:rsidR="005458A5" w:rsidRDefault="00C178CE" w:rsidP="00474901">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="00474901">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>draudžiama trukdyti GGV ar kitų priešg</w:t>
       </w:r>
       <w:r>
         <w:t>aisrin</w:t>
       </w:r>
       <w:r w:rsidR="005458A5">
         <w:t>ės gelbėjimo pajėgų tarnautojams.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000E22C2" w:rsidRDefault="005458A5" w:rsidP="00474901">
+    <w:p w14:paraId="285BFA3A" w14:textId="77777777" w:rsidR="000E22C2" w:rsidRDefault="005458A5" w:rsidP="00474901">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">                                  ____________________________________________________</w:t>
       </w:r>
       <w:r w:rsidR="00A329A4">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="000E22C2" w:rsidSect="005458A5">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="426" w:right="849" w:bottom="0" w:left="1560" w:header="567" w:footer="567" w:gutter="0"/>
       <w:cols w:space="1296"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Harlow Solid Italic">
     <w:panose1 w:val="04030604020F02020D02"/>
     <w:charset w:val="00"/>
     <w:family w:val="decorative"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="1296"/>
   <w:hyphenationZone w:val="396"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00C178CE"/>
     <w:rsid w:val="000E22C2"/>
     <w:rsid w:val="000E427B"/>
     <w:rsid w:val="001F78E2"/>
     <w:rsid w:val="00474901"/>
     <w:rsid w:val="005458A5"/>
     <w:rsid w:val="007956B6"/>
     <w:rsid w:val="008D3C14"/>
     <w:rsid w:val="00A329A4"/>
     <w:rsid w:val="00C178CE"/>
     <w:rsid w:val="00CA242C"/>
     <w:rsid w:val="00D34E57"/>
+    <w:rsid w:val="00EE44CF"/>
     <w:rsid w:val="00F9746B"/>
     <w:rsid w:val="00FE3E0D"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="lt-LT"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
+  <w14:docId w14:val="3D827F48"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{439E6064-2AEB-4115-83D3-5DD8B8AD4357}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="lt-LT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -4098,98 +4063,94 @@
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
@@ -4364,50 +4325,55 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="prastasis">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Numatytasispastraiposriftas">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="prastojilentel">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
@@ -4441,51 +4407,51 @@
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="DebesliotekstasDiagrama">
     <w:name w:val="Debesėlio tekstas Diagrama"/>
     <w:basedOn w:val="Numatytasispastraiposriftas"/>
     <w:link w:val="Debesliotekstas"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="008D3C14"/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="„Office“ tema">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
@@ -4717,55 +4683,55 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>6617</Words>
-  <Characters>3773</Characters>
+  <Words>1550</Words>
+  <Characters>8840</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>31</Lines>
+  <Lines>73</Lines>
   <Paragraphs>20</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Pavadinimas</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>HP</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <CharactersWithSpaces>10370</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>