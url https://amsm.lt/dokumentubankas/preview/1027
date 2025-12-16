--- v0 (2025-11-25)
+++ v1 (2025-12-16)
@@ -1,510 +1,508 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w:rsidR="0017237B" w:rsidRPr="0017237B" w:rsidRDefault="00A72595" w:rsidP="00A72595">
+    <w:p w14:paraId="20875FD5" w14:textId="77777777" w:rsidR="0017237B" w:rsidRPr="0017237B" w:rsidRDefault="00A72595" w:rsidP="00A72595">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">                                                                                         </w:t>
       </w:r>
       <w:r w:rsidR="0017237B" w:rsidRPr="0017237B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>PATVIRTINTA</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0017237B" w:rsidRPr="0017237B" w:rsidRDefault="00A72595" w:rsidP="00A72595">
+    <w:p w14:paraId="04743F9B" w14:textId="77777777" w:rsidR="0017237B" w:rsidRPr="0017237B" w:rsidRDefault="00A72595" w:rsidP="00A72595">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">                                                                                                       </w:t>
       </w:r>
       <w:r w:rsidR="0017237B" w:rsidRPr="0017237B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Alytaus r.  meno ir sporto</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0017237B" w:rsidRPr="0017237B" w:rsidRDefault="00A72595" w:rsidP="00A72595">
+    <w:p w14:paraId="7AB8CCE3" w14:textId="77777777" w:rsidR="0017237B" w:rsidRPr="0017237B" w:rsidRDefault="00A72595" w:rsidP="00A72595">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">                                                                                                  </w:t>
       </w:r>
       <w:r w:rsidR="0017237B" w:rsidRPr="0017237B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>mokyklos direktoriaus</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0017237B" w:rsidRPr="0017237B" w:rsidRDefault="00A72595" w:rsidP="00A72595">
+    <w:p w14:paraId="1E99076B" w14:textId="77777777" w:rsidR="0017237B" w:rsidRPr="0017237B" w:rsidRDefault="00A72595" w:rsidP="00A72595">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">                                                                                                   </w:t>
       </w:r>
       <w:r w:rsidR="0017237B" w:rsidRPr="0017237B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>2022 m. gruodžio 30  d.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0017237B" w:rsidRPr="0017237B" w:rsidRDefault="00A72595" w:rsidP="00A72595">
+    <w:p w14:paraId="6FBE5D86" w14:textId="77777777" w:rsidR="0017237B" w:rsidRPr="0017237B" w:rsidRDefault="00A72595" w:rsidP="00A72595">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">                                                                                              </w:t>
       </w:r>
       <w:r w:rsidR="0017237B" w:rsidRPr="0017237B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>įsakymu Nr. MV-54</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0017237B" w:rsidRPr="0017237B" w:rsidRDefault="0017237B" w:rsidP="00A72595">
+    <w:p w14:paraId="7516CCB8" w14:textId="77777777" w:rsidR="0017237B" w:rsidRPr="0017237B" w:rsidRDefault="0017237B" w:rsidP="00A72595">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0017237B" w:rsidRDefault="0017237B" w:rsidP="0017237B"/>
-    <w:p w:rsidR="00C1488E" w:rsidRDefault="00C1488E" w:rsidP="00C1488E">
+    <w:p w14:paraId="06B8B68B" w14:textId="77777777" w:rsidR="0017237B" w:rsidRDefault="0017237B" w:rsidP="0017237B"/>
+    <w:p w14:paraId="773FA42C" w14:textId="77777777" w:rsidR="00C1488E" w:rsidRDefault="00C1488E" w:rsidP="00C1488E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ALYTAUS R. MENO IR SPORTO MOKYKLOS</w:t>
       </w:r>
       <w:r w:rsidR="00A72595">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0017237B" w:rsidRPr="0017237B" w:rsidRDefault="0017237B" w:rsidP="00C1488E">
+    <w:p w14:paraId="5F8A163B" w14:textId="77777777" w:rsidR="0017237B" w:rsidRPr="0017237B" w:rsidRDefault="0017237B" w:rsidP="00C1488E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0017237B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>GAISR</w:t>
       </w:r>
       <w:r w:rsidR="00A72595">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>INĖS SAUGOS INSTRUKCIJA</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0017237B" w:rsidRPr="0017237B" w:rsidRDefault="0017237B" w:rsidP="0017237B">
-[...9 lines deleted...]
-    <w:p w:rsidR="0017237B" w:rsidRPr="0017237B" w:rsidRDefault="0017237B" w:rsidP="0017237B">
+    <w:p w14:paraId="4F83C527" w14:textId="77777777" w:rsidR="0017237B" w:rsidRPr="0017237B" w:rsidRDefault="0017237B" w:rsidP="0017237B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0D2F3C58" w14:textId="77777777" w:rsidR="0017237B" w:rsidRPr="0017237B" w:rsidRDefault="0017237B" w:rsidP="0017237B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">                                       </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0017237B" w:rsidRDefault="0017237B" w:rsidP="0017237B">
+    <w:p w14:paraId="682AA0E8" w14:textId="77777777" w:rsidR="0017237B" w:rsidRDefault="0017237B" w:rsidP="0017237B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0017237B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">                                     I. BENDRIEJI REIKALAVIMAI</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0017237B" w:rsidRPr="0017237B" w:rsidRDefault="0017237B" w:rsidP="0017237B">
+    <w:p w14:paraId="466BD32D" w14:textId="77777777" w:rsidR="0017237B" w:rsidRPr="0017237B" w:rsidRDefault="0017237B" w:rsidP="0017237B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0017237B" w:rsidRPr="0017237B" w:rsidRDefault="0017237B" w:rsidP="008C78E5">
+    <w:p w14:paraId="31913898" w14:textId="77777777" w:rsidR="0017237B" w:rsidRPr="0017237B" w:rsidRDefault="0017237B" w:rsidP="008C78E5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Už Alytaus r. meno ir sporto </w:t>
       </w:r>
       <w:r w:rsidRPr="0017237B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>mokyklos gaisrinę saugą yra atsaki</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ngas įstaigos vadovo paskirtas </w:t>
       </w:r>
       <w:r w:rsidRPr="0017237B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>atsakingas asmuo. Jis privalo:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0017237B" w:rsidRPr="0017237B" w:rsidRDefault="0017237B" w:rsidP="008C78E5">
+    <w:p w14:paraId="2B34F17E" w14:textId="77777777" w:rsidR="0017237B" w:rsidRPr="0017237B" w:rsidRDefault="0017237B" w:rsidP="008C78E5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidRPr="0017237B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.1. užtikrinti gaisrinę saugą reglamentuojančių teisės aktų reikalavimų vykdymą objekte bei nustatyti gaisrinį režimą jame;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0017237B" w:rsidRPr="0017237B" w:rsidRDefault="0017237B" w:rsidP="008C78E5">
+    <w:p w14:paraId="2921332F" w14:textId="77777777" w:rsidR="0017237B" w:rsidRPr="0017237B" w:rsidRDefault="0017237B" w:rsidP="008C78E5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidRPr="0017237B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.2. organizuoti darbuotojų instruktavimą, mokymą ir atestavimą gaisrinės saugos klausimais;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0017237B" w:rsidRPr="0017237B" w:rsidRDefault="0017237B" w:rsidP="008C78E5">
+    <w:p w14:paraId="79B565B1" w14:textId="77777777" w:rsidR="0017237B" w:rsidRPr="0017237B" w:rsidRDefault="0017237B" w:rsidP="008C78E5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidRPr="0017237B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.3. garantuoti, kad vadovaujantis nurodytais reikalavimais būtų parengtos gaisrinės saugos instr</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ukcijos mokyklai</w:t>
       </w:r>
       <w:r w:rsidRPr="0017237B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0017237B" w:rsidRPr="0017237B" w:rsidRDefault="0017237B" w:rsidP="008C78E5">
+    <w:p w14:paraId="3F0B2C6A" w14:textId="77777777" w:rsidR="0017237B" w:rsidRPr="0017237B" w:rsidRDefault="0017237B" w:rsidP="008C78E5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidRPr="0017237B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.4. nedelsiant šalinti nustatytus gaisrinės saugos pažeidimus;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0017237B" w:rsidRPr="0017237B" w:rsidRDefault="0017237B" w:rsidP="008C78E5">
+    <w:p w14:paraId="2AB3B4C0" w14:textId="77777777" w:rsidR="0017237B" w:rsidRPr="0017237B" w:rsidRDefault="0017237B" w:rsidP="008C78E5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>1.5. aprūpinti mokyklą</w:t>
       </w:r>
       <w:r w:rsidRPr="0017237B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> reikiamomis gaisro gesinimo priemonėmis;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0017237B" w:rsidRPr="0017237B" w:rsidRDefault="00A67C41" w:rsidP="008C78E5">
+    <w:p w14:paraId="4B2A0636" w14:textId="77777777" w:rsidR="0017237B" w:rsidRPr="0017237B" w:rsidRDefault="00A67C41" w:rsidP="008C78E5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidR="0017237B" w:rsidRPr="0017237B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">.6. užtikrinti, </w:t>
       </w:r>
@@ -519,215 +517,215 @@
       <w:r w:rsidR="0017237B" w:rsidRPr="0017237B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>pri</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>emonės būtų techniškai tvarkingos</w:t>
       </w:r>
       <w:r w:rsidR="0017237B" w:rsidRPr="0017237B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> ir veiktų;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0017237B" w:rsidRPr="0017237B" w:rsidRDefault="00A67C41" w:rsidP="008C78E5">
+    <w:p w14:paraId="263D2501" w14:textId="77777777" w:rsidR="0017237B" w:rsidRPr="0017237B" w:rsidRDefault="00A67C41" w:rsidP="008C78E5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidR="0017237B" w:rsidRPr="0017237B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.7. vykdyti valstybinės priešgaisrinės priežiūros pareigūnų teisėtus nurodymus;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0017237B" w:rsidRPr="0017237B" w:rsidRDefault="00A67C41" w:rsidP="008C78E5">
+    <w:p w14:paraId="12C1539C" w14:textId="77777777" w:rsidR="0017237B" w:rsidRPr="0017237B" w:rsidRDefault="00A67C41" w:rsidP="008C78E5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidR="0017237B" w:rsidRPr="0017237B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.8. įstatymų nustatytais atvejais leisti Valstybinės pr</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">iešgaisrinės gelbėjimo tarnybos pareigūnams </w:t>
       </w:r>
       <w:r w:rsidR="0017237B" w:rsidRPr="0017237B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>apžiūrėti ir patikrinti įstaigos patalpas;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0017237B" w:rsidRPr="0017237B" w:rsidRDefault="00A67C41" w:rsidP="008C78E5">
+    <w:p w14:paraId="1DB13CA6" w14:textId="77777777" w:rsidR="0017237B" w:rsidRPr="0017237B" w:rsidRDefault="00A67C41" w:rsidP="008C78E5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidR="0017237B" w:rsidRPr="0017237B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">.9. teikti valstybinę priešgaisrinę priežiūrą vykdantiems pareigūnams </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">informaciją, reikalingą gaisrų </w:t>
       </w:r>
       <w:r w:rsidR="0017237B" w:rsidRPr="0017237B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>prevencijos priemonėms objekte nustatyti.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0017237B" w:rsidRPr="0017237B" w:rsidRDefault="00D670B5" w:rsidP="008C78E5">
+    <w:p w14:paraId="33706FE4" w14:textId="77777777" w:rsidR="0017237B" w:rsidRPr="0017237B" w:rsidRDefault="00D670B5" w:rsidP="008C78E5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidR="00A67C41">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>10.</w:t>
       </w:r>
       <w:r w:rsidR="00A67C41">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Kiekvienas Alytaus r. meno ir sporto</w:t>
       </w:r>
       <w:r w:rsidR="0017237B" w:rsidRPr="0017237B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> mokyklos darbuotojas privalo:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0017237B" w:rsidRPr="0017237B" w:rsidRDefault="00D670B5" w:rsidP="008C78E5">
+    <w:p w14:paraId="7B815185" w14:textId="77777777" w:rsidR="0017237B" w:rsidRPr="0017237B" w:rsidRDefault="00D670B5" w:rsidP="008C78E5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidR="0017237B" w:rsidRPr="0017237B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.1</w:t>
       </w:r>
@@ -758,51 +756,51 @@
       <w:r w:rsidR="00A72595">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0017237B" w:rsidRPr="0017237B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>susipažinti su g</w:t>
       </w:r>
       <w:r w:rsidR="00A67C41">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>aisrinės saugos instrukcijomis;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0017237B" w:rsidRPr="0017237B" w:rsidRDefault="00A72595" w:rsidP="008C78E5">
+    <w:p w14:paraId="2B215766" w14:textId="77777777" w:rsidR="0017237B" w:rsidRPr="0017237B" w:rsidRDefault="00A72595" w:rsidP="008C78E5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidR="0017237B" w:rsidRPr="0017237B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
@@ -817,380 +815,380 @@
       <w:r w:rsidR="0017237B" w:rsidRPr="0017237B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>2. griežtai laikytis gaisrinio režimo, vykdyti vadovų bei asmenų</w:t>
       </w:r>
       <w:r w:rsidR="00A67C41">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, atsakingų už gaisrinę saugą, </w:t>
       </w:r>
       <w:r w:rsidR="0017237B" w:rsidRPr="0017237B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>nurodymus;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0017237B" w:rsidRPr="0017237B" w:rsidRDefault="00A72595" w:rsidP="008C78E5">
+    <w:p w14:paraId="3922B61A" w14:textId="77777777" w:rsidR="0017237B" w:rsidRPr="0017237B" w:rsidRDefault="00A72595" w:rsidP="008C78E5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>1.10</w:t>
       </w:r>
       <w:r w:rsidR="0017237B" w:rsidRPr="0017237B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.3. darbo metu naudotis tvarkingomis darbo priemonėmis;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0017237B" w:rsidRPr="0017237B" w:rsidRDefault="00A72595" w:rsidP="008C78E5">
+    <w:p w14:paraId="03B0D951" w14:textId="77777777" w:rsidR="0017237B" w:rsidRPr="0017237B" w:rsidRDefault="00A72595" w:rsidP="008C78E5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidR="0017237B" w:rsidRPr="0017237B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>10.</w:t>
       </w:r>
       <w:r w:rsidR="0017237B" w:rsidRPr="0017237B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>4. mokėti naudotis darbo vietoje esančiomis gaisro gesinimo priemonėmis;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0017237B" w:rsidRPr="0017237B" w:rsidRDefault="00A72595" w:rsidP="008C78E5">
+    <w:p w14:paraId="328DB20C" w14:textId="77777777" w:rsidR="0017237B" w:rsidRPr="0017237B" w:rsidRDefault="00A72595" w:rsidP="008C78E5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>1.10</w:t>
       </w:r>
       <w:r w:rsidR="0017237B" w:rsidRPr="0017237B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.5. žinoti gaisro gesinimo, signalizacijos ir ryšio priemonių naudojimo taisykles;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0017237B" w:rsidRDefault="00A72595" w:rsidP="008C78E5">
+    <w:p w14:paraId="00F443FD" w14:textId="77777777" w:rsidR="0017237B" w:rsidRDefault="00A72595" w:rsidP="008C78E5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>1.10</w:t>
       </w:r>
       <w:r w:rsidR="0017237B" w:rsidRPr="0017237B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.6. nesudaryti sąlygų, galinčių sukelti gaisrą.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A67C41" w:rsidRPr="0017237B" w:rsidRDefault="00A67C41" w:rsidP="0017237B">
-[...9 lines deleted...]
-    <w:p w:rsidR="0017237B" w:rsidRPr="00A67C41" w:rsidRDefault="00A67C41" w:rsidP="0017237B">
+    <w:p w14:paraId="35E0FB48" w14:textId="77777777" w:rsidR="00A67C41" w:rsidRPr="0017237B" w:rsidRDefault="00A67C41" w:rsidP="0017237B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1314BFBE" w14:textId="77777777" w:rsidR="0017237B" w:rsidRPr="00A67C41" w:rsidRDefault="00A67C41" w:rsidP="0017237B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A67C41">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">                                      II</w:t>
       </w:r>
       <w:r w:rsidR="0017237B" w:rsidRPr="00A67C41">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>. STATINIAI IR PATALPOS</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A67C41" w:rsidRPr="0017237B" w:rsidRDefault="00A67C41" w:rsidP="0017237B">
-[...9 lines deleted...]
-    <w:p w:rsidR="0017237B" w:rsidRPr="0017237B" w:rsidRDefault="00A67C41" w:rsidP="008C78E5">
+    <w:p w14:paraId="1E0C9F03" w14:textId="77777777" w:rsidR="00A67C41" w:rsidRPr="0017237B" w:rsidRDefault="00A67C41" w:rsidP="0017237B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="653CF866" w14:textId="77777777" w:rsidR="0017237B" w:rsidRPr="0017237B" w:rsidRDefault="00A67C41" w:rsidP="008C78E5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>2.1</w:t>
       </w:r>
       <w:r w:rsidR="0017237B" w:rsidRPr="0017237B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>. Naudojant statinius privaloma laikytis gaisrinę saugą reglamentuo</w:t>
       </w:r>
       <w:r w:rsidR="0066632E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">jančių teisės aktų reikalavimų </w:t>
       </w:r>
       <w:r w:rsidR="0017237B" w:rsidRPr="0017237B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>per visą ekonomiškai pagrįstą statinio naudojimo trukmę.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0017237B" w:rsidRPr="0017237B" w:rsidRDefault="0066632E" w:rsidP="008C78E5">
+    <w:p w14:paraId="6F1257BD" w14:textId="77777777" w:rsidR="0017237B" w:rsidRPr="0017237B" w:rsidRDefault="0066632E" w:rsidP="008C78E5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>2.2</w:t>
       </w:r>
       <w:r w:rsidR="0017237B" w:rsidRPr="0017237B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>. Evakuacija turi būti vykdoma per du išėjimus: pagrindinį ir atsarginį</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. Jų keliai turi būti pažymėti </w:t>
       </w:r>
       <w:r w:rsidR="0017237B" w:rsidRPr="0017237B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>evakuaciniame plane pakabintame prie išėjimo durų.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0017237B" w:rsidRPr="0017237B" w:rsidRDefault="0066632E" w:rsidP="008C78E5">
+    <w:p w14:paraId="2DBCE313" w14:textId="77777777" w:rsidR="0017237B" w:rsidRPr="0017237B" w:rsidRDefault="0066632E" w:rsidP="008C78E5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>2.3</w:t>
       </w:r>
       <w:r w:rsidR="0017237B" w:rsidRPr="0017237B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>. Evakuacijos keliai ir išėjimai, avariniai išėjimai turi būti laisvi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, neužkrauti, parengti žmonėms </w:t>
       </w:r>
       <w:r w:rsidR="0017237B" w:rsidRPr="0017237B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">evakuoti bet kuriuo paros metu. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0017237B" w:rsidRPr="0017237B" w:rsidRDefault="0066632E" w:rsidP="008C78E5">
+    <w:p w14:paraId="42601BA8" w14:textId="77777777" w:rsidR="0017237B" w:rsidRPr="0017237B" w:rsidRDefault="0066632E" w:rsidP="008C78E5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>2.4</w:t>
       </w:r>
       <w:r w:rsidR="0017237B" w:rsidRPr="0017237B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>. Evakuacijos kelių grindų danga turi būti pritvirtinta.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0017237B" w:rsidRPr="0017237B" w:rsidRDefault="0066632E" w:rsidP="008C78E5">
+    <w:p w14:paraId="7C11C801" w14:textId="77777777" w:rsidR="0017237B" w:rsidRPr="0017237B" w:rsidRDefault="0066632E" w:rsidP="008C78E5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>2.5</w:t>
       </w:r>
       <w:r w:rsidR="0017237B" w:rsidRPr="0017237B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>. Koridoriuose, laiptinėse ir ant durų evakuaciniuose išėjimuos</w:t>
       </w:r>
@@ -1221,691 +1219,691 @@
       <w:r w:rsidR="0017237B" w:rsidRPr="0017237B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">kurių bent vienas </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">turi būti gerai matomas iš bet kurio </w:t>
       </w:r>
       <w:r w:rsidR="0017237B" w:rsidRPr="0017237B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>evakuacijos kelio taško.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0017237B" w:rsidRPr="0017237B" w:rsidRDefault="0066632E" w:rsidP="0017237B">
+    <w:p w14:paraId="5132D59C" w14:textId="77777777" w:rsidR="0017237B" w:rsidRPr="0017237B" w:rsidRDefault="0066632E" w:rsidP="0017237B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>2.6</w:t>
       </w:r>
       <w:r w:rsidR="0017237B" w:rsidRPr="0017237B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. Evakuacijos krypties ženklai turi būti </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="0017237B" w:rsidRPr="0017237B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>fotoliuminescenciniai</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="0017237B" w:rsidRPr="0017237B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> arba šviesiniai. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0017237B" w:rsidRPr="0017237B" w:rsidRDefault="0066632E" w:rsidP="008C78E5">
+    <w:p w14:paraId="26399645" w14:textId="77777777" w:rsidR="0017237B" w:rsidRPr="0017237B" w:rsidRDefault="0066632E" w:rsidP="008C78E5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>2.7</w:t>
       </w:r>
       <w:r w:rsidR="0017237B" w:rsidRPr="0017237B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>. Šviesiniai gaisrinės saugos ženklai privalo turėti avarinį energijo</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">s šaltinį, užtikrinantį ženklo </w:t>
       </w:r>
       <w:r w:rsidR="0017237B" w:rsidRPr="0017237B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>veikimą dingus elektros įtampai. Būtina periodiškai tikrinti, ar šviesiniai ženklai gerai ir efektyviai veikia.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0017237B" w:rsidRPr="0017237B" w:rsidRDefault="0066632E" w:rsidP="008C78E5">
+    <w:p w14:paraId="0A468B51" w14:textId="77777777" w:rsidR="0017237B" w:rsidRPr="0017237B" w:rsidRDefault="0066632E" w:rsidP="008C78E5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>2.8</w:t>
       </w:r>
       <w:r w:rsidR="0017237B" w:rsidRPr="0017237B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>. Virš durų evakuaciniuose išėjimuose iš patalpų, turi būti įrengti išėjimo krypties ženklai</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="008C78E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0017237B" w:rsidRPr="0017237B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">tvirtinami 2-2,5 m virš grindų. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0017237B" w:rsidRPr="0017237B" w:rsidRDefault="0066632E" w:rsidP="008C78E5">
+    <w:p w14:paraId="4F5B6962" w14:textId="77777777" w:rsidR="0017237B" w:rsidRPr="0017237B" w:rsidRDefault="0066632E" w:rsidP="008C78E5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>2.9.</w:t>
       </w:r>
       <w:r w:rsidR="0017237B" w:rsidRPr="0017237B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Rūkyti galima tik tam tikslui skirtose ženklais pažymėtose ir tinkamai įrengtose vietose, kuriose yra nedegus indas nuorūkoms. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0017237B" w:rsidRPr="0017237B" w:rsidRDefault="0066632E" w:rsidP="008C78E5">
+    <w:p w14:paraId="00E6AEF8" w14:textId="77777777" w:rsidR="0017237B" w:rsidRPr="0017237B" w:rsidRDefault="0066632E" w:rsidP="008C78E5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>2.10</w:t>
       </w:r>
       <w:r w:rsidR="0017237B" w:rsidRPr="0017237B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>. Suveikus pavojaus signalui, darbuotojai ir klientai turi būti eva</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">kuojami iš pastato naudojantis </w:t>
       </w:r>
       <w:r w:rsidR="0017237B" w:rsidRPr="0017237B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>laip</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>tais.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0017237B" w:rsidRPr="0017237B" w:rsidRDefault="0066632E" w:rsidP="008C78E5">
+    <w:p w14:paraId="2CD315D2" w14:textId="77777777" w:rsidR="0017237B" w:rsidRPr="0017237B" w:rsidRDefault="0066632E" w:rsidP="008C78E5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>2.11</w:t>
       </w:r>
       <w:r w:rsidR="0017237B" w:rsidRPr="0017237B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>. Darbo metu daiktai ir kitos prekės turi būti kraunamos ir iškraunamos taip</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, kad netrukdytų </w:t>
       </w:r>
       <w:r w:rsidR="0017237B" w:rsidRPr="0017237B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>žmonėms išeiti iš pastato.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0017237B" w:rsidRPr="0066632E" w:rsidRDefault="0017237B" w:rsidP="008C78E5">
+    <w:p w14:paraId="38F8D5D5" w14:textId="77777777" w:rsidR="0017237B" w:rsidRPr="0066632E" w:rsidRDefault="0017237B" w:rsidP="008C78E5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0017237B" w:rsidRDefault="0066632E" w:rsidP="008C78E5">
+    <w:p w14:paraId="3D3028BB" w14:textId="77777777" w:rsidR="0017237B" w:rsidRDefault="0066632E" w:rsidP="008C78E5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0066632E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">                                         III</w:t>
       </w:r>
       <w:r w:rsidR="0017237B" w:rsidRPr="0066632E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>. ELEKTROS ĮRENGINIAI</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0066632E" w:rsidRPr="0066632E" w:rsidRDefault="0066632E" w:rsidP="008C78E5">
+    <w:p w14:paraId="7B974FB8" w14:textId="77777777" w:rsidR="0066632E" w:rsidRPr="0066632E" w:rsidRDefault="0066632E" w:rsidP="008C78E5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0017237B" w:rsidRPr="0017237B" w:rsidRDefault="0066632E" w:rsidP="008C78E5">
+    <w:p w14:paraId="76DA321D" w14:textId="77777777" w:rsidR="0017237B" w:rsidRPr="0017237B" w:rsidRDefault="0066632E" w:rsidP="008C78E5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>3.1.</w:t>
       </w:r>
       <w:r w:rsidR="0017237B" w:rsidRPr="0017237B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Pastebėjus elektros tinklų ir įrenginių gedimus, sukeliančius kib</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">irkščiavimą, kabelių, laidų ir </w:t>
       </w:r>
       <w:r w:rsidR="0017237B" w:rsidRPr="0017237B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>variklių kaitimą, būtina juos nedelsiant išjungti ir pašalinti gedimus.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0017237B" w:rsidRPr="0017237B" w:rsidRDefault="0066632E" w:rsidP="008C78E5">
+    <w:p w14:paraId="2BC16E82" w14:textId="77777777" w:rsidR="0017237B" w:rsidRPr="0017237B" w:rsidRDefault="0066632E" w:rsidP="008C78E5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>3.2</w:t>
       </w:r>
       <w:r w:rsidR="0017237B" w:rsidRPr="0017237B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>. Elektros energija išjungiama iš elektros skydinės.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0017237B" w:rsidRPr="0017237B" w:rsidRDefault="0066632E" w:rsidP="008C78E5">
+    <w:p w14:paraId="36B94153" w14:textId="77777777" w:rsidR="0017237B" w:rsidRPr="0017237B" w:rsidRDefault="0066632E" w:rsidP="008C78E5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>3.3.</w:t>
       </w:r>
       <w:r w:rsidR="0017237B" w:rsidRPr="0017237B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Praėjimai prie elektros skydinių turi būti tvarkingi ir neužkraut</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">i. Juose ir 1 m atstumu nuo jų </w:t>
       </w:r>
       <w:r w:rsidR="0017237B" w:rsidRPr="0017237B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>draudžiama laikyti bet kokias medžiagas.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0017237B" w:rsidRPr="0017237B" w:rsidRDefault="0017237B" w:rsidP="008C78E5">
+    <w:p w14:paraId="7C0BEDA8" w14:textId="77777777" w:rsidR="0017237B" w:rsidRPr="0017237B" w:rsidRDefault="0017237B" w:rsidP="008C78E5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0017237B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>3.</w:t>
       </w:r>
       <w:r w:rsidR="0066632E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">4. </w:t>
       </w:r>
       <w:r w:rsidRPr="0017237B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Elektros šviestuvai turi būti su nedegiais gaubtais arba metalinia</w:t>
       </w:r>
       <w:r w:rsidR="0066632E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">is tinkleliais. Šiems elektros </w:t>
       </w:r>
       <w:r w:rsidRPr="0017237B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>šviestuvams ir kitiems elektros įrenginiams turi būti naudojami tik lankstūs kabeliai.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0017237B" w:rsidRPr="0017237B" w:rsidRDefault="0066632E" w:rsidP="008C78E5">
+    <w:p w14:paraId="70A9446F" w14:textId="77777777" w:rsidR="0017237B" w:rsidRPr="0017237B" w:rsidRDefault="0066632E" w:rsidP="008C78E5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>3.5</w:t>
       </w:r>
       <w:r w:rsidR="0017237B" w:rsidRPr="0017237B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="0017237B" w:rsidRPr="00D670B5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Eksploatuojant elektros įrenginius draudžiama:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0017237B" w:rsidRPr="0017237B" w:rsidRDefault="0066632E" w:rsidP="008C78E5">
+    <w:p w14:paraId="28B340A6" w14:textId="77777777" w:rsidR="0017237B" w:rsidRPr="0017237B" w:rsidRDefault="0066632E" w:rsidP="008C78E5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>3.5</w:t>
       </w:r>
       <w:r w:rsidR="0017237B" w:rsidRPr="0017237B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.1. šildyti patalpas nestandartiniais (savo gamybos) elektros prietaisais;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0017237B" w:rsidRPr="0017237B" w:rsidRDefault="0066632E" w:rsidP="008C78E5">
+    <w:p w14:paraId="7FC3F08D" w14:textId="77777777" w:rsidR="0017237B" w:rsidRPr="0017237B" w:rsidRDefault="0066632E" w:rsidP="008C78E5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>3.5</w:t>
       </w:r>
       <w:r w:rsidR="0017237B" w:rsidRPr="0017237B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.2. naudoti netvarkingus elektros kištukinius lizdus;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0017237B" w:rsidRPr="0017237B" w:rsidRDefault="0066632E" w:rsidP="008C78E5">
+    <w:p w14:paraId="1AF03FAB" w14:textId="77777777" w:rsidR="0017237B" w:rsidRPr="0017237B" w:rsidRDefault="0066632E" w:rsidP="008C78E5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>3.5</w:t>
       </w:r>
       <w:r w:rsidR="0017237B" w:rsidRPr="0017237B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">.3. elektros lempas, šviesos </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="0017237B" w:rsidRPr="0017237B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>sklaidytuvus</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="0017237B" w:rsidRPr="0017237B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, šildytuvus uždengti degiomis medžiagomis;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0017237B" w:rsidRPr="0017237B" w:rsidRDefault="0066632E" w:rsidP="008C78E5">
+    <w:p w14:paraId="0DC75313" w14:textId="77777777" w:rsidR="0017237B" w:rsidRPr="0017237B" w:rsidRDefault="0066632E" w:rsidP="008C78E5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>3.5</w:t>
       </w:r>
       <w:r w:rsidR="0017237B" w:rsidRPr="0017237B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.4. į kištukinius lizdus jungti elektros prietaisus, kurie viršija leistiną galią;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0017237B" w:rsidRPr="0017237B" w:rsidRDefault="0066632E" w:rsidP="008C78E5">
+    <w:p w14:paraId="32CAAC1C" w14:textId="77777777" w:rsidR="0017237B" w:rsidRPr="0017237B" w:rsidRDefault="0066632E" w:rsidP="008C78E5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidR="0017237B" w:rsidRPr="0017237B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.5.</w:t>
       </w:r>
@@ -1920,1097 +1918,1097 @@
       <w:r w:rsidR="0017237B" w:rsidRPr="0017237B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> naudoti elektros lygintuvus, virykles, virdulius, šildymo prietai</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">sus tam tikslui nepritaikytose </w:t>
       </w:r>
       <w:r w:rsidR="0017237B" w:rsidRPr="0017237B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>vietose ir palikti juos įjungtus be priežiūros, išskyrus automatiškai valdomus elektros prietaisus;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0017237B" w:rsidRPr="0017237B" w:rsidRDefault="0066632E" w:rsidP="008C78E5">
+    <w:p w14:paraId="24398E75" w14:textId="77777777" w:rsidR="0017237B" w:rsidRPr="0017237B" w:rsidRDefault="0066632E" w:rsidP="008C78E5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>3.5</w:t>
       </w:r>
       <w:r w:rsidR="0017237B" w:rsidRPr="0017237B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.6. kabinti šviestuvus ir kitus daiktus tiesiog ant elektros laidų ir kabelių;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0017237B" w:rsidRPr="0017237B" w:rsidRDefault="0066632E" w:rsidP="008C78E5">
+    <w:p w14:paraId="4F1AE1A4" w14:textId="77777777" w:rsidR="0017237B" w:rsidRPr="0017237B" w:rsidRDefault="0066632E" w:rsidP="008C78E5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>3.5</w:t>
       </w:r>
       <w:r w:rsidR="0017237B" w:rsidRPr="0017237B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.7. naudoti nekalibruotus ir savo gamybos saugiklius;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0017237B" w:rsidRPr="0017237B" w:rsidRDefault="0066632E" w:rsidP="008C78E5">
+    <w:p w14:paraId="554F20D3" w14:textId="77777777" w:rsidR="0017237B" w:rsidRPr="0017237B" w:rsidRDefault="0066632E" w:rsidP="008C78E5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>3.5</w:t>
       </w:r>
       <w:r w:rsidR="0017237B" w:rsidRPr="0017237B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.8. naudoti elektros šviestuvus su nuimtais apsauginiais gaubtais ir neužsandarinta armatūra;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0017237B" w:rsidRPr="0017237B" w:rsidRDefault="0066632E" w:rsidP="008C78E5">
+    <w:p w14:paraId="57AB2D18" w14:textId="77777777" w:rsidR="0017237B" w:rsidRPr="0017237B" w:rsidRDefault="0066632E" w:rsidP="008C78E5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>3.5</w:t>
       </w:r>
       <w:r w:rsidR="0017237B" w:rsidRPr="0017237B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.9. naudoti laidus ir kabelius su pažeista arba eksploatavimo metu dielekt</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">rinių savybių netekusia </w:t>
       </w:r>
       <w:r w:rsidR="0017237B" w:rsidRPr="0017237B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>izoliacine medžiaga;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0017237B" w:rsidRPr="0017237B" w:rsidRDefault="00D670B5" w:rsidP="008C78E5">
+    <w:p w14:paraId="5CEDE7E1" w14:textId="77777777" w:rsidR="0017237B" w:rsidRPr="0017237B" w:rsidRDefault="00D670B5" w:rsidP="008C78E5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>3.5</w:t>
       </w:r>
       <w:r w:rsidR="0017237B" w:rsidRPr="0017237B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.10. tiesiogiai prikalti lai</w:t>
       </w:r>
       <w:r w:rsidR="008C78E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>dus ir kabelius;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0017237B" w:rsidRPr="0017237B" w:rsidRDefault="008C78E5" w:rsidP="008C78E5">
+    <w:p w14:paraId="2DE58DBD" w14:textId="77777777" w:rsidR="0017237B" w:rsidRPr="0017237B" w:rsidRDefault="008C78E5" w:rsidP="008C78E5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>3.5.11. e</w:t>
       </w:r>
       <w:r w:rsidR="0017237B" w:rsidRPr="0017237B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>lektros skydinės turi būti švarios, jose draudžiama laikyt</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>i kitus įrenginius ar medžiagas;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0017237B" w:rsidRPr="0017237B" w:rsidRDefault="00D670B5" w:rsidP="008C78E5">
+    <w:p w14:paraId="5A7B4DD2" w14:textId="77777777" w:rsidR="0017237B" w:rsidRPr="0017237B" w:rsidRDefault="00D670B5" w:rsidP="008C78E5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidR="00304FA0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="008C78E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>5.12. a</w:t>
       </w:r>
       <w:r w:rsidR="0017237B" w:rsidRPr="0017237B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>psaugos nuo žaibo įrenginiai turi būti techniškai tvarkingi ir tikrinami jų įrengimą reglamentuojančiuose teisės aktuose nustatyta tvarka.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A72595" w:rsidRDefault="00A72595" w:rsidP="0017237B">
+    <w:p w14:paraId="47655A0A" w14:textId="77777777" w:rsidR="00A72595" w:rsidRDefault="00A72595" w:rsidP="0017237B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A72595" w:rsidRDefault="00A72595" w:rsidP="0017237B">
+    <w:p w14:paraId="163C08ED" w14:textId="77777777" w:rsidR="00A72595" w:rsidRDefault="00A72595" w:rsidP="0017237B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0017237B" w:rsidRDefault="00A72595" w:rsidP="0017237B">
+    <w:p w14:paraId="182F3707" w14:textId="77777777" w:rsidR="0017237B" w:rsidRDefault="00A72595" w:rsidP="0017237B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">       </w:t>
       </w:r>
       <w:r w:rsidR="00304FA0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">                         </w:t>
       </w:r>
       <w:r w:rsidR="00D670B5" w:rsidRPr="00D670B5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">  I</w:t>
       </w:r>
       <w:r w:rsidR="0017237B" w:rsidRPr="00D670B5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>V. MEDŽIAGŲ SANDĖLIAVIMAS</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D670B5" w:rsidRPr="00D670B5" w:rsidRDefault="00D670B5" w:rsidP="0017237B">
+    <w:p w14:paraId="665ED398" w14:textId="77777777" w:rsidR="00D670B5" w:rsidRPr="00D670B5" w:rsidRDefault="00D670B5" w:rsidP="0017237B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0017237B" w:rsidRPr="0017237B" w:rsidRDefault="00304FA0" w:rsidP="008C78E5">
+    <w:p w14:paraId="5EE85611" w14:textId="77777777" w:rsidR="0017237B" w:rsidRPr="0017237B" w:rsidRDefault="00304FA0" w:rsidP="008C78E5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>4.1</w:t>
       </w:r>
       <w:r w:rsidR="0017237B" w:rsidRPr="0017237B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. Medžiagos turi būti laikomos grupėmis pagal joms gesinti naudojamas medžiagas, taip pat </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0017237B" w:rsidRPr="0017237B" w:rsidRDefault="0017237B" w:rsidP="008C78E5">
+    <w:p w14:paraId="123AC0F1" w14:textId="77777777" w:rsidR="0017237B" w:rsidRPr="0017237B" w:rsidRDefault="0017237B" w:rsidP="008C78E5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0017237B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>pagal jų fizikines ir chemines bei pavojingumo gaisro atžvilgiu savybes.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0017237B" w:rsidRPr="0017237B" w:rsidRDefault="0017237B" w:rsidP="008C78E5">
+    <w:p w14:paraId="73088D34" w14:textId="77777777" w:rsidR="0017237B" w:rsidRPr="0017237B" w:rsidRDefault="0017237B" w:rsidP="008C78E5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0017237B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">4. </w:t>
       </w:r>
       <w:r w:rsidR="00304FA0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">2. </w:t>
       </w:r>
       <w:r w:rsidRPr="0017237B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Sandėlių patalpose draudžiama užkrauti langus, duris, vartus.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0017237B" w:rsidRPr="0017237B" w:rsidRDefault="00304FA0" w:rsidP="008C78E5">
+    <w:p w14:paraId="2A1DF1D0" w14:textId="77777777" w:rsidR="0017237B" w:rsidRPr="0017237B" w:rsidRDefault="00304FA0" w:rsidP="008C78E5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>4.3</w:t>
       </w:r>
       <w:r w:rsidR="0017237B" w:rsidRPr="0017237B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>. Sandėliuose draudžiama rūkyti ir naudoti atvirą ugnį.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0017237B" w:rsidRPr="0017237B" w:rsidRDefault="00304FA0" w:rsidP="008C78E5">
+    <w:p w14:paraId="59D27E05" w14:textId="77777777" w:rsidR="0017237B" w:rsidRPr="0017237B" w:rsidRDefault="00304FA0" w:rsidP="008C78E5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>4.4</w:t>
       </w:r>
       <w:r w:rsidR="0017237B" w:rsidRPr="0017237B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. Degių ir nedegių medžiagų su degia pakuote, sandėliuose draudžiama naudoti elektros </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0017237B" w:rsidRPr="0017237B" w:rsidRDefault="0017237B" w:rsidP="008C78E5">
+    <w:p w14:paraId="7B396E43" w14:textId="77777777" w:rsidR="0017237B" w:rsidRPr="0017237B" w:rsidRDefault="0017237B" w:rsidP="008C78E5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0017237B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>šildytuvus su atvirais kaitinimo elementais, virykles ir kitus buitinius elektros prietaisus.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00304FA0" w:rsidRDefault="00304FA0" w:rsidP="0017237B">
-[...29 lines deleted...]
-    <w:p w:rsidR="0017237B" w:rsidRDefault="00304FA0" w:rsidP="008C78E5">
+    <w:p w14:paraId="6548087C" w14:textId="77777777" w:rsidR="00304FA0" w:rsidRDefault="00304FA0" w:rsidP="0017237B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="177A588A" w14:textId="77777777" w:rsidR="008C78E5" w:rsidRDefault="008C78E5" w:rsidP="0017237B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4BA3514B" w14:textId="77777777" w:rsidR="008C78E5" w:rsidRDefault="008C78E5" w:rsidP="0017237B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="537275B3" w14:textId="77777777" w:rsidR="0017237B" w:rsidRDefault="00304FA0" w:rsidP="008C78E5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00304FA0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>V</w:t>
       </w:r>
       <w:r w:rsidR="0017237B" w:rsidRPr="00304FA0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>. GAISRO GESINIMO ĮRENGINIAI IR PRIEMONĖS</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00304FA0" w:rsidRPr="00304FA0" w:rsidRDefault="00304FA0" w:rsidP="0017237B">
+    <w:p w14:paraId="691A2A7E" w14:textId="77777777" w:rsidR="00304FA0" w:rsidRPr="00304FA0" w:rsidRDefault="00304FA0" w:rsidP="0017237B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0017237B" w:rsidRPr="0017237B" w:rsidRDefault="00304FA0" w:rsidP="008C78E5">
+    <w:p w14:paraId="2BDD1524" w14:textId="77777777" w:rsidR="0017237B" w:rsidRPr="0017237B" w:rsidRDefault="00304FA0" w:rsidP="008C78E5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>5.1</w:t>
       </w:r>
       <w:r w:rsidR="0017237B" w:rsidRPr="0017237B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. Visose patalpose turi būti tolygiai išdėstyti gesintuvai, kurių tipas ir skaičius nustatytas pagal </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0017237B" w:rsidRPr="0017237B" w:rsidRDefault="0017237B" w:rsidP="008C78E5">
+    <w:p w14:paraId="5B80D919" w14:textId="77777777" w:rsidR="0017237B" w:rsidRPr="0017237B" w:rsidRDefault="0017237B" w:rsidP="008C78E5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0017237B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Bendrųjų priešgaisrinės saugos taisyklių „Gesintuvų ir gaisrinio inventoriaus parinkimo reikalavimai“ normas. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0017237B" w:rsidRPr="0017237B" w:rsidRDefault="00304FA0" w:rsidP="008C78E5">
+    <w:p w14:paraId="791577CF" w14:textId="77777777" w:rsidR="0017237B" w:rsidRPr="0017237B" w:rsidRDefault="00304FA0" w:rsidP="008C78E5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>5.2</w:t>
       </w:r>
       <w:r w:rsidR="0017237B" w:rsidRPr="0017237B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. Patalpose turi būti užrašai (ženklai), nurodantys gesintuvų laikymo vietas. Tiek patalpoje, tiek </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0017237B" w:rsidRPr="0017237B" w:rsidRDefault="0017237B" w:rsidP="008C78E5">
+    <w:p w14:paraId="47A23756" w14:textId="77777777" w:rsidR="0017237B" w:rsidRPr="0017237B" w:rsidRDefault="0017237B" w:rsidP="008C78E5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0017237B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>lauke užrašai turi būti gerai matomi, įrengti 2-2,5 m. aukštyje nuo grindų ar žemės.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0017237B" w:rsidRPr="0017237B" w:rsidRDefault="00304FA0" w:rsidP="008C78E5">
+    <w:p w14:paraId="3531B0E4" w14:textId="77777777" w:rsidR="0017237B" w:rsidRPr="0017237B" w:rsidRDefault="00304FA0" w:rsidP="008C78E5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
       <w:r w:rsidR="0017237B" w:rsidRPr="0017237B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>3.</w:t>
       </w:r>
       <w:r w:rsidR="0017237B" w:rsidRPr="0017237B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Patalpose, kuriose yra įrengta automatinė gaisro gesinimo sistema, gesintuvų skaičių galima </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0017237B" w:rsidRPr="0017237B" w:rsidRDefault="0017237B" w:rsidP="008C78E5">
+    <w:p w14:paraId="4E5BDBB7" w14:textId="77777777" w:rsidR="0017237B" w:rsidRPr="0017237B" w:rsidRDefault="0017237B" w:rsidP="008C78E5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0017237B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>sumažinti 50 proc.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0017237B" w:rsidRPr="0017237B" w:rsidRDefault="00304FA0" w:rsidP="008C78E5">
+    <w:p w14:paraId="3508E0DC" w14:textId="77777777" w:rsidR="0017237B" w:rsidRPr="0017237B" w:rsidRDefault="00304FA0" w:rsidP="008C78E5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>5.4. Mokyklos</w:t>
       </w:r>
       <w:r w:rsidR="0017237B" w:rsidRPr="0017237B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> teritorijoje ar šalia jos esančios aikštelės ir keliai, skirti gaisriniams automobiliams </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0017237B" w:rsidRPr="0017237B" w:rsidRDefault="0017237B" w:rsidP="008C78E5">
+    <w:p w14:paraId="30A7288C" w14:textId="77777777" w:rsidR="0017237B" w:rsidRPr="0017237B" w:rsidRDefault="0017237B" w:rsidP="008C78E5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0017237B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>privažiuoti, turi būti laisvi ir tvarkingi.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0017237B" w:rsidRPr="0017237B" w:rsidRDefault="00304FA0" w:rsidP="008C78E5">
+    <w:p w14:paraId="17CB476C" w14:textId="77777777" w:rsidR="0017237B" w:rsidRPr="0017237B" w:rsidRDefault="00304FA0" w:rsidP="008C78E5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
       <w:r w:rsidR="0017237B" w:rsidRPr="0017237B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>5.</w:t>
       </w:r>
       <w:r w:rsidR="0017237B" w:rsidRPr="0017237B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Gesintuvai, esantys lauke arba nešildomoje patalpoje, turi būti pritaikyti eksploatuoti esant </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0017237B" w:rsidRPr="0017237B" w:rsidRDefault="0017237B" w:rsidP="008C78E5">
+    <w:p w14:paraId="6C7FB56D" w14:textId="77777777" w:rsidR="0017237B" w:rsidRPr="0017237B" w:rsidRDefault="0017237B" w:rsidP="008C78E5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0017237B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>žemai temperatūrai.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0017237B" w:rsidRPr="0017237B" w:rsidRDefault="00074AB1" w:rsidP="008C78E5">
+    <w:p w14:paraId="7A600377" w14:textId="77777777" w:rsidR="0017237B" w:rsidRPr="0017237B" w:rsidRDefault="00074AB1" w:rsidP="008C78E5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>5.6</w:t>
       </w:r>
       <w:r w:rsidR="0017237B" w:rsidRPr="0017237B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. Gesintuvai, juose esančių gesinimo medžiagų kiekis ir kokybė tikrinami ne rečiau kaip vieną </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0017237B" w:rsidRPr="0017237B" w:rsidRDefault="0017237B" w:rsidP="008C78E5">
+    <w:p w14:paraId="5071E996" w14:textId="77777777" w:rsidR="0017237B" w:rsidRPr="0017237B" w:rsidRDefault="0017237B" w:rsidP="008C78E5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0017237B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>kartą metuose. Draudžiama naudoti gesintuvus, kurių gesinimo medžiagos galiojimo laikas yra pasibaigęs.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00304FA0" w:rsidRDefault="00304FA0" w:rsidP="008C78E5">
-[...10 lines deleted...]
-    <w:p w:rsidR="0017237B" w:rsidRDefault="00074AB1" w:rsidP="00F8167F">
+    <w:p w14:paraId="3D1AF4FC" w14:textId="77777777" w:rsidR="00304FA0" w:rsidRDefault="00304FA0" w:rsidP="008C78E5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4E354B0D" w14:textId="77777777" w:rsidR="0017237B" w:rsidRDefault="00074AB1" w:rsidP="00F8167F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00074AB1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>VI. GE</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>SINTUVO</w:t>
       </w:r>
       <w:r w:rsidRPr="00074AB1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> NAUDOJIMAS</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00074AB1" w:rsidRPr="00074AB1" w:rsidRDefault="008C78E5" w:rsidP="008C78E5">
+    <w:p w14:paraId="6D8D13F4" w14:textId="77777777" w:rsidR="00074AB1" w:rsidRPr="00074AB1" w:rsidRDefault="008C78E5" w:rsidP="008C78E5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Reikia:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0017237B" w:rsidRPr="0017237B" w:rsidRDefault="00074AB1" w:rsidP="008C78E5">
+    <w:p w14:paraId="58435680" w14:textId="77777777" w:rsidR="0017237B" w:rsidRPr="0017237B" w:rsidRDefault="00074AB1" w:rsidP="008C78E5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
       <w:r w:rsidR="008C78E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.1. N</w:t>
       </w:r>
       <w:r w:rsidR="0017237B" w:rsidRPr="0017237B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>utraukti plombą;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0017237B" w:rsidRPr="0017237B" w:rsidRDefault="00074AB1" w:rsidP="008C78E5">
+    <w:p w14:paraId="2A5A44D8" w14:textId="77777777" w:rsidR="0017237B" w:rsidRPr="0017237B" w:rsidRDefault="00074AB1" w:rsidP="008C78E5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
       <w:r w:rsidR="0017237B" w:rsidRPr="0017237B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.2. ištraukti apsauginį kaištį;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0017237B" w:rsidRPr="0017237B" w:rsidRDefault="00074AB1" w:rsidP="008C78E5">
+    <w:p w14:paraId="640FCBDD" w14:textId="77777777" w:rsidR="0017237B" w:rsidRPr="0017237B" w:rsidRDefault="00074AB1" w:rsidP="008C78E5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
       <w:r w:rsidR="0017237B" w:rsidRPr="0017237B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.3. gesintuvą laikyti vertikalioje padėtyje;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0017237B" w:rsidRPr="0017237B" w:rsidRDefault="00074AB1" w:rsidP="008C78E5">
+    <w:p w14:paraId="4D0CBC5E" w14:textId="77777777" w:rsidR="0017237B" w:rsidRPr="0017237B" w:rsidRDefault="00074AB1" w:rsidP="008C78E5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
       <w:r w:rsidR="0017237B" w:rsidRPr="0017237B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">.4. gesintuvo žarnelę nukreipti į ugnies židinį ir nuspausti </w:t>
       </w:r>
       <w:r w:rsidR="008C78E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>rankenėlę;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0017237B" w:rsidRPr="0017237B" w:rsidRDefault="00074AB1" w:rsidP="008C78E5">
+    <w:p w14:paraId="7CA34F3E" w14:textId="77777777" w:rsidR="0017237B" w:rsidRPr="0017237B" w:rsidRDefault="00074AB1" w:rsidP="008C78E5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
       <w:r w:rsidR="0017237B" w:rsidRPr="0017237B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
@@ -3033,199 +3031,199 @@
       <w:r w:rsidR="0017237B" w:rsidRPr="0017237B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>esinant gesintuvu reikia stovėti tarp liepsnos ir išėjimo</w:t>
       </w:r>
       <w:r w:rsidR="008C78E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, kad būtų galimybė atsitraukti;</w:t>
       </w:r>
       <w:r w:rsidR="0017237B" w:rsidRPr="0017237B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0017237B" w:rsidRPr="0017237B" w:rsidRDefault="00074AB1" w:rsidP="008C78E5">
+    <w:p w14:paraId="2023E959" w14:textId="77777777" w:rsidR="0017237B" w:rsidRPr="0017237B" w:rsidRDefault="00074AB1" w:rsidP="008C78E5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>6.6</w:t>
       </w:r>
       <w:r w:rsidR="008C78E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>. g</w:t>
       </w:r>
       <w:r w:rsidR="0017237B" w:rsidRPr="0017237B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">esinimas pradedamas nuo intensyviausios degimo vietos. Reikia nuslopinti pagrindinę liepsną, o vėliau gesinamąja medžiaga padengti visą degantį paviršių. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0017237B" w:rsidRPr="0017237B" w:rsidRDefault="0017237B" w:rsidP="008C78E5">
+    <w:p w14:paraId="1CBBBD7F" w14:textId="77777777" w:rsidR="0017237B" w:rsidRPr="0017237B" w:rsidRDefault="0017237B" w:rsidP="008C78E5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0017237B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>6.</w:t>
       </w:r>
       <w:r w:rsidR="00074AB1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>7.</w:t>
       </w:r>
       <w:r w:rsidR="008C78E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> j</w:t>
       </w:r>
       <w:r w:rsidRPr="0017237B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>eigu yra keli gesintuvai, reikia juos panaudoti vien</w:t>
       </w:r>
       <w:r w:rsidR="008C78E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>u metu, o ne kiekvieną iš eilės;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0017237B" w:rsidRPr="0017237B" w:rsidRDefault="00074AB1" w:rsidP="008C78E5">
+    <w:p w14:paraId="69617385" w14:textId="77777777" w:rsidR="0017237B" w:rsidRPr="0017237B" w:rsidRDefault="00074AB1" w:rsidP="008C78E5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>6.8</w:t>
       </w:r>
       <w:r w:rsidR="008C78E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>. p</w:t>
       </w:r>
       <w:r w:rsidR="0017237B" w:rsidRPr="0017237B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">rieš gesinant elektros įrenginį, būtina išjungti įtampą degančiame ir šalia esančiame elektros </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0017237B" w:rsidRPr="0017237B" w:rsidRDefault="0017237B" w:rsidP="008C78E5">
+    <w:p w14:paraId="5A99B2F8" w14:textId="77777777" w:rsidR="0017237B" w:rsidRPr="0017237B" w:rsidRDefault="0017237B" w:rsidP="008C78E5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0017237B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>įrenginyje. Jeigu nesuveikia automatiniai saugikliai, elektros tiekimą degančiam technologiniam įrenginiu</w:t>
       </w:r>
       <w:r w:rsidR="008C78E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>i reikia išjungti rankiniu būdu;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0017237B" w:rsidRPr="0017237B" w:rsidRDefault="00074AB1" w:rsidP="008C78E5">
+    <w:p w14:paraId="5573C562" w14:textId="77777777" w:rsidR="0017237B" w:rsidRPr="0017237B" w:rsidRDefault="00074AB1" w:rsidP="008C78E5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
       <w:r w:rsidR="0017237B" w:rsidRPr="0017237B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
@@ -3248,178 +3246,178 @@
       <w:r w:rsidR="0017237B" w:rsidRPr="0017237B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>eigu dega išsilieję skysčiai, reikia pradėti gesinti nuo artimiausio krašto, gesinamosios medžiagos srovę nukreipiant į degantį skystį 15-30 laipsnių kampu. Reikia stengtis neištaškyti degančio skysčio. Gesintuvą reikia laikyti vertikaliai, kad nesumažėtų gesinimo čiurkšlė. Labai svarbu, kad gesinamąja medžiaga būtų padengtas visas degantis paviršius. Gesinimas turi būti nepertrauki</w:t>
       </w:r>
       <w:r w:rsidR="008C78E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>amas – kol ištuštėja gesintuvas;</w:t>
       </w:r>
       <w:r w:rsidR="0017237B" w:rsidRPr="0017237B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0017237B" w:rsidRPr="0017237B" w:rsidRDefault="00074AB1" w:rsidP="008C78E5">
+    <w:p w14:paraId="55683304" w14:textId="77777777" w:rsidR="0017237B" w:rsidRPr="0017237B" w:rsidRDefault="00074AB1" w:rsidP="008C78E5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>6.10</w:t>
       </w:r>
       <w:r w:rsidR="008C78E5">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>. j</w:t>
       </w:r>
       <w:r w:rsidR="0017237B" w:rsidRPr="0017237B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>eigu nepavyksta užgesinti, reikia mesti gesintuvą ir evakuotis iš degančios patalpos į lauką.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00074AB1" w:rsidRDefault="00074AB1" w:rsidP="008C78E5">
-[...10 lines deleted...]
-    <w:p w:rsidR="00074AB1" w:rsidRDefault="00074AB1" w:rsidP="008C78E5">
+    <w:p w14:paraId="197A084E" w14:textId="77777777" w:rsidR="00074AB1" w:rsidRDefault="00074AB1" w:rsidP="008C78E5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="799D68BB" w14:textId="77777777" w:rsidR="00074AB1" w:rsidRDefault="00074AB1" w:rsidP="008C78E5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00074AB1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">                                        </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0017237B" w:rsidRDefault="00074AB1" w:rsidP="008C78E5">
+    <w:p w14:paraId="26C7CA51" w14:textId="77777777" w:rsidR="0017237B" w:rsidRDefault="00074AB1" w:rsidP="008C78E5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00074AB1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">VII. </w:t>
       </w:r>
       <w:r w:rsidR="0017237B" w:rsidRPr="00074AB1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>KAIP GESINTI</w:t>
       </w:r>
       <w:r w:rsidRPr="00074AB1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0017237B" w:rsidRPr="00074AB1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>TEISINGAI</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00074AB1" w:rsidRPr="00074AB1" w:rsidRDefault="00074AB1" w:rsidP="008C78E5">
+    <w:p w14:paraId="59A94CFB" w14:textId="77777777" w:rsidR="00074AB1" w:rsidRPr="00074AB1" w:rsidRDefault="00074AB1" w:rsidP="008C78E5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0017237B" w:rsidRPr="0017237B" w:rsidRDefault="00074AB1" w:rsidP="008C78E5">
+    <w:p w14:paraId="4EFB24EE" w14:textId="77777777" w:rsidR="0017237B" w:rsidRPr="0017237B" w:rsidRDefault="00074AB1" w:rsidP="008C78E5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">7.1. </w:t>
       </w:r>
       <w:r w:rsidR="0017237B" w:rsidRPr="0017237B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Gesinti ugnį reikia pavėjui</w:t>
       </w:r>
@@ -3458,340 +3456,340 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, bet</w:t>
       </w:r>
       <w:r w:rsidR="0017237B" w:rsidRPr="0017237B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> kai dega vamzdžiai ar komunikacijos, gesinti reikia nuo viršaus į apačią</w:t>
       </w:r>
       <w:r w:rsidR="0066065D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0017237B" w:rsidRPr="0017237B" w:rsidRDefault="00F8167F" w:rsidP="008C78E5">
+    <w:p w14:paraId="13C49FF2" w14:textId="77777777" w:rsidR="0017237B" w:rsidRPr="0017237B" w:rsidRDefault="00F8167F" w:rsidP="008C78E5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>7.2</w:t>
       </w:r>
       <w:r w:rsidR="00074AB1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="0017237B" w:rsidRPr="0017237B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Įsitikinti, ar visiškai užgesinote ugnį</w:t>
       </w:r>
       <w:r w:rsidR="0066065D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0017237B" w:rsidRPr="0017237B" w:rsidRDefault="00F8167F" w:rsidP="008C78E5">
+    <w:p w14:paraId="7938C673" w14:textId="77777777" w:rsidR="0017237B" w:rsidRPr="0017237B" w:rsidRDefault="00F8167F" w:rsidP="008C78E5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">7.3. </w:t>
       </w:r>
       <w:r w:rsidR="0017237B" w:rsidRPr="0017237B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Panaudotų gesintuvų nedėti į vietą, bet atiduoti į aptarnaujančią įmonę pakartotinam užpildymui</w:t>
       </w:r>
       <w:r w:rsidR="0066065D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0017237B" w:rsidRPr="0017237B" w:rsidRDefault="00074AB1" w:rsidP="008C78E5">
+    <w:p w14:paraId="12222B2E" w14:textId="77777777" w:rsidR="0017237B" w:rsidRPr="0017237B" w:rsidRDefault="00074AB1" w:rsidP="008C78E5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>7</w:t>
       </w:r>
       <w:r w:rsidR="00F8167F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="0017237B" w:rsidRPr="0017237B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Gesintuvai turi būti:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0017237B" w:rsidRPr="0017237B" w:rsidRDefault="00F8167F" w:rsidP="00F8167F">
+    <w:p w14:paraId="43DF51DC" w14:textId="77777777" w:rsidR="0017237B" w:rsidRPr="0017237B" w:rsidRDefault="00F8167F" w:rsidP="00F8167F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>7.4</w:t>
       </w:r>
       <w:r w:rsidR="0017237B" w:rsidRPr="0017237B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.1. laikomi lengvai prieinamose ir matomose vietose, apsaugotose nuo tiesioginių saulės spindulių poveikio, ne arčiau kaip per 1m nuo šildymo prietaisų;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0017237B" w:rsidRPr="0017237B" w:rsidRDefault="00F8167F" w:rsidP="0017237B">
+    <w:p w14:paraId="69545011" w14:textId="77777777" w:rsidR="0017237B" w:rsidRPr="0017237B" w:rsidRDefault="00F8167F" w:rsidP="0017237B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>7.4</w:t>
       </w:r>
       <w:r w:rsidR="0017237B" w:rsidRPr="0017237B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">.2. kabinami ne aukščiau kaip per 1,5 m nuo grindų iki gesintuvo apačios ir taip, kad atidarytos </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0017237B" w:rsidRPr="0017237B" w:rsidRDefault="0017237B" w:rsidP="0017237B">
+    <w:p w14:paraId="629092A3" w14:textId="77777777" w:rsidR="0017237B" w:rsidRPr="0017237B" w:rsidRDefault="0017237B" w:rsidP="0017237B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0017237B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>patalpos durys netrukdytų paimti gesintuvo;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0017237B" w:rsidRPr="0017237B" w:rsidRDefault="00074AB1" w:rsidP="0017237B">
+    <w:p w14:paraId="5F5657B9" w14:textId="77777777" w:rsidR="0017237B" w:rsidRPr="0017237B" w:rsidRDefault="00074AB1" w:rsidP="0017237B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>7.</w:t>
       </w:r>
       <w:r w:rsidR="00F8167F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
       <w:r w:rsidR="0017237B" w:rsidRPr="0017237B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.3. statomi gaisrinių čiaupų spintelėse arba prie jų, gaisriniuose skyduose arba ant grindų, laikomi specialiose spintelėse, dėžėse ar stovuose;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0066065D" w:rsidRDefault="00F8167F" w:rsidP="0017237B">
+    <w:p w14:paraId="0E702C40" w14:textId="77777777" w:rsidR="0066065D" w:rsidRDefault="00F8167F" w:rsidP="0017237B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>7.4</w:t>
       </w:r>
       <w:r w:rsidR="0017237B" w:rsidRPr="0017237B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.4. laikomi taip, kad matytųsi užrašai.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00074AB1" w:rsidRDefault="00074AB1" w:rsidP="0017237B">
+    <w:p w14:paraId="005E5724" w14:textId="77777777" w:rsidR="00074AB1" w:rsidRDefault="00074AB1" w:rsidP="0017237B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">          </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0066065D" w:rsidRDefault="00074AB1" w:rsidP="0017237B">
+    <w:p w14:paraId="3E41A2EC" w14:textId="77777777" w:rsidR="0066065D" w:rsidRDefault="00074AB1" w:rsidP="0017237B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">                              </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0017237B" w:rsidRDefault="0066065D" w:rsidP="0017237B">
+    <w:p w14:paraId="7713FCF7" w14:textId="77777777" w:rsidR="0017237B" w:rsidRDefault="0066065D" w:rsidP="0017237B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">                                    </w:t>
       </w:r>
       <w:r w:rsidR="00074AB1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -3801,1149 +3799,1134 @@
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>I</w:t>
       </w:r>
       <w:r w:rsidR="0017237B" w:rsidRPr="00074AB1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>. GAISRO GESINIMO ORGANIZAVIMAS</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0066065D" w:rsidRPr="00074AB1" w:rsidRDefault="0066065D" w:rsidP="0017237B">
+    <w:p w14:paraId="54DC9806" w14:textId="77777777" w:rsidR="0066065D" w:rsidRPr="00074AB1" w:rsidRDefault="0066065D" w:rsidP="0017237B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="0017237B" w:rsidRPr="0017237B" w:rsidRDefault="0066065D" w:rsidP="00F8167F">
+    <w:p w14:paraId="2DC1079B" w14:textId="77777777" w:rsidR="0017237B" w:rsidRPr="0017237B" w:rsidRDefault="0066065D" w:rsidP="00F8167F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Kiekvienas Alytaus r. meno ir sporto </w:t>
       </w:r>
       <w:r w:rsidR="0017237B" w:rsidRPr="0017237B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>mokyklos darbuotojas (asmuo), pastebėjęs gaisrą, privalo:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0017237B" w:rsidRPr="0017237B" w:rsidRDefault="0066065D" w:rsidP="00F8167F">
+    <w:p w14:paraId="614D8E96" w14:textId="77777777" w:rsidR="0017237B" w:rsidRPr="0017237B" w:rsidRDefault="0066065D" w:rsidP="00F8167F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>8</w:t>
       </w:r>
       <w:r w:rsidR="0017237B" w:rsidRPr="0017237B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.1. nedelsdamas pranešti apie gaisrą priešgaisrinės apsaugos ir gelbėjimo tarnybai skambinant</w:t>
       </w:r>
       <w:r w:rsidR="00F8167F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="0017237B" w:rsidRPr="0017237B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>bendruoju pagalbos numeriu 112;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0017237B" w:rsidRPr="0017237B" w:rsidRDefault="0066065D" w:rsidP="00F8167F">
+    <w:p w14:paraId="7764030E" w14:textId="77777777" w:rsidR="0017237B" w:rsidRPr="0017237B" w:rsidRDefault="0066065D" w:rsidP="00F8167F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>8</w:t>
       </w:r>
       <w:r w:rsidR="0017237B" w:rsidRPr="0017237B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.2. informuoti žmones apie gaisrą;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0017237B" w:rsidRPr="0017237B" w:rsidRDefault="0066065D" w:rsidP="00F8167F">
+    <w:p w14:paraId="52D625DF" w14:textId="77777777" w:rsidR="0017237B" w:rsidRPr="0017237B" w:rsidRDefault="0066065D" w:rsidP="00F8167F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>8</w:t>
       </w:r>
       <w:r w:rsidR="0017237B" w:rsidRPr="0017237B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.3. organizuoti žmonių bei materialinių vertybių evakavimą;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0017237B" w:rsidRPr="0017237B" w:rsidRDefault="0066065D" w:rsidP="00F8167F">
+    <w:p w14:paraId="7C77CA87" w14:textId="77777777" w:rsidR="0017237B" w:rsidRPr="0017237B" w:rsidRDefault="0066065D" w:rsidP="00F8167F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>8</w:t>
       </w:r>
       <w:r w:rsidR="0017237B" w:rsidRPr="0017237B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.4. gesinti gaisrą turimomis priemonėmis;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0017237B" w:rsidRPr="0017237B" w:rsidRDefault="0066065D" w:rsidP="00F8167F">
+    <w:p w14:paraId="1AA19A2D" w14:textId="77777777" w:rsidR="0017237B" w:rsidRPr="0017237B" w:rsidRDefault="0066065D" w:rsidP="00F8167F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>8.5. pranešti apie gaisrą mokyklos</w:t>
       </w:r>
       <w:r w:rsidR="0017237B" w:rsidRPr="0017237B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> vadovaujantiems darbuotojams.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0017237B" w:rsidRPr="0017237B" w:rsidRDefault="0066065D" w:rsidP="00F8167F">
+    <w:p w14:paraId="44A47103" w14:textId="77777777" w:rsidR="0017237B" w:rsidRPr="0017237B" w:rsidRDefault="0066065D" w:rsidP="00F8167F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>8.6. Atvykę į gaisravietę mokyklos</w:t>
       </w:r>
       <w:r w:rsidR="0017237B" w:rsidRPr="0017237B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> vadovai arba kiti atsakingi darbuotojai privalo:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0017237B" w:rsidRPr="0017237B" w:rsidRDefault="0066065D" w:rsidP="00F8167F">
+    <w:p w14:paraId="7390508F" w14:textId="77777777" w:rsidR="0017237B" w:rsidRPr="0017237B" w:rsidRDefault="0066065D" w:rsidP="00F8167F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>8.6</w:t>
       </w:r>
       <w:r w:rsidR="0017237B" w:rsidRPr="0017237B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.1. įsitikinti, ar iškviesti ugniagesiai;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0017237B" w:rsidRPr="0017237B" w:rsidRDefault="0066065D" w:rsidP="00F8167F">
+    <w:p w14:paraId="026F814D" w14:textId="77777777" w:rsidR="0017237B" w:rsidRPr="0017237B" w:rsidRDefault="0066065D" w:rsidP="00F8167F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>8</w:t>
       </w:r>
       <w:r w:rsidR="0017237B" w:rsidRPr="0017237B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>6.</w:t>
       </w:r>
       <w:r w:rsidR="0017237B" w:rsidRPr="0017237B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>2. vadovauti žmonių evakavimui ir gaisro gesinimui, kol atvyks ugniagesiai;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0017237B" w:rsidRPr="0017237B" w:rsidRDefault="0066065D" w:rsidP="00F8167F">
+    <w:p w14:paraId="0AC02A7D" w14:textId="77777777" w:rsidR="0017237B" w:rsidRPr="0017237B" w:rsidRDefault="0066065D" w:rsidP="00F8167F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0066065D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>8.6</w:t>
       </w:r>
       <w:r w:rsidR="0017237B" w:rsidRPr="0017237B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">.3. skirti asmenį, gerai pažįstantį objektą, kuris sutiktų ugniagesius, parodant jiems trumpiausią </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0017237B" w:rsidRPr="0017237B" w:rsidRDefault="0017237B" w:rsidP="00F8167F">
+    <w:p w14:paraId="092AA3C8" w14:textId="77777777" w:rsidR="0017237B" w:rsidRPr="0017237B" w:rsidRDefault="0017237B" w:rsidP="00F8167F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0017237B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>kelią iki gaisro židinio;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0017237B" w:rsidRPr="0017237B" w:rsidRDefault="0066065D" w:rsidP="00F8167F">
+    <w:p w14:paraId="43D9D3C3" w14:textId="77777777" w:rsidR="0017237B" w:rsidRPr="0017237B" w:rsidRDefault="0066065D" w:rsidP="00F8167F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0066065D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>8.6</w:t>
       </w:r>
       <w:r w:rsidR="0017237B" w:rsidRPr="0017237B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.4. prireikus iškviesti dujų ūkio, greitosios pagalbos ir kitas tarnybas;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0017237B" w:rsidRPr="0017237B" w:rsidRDefault="0066065D" w:rsidP="00F8167F">
+    <w:p w14:paraId="169DBF8E" w14:textId="77777777" w:rsidR="0017237B" w:rsidRPr="0017237B" w:rsidRDefault="0066065D" w:rsidP="00F8167F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0066065D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>8.6</w:t>
       </w:r>
       <w:r w:rsidR="0017237B" w:rsidRPr="0017237B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.5. sustabdyti darbus, kol neužgesintas gaisras;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0017237B" w:rsidRPr="0017237B" w:rsidRDefault="0066065D" w:rsidP="00F8167F">
+    <w:p w14:paraId="3CCA63C2" w14:textId="77777777" w:rsidR="0017237B" w:rsidRPr="0017237B" w:rsidRDefault="0066065D" w:rsidP="00F8167F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0066065D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>8.6</w:t>
       </w:r>
       <w:r w:rsidR="0017237B" w:rsidRPr="0017237B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">.6. imtis priemonių apsaugoti gesinančius gaisrą žmones nuo galinčių griūti konstrukcijų, </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0017237B" w:rsidRPr="0017237B" w:rsidRDefault="0017237B" w:rsidP="00F8167F">
+    <w:p w14:paraId="3B61D3A8" w14:textId="77777777" w:rsidR="0017237B" w:rsidRPr="0017237B" w:rsidRDefault="0017237B" w:rsidP="00F8167F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0017237B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>elektros srovės poveikio, apsinaudojimų ir apdegimų;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0017237B" w:rsidRPr="0017237B" w:rsidRDefault="0066065D" w:rsidP="00F8167F">
+    <w:p w14:paraId="3301A721" w14:textId="77777777" w:rsidR="0017237B" w:rsidRPr="0017237B" w:rsidRDefault="0066065D" w:rsidP="00F8167F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0066065D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>8.6</w:t>
       </w:r>
       <w:r w:rsidR="0017237B" w:rsidRPr="0017237B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">.7. gesinant gaisrą, aušinti pastatų konstrukcijas ir technologinius </w:t>
-[...20 lines deleted...]
-    <w:p w:rsidR="0017237B" w:rsidRPr="0017237B" w:rsidRDefault="0066065D" w:rsidP="00F8167F">
+        <w:t>.7. gesinant gaisrą, aušinti pastatų konstrukcijas ir technologinius įrengimus, kurie gali perkaisti;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="61756152" w14:textId="77777777" w:rsidR="0017237B" w:rsidRPr="0017237B" w:rsidRDefault="0066065D" w:rsidP="00F8167F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0066065D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>8.6</w:t>
       </w:r>
       <w:r w:rsidR="0017237B" w:rsidRPr="0017237B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.8. atvykus ugniagesiams, vykdyti gaisrų gesinimo vadovo nurodymus, teikti žinias apie objekte esančias medžiagas ir t.t. Gaisro vietą palikti tik leidus gaisro gesinimo vadovui.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0066065D" w:rsidRPr="0017237B" w:rsidRDefault="0066065D" w:rsidP="00F8167F">
-[...10 lines deleted...]
-    <w:p w:rsidR="0017237B" w:rsidRPr="0066065D" w:rsidRDefault="0017237B" w:rsidP="00F8167F">
+    <w:p w14:paraId="6F2379CD" w14:textId="77777777" w:rsidR="0066065D" w:rsidRPr="0017237B" w:rsidRDefault="0066065D" w:rsidP="00F8167F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3F04A6B5" w14:textId="77777777" w:rsidR="0017237B" w:rsidRPr="0066065D" w:rsidRDefault="0017237B" w:rsidP="00F8167F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0066065D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>I</w:t>
       </w:r>
       <w:r w:rsidR="0066065D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>X</w:t>
       </w:r>
       <w:r w:rsidRPr="0066065D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>. PATALPŲ APŽIŪROS PRIEŠ JŲ UŽDARYMĄ</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0066065D" w:rsidRPr="0017237B" w:rsidRDefault="0066065D" w:rsidP="0017237B">
-[...9 lines deleted...]
-    <w:p w:rsidR="0017237B" w:rsidRPr="0017237B" w:rsidRDefault="0066065D" w:rsidP="00F8167F">
+    <w:p w14:paraId="307C43B3" w14:textId="77777777" w:rsidR="0066065D" w:rsidRPr="0017237B" w:rsidRDefault="0066065D" w:rsidP="0017237B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2A3DEA9E" w14:textId="77777777" w:rsidR="0017237B" w:rsidRPr="0017237B" w:rsidRDefault="0066065D" w:rsidP="00F8167F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>9</w:t>
       </w:r>
       <w:r w:rsidR="0017237B" w:rsidRPr="0017237B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. Darbuotojas, atsakingas už patalpų uždarymą, pasibaigus darbui, prieš jas uždarydamas, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidR="0017237B" w:rsidRPr="0017237B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>privalo patikrinti:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0017237B" w:rsidRPr="0017237B" w:rsidRDefault="0066065D" w:rsidP="00F8167F">
+    <w:p w14:paraId="245E78E8" w14:textId="77777777" w:rsidR="0017237B" w:rsidRPr="0017237B" w:rsidRDefault="0066065D" w:rsidP="00F8167F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>9</w:t>
       </w:r>
       <w:r w:rsidR="0017237B" w:rsidRPr="0017237B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.1. ar nesijaučia patalpose dujų, degėsių ir kitų nebūdingų specifinių kvapų;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0017237B" w:rsidRPr="0017237B" w:rsidRDefault="0066065D" w:rsidP="00F8167F">
+    <w:p w14:paraId="57511706" w14:textId="77777777" w:rsidR="0017237B" w:rsidRPr="0017237B" w:rsidRDefault="0066065D" w:rsidP="00F8167F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>9</w:t>
       </w:r>
       <w:r w:rsidR="0017237B" w:rsidRPr="0017237B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.2. ar išjungti, kurie pasibaigus darbui turi būti išjungiami, elektros įrenginiai, apšvietimas;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0017237B" w:rsidRPr="0017237B" w:rsidRDefault="0066065D" w:rsidP="00F8167F">
+    <w:p w14:paraId="5CED2A9A" w14:textId="77777777" w:rsidR="0017237B" w:rsidRPr="0017237B" w:rsidRDefault="0066065D" w:rsidP="00F8167F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>9</w:t>
       </w:r>
       <w:r w:rsidR="0017237B" w:rsidRPr="0017237B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.3. ar patalpos išvalytos nuo buitinių atliekų;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0017237B" w:rsidRPr="0017237B" w:rsidRDefault="0066065D" w:rsidP="00F8167F">
+    <w:p w14:paraId="11884597" w14:textId="77777777" w:rsidR="0017237B" w:rsidRPr="0017237B" w:rsidRDefault="0066065D" w:rsidP="00F8167F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>9</w:t>
       </w:r>
       <w:r w:rsidR="0017237B" w:rsidRPr="0017237B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.4. ar uždaryti langai;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0017237B" w:rsidRPr="0017237B" w:rsidRDefault="0066065D" w:rsidP="00F8167F">
+    <w:p w14:paraId="33E27E0F" w14:textId="77777777" w:rsidR="0017237B" w:rsidRPr="0017237B" w:rsidRDefault="0066065D" w:rsidP="00F8167F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>9</w:t>
       </w:r>
       <w:r w:rsidR="0017237B" w:rsidRPr="0017237B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.5. ar sudėti nustatyta tvarka patalpoje likę gaminiai, medžiagos ir kitas turtas;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0017237B" w:rsidRPr="0017237B" w:rsidRDefault="0066065D" w:rsidP="00F8167F">
+    <w:p w14:paraId="130AD4E0" w14:textId="77777777" w:rsidR="0017237B" w:rsidRPr="0017237B" w:rsidRDefault="0066065D" w:rsidP="00F8167F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>9</w:t>
       </w:r>
       <w:r w:rsidR="0017237B" w:rsidRPr="0017237B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.6. ar laisvi pagrindiniai praėjimai patalpose;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0017237B" w:rsidRPr="0017237B" w:rsidRDefault="0066065D" w:rsidP="00F8167F">
+    <w:p w14:paraId="21955D88" w14:textId="77777777" w:rsidR="0017237B" w:rsidRPr="0017237B" w:rsidRDefault="0066065D" w:rsidP="00F8167F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>9</w:t>
       </w:r>
       <w:r w:rsidR="0017237B" w:rsidRPr="0017237B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.7. ar veikia budintis apšvietimas;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0017237B" w:rsidRPr="0017237B" w:rsidRDefault="0066065D" w:rsidP="00F8167F">
+    <w:p w14:paraId="7A32012C" w14:textId="77777777" w:rsidR="0017237B" w:rsidRPr="0017237B" w:rsidRDefault="0066065D" w:rsidP="00F8167F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>9</w:t>
       </w:r>
       <w:r w:rsidR="0017237B" w:rsidRPr="0017237B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.8. ar patalpose neliko žmonių (darbuotojų ar pašalinių);</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0017237B" w:rsidRPr="0017237B" w:rsidRDefault="0066065D" w:rsidP="00F8167F">
+    <w:p w14:paraId="6B63DBDC" w14:textId="77777777" w:rsidR="0017237B" w:rsidRPr="0017237B" w:rsidRDefault="0066065D" w:rsidP="00F8167F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>9</w:t>
       </w:r>
       <w:r w:rsidR="0017237B" w:rsidRPr="0017237B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00C1488E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>9.</w:t>
       </w:r>
       <w:r w:rsidR="0017237B" w:rsidRPr="0017237B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Patalpų tikrinimo, prieš jas uždarant, tikslas:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0017237B" w:rsidRPr="0017237B" w:rsidRDefault="00C1488E" w:rsidP="00F8167F">
+    <w:p w14:paraId="70F66FE5" w14:textId="77777777" w:rsidR="0017237B" w:rsidRPr="0017237B" w:rsidRDefault="00C1488E" w:rsidP="00F8167F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>9.</w:t>
       </w:r>
       <w:r w:rsidR="0066065D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>9</w:t>
       </w:r>
       <w:r w:rsidR="0017237B" w:rsidRPr="0017237B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.1. pašalinti priežastis, galinčias sukelti patalpose gaisrą nedarbo metu;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0017237B" w:rsidRPr="0017237B" w:rsidRDefault="00C1488E" w:rsidP="00F8167F">
+    <w:p w14:paraId="392F9077" w14:textId="77777777" w:rsidR="0017237B" w:rsidRPr="0017237B" w:rsidRDefault="00C1488E" w:rsidP="00F8167F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>9.</w:t>
       </w:r>
       <w:r w:rsidR="0066065D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>9</w:t>
       </w:r>
       <w:r w:rsidR="0017237B" w:rsidRPr="0017237B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.2. pašalinti gaisro kilimo ir ugnies plitimo priežastis;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0017237B" w:rsidRPr="0017237B" w:rsidRDefault="00C1488E" w:rsidP="00F8167F">
+    <w:p w14:paraId="70C5EAD6" w14:textId="77777777" w:rsidR="0017237B" w:rsidRPr="0017237B" w:rsidRDefault="00C1488E" w:rsidP="00F8167F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>9.</w:t>
       </w:r>
       <w:r w:rsidR="0066065D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>9</w:t>
       </w:r>
       <w:r w:rsidR="0017237B" w:rsidRPr="0017237B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.3. patikrinti pirminių gaisro gesinimo priemonių tvarkingumą.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FE13B8" w:rsidRDefault="0017237B" w:rsidP="0017237B">
+    <w:p w14:paraId="73CF0A20" w14:textId="77777777" w:rsidR="00FE13B8" w:rsidRDefault="0017237B" w:rsidP="0017237B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r w:rsidRPr="0017237B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>____________________________________________________________________</w:t>
       </w:r>
       <w:r>
         <w:t>_</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00FE13B8" w:rsidSect="00A72595">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1440" w:right="991" w:bottom="1440" w:left="1440" w:header="567" w:footer="567" w:gutter="0"/>
       <w:cols w:space="1296"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="1296"/>
   <w:hyphenationZone w:val="396"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0017237B"/>
+    <w:rsid w:val="00001E32"/>
     <w:rsid w:val="00074AB1"/>
     <w:rsid w:val="0017237B"/>
     <w:rsid w:val="00304FA0"/>
     <w:rsid w:val="004172B1"/>
     <w:rsid w:val="0066065D"/>
     <w:rsid w:val="0066632E"/>
     <w:rsid w:val="008C78E5"/>
     <w:rsid w:val="00A67C41"/>
     <w:rsid w:val="00A72595"/>
     <w:rsid w:val="00C1488E"/>
     <w:rsid w:val="00D670B5"/>
     <w:rsid w:val="00F8167F"/>
     <w:rsid w:val="00FE13B8"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="lt-LT"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
+  <w14:docId w14:val="52AAB047"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{3CDC02B0-8609-418E-9A08-9985A9228D07}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="lt-LT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -5005,98 +4988,94 @@
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
@@ -5271,87 +5250,92 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="prastasis">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Numatytasispastraiposriftas">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="prastojilentel">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Sraonra">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="„Office“ tema">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
@@ -5583,55 +5567,55 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>7628</Words>
-  <Characters>4349</Characters>
+  <Words>1787</Words>
+  <Characters>10190</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>36</Lines>
+  <Lines>84</Lines>
   <Paragraphs>23</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Pavadinimas</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>HP</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <CharactersWithSpaces>11954</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>