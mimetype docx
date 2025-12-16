--- v0 (2025-11-25)
+++ v1 (2025-12-16)
@@ -3832,50 +3832,51 @@
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="396"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:ulTrailSpace/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="003A575B"/>
+    <w:rsid w:val="000B6C8D"/>
     <w:rsid w:val="001E01DB"/>
     <w:rsid w:val="003423DD"/>
     <w:rsid w:val="003A575B"/>
     <w:rsid w:val="0055234D"/>
     <w:rsid w:val="008C052D"/>
     <w:rsid w:val="00ED493C"/>
     <w:rsid w:val="00FA3700"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="lt-LT"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>