--- v0 (2025-11-12)
+++ v1 (2025-12-03)
@@ -5636,50 +5636,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="1296"/>
   <w:hyphenationZone w:val="396"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00EF58F2"/>
     <w:rsid w:val="00003B36"/>
     <w:rsid w:val="00071BC5"/>
     <w:rsid w:val="00074FF9"/>
     <w:rsid w:val="000A32AC"/>
     <w:rsid w:val="000C5F22"/>
     <w:rsid w:val="000D5DB4"/>
     <w:rsid w:val="000E4BD5"/>
     <w:rsid w:val="00134A12"/>
     <w:rsid w:val="00151F32"/>
     <w:rsid w:val="00200501"/>
     <w:rsid w:val="00227E05"/>
     <w:rsid w:val="002615A9"/>
@@ -5690,50 +5691,51 @@
     <w:rsid w:val="003F0859"/>
     <w:rsid w:val="00403C09"/>
     <w:rsid w:val="00410608"/>
     <w:rsid w:val="00490167"/>
     <w:rsid w:val="004A79D7"/>
     <w:rsid w:val="00576CBB"/>
     <w:rsid w:val="005E34E5"/>
     <w:rsid w:val="00613B71"/>
     <w:rsid w:val="00626E8A"/>
     <w:rsid w:val="00631720"/>
     <w:rsid w:val="00657032"/>
     <w:rsid w:val="0067028E"/>
     <w:rsid w:val="006C05AA"/>
     <w:rsid w:val="006E15E5"/>
     <w:rsid w:val="00715246"/>
     <w:rsid w:val="007243F3"/>
     <w:rsid w:val="007630B8"/>
     <w:rsid w:val="00792A35"/>
     <w:rsid w:val="007F1A95"/>
     <w:rsid w:val="00802F6C"/>
     <w:rsid w:val="0083442C"/>
     <w:rsid w:val="008538B2"/>
     <w:rsid w:val="008B4088"/>
     <w:rsid w:val="008B6E34"/>
     <w:rsid w:val="00902171"/>
+    <w:rsid w:val="00927ADC"/>
     <w:rsid w:val="009322A6"/>
     <w:rsid w:val="009D249D"/>
     <w:rsid w:val="009F31DF"/>
     <w:rsid w:val="00A27C01"/>
     <w:rsid w:val="00A85794"/>
     <w:rsid w:val="00AA67D5"/>
     <w:rsid w:val="00B054D0"/>
     <w:rsid w:val="00B17C5D"/>
     <w:rsid w:val="00B27A3C"/>
     <w:rsid w:val="00BA5457"/>
     <w:rsid w:val="00BC6103"/>
     <w:rsid w:val="00C01F20"/>
     <w:rsid w:val="00C42BB1"/>
     <w:rsid w:val="00C719DA"/>
     <w:rsid w:val="00CB0EAD"/>
     <w:rsid w:val="00CD53A7"/>
     <w:rsid w:val="00D20222"/>
     <w:rsid w:val="00D42E00"/>
     <w:rsid w:val="00D43AD4"/>
     <w:rsid w:val="00DB06E8"/>
     <w:rsid w:val="00DF674D"/>
     <w:rsid w:val="00E116DD"/>
     <w:rsid w:val="00E44173"/>
     <w:rsid w:val="00E7282A"/>
     <w:rsid w:val="00E87544"/>