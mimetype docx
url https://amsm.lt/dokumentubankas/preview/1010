--- v0 (2025-10-13)
+++ v1 (2025-12-16)
@@ -10097,59 +10097,51 @@
         <w:pStyle w:val="Pagrindinistekstas"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="4114"/>
         </w:tabs>
         <w:spacing w:before="153"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Komandiruotės trukmė: </w:t>
       </w:r>
       <w:r w:rsidR="00B776DD">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">              </w:t>
       </w:r>
       <w:r>
         <w:t>diena</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t>(-</w:t>
-[...7 lines deleted...]
-        <w:t>/</w:t>
+        <w:t>(-os/</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>-</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t>ų)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1724659C" w14:textId="77777777" w:rsidR="00BC5309" w:rsidRDefault="00F379F0" w:rsidP="00B776DD">
       <w:pPr>
         <w:pStyle w:val="Pagrindinistekstas"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="2180"/>
           <w:tab w:val="left" w:pos="3747"/>
           <w:tab w:val="left" w:pos="5081"/>
           <w:tab w:val="left" w:pos="7966"/>
@@ -12121,103 +12113,103 @@
           <w:pgMar w:top="980" w:right="283" w:bottom="280" w:left="1559" w:header="574" w:footer="0" w:gutter="0"/>
           <w:cols w:space="1296"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2B639B59" w14:textId="34D86268" w:rsidR="00BC5309" w:rsidRDefault="00BC5309" w:rsidP="00800B74">
       <w:pPr>
         <w:pStyle w:val="Pagrindinistekstas"/>
         <w:spacing w:before="80" w:line="259" w:lineRule="auto"/>
         <w:ind w:right="748"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00BC5309">
       <w:pgSz w:w="11920" w:h="16850"/>
       <w:pgMar w:top="980" w:right="283" w:bottom="280" w:left="1559" w:header="574" w:footer="0" w:gutter="0"/>
       <w:cols w:space="1296"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2EC2ED4D" w14:textId="77777777" w:rsidR="00797126" w:rsidRDefault="00797126">
+    <w:p w14:paraId="4491D78C" w14:textId="77777777" w:rsidR="00BC0DFB" w:rsidRDefault="00BC0DFB">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="039416B0" w14:textId="77777777" w:rsidR="00797126" w:rsidRDefault="00797126">
+    <w:p w14:paraId="685A09DC" w14:textId="77777777" w:rsidR="00BC0DFB" w:rsidRDefault="00BC0DFB">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="20002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="A0002AEF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0DD21BD3" w14:textId="77777777" w:rsidR="00797126" w:rsidRDefault="00797126">
+    <w:p w14:paraId="7B08CDE7" w14:textId="77777777" w:rsidR="00BC0DFB" w:rsidRDefault="00BC0DFB">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="2B773E13" w14:textId="77777777" w:rsidR="00797126" w:rsidRDefault="00797126">
+    <w:p w14:paraId="17A9A24E" w14:textId="77777777" w:rsidR="00BC0DFB" w:rsidRDefault="00BC0DFB">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:p w14:paraId="191C7448" w14:textId="77777777" w:rsidR="00BC5309" w:rsidRDefault="00F379F0">
     <w:pPr>
       <w:pStyle w:val="Pagrindinistekstas"/>
       <w:spacing w:line="14" w:lineRule="auto"/>
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:lang w:eastAsia="lt-LT"/>
       </w:rPr>
       <mc:AlternateContent>
@@ -12745,95 +12737,98 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="8303" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="lt-LT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="396"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:ulTrailSpace/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00BC5309"/>
     <w:rsid w:val="00041345"/>
+    <w:rsid w:val="00052767"/>
+    <w:rsid w:val="00204949"/>
     <w:rsid w:val="00263B87"/>
     <w:rsid w:val="002B4421"/>
     <w:rsid w:val="002D54CE"/>
     <w:rsid w:val="003902D3"/>
     <w:rsid w:val="00473C09"/>
     <w:rsid w:val="004A3AC2"/>
     <w:rsid w:val="004F2CCC"/>
     <w:rsid w:val="005C3D48"/>
     <w:rsid w:val="00625F92"/>
     <w:rsid w:val="00722A30"/>
     <w:rsid w:val="00797126"/>
+    <w:rsid w:val="007E5F0E"/>
     <w:rsid w:val="007F1DDE"/>
     <w:rsid w:val="00800B74"/>
     <w:rsid w:val="00821E55"/>
     <w:rsid w:val="00895CB8"/>
     <w:rsid w:val="008B0F08"/>
     <w:rsid w:val="00947D6B"/>
     <w:rsid w:val="00970C2F"/>
     <w:rsid w:val="00B776DD"/>
+    <w:rsid w:val="00BC0DFB"/>
     <w:rsid w:val="00BC5309"/>
     <w:rsid w:val="00BD4838"/>
     <w:rsid w:val="00BF3168"/>
     <w:rsid w:val="00F379F0"/>
     <w:rsid w:val="00FE3C30"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="lt-LT"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>