--- v0 (2025-10-13)
+++ v1 (2025-12-16)
@@ -5560,58 +5560,60 @@
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="1296"/>
   <w:hyphenationZone w:val="396"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00235BAA"/>
     <w:rsid w:val="000128B7"/>
     <w:rsid w:val="000C083C"/>
     <w:rsid w:val="001523A7"/>
+    <w:rsid w:val="001A3C76"/>
     <w:rsid w:val="001E7B7B"/>
     <w:rsid w:val="0022512E"/>
     <w:rsid w:val="00235BAA"/>
     <w:rsid w:val="00284DF5"/>
     <w:rsid w:val="002C7E36"/>
     <w:rsid w:val="003E25D2"/>
     <w:rsid w:val="003E4FD4"/>
     <w:rsid w:val="00412264"/>
+    <w:rsid w:val="00485A12"/>
     <w:rsid w:val="004C44E4"/>
     <w:rsid w:val="00524BF8"/>
     <w:rsid w:val="00552FF7"/>
     <w:rsid w:val="00601705"/>
     <w:rsid w:val="0067656B"/>
     <w:rsid w:val="006B5377"/>
     <w:rsid w:val="006B571E"/>
     <w:rsid w:val="007940CC"/>
     <w:rsid w:val="007D60FC"/>
     <w:rsid w:val="00954B31"/>
     <w:rsid w:val="00982647"/>
     <w:rsid w:val="00A06F91"/>
     <w:rsid w:val="00B10A8A"/>
     <w:rsid w:val="00BE313E"/>
     <w:rsid w:val="00BE57A0"/>
     <w:rsid w:val="00C46EEC"/>
     <w:rsid w:val="00C81C6F"/>
     <w:rsid w:val="00CA74C5"/>
     <w:rsid w:val="00CF62AD"/>
     <w:rsid w:val="00E0146C"/>
     <w:rsid w:val="00E339FE"/>
     <w:rsid w:val="00EE6DBA"/>
     <w:rsid w:val="00FA3389"/>
   </w:rsids>
   <m:mathPr>