--- v0 (2025-10-13)
+++ v1 (2025-12-16)
@@ -1,170 +1,170 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w:rsidR="00C20BC3" w:rsidRPr="00BC0D1D" w:rsidRDefault="00DD7BB7" w:rsidP="00C20BC3">
+    <w:p w14:paraId="5366143E" w14:textId="77777777" w:rsidR="00C20BC3" w:rsidRPr="00BC0D1D" w:rsidRDefault="00DD7BB7" w:rsidP="00C20BC3">
       <w:pPr>
         <w:pStyle w:val="prastasiniatinklio"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="168" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BC0D1D">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">                                            </w:t>
       </w:r>
       <w:r w:rsidR="00430D5D">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">        </w:t>
       </w:r>
       <w:r w:rsidR="00EA1DA9">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">                </w:t>
       </w:r>
       <w:r w:rsidR="00C20BC3" w:rsidRPr="00BC0D1D">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>PATVIRTINTA</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EA1DA9" w:rsidRDefault="00DD7BB7" w:rsidP="006508B0">
+    <w:p w14:paraId="0E2362F9" w14:textId="77777777" w:rsidR="00EA1DA9" w:rsidRDefault="00DD7BB7" w:rsidP="006508B0">
       <w:pPr>
         <w:pStyle w:val="prastasiniatinklio"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">                                                            </w:t>
       </w:r>
       <w:r w:rsidR="00BC0D1D">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">                    </w:t>
       </w:r>
       <w:r w:rsidR="00C20BC3" w:rsidRPr="005241E6">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Alytaus r. meno ir sporto</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00EA1DA9" w:rsidRDefault="00EA1DA9" w:rsidP="00EA1DA9">
+    <w:p w14:paraId="7E9892C4" w14:textId="77777777" w:rsidR="00EA1DA9" w:rsidRDefault="00EA1DA9" w:rsidP="00EA1DA9">
       <w:pPr>
         <w:pStyle w:val="prastasiniatinklio"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">                                      </w:t>
       </w:r>
       <w:r w:rsidR="00C20BC3" w:rsidRPr="005241E6">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">                                     </w:t>
       </w:r>
       <w:r w:rsidR="00C20BC3" w:rsidRPr="005241E6">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">mokyklos </w:t>
       </w:r>
       <w:r w:rsidR="00BC0D1D">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">direktoriaus </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BC0D1D" w:rsidRDefault="00EA1DA9" w:rsidP="006508B0">
+    <w:p w14:paraId="3E435EC4" w14:textId="77777777" w:rsidR="00BC0D1D" w:rsidRDefault="00EA1DA9" w:rsidP="006508B0">
       <w:pPr>
         <w:pStyle w:val="prastasiniatinklio"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">                                                                  </w:t>
       </w:r>
       <w:r w:rsidR="00D633F6">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">         </w:t>
       </w:r>
       <w:r w:rsidR="00350FB2">
@@ -181,51 +181,51 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00D633F6">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>2023 m. gruodžio 18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00430D5D">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>d.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C20BC3" w:rsidRDefault="00BC0D1D" w:rsidP="006508B0">
+    <w:p w14:paraId="39975EE5" w14:textId="77777777" w:rsidR="00C20BC3" w:rsidRDefault="00BC0D1D" w:rsidP="006508B0">
       <w:pPr>
         <w:pStyle w:val="prastasiniatinklio"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">                                           </w:t>
       </w:r>
       <w:r w:rsidR="00EA1DA9">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">                        </w:t>
       </w:r>
       <w:r w:rsidR="00D633F6">
@@ -284,659 +284,659 @@
         </w:rPr>
         <w:t xml:space="preserve"> Nr.</w:t>
       </w:r>
       <w:r w:rsidR="00EA1DA9">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> MV-</w:t>
       </w:r>
       <w:r w:rsidR="00350FB2">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00D633F6">
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>49</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006508B0" w:rsidRDefault="006508B0" w:rsidP="006508B0">
+    <w:p w14:paraId="7F203AEC" w14:textId="77777777" w:rsidR="006508B0" w:rsidRDefault="006508B0" w:rsidP="006508B0">
       <w:pPr>
         <w:pStyle w:val="prastasiniatinklio"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00DD7BB7" w:rsidRPr="005241E6" w:rsidRDefault="00DD7BB7" w:rsidP="00C20BC3">
+    <w:p w14:paraId="128177BB" w14:textId="77777777" w:rsidR="00DD7BB7" w:rsidRPr="005241E6" w:rsidRDefault="00DD7BB7" w:rsidP="00C20BC3">
       <w:pPr>
         <w:pStyle w:val="prastasiniatinklio"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="168" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00DD7BB7" w:rsidRPr="00DD7BB7" w:rsidRDefault="00DD7BB7" w:rsidP="00DD7BB7">
+    <w:p w14:paraId="0BDB0E7D" w14:textId="77777777" w:rsidR="00DD7BB7" w:rsidRPr="00DD7BB7" w:rsidRDefault="00DD7BB7" w:rsidP="00DD7BB7">
       <w:pPr>
         <w:pStyle w:val="prastasiniatinklio"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DD7BB7">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>DĖL ATSARGUMO PRIEMONIŲ TAIKYMO MOKYKLOJE,</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DD7BB7" w:rsidRPr="00DD7BB7" w:rsidRDefault="00DD7BB7" w:rsidP="00DD7BB7">
+    <w:p w14:paraId="6DC784CF" w14:textId="77777777" w:rsidR="00DD7BB7" w:rsidRPr="00DD7BB7" w:rsidRDefault="00DD7BB7" w:rsidP="00DD7BB7">
       <w:pPr>
         <w:pStyle w:val="prastasiniatinklio"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DD7BB7">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>SIEKIANT IŠVENGTI GALIMO NEIGIAMO POVEIKIO VAIKŲ SVEIKATAI</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C20BC3" w:rsidRDefault="00DD7BB7" w:rsidP="00DD7BB7">
+    <w:p w14:paraId="1A3EEA45" w14:textId="77777777" w:rsidR="00C20BC3" w:rsidRDefault="00DD7BB7" w:rsidP="00DD7BB7">
       <w:pPr>
         <w:pStyle w:val="prastasiniatinklio"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DD7BB7">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>NAUDOJANT MOBILIUOSIUS TELEFONUS</w:t>
       </w:r>
       <w:r w:rsidR="00EA1DA9">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> TVARKA</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C20BC3" w:rsidRDefault="00C20BC3" w:rsidP="005241E6">
+    <w:p w14:paraId="7AAE1049" w14:textId="77777777" w:rsidR="00C20BC3" w:rsidRDefault="00C20BC3" w:rsidP="005241E6">
       <w:pPr>
         <w:pStyle w:val="prastasiniatinklio"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="168" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>I SKYRIUS</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C20BC3" w:rsidRDefault="00C20BC3" w:rsidP="005241E6">
+    <w:p w14:paraId="02B3BBB5" w14:textId="77777777" w:rsidR="00C20BC3" w:rsidRDefault="00C20BC3" w:rsidP="005241E6">
       <w:pPr>
         <w:pStyle w:val="prastasiniatinklio"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="168" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>BENDROSIOS NUOSTATOS</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A83017" w:rsidRPr="00422F95" w:rsidRDefault="00C20BC3" w:rsidP="00422F95">
+    <w:p w14:paraId="4434B38B" w14:textId="77777777" w:rsidR="00A83017" w:rsidRPr="00422F95" w:rsidRDefault="00C20BC3" w:rsidP="00422F95">
       <w:pPr>
         <w:pStyle w:val="prastasiniatinklio"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="168" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="1246"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006508B0">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>1. Taisyklės parengtos vadovaujantis Lietuvos Respublikos sveikatos apsaugos ministerijos 2011 m. rugpjūčio 31 d. pranešimu Nr. 10-(192-11.3)-6626 ,,Dėl atsargumo priemonių taikymo mokyklose siekiant išvengti galimo neigiamo poveikio vaikų sveikatai nau</w:t>
       </w:r>
       <w:r w:rsidR="00EA1DA9">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>dojant mobiliuosius telefonus“.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C20BC3" w:rsidRDefault="00C20BC3" w:rsidP="00A83017">
+    <w:p w14:paraId="34D8BC75" w14:textId="77777777" w:rsidR="00C20BC3" w:rsidRDefault="00C20BC3" w:rsidP="00A83017">
       <w:pPr>
         <w:pStyle w:val="prastasiniatinklio"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="1246"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>2. Šiomis taisyklėmis siekiama:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C20BC3" w:rsidRDefault="005241E6" w:rsidP="00A83017">
+    <w:p w14:paraId="79C2A0A1" w14:textId="77777777" w:rsidR="00C20BC3" w:rsidRDefault="005241E6" w:rsidP="00A83017">
       <w:pPr>
         <w:pStyle w:val="prastasiniatinklio"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="1246"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>2.1. sumažinti žalą</w:t>
       </w:r>
       <w:r w:rsidR="00C20BC3">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> vaikų sveikatai riziką, irzlumą, atsirandantį vaikus atitraukus nuo mobiliųjų įrenginių, negebėjimą koncentruoti dėmesio;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C20BC3" w:rsidRDefault="00C20BC3" w:rsidP="00A83017">
+    <w:p w14:paraId="3A992F4F" w14:textId="77777777" w:rsidR="00C20BC3" w:rsidRDefault="00C20BC3" w:rsidP="00A83017">
       <w:pPr>
         <w:pStyle w:val="prastasiniatinklio"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="1246"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>2.2. apsaugoti vaikus nuo pavojingo turinio internete, patyčių mokinių ir mokyklos darbuotojų atžvilgiu;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C20BC3" w:rsidRDefault="00C20BC3" w:rsidP="00A83017">
+    <w:p w14:paraId="21B8B60E" w14:textId="77777777" w:rsidR="00C20BC3" w:rsidRDefault="00C20BC3" w:rsidP="00A83017">
       <w:pPr>
         <w:pStyle w:val="prastasiniatinklio"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="1246"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>2.3. vykdyti priklausomybės nuo mobiliųjų įrenginių prevenciją;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C20BC3" w:rsidRDefault="00C20BC3" w:rsidP="00A83017">
+    <w:p w14:paraId="462CEE15" w14:textId="77777777" w:rsidR="00C20BC3" w:rsidRDefault="00C20BC3" w:rsidP="00A83017">
       <w:pPr>
         <w:pStyle w:val="prastasiniatinklio"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="1246"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>2.4. užkrinti mokyklos vidinę tvarką.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C20BC3" w:rsidRDefault="00C20BC3" w:rsidP="00A83017">
+    <w:p w14:paraId="44B681E8" w14:textId="77777777" w:rsidR="00C20BC3" w:rsidRDefault="00C20BC3" w:rsidP="00A83017">
       <w:pPr>
         <w:pStyle w:val="prastasiniatinklio"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="312" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C20BC3" w:rsidRDefault="00C20BC3" w:rsidP="005241E6">
+    <w:p w14:paraId="28A278CD" w14:textId="77777777" w:rsidR="00C20BC3" w:rsidRDefault="00C20BC3" w:rsidP="005241E6">
       <w:pPr>
         <w:pStyle w:val="prastasiniatinklio"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="312" w:lineRule="atLeast"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>II SKYRIUS</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C20BC3" w:rsidRDefault="005241E6" w:rsidP="005241E6">
+    <w:p w14:paraId="7C0109F0" w14:textId="77777777" w:rsidR="00C20BC3" w:rsidRDefault="005241E6" w:rsidP="005241E6">
       <w:pPr>
         <w:pStyle w:val="prastasiniatinklio"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="312" w:lineRule="atLeast"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">              </w:t>
       </w:r>
       <w:r w:rsidR="00C20BC3">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>BENDROSIOS NAUDOJIMO (SI) MOBILIUOJU TELEFONU TAISYKLĖS</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A83017" w:rsidRDefault="00A83017" w:rsidP="005241E6">
+    <w:p w14:paraId="4EE7489A" w14:textId="77777777" w:rsidR="00A83017" w:rsidRDefault="00A83017" w:rsidP="005241E6">
       <w:pPr>
         <w:pStyle w:val="prastasiniatinklio"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="312" w:lineRule="atLeast"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C20BC3" w:rsidRDefault="00C20BC3" w:rsidP="00A83017">
+    <w:p w14:paraId="19D92513" w14:textId="77777777" w:rsidR="00C20BC3" w:rsidRDefault="00C20BC3" w:rsidP="00A83017">
       <w:pPr>
         <w:pStyle w:val="prastasiniatinklio"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:left="90" w:hanging="1080"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">                                  3. Mokytojai rekomenduoja tėvams susitarti su savo vaikais dėl mobiliųjų telefonų nesinešimo į mokyklą.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C20BC3" w:rsidRDefault="00C20BC3" w:rsidP="00A83017">
+    <w:p w14:paraId="3A6FF74F" w14:textId="77777777" w:rsidR="00C20BC3" w:rsidRDefault="00C20BC3" w:rsidP="00A83017">
       <w:pPr>
         <w:pStyle w:val="prastasiniatinklio"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="1077"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>4. Mokytojai pamokų metu telefonais gali naudotis atsakingai ir tik būtinais atvejais.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C20BC3" w:rsidRDefault="00C20BC3" w:rsidP="0015175D">
+    <w:p w14:paraId="746F6E62" w14:textId="77777777" w:rsidR="00C20BC3" w:rsidRDefault="00C20BC3" w:rsidP="0015175D">
       <w:pPr>
         <w:pStyle w:val="prastasiniatinklio"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="1077"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>5. Mokykla neatsako už mobiliųjų telefonų, ausinukų saugojimą. Už tai atsakingi patys tų daiktų turėtojai ir jų tėvai.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C20BC3" w:rsidRDefault="00C20BC3" w:rsidP="00C20BC3">
+    <w:p w14:paraId="71EA99E3" w14:textId="77777777" w:rsidR="00C20BC3" w:rsidRDefault="00C20BC3" w:rsidP="00C20BC3">
       <w:pPr>
         <w:pStyle w:val="prastasiniatinklio"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="312" w:lineRule="atLeast"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>III SKYRIUS</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C20BC3" w:rsidRDefault="005241E6" w:rsidP="00C20BC3">
+    <w:p w14:paraId="501E9612" w14:textId="77777777" w:rsidR="00C20BC3" w:rsidRDefault="005241E6" w:rsidP="00C20BC3">
       <w:pPr>
         <w:pStyle w:val="prastasiniatinklio"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="312" w:lineRule="atLeast"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">               </w:t>
       </w:r>
       <w:r w:rsidR="00C20BC3">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>MOBILIŲJŲ TELEFONŲ NAUDOJIMO TAISYKLĖS MOKINIAMS</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A83017" w:rsidRDefault="00A83017" w:rsidP="00C20BC3">
+    <w:p w14:paraId="40700D13" w14:textId="77777777" w:rsidR="00A83017" w:rsidRDefault="00A83017" w:rsidP="00C20BC3">
       <w:pPr>
         <w:pStyle w:val="prastasiniatinklio"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="312" w:lineRule="atLeast"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C20BC3" w:rsidRDefault="00C20BC3" w:rsidP="00A83017">
+    <w:p w14:paraId="25B27842" w14:textId="77777777" w:rsidR="00C20BC3" w:rsidRDefault="00C20BC3" w:rsidP="00A83017">
       <w:pPr>
         <w:pStyle w:val="prastasiniatinklio"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="312" w:lineRule="atLeast"/>
         <w:ind w:firstLine="1247"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>6. Mokiniams, atsinešusiems mobiliuosius telefonus į mokyklą, privaloma laikytis šių taisyklių:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C20BC3" w:rsidRDefault="005241E6" w:rsidP="00A83017">
+    <w:p w14:paraId="4ABC3419" w14:textId="77777777" w:rsidR="00C20BC3" w:rsidRDefault="005241E6" w:rsidP="00A83017">
       <w:pPr>
         <w:pStyle w:val="prastasiniatinklio"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="312" w:lineRule="atLeast"/>
         <w:ind w:firstLine="1247"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>6.1.</w:t>
       </w:r>
       <w:r w:rsidR="00C20BC3">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>draudžiama mobiliuoju telefonu mokyklos teritorijoje filmuoti ir fotografuoti;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C20BC3" w:rsidRDefault="00C20BC3" w:rsidP="00A83017">
+    <w:p w14:paraId="31277ECC" w14:textId="77777777" w:rsidR="00C20BC3" w:rsidRDefault="00C20BC3" w:rsidP="00A83017">
       <w:pPr>
         <w:pStyle w:val="prastasiniatinklio"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="312" w:lineRule="atLeast"/>
         <w:ind w:firstLine="1247"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>6.2. draudžiama mobiliu</w:t>
       </w:r>
       <w:r w:rsidR="009E63F4">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>oju telefonu mokykloje naudotis;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A83017" w:rsidRPr="0015175D" w:rsidRDefault="00A83017" w:rsidP="0015175D">
+    <w:p w14:paraId="5338182C" w14:textId="77777777" w:rsidR="00A83017" w:rsidRPr="0015175D" w:rsidRDefault="00A83017" w:rsidP="0015175D">
       <w:pPr>
         <w:pStyle w:val="prastasiniatinklio"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="312" w:lineRule="atLeast"/>
         <w:ind w:firstLine="1247"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>6.2.1. renginių metų naudotis telefonu draudžiama;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C20BC3" w:rsidRDefault="00A83017" w:rsidP="009E63F4">
+    <w:p w14:paraId="2A043570" w14:textId="77777777" w:rsidR="00C20BC3" w:rsidRDefault="00A83017" w:rsidP="009E63F4">
       <w:pPr>
         <w:pStyle w:val="prastasiniatinklio"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="312" w:lineRule="atLeast"/>
         <w:ind w:firstLine="1246"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>7. L</w:t>
       </w:r>
       <w:r w:rsidR="00C20BC3">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">eidus dalyko mokytojui, mobilus telefonas per pamokas gali būti naudojamas tik mokymosi tikslams. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006508B0" w:rsidRDefault="00A83017" w:rsidP="009E63F4">
+    <w:p w14:paraId="7E82E146" w14:textId="77777777" w:rsidR="006508B0" w:rsidRDefault="00A83017" w:rsidP="009E63F4">
       <w:pPr>
         <w:pStyle w:val="prastasiniatinklio"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="312" w:lineRule="atLeast"/>
         <w:ind w:firstLine="1246"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>8</w:t>
       </w:r>
       <w:r w:rsidR="00C20BC3">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>. Prasidėjus pamokai, mokinys, atsinešęs telefoną į mokyklą, privalo išjungti garsą ir padėti telefoną</w:t>
       </w:r>
       <w:r w:rsidR="006508B0" w:rsidRPr="006508B0">
         <w:rPr>
@@ -947,376 +947,374 @@
       <w:r w:rsidR="006508B0">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>mokytojo nurodytoje vietoje (</w:t>
       </w:r>
       <w:r w:rsidR="0015175D">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">pvz. </w:t>
       </w:r>
       <w:r w:rsidR="00C20BC3">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>telefonų laikymui skirtą dėžutę</w:t>
       </w:r>
       <w:r w:rsidR="006508B0">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">). </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C20BC3" w:rsidRDefault="00A83017" w:rsidP="009E63F4">
+    <w:p w14:paraId="7E094797" w14:textId="77777777" w:rsidR="00C20BC3" w:rsidRDefault="00A83017" w:rsidP="009E63F4">
       <w:pPr>
         <w:pStyle w:val="prastasiniatinklio"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="312" w:lineRule="atLeast"/>
         <w:ind w:firstLine="1246"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>9</w:t>
       </w:r>
       <w:r w:rsidR="00C20BC3">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00DD7BB7" w:rsidRPr="00DD7BB7">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Išimtinais atvejais (trauma, liga ir kitos ekstremalios situacijos) mokytojui leidus, galima skambinti mokyklos patalpose tėvams arba artimiesiems.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C20BC3" w:rsidRDefault="00A83017" w:rsidP="009E63F4">
+    <w:p w14:paraId="450C7426" w14:textId="77777777" w:rsidR="00C20BC3" w:rsidRDefault="00A83017" w:rsidP="009E63F4">
       <w:pPr>
         <w:pStyle w:val="prastasiniatinklio"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="312" w:lineRule="atLeast"/>
         <w:ind w:firstLine="1246"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>10</w:t>
       </w:r>
       <w:r w:rsidR="00C20BC3">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>. Jei mokiniai nesilaiko naudojimosi mobiliaisiais telefonais taisyklių:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C20BC3" w:rsidRDefault="00A83017" w:rsidP="009E63F4">
+    <w:p w14:paraId="09D0BF3C" w14:textId="77777777" w:rsidR="00C20BC3" w:rsidRDefault="00A83017" w:rsidP="009E63F4">
       <w:pPr>
         <w:pStyle w:val="prastasiniatinklio"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="312" w:lineRule="atLeast"/>
         <w:ind w:firstLine="1246"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>10.</w:t>
       </w:r>
       <w:r w:rsidR="00C20BC3">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>1. pirmą kartą mokinys yra įspėjamas;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C20BC3" w:rsidRDefault="00A83017" w:rsidP="009E63F4">
+    <w:p w14:paraId="284503B7" w14:textId="77777777" w:rsidR="00C20BC3" w:rsidRDefault="00A83017" w:rsidP="009E63F4">
       <w:pPr>
         <w:pStyle w:val="prastasiniatinklio"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="312" w:lineRule="atLeast"/>
         <w:ind w:firstLine="1246"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>10.</w:t>
       </w:r>
       <w:r w:rsidR="00C20BC3">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>2. jei mokinys antrą kartą pažeidžia taisykles, mokytojas turi teisę pai</w:t>
       </w:r>
       <w:r w:rsidR="005241E6">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>mti telefoną.  Pasibaigus  pamokai</w:t>
       </w:r>
       <w:r w:rsidR="00C20BC3">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> telefonas yra grąžinamas;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C20BC3" w:rsidRDefault="00A83017" w:rsidP="009E63F4">
+    <w:p w14:paraId="7AAC4FAE" w14:textId="77777777" w:rsidR="00C20BC3" w:rsidRDefault="00A83017" w:rsidP="009E63F4">
       <w:pPr>
         <w:pStyle w:val="prastasiniatinklio"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="312" w:lineRule="atLeast"/>
         <w:ind w:firstLine="1246"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>10.</w:t>
       </w:r>
       <w:r w:rsidR="00C20BC3">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>3. jei mokinys atsisako atiduoti ugdymo metu naudojamą telefoną, problemos sprendimui mokytojas kviečia mokyklos administracijos darbuotoją. Fiksuojamas drausmės pažeidimo faktas, informuojami tėvai;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C20BC3" w:rsidRDefault="00A83017" w:rsidP="009E63F4">
+    <w:p w14:paraId="3F79BC00" w14:textId="77777777" w:rsidR="00C20BC3" w:rsidRDefault="00A83017" w:rsidP="009E63F4">
       <w:pPr>
         <w:pStyle w:val="prastasiniatinklio"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="312" w:lineRule="atLeast"/>
         <w:ind w:firstLine="1246"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>10.</w:t>
       </w:r>
       <w:r w:rsidR="00C20BC3">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">4. jei mokinys </w:t>
       </w:r>
       <w:r w:rsidR="00DD7BB7">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>tris kartus pažeidžia naudojimo</w:t>
       </w:r>
       <w:r w:rsidR="00350FB2">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidR="00C20BC3">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>(si) mobiliaisiais telefonais taisykles, jo elgesys, pasikvi</w:t>
       </w:r>
       <w:r w:rsidR="0013630F">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>etus tėvus, svarstomas mokytojų</w:t>
       </w:r>
       <w:r w:rsidR="00C20BC3">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> tarybos posėdyje.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C20BC3" w:rsidRDefault="00C20BC3" w:rsidP="009E63F4">
+    <w:p w14:paraId="3C2E1428" w14:textId="77777777" w:rsidR="00C20BC3" w:rsidRDefault="00C20BC3" w:rsidP="009E63F4">
       <w:pPr>
         <w:pStyle w:val="prastasiniatinklio"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="312" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C20BC3" w:rsidRDefault="00C20BC3" w:rsidP="009E63F4">
+    <w:p w14:paraId="4EC8194C" w14:textId="77777777" w:rsidR="00C20BC3" w:rsidRDefault="00C20BC3" w:rsidP="009E63F4">
       <w:pPr>
         <w:pStyle w:val="prastasiniatinklio"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>IV SKYRIUS</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C20BC3" w:rsidRDefault="00C20BC3" w:rsidP="009E63F4">
+    <w:p w14:paraId="6D7F5F7C" w14:textId="77777777" w:rsidR="00C20BC3" w:rsidRDefault="00C20BC3" w:rsidP="009E63F4">
       <w:pPr>
         <w:pStyle w:val="prastasiniatinklio"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>BAIGIAMOSIOS NUOSTATOS</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009E63F4" w:rsidRDefault="009E63F4" w:rsidP="00DD7BB7">
+    <w:p w14:paraId="4A7F00F2" w14:textId="77777777" w:rsidR="009E63F4" w:rsidRDefault="009E63F4" w:rsidP="00DD7BB7">
       <w:pPr>
         <w:pStyle w:val="prastasiniatinklio"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="168" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C20BC3" w:rsidRDefault="00A83017" w:rsidP="009E63F4">
+    <w:p w14:paraId="05542925" w14:textId="77777777" w:rsidR="00C20BC3" w:rsidRDefault="00A83017" w:rsidP="009E63F4">
       <w:pPr>
         <w:pStyle w:val="prastasiniatinklio"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="1276"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>11</w:t>
       </w:r>
       <w:r w:rsidR="00C20BC3">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>. Naudojimosi mobiliaisiais telefonais mokykloje taisyklės paviešinamos mokyklos internetinėje svetainėje.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C20BC3" w:rsidRDefault="00A83017" w:rsidP="009E63F4">
+    <w:p w14:paraId="08BB3322" w14:textId="77777777" w:rsidR="00C20BC3" w:rsidRDefault="00A83017" w:rsidP="009E63F4">
       <w:pPr>
         <w:pStyle w:val="prastasiniatinklio"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:ind w:firstLine="1276"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">12. </w:t>
       </w:r>
       <w:r w:rsidR="00C20BC3">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Su mobiliųjų telefonų naudojimo</w:t>
       </w:r>
@@ -1325,177 +1323,177 @@
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00DD7BB7">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>si</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00DD7BB7">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>) taisyklėmis mokytojai</w:t>
       </w:r>
       <w:r w:rsidR="00C20BC3">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> supažindina mokinius ir jų tėvus.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C20BC3" w:rsidRDefault="00C20BC3" w:rsidP="00C20BC3">
+    <w:p w14:paraId="10A545CB" w14:textId="77777777" w:rsidR="00C20BC3" w:rsidRDefault="00C20BC3" w:rsidP="00C20BC3">
       <w:pPr>
         <w:pStyle w:val="prastasiniatinklio"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="168" w:beforeAutospacing="0" w:after="168" w:afterAutospacing="0" w:line="312" w:lineRule="atLeast"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>_______________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00174340" w:rsidRPr="00174340" w:rsidRDefault="00174340" w:rsidP="00174340">
+    <w:p w14:paraId="2F733731" w14:textId="77777777" w:rsidR="00174340" w:rsidRPr="00174340" w:rsidRDefault="00174340" w:rsidP="00174340">
       <w:pPr>
         <w:pStyle w:val="tool-title"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="408" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rStyle w:val="Grietas"/>
           <w:b w:val="0"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00DD7BB7" w:rsidRDefault="00DD7BB7" w:rsidP="00F27B8D">
+    <w:p w14:paraId="72192059" w14:textId="77777777" w:rsidR="00DD7BB7" w:rsidRDefault="00DD7BB7" w:rsidP="00F27B8D">
       <w:pPr>
         <w:pStyle w:val="tool-title"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="408" w:lineRule="atLeast"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rStyle w:val="Grietas"/>
           <w:color w:val="7F7F7F"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00DD7BB7" w:rsidRDefault="00DD7BB7" w:rsidP="00174340">
+    <w:p w14:paraId="48FAF676" w14:textId="77777777" w:rsidR="00DD7BB7" w:rsidRDefault="00DD7BB7" w:rsidP="00174340">
       <w:pPr>
         <w:pStyle w:val="tool-title"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="408" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="Grietas"/>
           <w:color w:val="7F7F7F"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00DD7BB7" w:rsidRDefault="00DD7BB7" w:rsidP="00F27B8D">
+    <w:p w14:paraId="5ECDD7B8" w14:textId="77777777" w:rsidR="00DD7BB7" w:rsidRDefault="00DD7BB7" w:rsidP="00F27B8D">
       <w:pPr>
         <w:pStyle w:val="tool-title"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="408" w:lineRule="atLeast"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rStyle w:val="Grietas"/>
           <w:color w:val="7F7F7F"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00DD7BB7" w:rsidRDefault="00DD7BB7" w:rsidP="006508B0">
+    <w:p w14:paraId="19D9994B" w14:textId="77777777" w:rsidR="00DD7BB7" w:rsidRDefault="00DD7BB7" w:rsidP="006508B0">
       <w:pPr>
         <w:pStyle w:val="prastasiniatinklio"/>
         <w:spacing w:before="96" w:beforeAutospacing="0" w:after="96" w:afterAutospacing="0" w:line="408" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="7F7F7F"/>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00DD7BB7" w:rsidSect="00350FB2">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1276" w:right="1440" w:bottom="1440" w:left="1440" w:header="567" w:footer="567" w:gutter="0"/>
       <w:cols w:space="1296"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="A0002AEF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="20002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="20002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="10507E3D"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="50785ED0"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
@@ -1572,140 +1570,142 @@
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
   <w:displayBackgroundShape/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="1296"/>
   <w:hyphenationZone w:val="396"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00C20BC3"/>
     <w:rsid w:val="00042B50"/>
     <w:rsid w:val="0013630F"/>
     <w:rsid w:val="0015175D"/>
     <w:rsid w:val="00174340"/>
     <w:rsid w:val="00295AF3"/>
     <w:rsid w:val="002E75D4"/>
     <w:rsid w:val="00350FB2"/>
     <w:rsid w:val="00422F95"/>
     <w:rsid w:val="00430D5D"/>
     <w:rsid w:val="005148EA"/>
     <w:rsid w:val="005241E6"/>
+    <w:rsid w:val="00641D49"/>
     <w:rsid w:val="006441F1"/>
     <w:rsid w:val="006508B0"/>
     <w:rsid w:val="00666866"/>
     <w:rsid w:val="0074315C"/>
     <w:rsid w:val="007E2376"/>
     <w:rsid w:val="00833095"/>
     <w:rsid w:val="00911D0C"/>
     <w:rsid w:val="009E63F4"/>
     <w:rsid w:val="00A83017"/>
     <w:rsid w:val="00BC0D1D"/>
     <w:rsid w:val="00C20BC3"/>
     <w:rsid w:val="00D20AD2"/>
     <w:rsid w:val="00D633F6"/>
     <w:rsid w:val="00DD7BB7"/>
     <w:rsid w:val="00EA1DA9"/>
     <w:rsid w:val="00F27B8D"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="lt-LT"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="2681FF08"/>
+  <w14:docId w14:val="1C007C96"/>
   <w15:docId w15:val="{F663904B-C107-4A18-A8EE-2BA4F2AE407B}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="lt-LT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -1767,98 +1767,94 @@
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
@@ -2033,50 +2029,55 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="prastasis">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="006441F1"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Numatytasispastraiposriftas">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="prastojilentel">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
@@ -2125,51 +2126,51 @@
     <w:qFormat/>
     <w:rsid w:val="00F27B8D"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="tool-text">
     <w:name w:val="tool-text"/>
     <w:basedOn w:val="prastasis"/>
     <w:rsid w:val="00F27B8D"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="lt-LT"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:divs>
     <w:div w:id="318465783">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1840847627">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -2450,55 +2451,55 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>2194</Words>
-  <Characters>1252</Characters>
+  <Words>514</Words>
+  <Characters>2932</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>10</Lines>
+  <Lines>24</Lines>
   <Paragraphs>6</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Pavadinimas</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr/>
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>