--- v0 (2025-10-13)
+++ v1 (2025-12-16)
@@ -1,241 +1,241 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w:rsidR="00F75EE3" w:rsidRDefault="00F75EE3" w:rsidP="00787B99">
+    <w:p w14:paraId="69374B6F" w14:textId="77777777" w:rsidR="00F75EE3" w:rsidRDefault="00F75EE3" w:rsidP="00787B99">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="6463"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F75EE3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">                                                                                                                                                     PATVIRTINTA</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F75EE3" w:rsidRDefault="00F75EE3" w:rsidP="00787B99">
+    <w:p w14:paraId="0955D731" w14:textId="77777777" w:rsidR="00F75EE3" w:rsidRDefault="00F75EE3" w:rsidP="00787B99">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="6463"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Alytaus r. meno ir sporto</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F75EE3" w:rsidRDefault="00F75EE3" w:rsidP="00787B99">
+    <w:p w14:paraId="3D2D1B90" w14:textId="77777777" w:rsidR="00F75EE3" w:rsidRDefault="00F75EE3" w:rsidP="00787B99">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="6463"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>mokyklos direktoriaus</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F75EE3" w:rsidRDefault="00787B99" w:rsidP="00787B99">
+    <w:p w14:paraId="068735F6" w14:textId="77777777" w:rsidR="00F75EE3" w:rsidRDefault="00787B99" w:rsidP="00787B99">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="6463"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>2023 m. kovo 9 d.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00787B99" w:rsidRPr="00F75EE3" w:rsidRDefault="00787B99" w:rsidP="00787B99">
+    <w:p w14:paraId="0C2DDF42" w14:textId="77777777" w:rsidR="00787B99" w:rsidRPr="00F75EE3" w:rsidRDefault="00787B99" w:rsidP="00787B99">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="6463"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>įsakymu Nr. MV-17</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F75EE3" w:rsidRDefault="00F75EE3"/>
-    <w:p w:rsidR="00F75EE3" w:rsidRPr="00F75EE3" w:rsidRDefault="00F75EE3" w:rsidP="00787B99">
+    <w:p w14:paraId="56DAA5FD" w14:textId="77777777" w:rsidR="00F75EE3" w:rsidRDefault="00F75EE3"/>
+    <w:p w14:paraId="1D1ED1E6" w14:textId="77777777" w:rsidR="00F75EE3" w:rsidRPr="00F75EE3" w:rsidRDefault="00F75EE3" w:rsidP="00787B99">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F75EE3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>DARBUOTOJŲ ASMENS DUOMENŲ APSAUGOS MOKYMŲ ORGANIZAVIMO IR</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F75EE3" w:rsidRDefault="00F75EE3" w:rsidP="00787B99">
+    <w:p w14:paraId="4267291D" w14:textId="77777777" w:rsidR="00F75EE3" w:rsidRDefault="00F75EE3" w:rsidP="00787B99">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F75EE3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>VYKDYMO TVARKOS APRAŠAS</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00787B99" w:rsidRPr="00F75EE3" w:rsidRDefault="00787B99" w:rsidP="00787B99">
+    <w:p w14:paraId="0AA11F18" w14:textId="77777777" w:rsidR="00787B99" w:rsidRPr="00F75EE3" w:rsidRDefault="00787B99" w:rsidP="00787B99">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F75EE3" w:rsidRPr="00F75EE3" w:rsidRDefault="00F75EE3" w:rsidP="00787B99">
+    <w:p w14:paraId="6232A239" w14:textId="77777777" w:rsidR="00F75EE3" w:rsidRPr="00F75EE3" w:rsidRDefault="00F75EE3" w:rsidP="00787B99">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F75EE3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>I SKYRIUS</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F75EE3" w:rsidRPr="00F75EE3" w:rsidRDefault="00F75EE3" w:rsidP="00787B99">
+    <w:p w14:paraId="4B8661FD" w14:textId="77777777" w:rsidR="00F75EE3" w:rsidRPr="00F75EE3" w:rsidRDefault="00F75EE3" w:rsidP="00787B99">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F75EE3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>BENDROSIOS NUOSTATOS</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F75EE3" w:rsidRPr="00F75EE3" w:rsidRDefault="00F75EE3" w:rsidP="00F75EE3">
+    <w:p w14:paraId="7D69F55B" w14:textId="77777777" w:rsidR="00F75EE3" w:rsidRPr="00F75EE3" w:rsidRDefault="00F75EE3" w:rsidP="00F75EE3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">                </w:t>
       </w:r>
       <w:r w:rsidRPr="00F75EE3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>1. Darbuotojų asmens duomenų apsaugos mokymų organizav</w:t>
       </w:r>
       <w:r>
@@ -249,93 +249,93 @@
       <w:r w:rsidRPr="00F75EE3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(toliau – Tvarkos aprašas) nustato darbuotojų asmens duomenų a</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">psaugos mokymų organizavimo ir </w:t>
       </w:r>
       <w:r w:rsidRPr="00F75EE3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>vykdymo tvarką.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F75EE3" w:rsidRPr="00F75EE3" w:rsidRDefault="00F75EE3" w:rsidP="00F75EE3">
+    <w:p w14:paraId="64F6AB14" w14:textId="77777777" w:rsidR="00F75EE3" w:rsidRPr="00F75EE3" w:rsidRDefault="00F75EE3" w:rsidP="00F75EE3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">                </w:t>
       </w:r>
       <w:r w:rsidRPr="00F75EE3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>2. Tvarkos aprašo tikslas – užtikrinti duomenų tvarkymo opera</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">cijose dalyvaujančių darbuotojų </w:t>
       </w:r>
       <w:r w:rsidRPr="00F75EE3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>mokymą ir švietimą bei informuotumo didinimą.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F75EE3" w:rsidRPr="00F75EE3" w:rsidRDefault="00F75EE3" w:rsidP="00F75EE3">
+    <w:p w14:paraId="660E0464" w14:textId="77777777" w:rsidR="00F75EE3" w:rsidRPr="00F75EE3" w:rsidRDefault="00F75EE3" w:rsidP="00F75EE3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">               </w:t>
       </w:r>
       <w:r w:rsidRPr="00F75EE3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>3. Tvarkos apraše vartojamos sąvokos atitinka 2016 m. balandž</w:t>
       </w:r>
       <w:r>
@@ -365,221 +365,203 @@
       <w:r w:rsidRPr="00F75EE3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>tokių duomenų judėjimo ir kuriuo panaikinama Direktyva 95/46/</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">EB (Bendrasis duomenų apsaugos </w:t>
       </w:r>
       <w:r w:rsidRPr="00F75EE3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>reglamentas), įtvirtintas sąvokas.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F75EE3" w:rsidRPr="00F75EE3" w:rsidRDefault="00F75EE3" w:rsidP="00F75EE3">
+    <w:p w14:paraId="42CB6045" w14:textId="77777777" w:rsidR="00F75EE3" w:rsidRPr="00F75EE3" w:rsidRDefault="00F75EE3" w:rsidP="00F75EE3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">              </w:t>
       </w:r>
       <w:r w:rsidR="007F6EC2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>4. Mokymai mokyklos</w:t>
       </w:r>
       <w:r w:rsidRPr="00F75EE3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> darbuotojams vykdomi jų darbo vietoje, nuotoli</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">niu būdu ar pasitelkiant kitas </w:t>
       </w:r>
       <w:r w:rsidRPr="00F75EE3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>priemones.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F75EE3" w:rsidRPr="00F75EE3" w:rsidRDefault="00F75EE3" w:rsidP="00F75EE3">
+    <w:p w14:paraId="0F391F25" w14:textId="77777777" w:rsidR="00F75EE3" w:rsidRPr="00F75EE3" w:rsidRDefault="00F75EE3" w:rsidP="00F75EE3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">             </w:t>
       </w:r>
       <w:r w:rsidRPr="00F75EE3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">5. Darbuotojų informuotumas gali būti didinamas ir kitomis </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">priemonėmis (supažindinimas su </w:t>
       </w:r>
       <w:r w:rsidRPr="00F75EE3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">atmintinėmis, priminimais apie galiojančius reikalavimus, priežiūros institucijų </w:t>
-[...20 lines deleted...]
-    <w:p w:rsidR="00F75EE3" w:rsidRPr="00F75EE3" w:rsidRDefault="00F75EE3" w:rsidP="00F75EE3">
+        <w:t xml:space="preserve">atmintinėmis, priminimais apie galiojančius reikalavimus, priežiūros institucijų išaiškinimais ar </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1D6C8D62" w14:textId="77777777" w:rsidR="00F75EE3" w:rsidRPr="00F75EE3" w:rsidRDefault="00F75EE3" w:rsidP="00F75EE3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F75EE3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>rekomendacijomis ir pan.).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F75EE3" w:rsidRPr="00F75EE3" w:rsidRDefault="00F75EE3" w:rsidP="00787B99">
+    <w:p w14:paraId="6878B241" w14:textId="77777777" w:rsidR="00F75EE3" w:rsidRPr="00F75EE3" w:rsidRDefault="00F75EE3" w:rsidP="00787B99">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F75EE3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>II SKYRIUS</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F75EE3" w:rsidRPr="00F75EE3" w:rsidRDefault="00F75EE3" w:rsidP="00787B99">
+    <w:p w14:paraId="795B56A7" w14:textId="77777777" w:rsidR="00F75EE3" w:rsidRPr="00F75EE3" w:rsidRDefault="00F75EE3" w:rsidP="00787B99">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F75EE3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ASMENS DUOMENŲ APSAUGOS MOKYMŲ ORGANIZAVIMO IR VYKDYMO TVARKA</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F75EE3" w:rsidRPr="00F75EE3" w:rsidRDefault="00F75EE3" w:rsidP="00F75EE3">
+    <w:p w14:paraId="40184C37" w14:textId="77777777" w:rsidR="00F75EE3" w:rsidRPr="00F75EE3" w:rsidRDefault="00F75EE3" w:rsidP="00F75EE3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">            </w:t>
       </w:r>
       <w:r w:rsidRPr="00F75EE3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>6. Asmens duomenų apsaugo</w:t>
       </w:r>
       <w:r w:rsidR="007F6EC2">
@@ -648,444 +630,442 @@
       </w:r>
       <w:r w:rsidRPr="00F75EE3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>organi</w:t>
       </w:r>
       <w:r w:rsidR="007F6EC2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>zuojami ne vėliau kaip per 1 mė</w:t>
       </w:r>
       <w:r w:rsidR="002836B0">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>n</w:t>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidR="007F6EC2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>esį</w:t>
       </w:r>
       <w:r w:rsidRPr="00F75EE3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> nuo asmens priėmimo į pareigas.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F75EE3" w:rsidRPr="00F75EE3" w:rsidRDefault="00F75EE3" w:rsidP="00F75EE3">
+    <w:p w14:paraId="7F30A415" w14:textId="77777777" w:rsidR="00F75EE3" w:rsidRPr="00F75EE3" w:rsidRDefault="00F75EE3" w:rsidP="00F75EE3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">          </w:t>
       </w:r>
       <w:r w:rsidRPr="00F75EE3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>7. Asmens duomenų apsaugos</w:t>
       </w:r>
       <w:r w:rsidR="007F6EC2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> mokymus organizuoja ir vykdo mokyklos</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> asmens duomenų apsaugos </w:t>
       </w:r>
       <w:r w:rsidRPr="00F75EE3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>pareigūnas. Be to, gali būti organizuojami ir išoriniai darbuotojų (ar jų dalies) mokymai.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F75EE3" w:rsidRPr="00F75EE3" w:rsidRDefault="00F75EE3" w:rsidP="00F75EE3">
+    <w:p w14:paraId="0813AC20" w14:textId="77777777" w:rsidR="00F75EE3" w:rsidRPr="00F75EE3" w:rsidRDefault="00F75EE3" w:rsidP="00F75EE3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">          </w:t>
       </w:r>
       <w:r w:rsidR="007F6EC2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>8. Mokymai mokyklos</w:t>
       </w:r>
       <w:r w:rsidRPr="00F75EE3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> darbuotojams vykdomi jų darbo vietoje, nuotoli</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">niu būdu ar pasitelkiant kitas </w:t>
       </w:r>
       <w:r w:rsidRPr="00F75EE3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>priemones.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F75EE3" w:rsidRPr="00F75EE3" w:rsidRDefault="00F75EE3" w:rsidP="00F75EE3">
+    <w:p w14:paraId="75BEE9B7" w14:textId="77777777" w:rsidR="00F75EE3" w:rsidRPr="00F75EE3" w:rsidRDefault="00F75EE3" w:rsidP="00F75EE3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">         </w:t>
       </w:r>
       <w:r w:rsidRPr="00F75EE3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>9. Darbuotojas, kuris išklausė mokymus, privalo pasirašyti Darb</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">uotojų asmens duomenų apsaugos </w:t>
       </w:r>
       <w:r w:rsidRPr="00F75EE3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">mokymų registracijos žurnale (Priedas Nr. 1). </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F75EE3" w:rsidRPr="00F75EE3" w:rsidRDefault="00F75EE3" w:rsidP="00F75EE3">
+    <w:p w14:paraId="3819041F" w14:textId="77777777" w:rsidR="00F75EE3" w:rsidRPr="00F75EE3" w:rsidRDefault="00F75EE3" w:rsidP="00F75EE3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">        </w:t>
       </w:r>
       <w:r w:rsidRPr="00F75EE3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">10. Siekiant užtikrinti reikiamą asmens duomenų apsaugos reikalavimų išmanymą, gali būti </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F75EE3" w:rsidRPr="00F75EE3" w:rsidRDefault="00F75EE3" w:rsidP="00F75EE3">
+    <w:p w14:paraId="32BFEFCE" w14:textId="77777777" w:rsidR="00F75EE3" w:rsidRPr="00F75EE3" w:rsidRDefault="00F75EE3" w:rsidP="00F75EE3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F75EE3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>organizuojamas darbuotojų žinių patikrinimas.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F75EE3" w:rsidRPr="00F75EE3" w:rsidRDefault="00F75EE3" w:rsidP="00F75EE3">
-[...9 lines deleted...]
-    <w:p w:rsidR="00F75EE3" w:rsidRPr="00F75EE3" w:rsidRDefault="00F75EE3" w:rsidP="00787B99">
+    <w:p w14:paraId="085F83D0" w14:textId="77777777" w:rsidR="00F75EE3" w:rsidRPr="00F75EE3" w:rsidRDefault="00F75EE3" w:rsidP="00F75EE3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="53506B19" w14:textId="77777777" w:rsidR="00F75EE3" w:rsidRPr="00F75EE3" w:rsidRDefault="00F75EE3" w:rsidP="00787B99">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F75EE3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>III SKYRIUS</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F75EE3" w:rsidRPr="00F75EE3" w:rsidRDefault="00F75EE3" w:rsidP="00787B99">
+    <w:p w14:paraId="4F298230" w14:textId="77777777" w:rsidR="00F75EE3" w:rsidRPr="00F75EE3" w:rsidRDefault="00F75EE3" w:rsidP="00787B99">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F75EE3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>BAIGIAMOSIOS NUOSTATOS</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F75EE3" w:rsidRPr="00F75EE3" w:rsidRDefault="00965C01" w:rsidP="00F75EE3">
+    <w:p w14:paraId="067438B1" w14:textId="77777777" w:rsidR="00F75EE3" w:rsidRPr="00F75EE3" w:rsidRDefault="00965C01" w:rsidP="00F75EE3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">        </w:t>
       </w:r>
       <w:r w:rsidR="00F75EE3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00F75EE3" w:rsidRPr="00F75EE3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">11. Asmens duomenų apsaugos pareigūnas, vykdantis asmens </w:t>
       </w:r>
       <w:r w:rsidR="00F75EE3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">duomenų apsaugos mokymus, turi </w:t>
       </w:r>
       <w:r w:rsidR="00F75EE3" w:rsidRPr="00F75EE3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>teisę:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F75EE3" w:rsidRPr="00F75EE3" w:rsidRDefault="00965C01" w:rsidP="00F75EE3">
+    <w:p w14:paraId="33AF9C31" w14:textId="77777777" w:rsidR="00F75EE3" w:rsidRPr="00F75EE3" w:rsidRDefault="00965C01" w:rsidP="00F75EE3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">       </w:t>
       </w:r>
       <w:r w:rsidR="00F75EE3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidR="00F75EE3" w:rsidRPr="00F75EE3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>11.1. dėl mokymų organizavimo ir vykdymo prašyti pagalbos įstaigos administracijos;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F75EE3" w:rsidRPr="00F75EE3" w:rsidRDefault="00965C01" w:rsidP="00F75EE3">
+    <w:p w14:paraId="7307DEFC" w14:textId="77777777" w:rsidR="00F75EE3" w:rsidRPr="00F75EE3" w:rsidRDefault="00965C01" w:rsidP="00F75EE3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">        </w:t>
       </w:r>
       <w:r w:rsidR="00F75EE3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00F75EE3" w:rsidRPr="00F75EE3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">11.2. prašyti pateikti informaciją apie asmens duomenų apsaugos mokymų išklausymą, </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F75EE3" w:rsidRPr="00F75EE3" w:rsidRDefault="00F75EE3" w:rsidP="00F75EE3">
+    <w:p w14:paraId="10026BED" w14:textId="77777777" w:rsidR="00F75EE3" w:rsidRPr="00F75EE3" w:rsidRDefault="00F75EE3" w:rsidP="00F75EE3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F75EE3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>supažindinimą su informuotumo didinimo priemonėmis ar darbuotojų žinių patikrinimo rezultatais.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F75EE3" w:rsidRPr="00F75EE3" w:rsidRDefault="00965C01" w:rsidP="00F75EE3">
+    <w:p w14:paraId="47F318AC" w14:textId="77777777" w:rsidR="00F75EE3" w:rsidRPr="00F75EE3" w:rsidRDefault="00965C01" w:rsidP="00F75EE3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">        </w:t>
       </w:r>
       <w:r w:rsidR="00F75EE3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidR="00F75EE3" w:rsidRPr="00F75EE3">
@@ -1150,152 +1130,154 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:cr/>
       </w:r>
       <w:r w:rsidR="007F6EC2">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>_______________________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00F75EE3" w:rsidRPr="00F75EE3" w:rsidSect="007F6EC2">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="851" w:right="567" w:bottom="142" w:left="1701" w:header="567" w:footer="567" w:gutter="0"/>
       <w:cols w:space="1296"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
-    <w:charset w:val="BA"/>
+    <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="BA"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
-    <w:charset w:val="BA"/>
+    <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
-    <w:charset w:val="BA"/>
+    <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="1296"/>
   <w:hyphenationZone w:val="396"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00F75EE3"/>
     <w:rsid w:val="001C7EEB"/>
     <w:rsid w:val="002836B0"/>
+    <w:rsid w:val="004341E0"/>
     <w:rsid w:val="00787B99"/>
     <w:rsid w:val="007F6EC2"/>
     <w:rsid w:val="00965C01"/>
     <w:rsid w:val="00F75EE3"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="lt-LT"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="7132AABC"/>
+  <w14:docId w14:val="11BC623C"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{CE4A610A-3CB5-4BB3-BF0A-815CFE109D5D}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="lt-LT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -1357,98 +1339,94 @@
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
@@ -1623,50 +1601,55 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="prastasis">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Numatytasispastraiposriftas">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="prastojilentel">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
@@ -1689,51 +1672,51 @@
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="DebesliotekstasDiagrama">
     <w:name w:val="Debesėlio tekstas Diagrama"/>
     <w:basedOn w:val="Numatytasispastraiposriftas"/>
     <w:link w:val="Debesliotekstas"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="007F6EC2"/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="„Office“ tema">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
@@ -1965,55 +1948,55 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>2021</Words>
-  <Characters>1153</Characters>
+  <Words>473</Words>
+  <Characters>2701</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>9</Lines>
+  <Lines>22</Lines>
   <Paragraphs>6</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Pavadinimas</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <CharactersWithSpaces>3168</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>