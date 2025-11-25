--- v0 (2025-10-13)
+++ v1 (2025-11-25)
@@ -1,2606 +1,2606 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w:rsidR="006C0C02" w:rsidRDefault="006C0C02" w:rsidP="006C0C02">
+    <w:p w14:paraId="1F7C688F" w14:textId="77777777" w:rsidR="006C0C02" w:rsidRDefault="006C0C02" w:rsidP="006C0C02">
       <w:pPr>
         <w:ind w:left="5839"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="006C0C02" w:rsidRDefault="006C0C02" w:rsidP="006C0C02">
+    <w:p w14:paraId="02C3E6E2" w14:textId="77777777" w:rsidR="006C0C02" w:rsidRDefault="006C0C02" w:rsidP="006C0C02">
       <w:pPr>
         <w:ind w:left="5839"/>
       </w:pPr>
       <w:r>
         <w:t>PATVIRTINTA</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006C0C02" w:rsidRDefault="00CC74DB" w:rsidP="006C0C02">
+    <w:p w14:paraId="307D10AB" w14:textId="77777777" w:rsidR="006C0C02" w:rsidRDefault="00CC74DB" w:rsidP="006C0C02">
       <w:pPr>
         <w:ind w:left="5839"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Alytaus r. meno ir sporto </w:t>
       </w:r>
       <w:r w:rsidR="006C0C02">
         <w:t xml:space="preserve"> mokyklos</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006C0C02" w:rsidRDefault="00CC74DB" w:rsidP="006C0C02">
+    <w:p w14:paraId="48F53C2D" w14:textId="77777777" w:rsidR="006C0C02" w:rsidRDefault="00CC74DB" w:rsidP="006C0C02">
       <w:pPr>
         <w:ind w:left="5839"/>
       </w:pPr>
       <w:r>
         <w:t>direktoriaus 2018 m.</w:t>
       </w:r>
       <w:r w:rsidR="005E2B66">
         <w:t xml:space="preserve"> rugsėjo</w:t>
       </w:r>
       <w:r w:rsidR="00865D24">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="005E2B66">
         <w:t>5</w:t>
       </w:r>
       <w:r w:rsidR="006C0C02">
         <w:t xml:space="preserve"> d.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006C0C02" w:rsidRDefault="006C0C02" w:rsidP="006C0C02">
+    <w:p w14:paraId="031262D8" w14:textId="77777777" w:rsidR="006C0C02" w:rsidRDefault="006C0C02" w:rsidP="006C0C02">
       <w:pPr>
         <w:ind w:left="5839"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">įsakymu Nr. </w:t>
       </w:r>
       <w:r w:rsidR="00CC74DB">
         <w:t>MV-</w:t>
       </w:r>
       <w:r w:rsidR="005E2B66">
         <w:t>54</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006C0C02" w:rsidRDefault="006C0C02" w:rsidP="006C0C02">
+    <w:p w14:paraId="7366996F" w14:textId="77777777" w:rsidR="006C0C02" w:rsidRDefault="006C0C02" w:rsidP="006C0C02">
       <w:pPr>
         <w:ind w:left="5839"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="006C0C02" w:rsidRPr="006C0C02" w:rsidRDefault="006C0C02" w:rsidP="006C0C02">
+    <w:p w14:paraId="42193488" w14:textId="77777777" w:rsidR="006C0C02" w:rsidRPr="006C0C02" w:rsidRDefault="006C0C02" w:rsidP="006C0C02">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006C0C02">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>ASMENS DUOMENŲ TVARKYMO ALYTAUS R. MENO IR SPORTO</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006C0C02" w:rsidRDefault="006C0C02" w:rsidP="006C0C02">
+    <w:p w14:paraId="5C0123E4" w14:textId="77777777" w:rsidR="006C0C02" w:rsidRDefault="006C0C02" w:rsidP="006C0C02">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006C0C02">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>MOKYKLOJE TAISYKLĖS</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00337B50" w:rsidRDefault="00337B50" w:rsidP="006C0C02">
+    <w:p w14:paraId="32CABD8B" w14:textId="77777777" w:rsidR="00337B50" w:rsidRDefault="00337B50" w:rsidP="006C0C02">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
+    <w:p w14:paraId="26D63D90" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:after="216" w:line="249" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C241B8">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">I. PAGRINDINĖS SĄVOKOS  </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00337B50" w:rsidP="00243309">
+    <w:p w14:paraId="04047C68" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00337B50" w:rsidP="00243309">
       <w:pPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">            </w:t>
       </w:r>
       <w:r w:rsidR="00C241B8" w:rsidRPr="00C241B8">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>ADTĮ</w:t>
       </w:r>
       <w:r w:rsidR="00C241B8" w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> – Lietuvos Respublikos asmens duomenų teisinės apsaugos įstatymas. Atsakingas darbuotojas – Mokyklos darbuotojas, kuris pagal užimamas pareigas ir darbo pobūdį turi teisę vykdyti konkrečias su Duomenų tvarkymu susijusias funkcijas. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00337B50" w:rsidP="00243309">
+    <w:p w14:paraId="3B255302" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00337B50" w:rsidP="00243309">
       <w:pPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">             </w:t>
       </w:r>
       <w:r w:rsidR="00C241B8" w:rsidRPr="00C241B8">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>BDAR</w:t>
       </w:r>
       <w:r w:rsidR="00C241B8" w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> – Europos Parlamento ir Tarybos reglamentas (ES) 2016/679 dėl fizinių asmenų apsaugos tvarkant duomenis ir dėl laisvo tokių asmenų judėjimo ir kuriuo naikinama Direktyva 95/46/EB (Bendrasis duomenų apsaugos reglamentas). </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00337B50" w:rsidP="00243309">
+    <w:p w14:paraId="21EE5A88" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00337B50" w:rsidP="00243309">
       <w:pPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">             </w:t>
       </w:r>
       <w:r w:rsidR="00C241B8" w:rsidRPr="00C241B8">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>Mokykla</w:t>
       </w:r>
       <w:r w:rsidR="00C241B8" w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> – Alytaus r. meno ir sporto mokykla. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00337B50" w:rsidP="00243309">
+    <w:p w14:paraId="5013CEF9" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00337B50" w:rsidP="00243309">
       <w:pPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">             </w:t>
       </w:r>
       <w:r w:rsidR="00C241B8" w:rsidRPr="00C241B8">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>Darbuotojas</w:t>
       </w:r>
       <w:r w:rsidR="00C241B8" w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> – asmuo, kuris su Mokykla yra sudaręs darbo arba panašaus pobūdžio </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00243309">
+    <w:p w14:paraId="22F80FCF" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00243309">
       <w:pPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">sutartį. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00337B50" w:rsidP="00243309">
+    <w:p w14:paraId="21833A83" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00337B50" w:rsidP="00243309">
       <w:pPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">             </w:t>
       </w:r>
       <w:r w:rsidR="00C241B8" w:rsidRPr="00C241B8">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>Duomenys apie sveikatą</w:t>
       </w:r>
       <w:r w:rsidR="00C241B8" w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> – asmens duomenys, susiję su fizine ar psichine fizinio asmens sveikata, įskaitant duomenis apie sveikatos priežiūros paslaugų teikimą, atskleidžiantys informaciją apie to fizinio asmens sveikatos būklę. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00337B50" w:rsidP="00C241B8">
+    <w:p w14:paraId="426883EA" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00337B50" w:rsidP="00C241B8">
       <w:pPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">             </w:t>
       </w:r>
       <w:r w:rsidR="00C241B8" w:rsidRPr="00C241B8">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>Duomenys/Asmens duomenys</w:t>
       </w:r>
       <w:r w:rsidR="00C241B8" w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> – bet kokia informacija apie fizinį asmenį, kurio tapatybė nustatyta, arba kurio tapatybę galima nustatyti (duomenų subjektą); fizinis asmuo, kurio tapatybę galima nustatyti, yra asmuo, kurio tapatybę tiesiogiai ar netiesiogiai galima nustatyti, visų pirma pagal identifikatorių, vardą ir pavardę, asmens indentifikavimo numerį, buvimo vietos duomenis ir interneto identifikatorių arba pagal vieną ar kelis to fizinio asmens fizinės, fiziologinės, genetinės, psichinės, ekonominės, kultūrinės ar socialinės tapatybės požymius. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00337B50" w:rsidP="00C241B8">
+    <w:p w14:paraId="3E99770F" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00337B50" w:rsidP="00C241B8">
       <w:pPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">             </w:t>
       </w:r>
       <w:r w:rsidR="00C241B8" w:rsidRPr="00C241B8">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>Duomenų gavėjas</w:t>
       </w:r>
       <w:r w:rsidR="00C241B8" w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> – fizinis ar juridinis asmuo, valdžios institucija, agentūra ar kita įstaiga, kuriai atskleidžiami Asmens duomenys, nesvarbu, ar tai trečioji šalis ar ne. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00337B50" w:rsidP="00C241B8">
+    <w:p w14:paraId="20794621" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00337B50" w:rsidP="00C241B8">
       <w:pPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">             </w:t>
       </w:r>
       <w:r w:rsidR="00C241B8" w:rsidRPr="00C241B8">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>Duomenų subjektas</w:t>
       </w:r>
       <w:r w:rsidR="00C241B8" w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> – Mokyklos darbuotojas, mokinys, mokinio tėvai (rūpintojai, globėjai) arba bet koks kitas fizinis asmuo, kurio asmens duomenis tvarko Mokykla. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00337B50" w:rsidP="00C241B8">
+    <w:p w14:paraId="678424FF" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00337B50" w:rsidP="00C241B8">
       <w:pPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">             </w:t>
       </w:r>
       <w:r w:rsidR="00C241B8" w:rsidRPr="00C241B8">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>Duomenų tvarkymas</w:t>
       </w:r>
       <w:r w:rsidR="00C241B8" w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> – bet kuri operacija ar operacijų rinkinys, automatiniais arba neautomatiniais būdais atliekamas su asmens duomenimis, tokiais kaip: rinkimas, užrašymas, rūšiavimas, saugojimas, adaptavimas ar keitimas, atgaminimas, paieška, naudojimas, atskleidimas perduodant, platinant ar kitu būdu padarant juos prieinamus, išdėstymas reikiama tvarka ar sujungimas derinant, blokavimas, trynimas ar naikinimas. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00337B50" w:rsidP="00C241B8">
+    <w:p w14:paraId="538C2FA4" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00337B50" w:rsidP="00C241B8">
       <w:pPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">             </w:t>
       </w:r>
       <w:r w:rsidR="00C241B8" w:rsidRPr="00C241B8">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>Duomenų tvarkytojas</w:t>
       </w:r>
       <w:r w:rsidR="00C241B8" w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> – fizinis arba juridinis asmuo, valdžios institucija, agentūra ar kita įstaiga, kuri duomenų valdytojo vardu tvarko asmens duomenis. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00337B50" w:rsidP="00C241B8">
+    <w:p w14:paraId="440C7AB9" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00337B50" w:rsidP="00C241B8">
       <w:pPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">             </w:t>
       </w:r>
       <w:r w:rsidR="00C241B8" w:rsidRPr="00C241B8">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>Duomenų valdytojas</w:t>
       </w:r>
       <w:r w:rsidR="00C241B8" w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> – fizinis arba juridinis asmuo, valdžios institucija, agentūra ar kita įstaiga, kuris vienas ar drauge su kitais nustato duomenų tvarkymo tikslus ir priemones. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00337B50" w:rsidP="00C241B8">
+    <w:p w14:paraId="2DCCE460" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00337B50" w:rsidP="00C241B8">
       <w:pPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">            </w:t>
       </w:r>
       <w:r w:rsidR="00C241B8" w:rsidRPr="00C241B8">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>Kandidatas</w:t>
       </w:r>
       <w:r w:rsidR="00C241B8" w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> – asmuo, pageidaujantis tapti Mokyklos darbuotoju arba dalyvauti Mokyklos vykdomoje personalo atrankoje. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00337B50" w:rsidP="00C241B8">
+    <w:p w14:paraId="2861F032" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00337B50" w:rsidP="00C241B8">
       <w:pPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">            </w:t>
       </w:r>
       <w:r w:rsidR="00C241B8" w:rsidRPr="00C241B8">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>Kompiuterinė įranga</w:t>
       </w:r>
       <w:r w:rsidR="00C241B8" w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> – kompiuteriai, terminalai, serveriai, laikmenos, kita Mokyklai </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
+    <w:p w14:paraId="50488647" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
       <w:pPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">teisėtu pagrindu (nuosavybės teise, nuomos ar kitais pagrindais) priklausanti kompiuterinė įranga ir joje esanti programinė įranga, tame tarpe elektroninė pašto dėžutė, bendravimo interneto tinklu programos, debesų kompiuterijos paslaugos, interneto prieiga. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00337B50" w:rsidP="00C241B8">
+    <w:p w14:paraId="09544303" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00337B50" w:rsidP="00C241B8">
       <w:pPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">            </w:t>
       </w:r>
       <w:r w:rsidR="00C241B8" w:rsidRPr="00C241B8">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>Mokymai</w:t>
       </w:r>
       <w:r w:rsidR="00C241B8" w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> – Mokyklos organizuojami darbuotojams skirti mokymai, susiję su asmens duomenų apsaugos klausimais. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00337B50" w:rsidP="00C241B8">
+    <w:p w14:paraId="009B8F2E" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00337B50" w:rsidP="00C241B8">
       <w:pPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">            </w:t>
       </w:r>
       <w:r w:rsidR="00C241B8" w:rsidRPr="00C241B8">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>Paslaugų gavėjas</w:t>
       </w:r>
       <w:r w:rsidR="00C241B8" w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> – asmuo, kuriam Mokykla teikia arba anksčiau teikė paslaugas. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00337B50" w:rsidP="00C241B8">
+    <w:p w14:paraId="6AD076F4" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00337B50" w:rsidP="00C241B8">
       <w:pPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">            </w:t>
       </w:r>
       <w:r w:rsidR="00C241B8" w:rsidRPr="00C241B8">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">Taisyklės </w:t>
       </w:r>
       <w:r w:rsidR="00C241B8" w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">– šios Asmens duomenų apsaugos taisyklės. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00337B50" w:rsidP="00C241B8">
+    <w:p w14:paraId="5A706507" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00337B50" w:rsidP="00C241B8">
       <w:pPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">            </w:t>
       </w:r>
       <w:r w:rsidR="00C241B8" w:rsidRPr="00C241B8">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">Teritorija </w:t>
       </w:r>
       <w:r w:rsidR="00C241B8" w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">– vaizdo kameromis stebimos Mokyklos teritorijos. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00337B50" w:rsidP="00C241B8">
+    <w:p w14:paraId="24E0A2A0" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00337B50" w:rsidP="00C241B8">
       <w:pPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">            </w:t>
       </w:r>
       <w:r w:rsidR="00C241B8" w:rsidRPr="00C241B8">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>Vaizdo stebėjimas</w:t>
       </w:r>
       <w:r w:rsidR="00C241B8" w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> – reiškia vaizdo duomenų, susijusių su fiziniu asmeniu, tvarkymą naudojant automatines vaizdo stebėjimo priemones (vaizdo fotokameras ar pan.), nepaisant to, ar šie duomenys yra išsaugomi laikmenoje. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
+    <w:p w14:paraId="58CB88E0" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
       <w:pPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">Kitos Taisyklėse vartojamos sąvokos atitinka BDAR ir ADTAĮ vartojamas sąvokas. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
+    <w:p w14:paraId="134ECE6C" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
       <w:pPr>
         <w:spacing w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C241B8">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
+    <w:p w14:paraId="5151BEEE" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:after="13" w:line="249" w:lineRule="auto"/>
         <w:ind w:right="142"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C241B8">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">II. BENDROSIOS NUOSTATOS </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
+    <w:p w14:paraId="4816850E" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
       <w:pPr>
         <w:spacing w:after="24" w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00A50367">
+    <w:p w14:paraId="22FB46B3" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00A50367">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:ind w:hanging="314"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">Alytaus r. meno ir sporto mokyklos (toliau – Mokykla) mokinių asmens duomenų </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
+    <w:p w14:paraId="1CD407FD" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
       <w:pPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">tvarkymo taisyklių tikslas – reglamentuoti mokinių asmens duomenų tvarkymo ir apsaugos reikalavimus, pagrindines mokinių asmens duomenų tvarkymo, mokinių, kurių amžius daugiau kaip 16 metų, ir mokinių, kurių amžius iki 16 metų, tėvų (vaiko tėvų pareigų turėtojų), teisių įgyvendinimo ir duomenų apsaugos technines bei organizacines priemones  </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C241B8" w:rsidRPr="00243309" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
+    <w:p w14:paraId="0D4328EA" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00243309" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:ind w:hanging="314"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">Mokykla užtikrina, kad ji atitinka šiuos esminius su asmens duomenų tvarkymu </w:t>
       </w:r>
       <w:r w:rsidRPr="00243309">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">susijusius principus: </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C241B8" w:rsidRPr="00BC11DB" w:rsidRDefault="00C241B8" w:rsidP="00BC11DB">
+    <w:p w14:paraId="64854EBB" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00BC11DB" w:rsidRDefault="00C241B8" w:rsidP="00BC11DB">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:line="269" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="1298"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>asmens duomenys turi būti duomenų subjekto atžvilgiu tvarkomi teisė</w:t>
       </w:r>
       <w:r w:rsidR="00243309">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">tu, </w:t>
       </w:r>
       <w:r w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">sąžiningu </w:t>
       </w:r>
       <w:r w:rsidRPr="00BC11DB">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">ir skaidriu   būdu (teisėtumo, sąžiningumo ir skaidrumo principas); </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00A50367">
+    <w:p w14:paraId="692A3ED6" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00A50367">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:ind w:hanging="458"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">asmens duomenys turi būti renkami nustatytais, aiškiai apibrėžtais bei teisėtais </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
+    <w:p w14:paraId="14B98EF5" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
       <w:pPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">tikslais ir toliau netvarkomi su tais tikslais nesuderinamu būdu; tolesnis duomenų tvarkymas archyvavimo tikslais viešojo intereso labui, mokslinių ar istorinių tyrimų tikslais arba statistiniais tikslais nėra laikomas nesuderinamu su pirminiais tikslais (tikslo apribojimo principas); </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00A50367">
+    <w:p w14:paraId="2DAE001B" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00A50367">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:ind w:hanging="458"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">asmens duomenys turi būti adekvatūs, tinkami ir tik tokie, kurių reikia siekiant </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
+    <w:p w14:paraId="0746E101" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
       <w:pPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">tikslų, dėl kurių jie tvarkomi (duomenų kiekio mažinimo principas); </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00A50367">
+    <w:p w14:paraId="4532AAFF" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00A50367">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:ind w:hanging="458"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">asmens duomenys turi būti tikslūs ir prireikus atnaujinami; turi būti imamasi visų </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
+    <w:p w14:paraId="43D6C4FD" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
       <w:pPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">pagrįstų priemonių užtikrinti, kad asmens duomenys, kurie nėra tikslūs, atsižvelgiant į jų tvarkymo tikslus, būtų nedelsiant ištrinami arba ištaisomi (tikslumo principas); </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00243309">
+    <w:p w14:paraId="214FFB46" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00243309">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:after="14"/>
         <w:ind w:hanging="180"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">5.asmens duomenys turi būti laikomi tokia forma, kad duomenų subjektų tapatybę </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00243309">
+    <w:p w14:paraId="14676C59" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00243309">
       <w:pPr>
         <w:spacing w:after="14"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">būtų galima nustatyti ne ilgiau, nei tai yra būtina tais tikslais, kuriais asmens duomenys yra tvarkomi; asmens duomenis galima saugoti ilgesnius laikotarpius, jeigu asmens duomenys bus tvarkomi tik archyvavimo tikslais viešojo intereso labui, mokslinių ar istorinių tyrimų tikslais arba statistiniais tikslais, įgyvendinus atitinkamas technines ir organizacines priemones, reikalingas siekiant apsaugoti duomenų subjekto teises ir laisves (saugojimo trukmės apribojimo principas); </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
+    <w:p w14:paraId="5EB4437C" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
       <w:pPr>
         <w:contextualSpacing/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">                     2.6. asmens duomenys turi būti tvarkomi tokiu būdu, kad, taikant atitinkamas technines ar organizacines priemones, būtų užtikrintas tinkamas asmens duomenų saugumas, įskaitant apsaugą nuo duomenų tvarkymo be leidimo arba neteisėto duomenų tvarkymo ir nuo netyčinio praradimo, sunaikinimo ar sugadinimo (vientisumo ir konfidencialumo principas). </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
+    <w:p w14:paraId="448DCBE1" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
       <w:pPr>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">                     2.7. Mokykla yra atsakinga už tai, kad būtų laikomasi aukščiau nurodytų principų, ir turi sugebėti įrodyti, kad jų yra laikomasi (atskaitomybės principas). </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00337B50" w:rsidRDefault="00337B50" w:rsidP="00337B50">
+    <w:p w14:paraId="0ED35CCB" w14:textId="77777777" w:rsidR="00337B50" w:rsidRDefault="00337B50" w:rsidP="00337B50">
       <w:pPr>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">                     </w:t>
       </w:r>
       <w:r w:rsidR="00C241B8" w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">2.8. Duomenys tvarkomi tinkamai informavus Duomenų subjektus laikantis Taisyklių 10 skyriuje </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>ir BDAR nustatytų reikalavimų.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00337B50" w:rsidRDefault="00337B50" w:rsidP="00337B50">
+    <w:p w14:paraId="5D9B9A5B" w14:textId="77777777" w:rsidR="00337B50" w:rsidRDefault="00337B50" w:rsidP="00337B50">
       <w:pPr>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">                     2.9. </w:t>
       </w:r>
       <w:r w:rsidR="00C241B8" w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>Duomenys saugomi laikotarpius, nurodytus šiose Taisyklėse kiekvienam Asmens duomenų tipui. Saugojimas ir trynimas atliekami pagal procedūras, numatytas</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> Taisyklių 10 ir 11 skyriuose.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00337B50" w:rsidP="00337B50">
+    <w:p w14:paraId="357D8142" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00337B50" w:rsidP="00337B50">
       <w:pPr>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">                    2.10. </w:t>
       </w:r>
       <w:r w:rsidR="00C241B8" w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">Jeigu duomenys naudojami kaip įrodymai civilinėje, administracinėje ar </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
+    <w:p w14:paraId="2AD47F8B" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
       <w:pPr>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">baudžiamojoje byloje ar kitais įstatymų nustatytais atvejais, Duomenys gali būti saugomi tiek, kiek reikalinga šiems duomenų tvarkymo tikslams, ir sunaikinami nedelsiant, kai tampa nebereikalingi. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00337B50" w:rsidP="00C241B8">
+    <w:p w14:paraId="352DC4AC" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00337B50" w:rsidP="00C241B8">
       <w:pPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">                    </w:t>
       </w:r>
       <w:r w:rsidR="00C241B8" w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">2.11.Mokyklos kaip duomenų valdytojo tvarkomi Duomenys, esantys elektroninės </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
+    <w:p w14:paraId="37DED7C5" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
       <w:pPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">formos dokumentuose, yra saugomi atsakingiems darbuotojams priskirtuose kompiuteriuose, Mokyklos elektroninio pašto sistemoje, personalo duomenų bazėje ir buhalterinės apskaitos duomenų bazėje. Popierinės formos dokumentuose esantys asmens duomenys saugomi specialiai pažymėtuose segtuvuose, archyve ir/ar kitoje vietoje, užtikrinančioje pakankamą duomenų saugumo lygį. Prieiga prie Duomenų suteikiama tik atsakingiems darbuotojams ir duomenų tvarkytojams. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00A50367">
+    <w:p w14:paraId="7B087FDF" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00A50367">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:ind w:hanging="180"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">12.Duomenų tvarkytojo prieigos teisės prie Duomenų naikinamos nutraukus asmens </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
+    <w:p w14:paraId="101E9004" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
       <w:pPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">duomenų tvarkymo sutartį sudarytą su Mokykla, ar šiai sutarčiai nustojus galioti. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00A50367">
+    <w:p w14:paraId="7F87A29F" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00A50367">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:ind w:hanging="540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">Atsakingi darbuotojai privalo: </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00A50367">
+    <w:p w14:paraId="11769E4F" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00A50367">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:ind w:hanging="823"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">tvarkyti Asmens duomenis vadovaudamiesi Europos Sąjungos ir Lietuvos </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
+    <w:p w14:paraId="0EA3E996" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
       <w:pPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">Respublikos teisės aktais, taip pat šiomis Taisyklėmis ir jos priedais; </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00A50367">
+    <w:p w14:paraId="4144CB67" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00A50367">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:ind w:hanging="823"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">neatskleisti, neperduoti ir nesudaryti sąlygų bet kokiomis priemonėmis </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
+    <w:p w14:paraId="073BF2D5" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
       <w:pPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">susipažinti su duomenimis asmenims, kurie nėra įgalioti tvarkyti Duomenų; </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00A50367">
+    <w:p w14:paraId="21DF82A3" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00A50367">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="2"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:ind w:hanging="823"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">nedelsiant pranešti Mokyklai apie bet kokią įtartiną situaciją, kuri gali kelti </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
+    <w:p w14:paraId="16A375F8" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
       <w:pPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">grėsmę duomenų saugumui. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FF69B4" w:rsidRDefault="00337B50" w:rsidP="00FF69B4">
+    <w:p w14:paraId="17F15AE7" w14:textId="77777777" w:rsidR="00FF69B4" w:rsidRDefault="00337B50" w:rsidP="00FF69B4">
       <w:pPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:ind w:left="86"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">                   2.13.4. </w:t>
       </w:r>
       <w:r w:rsidR="00C241B8" w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">Atsakingas darbuotojas netenka teisės tvarkyti asmens duomenis, kai pasibaigia atsakingo darbuotojo darbo sutartis su Mokykla, arba kai pasikeitus darbuotojo užimamoms pareigoms asmens duomenys tampa nebereikalingi darbo funkcijoms vykdyti. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00FF69B4" w:rsidP="00FF69B4">
+    <w:p w14:paraId="2138FF0D" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00FF69B4" w:rsidP="00FF69B4">
       <w:pPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:ind w:left="86"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">                   2.13.5. </w:t>
       </w:r>
       <w:r w:rsidR="00C241B8" w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">Duomenys perduodami duomenų tvarkytojams ir duomenų gavėjams kai teisę </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
+    <w:p w14:paraId="229D52DE" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
       <w:pPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">ir (ar) pareigą tai daryti atitinkamais pagrindais suteikia teisės aktai. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00FF69B4" w:rsidP="00C241B8">
+    <w:p w14:paraId="0880CA85" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00FF69B4" w:rsidP="00C241B8">
       <w:pPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">                    2.13.6</w:t>
       </w:r>
       <w:r w:rsidR="00C241B8" w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">. Asmens duomenys Mokykloje gali būti pateikti ikiteisminio tyrimo įstaigai, </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
+    <w:p w14:paraId="4FE608D0" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
       <w:pPr>
         <w:spacing w:after="247" w:line="269" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">prokurorui ar teismui dėl administracinių, civilinių, baudžiamųjų bylų, kaip įrodymai ar kitais įstatymų nustatytais atvejais. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
+    <w:p w14:paraId="46ECEBC1" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:after="273" w:line="249" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C241B8">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">III. DUOMENŲ KOKYBĖ </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FF69B4" w:rsidRDefault="00FF69B4" w:rsidP="00FF69B4">
+    <w:p w14:paraId="0A1D1CF0" w14:textId="77777777" w:rsidR="00FF69B4" w:rsidRDefault="00FF69B4" w:rsidP="00FF69B4">
       <w:pPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">                     3. </w:t>
       </w:r>
       <w:r w:rsidR="00C241B8" w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">Mokykla siekia, kad Duomenų subjekto asmens duomenys būtų: </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00FF69B4" w:rsidP="00FF69B4">
+    <w:p w14:paraId="19EBE427" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00FF69B4" w:rsidP="00FF69B4">
       <w:pPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">                     3.1. </w:t>
       </w:r>
       <w:r w:rsidR="00C241B8" w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">tvarkomi sąžiningai ir teisėtai; </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00FF69B4" w:rsidP="00FF69B4">
+    <w:p w14:paraId="099C7228" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00FF69B4" w:rsidP="00FF69B4">
       <w:pPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">                     3.2. </w:t>
       </w:r>
       <w:r w:rsidR="00C241B8" w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">tvarkomi esant Duomenų subjekto sutikimui ar egzistuojant kitai teisėto asmens duomenų tvarkymo sąlygai; </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00FF69B4" w:rsidP="00FF69B4">
+    <w:p w14:paraId="51D40EAB" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00FF69B4" w:rsidP="00FF69B4">
       <w:pPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:ind w:left="1296"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">3.3. </w:t>
       </w:r>
       <w:r w:rsidR="00C241B8" w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">tinkami, aktualūs ir nepertekliniai, atsižvelgiant į nustatytus tikslus; </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00FF69B4" w:rsidP="00FF69B4">
+    <w:p w14:paraId="4F43A16B" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00FF69B4" w:rsidP="00FF69B4">
       <w:pPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:ind w:left="1296"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">3.4. </w:t>
       </w:r>
       <w:r w:rsidR="00C241B8" w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">tikslūs; </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00FF69B4" w:rsidP="00FF69B4">
+    <w:p w14:paraId="709463E7" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00FF69B4" w:rsidP="00FF69B4">
       <w:pPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:ind w:left="113"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">                    3.5. </w:t>
       </w:r>
       <w:r w:rsidR="00C241B8" w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">Mokykla skiria duomenų apsaugos darbuotojui pareigą registruoti operacijas (pareigos esant reikalui atnaujinti duomenų tvarkymo veiklos įrašus nustatymas) Mokyklos atsakomybe. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
+    <w:p w14:paraId="07C9938D" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
       <w:pPr>
         <w:spacing w:after="24" w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
+    <w:p w14:paraId="5B2E3ACC" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:after="13" w:line="249" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C241B8">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>IV. DARBUOTOJŲ DUOMENŲ TVARKYMAS SU DARBO SANTYKIAIS SUSIJUSIAIS TIKSLAIS</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
+    <w:p w14:paraId="17929541" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
       <w:pPr>
         <w:spacing w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00A50367">
+    <w:p w14:paraId="6D749CBA" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00A50367">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:ind w:hanging="240"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C241B8">
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>Su darbo santykiais susijusiame kontekste</w:t>
       </w:r>
       <w:r w:rsidRPr="00C241B8">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> vidaus administravimo tikslais Mokykla </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
+    <w:p w14:paraId="2DAD7BAA" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
       <w:pPr>
         <w:spacing w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C241B8">
         <w:rPr>
           <w:rFonts w:eastAsia="Calibri"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">tvarko tokias Darbuotojų asmens duomenų grupes: </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00A50367">
+    <w:p w14:paraId="736DF867" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00A50367">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:ind w:hanging="420"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">vardas; </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00A50367">
+    <w:p w14:paraId="5CDF8AD7" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00A50367">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:ind w:hanging="420"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">pavardė; </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00FF69B4" w:rsidP="00C241B8">
+    <w:p w14:paraId="06DE4B07" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00FF69B4" w:rsidP="00C241B8">
       <w:pPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">                      </w:t>
       </w:r>
       <w:r w:rsidR="00C241B8" w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">4.3. asmens kodas; </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
+    <w:p w14:paraId="18F0F4C2" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
       <w:pPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:ind w:right="-8"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">                </w:t>
       </w:r>
       <w:r w:rsidR="00FF69B4">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">4.4. asmens nuotrauka; </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00A50367">
+    <w:p w14:paraId="6EEA6634" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00A50367">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:ind w:hanging="540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">gyvenamosios vietos adresas; </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00A50367">
+    <w:p w14:paraId="315FCDC8" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00A50367">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:ind w:hanging="540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">gimimo data; </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00A50367">
+    <w:p w14:paraId="436632EB" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00A50367">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:ind w:hanging="540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">banko sąskaitos numeris; </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00A50367">
+    <w:p w14:paraId="42BC433A" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00A50367">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:ind w:hanging="540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">atlyginimo dydis; </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00A50367">
+    <w:p w14:paraId="4B6BEA73" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00A50367">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:ind w:hanging="540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">socialinio draudimo numeris; </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00A50367">
+    <w:p w14:paraId="060E2A94" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00A50367">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:ind w:hanging="540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">informacija apie šeiminę padėtį; </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00A50367">
+    <w:p w14:paraId="68841959" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00A50367">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:ind w:hanging="540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">duomenys apie sveikatą; </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FF69B4" w:rsidRDefault="00C241B8" w:rsidP="00A50367">
+    <w:p w14:paraId="2ECD6445" w14:textId="77777777" w:rsidR="00FF69B4" w:rsidRDefault="00C241B8" w:rsidP="00A50367">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:ind w:hanging="540"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>kita su darbo santykiais susijusiame konteks</w:t>
       </w:r>
       <w:r w:rsidR="00FF69B4">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>te būtina tvarkyti informacija.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C241B8" w:rsidRPr="00FF69B4" w:rsidRDefault="00FF69B4" w:rsidP="00FF69B4">
+    <w:p w14:paraId="188C64FD" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00FF69B4" w:rsidRDefault="00FF69B4" w:rsidP="00FF69B4">
       <w:pPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:ind w:left="1276"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">5. </w:t>
       </w:r>
       <w:r w:rsidR="00C241B8" w:rsidRPr="00FF69B4">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">Darbuotojų duomenys gaunami tiesiogiai iš Duomenų subjektų, Valstybinės </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FF69B4" w:rsidRDefault="00C241B8" w:rsidP="00FF69B4">
+    <w:p w14:paraId="5D0B010B" w14:textId="77777777" w:rsidR="00FF69B4" w:rsidRDefault="00C241B8" w:rsidP="00FF69B4">
       <w:pPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>mokesčių inspekcijos prie Lietuvos Respublikos finansų ministerijos, Valstybinio socialinio draudimo fondo valdybos prie Socialinės apsaugos ir darbo ministerijos (toliau – Sodra), antstolių, ugdymo/mokymo įstaigų, pirmaeilių/buvusių darboviečių, Lietuvos darbo biržos prie Socialinės apsaugos ir darbo ministerijos, profsąjungų (jei darbuo</w:t>
       </w:r>
       <w:r w:rsidR="00FF69B4">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">tojas priklauso profsąjungai). </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00FF69B4" w:rsidP="00FF69B4">
+    <w:p w14:paraId="0A33F99C" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00FF69B4" w:rsidP="00FF69B4">
       <w:pPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">                      6. </w:t>
       </w:r>
       <w:r w:rsidR="00C241B8" w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">Darbuotojų duomenys sistemingai tvarkomi personalo duomenų bazėje, prie kurios </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FF69B4" w:rsidRDefault="00C241B8" w:rsidP="00FF69B4">
+    <w:p w14:paraId="06FB9DC2" w14:textId="77777777" w:rsidR="00FF69B4" w:rsidRDefault="00C241B8" w:rsidP="00FF69B4">
       <w:pPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>turi prieigą personalo valdymo funkcijas atliekantys atsakingi darbuotojai, ir buhalterinėje duomenų bazėje, prie kurios turi prieigą atsakingi Mokyklos bei Alytaus rajono savivaldybės administracijos bei buhalterijos darbuotojai.</w:t>
       </w:r>
       <w:r w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00FF69B4" w:rsidP="00FF69B4">
+    <w:p w14:paraId="7DDFC4E9" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00FF69B4" w:rsidP="00FF69B4">
       <w:pPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">                      7. </w:t>
       </w:r>
       <w:r w:rsidR="00C241B8" w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">Kontaktiniai darbuotojų duomenys (vardas, pavardė, pareigos, Mokyklos suteiktas </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FF69B4" w:rsidRDefault="00C241B8" w:rsidP="00FF69B4">
+    <w:p w14:paraId="0C9209A5" w14:textId="77777777" w:rsidR="00FF69B4" w:rsidRDefault="00C241B8" w:rsidP="00FF69B4">
       <w:pPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>darbinis el. paštas, telefono numeris) gali būti viešai skelbiami Mokyklos interneto svetainėje, o taip pat darbo grafikuose, Mokyklos stenduose ir informaciniuose pranešimuose, skirtuose išskirtinai Mokyklos t</w:t>
       </w:r>
       <w:r w:rsidR="00FF69B4">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">eikiamų paslaugų užtikrinimui. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00FF69B4" w:rsidP="00FF69B4">
+    <w:p w14:paraId="5988C11A" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00FF69B4" w:rsidP="00FF69B4">
       <w:pPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">                      8. </w:t>
       </w:r>
       <w:r w:rsidR="00C241B8" w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">Duomenys perduodami tam tikriems gavėjams, skirstytiniems pagal duomenų </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
+    <w:p w14:paraId="6E64EB31" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
       <w:pPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">perdavimo dažnumą; </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C241B8" w:rsidRPr="00FF69B4" w:rsidRDefault="00FF69B4" w:rsidP="00FF69B4">
+    <w:p w14:paraId="309FB475" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00FF69B4" w:rsidRDefault="00FF69B4" w:rsidP="00FF69B4">
       <w:pPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:ind w:left="57"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">                     8.1. </w:t>
       </w:r>
       <w:r w:rsidR="00C241B8" w:rsidRPr="00FF69B4">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">nuolatiniu darbuotojų duomenų gavėju yra Sodra. Duomenys Sodrai teikiami per Elektroninę draudėjų aptarnavimo sistemą (EDAS), kurios veiklą reglamentuoja Valstybinio socialinio draudimo fondo valdybos prie Socialinės apsaugos ir darbo ministerijos direktoriaus 2007 m. gruodžio 20 d. įsakymu Nr. V-665 patvirtintos Elektroninės draudėjų aptarnavimo sistemos naudojimo taisyklės; </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00FF69B4" w:rsidP="00FF69B4">
+    <w:p w14:paraId="79DAB781" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00FF69B4" w:rsidP="00FF69B4">
       <w:pPr>
         <w:spacing w:after="12" w:line="270" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">                      </w:t>
       </w:r>
       <w:r w:rsidR="00C241B8" w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>8.2. siekiant užtikrinti apmokėjimą už darbą, bankui, ku</w:t>
       </w:r>
@@ -2617,1888 +2617,1888 @@
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>sąskaita (-</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00C241B8" w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>os</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00C241B8" w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">), kas mėnesį teikiama informacija, būtina darbo užmokesčio pervedimui darbuotojams; </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00FF69B4" w:rsidP="00C241B8">
+    <w:p w14:paraId="56BEC93F" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00FF69B4" w:rsidP="00C241B8">
       <w:pPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">                      </w:t>
       </w:r>
       <w:r w:rsidR="00C241B8" w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">8.3. pagal užklausas (prašymus dėl vienkartinio teikimo, kuriuose turi būti nurodomas Asmens duomenų naudojimo tikslas, teikimo bei gavimo teisinis pagrindas ir prašomų pateikti Asmens duomenų apimtis) Duomenys perduodami antstoliams, Valstybinei mokesčių inspekcijai prie </w:t>
       </w:r>
       <w:r w:rsidR="00C241B8" w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Lietuvos Respublikos finansų ministerijos, kitoms darbovietėms, ugdymo įstaigoms, mokymų paslaugas teikiančioms įmonėms; </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00FF69B4" w:rsidP="00C241B8">
+    <w:p w14:paraId="703B599D" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00FF69B4" w:rsidP="00C241B8">
       <w:pPr>
         <w:spacing w:after="252" w:line="269" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">                      </w:t>
       </w:r>
       <w:r w:rsidR="00C241B8" w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">8.4. su darbo funkcijomis susijusioms veikloms vykdyti tam tikri bendrieji Darbuotojų Duomenys gali būti perduodami muziejams, poilsio, kultūros, sporto paslaugas teikiantiems subjektams, centrinei viešųjų pirkimų informacinei sistemai (kiek Duomenys būtini viešiesiems pirkimams organizuoti ir vykdyti). </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00FF69B4" w:rsidP="00C241B8">
+    <w:p w14:paraId="2FE9D32C" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00FF69B4" w:rsidP="00C241B8">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:line="259" w:lineRule="auto"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">                       </w:t>
       </w:r>
       <w:r w:rsidR="00C241B8" w:rsidRPr="00C241B8">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">IV. MOKINIŲ ASMENS DUOMENŲ TVARKYMAS  </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
+    <w:p w14:paraId="385711A2" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
       <w:pPr>
         <w:spacing w:after="40" w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C241B8">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00FF69B4" w:rsidP="00FF69B4">
+    <w:p w14:paraId="7F4C34BC" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00FF69B4" w:rsidP="00FF69B4">
       <w:pPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:ind w:left="-57"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">                        9. </w:t>
       </w:r>
       <w:r w:rsidR="00C241B8" w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">Mokinių asmens duomenys Mokykloje tvarkomi šiais tikslais: mokymo sutarčių apskaitos, mokinių asmens bylų tvarkymo, pažymėjimų išdavimo, mokinių pasiekimų patikrinimo organizavimo ir vykdymo, Mokyklos veiklos informavimo bendruomenei ir visuomenei (mokymosi pasiekimai, nuotraukos, filmuota medžiaga), tarp institucinio bendradarbiavimo, vaiko gerovės Mokykloje ir visuomenėje užtikrinimo, svarbaus Mokyklos turto saugumo užtikrinimo. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00FF69B4" w:rsidP="00FF69B4">
+    <w:p w14:paraId="29901C0A" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00FF69B4" w:rsidP="00FF69B4">
       <w:pPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">                       10. </w:t>
       </w:r>
       <w:r w:rsidR="00C241B8" w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">Mokyklos darbuotojai, atlikdami savo pareigas ir tvarkydami mokinių asmens duomenis, privalo laikytis pagrindinių asmens duomenų tvarkymo principų: </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00FF69B4" w:rsidP="00FF69B4">
+    <w:p w14:paraId="18907C55" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00FF69B4" w:rsidP="00FF69B4">
       <w:pPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">                       10.1. </w:t>
       </w:r>
       <w:r w:rsidR="00C241B8" w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">asmens duomenys tvarkomi teisėtai ir sąžiningai. Mokykla asmens duomenis </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00C241B8" w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">tvarko vadovaudamasi ADTAĮ, Reglamentu (ES) 2016/679 ir kitais asmens duomenų tvarkymą mokyklose reglamentuojančiais teisės aktais;  </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00FF69B4" w:rsidP="00FF69B4">
+    <w:p w14:paraId="79FE9467" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00FF69B4" w:rsidP="00FF69B4">
       <w:pPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">                       10.2. </w:t>
       </w:r>
       <w:r w:rsidR="00C241B8" w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">asmens duomenys renkami Taisyklių 6 punkte apibrėžtais tikslais, ir po to tvarkomi su šiais tikslais suderintais būdais; </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00FF69B4" w:rsidP="00FF69B4">
+    <w:p w14:paraId="36903738" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00FF69B4" w:rsidP="00FF69B4">
       <w:pPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">                        10.3. </w:t>
       </w:r>
       <w:r w:rsidR="00C241B8" w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>asmens duomenys tikslūs ir, jei reikia asmens duomenų tvarkymui, nuolat atnaujinami pagal Mokinių registro (toliau – MR) nuostatus</w:t>
       </w:r>
       <w:r w:rsidR="00C241B8" w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="00C241B8" w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">Mokinių asmens duomenys atnaujinami ne rečiau kaip 2 kartus per metus, Lietuvos Respublikos švietimo ir mokslo ministerijos (toliau – ŠMM) nustatytu laiku, t. y. priėmus naujus mokinius ir suformavus grupes naujiems mokslo metams. Duomenys tikslinami ir atnaujinami, kai tik duomenų subjektas praneša apie jų pasikeitimą. Mokykla imasi visų pagrįstų priemonių siekdama užtikrinti, kad asmens duomenys, kurie nėra tikslūs, atsižvelgiant į jų tvarkymo tikslus, būtų nedelsiant ištrinami arba ištaisomi;  </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00FF69B4" w:rsidP="00FF69B4">
+    <w:p w14:paraId="55A3264D" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00FF69B4" w:rsidP="00FF69B4">
       <w:pPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">                         11. </w:t>
       </w:r>
       <w:r w:rsidR="00C241B8" w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">asmens duomenys adekvatūs, tinkami ir tik tokios apimties, kuri būtina jiems rinkti ir toliau tvarkyti, siekiant konkrečių tikslų, nurodytų Taisyklių 6 punkte. Tvarkomų Asmens duomenų apimties sąrašas: </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="000C1C28" w:rsidP="000C1C28">
+    <w:p w14:paraId="6F013255" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="000C1C28" w:rsidP="000C1C28">
       <w:pPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">                         11.1. </w:t>
       </w:r>
       <w:r w:rsidR="00C241B8" w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">mokymo sutarčių apskaitos tikslu yra tvarkoma: mokinių, jų tėvų (globėjų, rūpintojų) vardai, pavardės, gyvenamoji vieta ir telefonų numeriai; </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="000C1C28" w:rsidP="000C1C28">
+    <w:p w14:paraId="1BF4E955" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="000C1C28" w:rsidP="000C1C28">
       <w:pPr>
         <w:spacing w:after="37" w:line="269" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">                         11.2.</w:t>
       </w:r>
       <w:r w:rsidR="00C241B8" w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">dienyno pildymo tikslu – mokinio vardas, pavardė, grupė, mokslo metai, įvertinimai;   </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="000C1C28" w:rsidP="000C1C28">
+    <w:p w14:paraId="1DA81E80" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="000C1C28" w:rsidP="000C1C28">
       <w:pPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">                         11.3. </w:t>
       </w:r>
       <w:r w:rsidR="00C241B8" w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">įvairių pažymėjimų (pvz.: apie dalyvavimą konkursuose ir kituose su mokymu susijusiuose renginiuose) išdavimo tikslu – mokinio vardas, pavardė, pažymėjimo serija, numeris, išdavimo data, registracijos numeris, renginio pavadinimas; gimimo data, pasiekimų vertinimas; </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="000C1C28" w:rsidP="000C1C28">
+    <w:p w14:paraId="55A6C5F4" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="000C1C28" w:rsidP="000C1C28">
       <w:pPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">                         11.4. </w:t>
       </w:r>
       <w:r w:rsidR="00C241B8" w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>pagal Mokinių registro nuostatus Mokykla tvarko Mokinių registro objekto asmens duomenis: vardas, pavardė, asmens kodas, pilietybė, deklaruotos ir faktinės gyvenamosios vietos adresas, gimtoji kalba(-</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00C241B8" w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>os</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00C241B8" w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">), mokytis į mokyklą atvykimo/išvykimo duomenis (iš kur atvyko/kur išvyko, atvykimo/ išvykimo data, išvykimo priežastis, mokyklos baigimo data), valstybė ir visos lankytos ugdymo įstaigos  (pavadinimas, kodas), kuriose įgytas išsilavinimas; </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="000C1C28" w:rsidP="000C1C28">
+    <w:p w14:paraId="7A04F6FB" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="000C1C28" w:rsidP="000C1C28">
       <w:pPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:ind w:left="57"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">                         11.5. </w:t>
       </w:r>
       <w:r w:rsidR="00C241B8" w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">Mokyklos veiklos informavimo bendruomenei ir/ar visuomenei tikslu – mokinių sukurtas kūrybinis darbas, kur užfiksuotas mokinio vardas, pavardė, gimimo data, grupė ir / ar  apie mokinių veiklą sukurta filmuota medžiaga ir / ar nuotraukos, kur užfiksuotas mokinys; </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="000C1C28" w:rsidP="000C1C28">
+    <w:p w14:paraId="2B83F71E" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="000C1C28" w:rsidP="000C1C28">
       <w:pPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:ind w:firstLine="1471"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">11.6. </w:t>
       </w:r>
       <w:r w:rsidR="00C241B8" w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">mokinių, kurie gerai mokosi, lanko mokyklą, pagyrimo Mokyklos internetinėje svetainėje tikslu – mokinio vardas, pavardė, grupė; </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="000C1C28" w:rsidP="000C1C28">
+    <w:p w14:paraId="00ABFE2A" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="000C1C28" w:rsidP="000C1C28">
       <w:pPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:ind w:left="142" w:firstLine="1329"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">11.7. </w:t>
       </w:r>
       <w:r w:rsidR="00C241B8" w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">Mokykla tvarko mokinių asmens duomenis ir kitais apibrėžtais ir teisėtais tikslais, pvz., mokinių bylų archyvo tvarkymas; </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="000C1C28" w:rsidP="000C1C28">
+    <w:p w14:paraId="61423093" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="000C1C28" w:rsidP="000C1C28">
       <w:pPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:ind w:firstLine="142"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">                      11.8. </w:t>
       </w:r>
       <w:r w:rsidR="00C241B8" w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">Mokinių patyčių tikslu – vaizdo duomenys, susiję su fiziniais asmenimis naudojant automatines vaizdo stebėjimo priemones;   </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="000C1C28" w:rsidP="000C1C28">
+    <w:p w14:paraId="434E74C2" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="000C1C28" w:rsidP="000C1C28">
       <w:pPr>
         <w:spacing w:after="36" w:line="269" w:lineRule="auto"/>
         <w:ind w:left="751"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">            12. </w:t>
       </w:r>
       <w:r w:rsidR="00C241B8" w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">Mokykloje tvarkomi mokinių asmens duomenys vidaus administravimo tikslu: </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="000C1C28" w:rsidP="000C1C28">
+    <w:p w14:paraId="33E2175C" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="000C1C28" w:rsidP="000C1C28">
       <w:pPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:ind w:left="57"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">                        12.1. </w:t>
       </w:r>
       <w:r w:rsidR="00C241B8" w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">mokinių duomenys: vardas, pavardė, asmens kodas, el. paštas, telefono Nr.,  gimimo data, grupė, lytis, foto nuotrauka (pagal reikalingumą), gyvenamosios vietos adresas, pilietybė, gimtoji kalba, programos kurso kartojimas;   </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="000C1C28" w:rsidP="000C1C28">
+    <w:p w14:paraId="03A6F8F2" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="000C1C28" w:rsidP="000C1C28">
       <w:pPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">                          12.2. </w:t>
       </w:r>
       <w:r w:rsidR="00C241B8" w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">sveikatos duomenys: fizinio ugdymo grupė, regėjimo aštrumas, sveikatos duomenys dėl galimos alerginės reakcijos į aplinką ir/ar maistą, dėl neįgalumo; </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="000C1C28" w:rsidP="000C1C28">
+    <w:p w14:paraId="37A90B32" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="000C1C28" w:rsidP="000C1C28">
       <w:pPr>
         <w:spacing w:after="35" w:line="269" w:lineRule="auto"/>
         <w:ind w:left="1471"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">12.3. </w:t>
       </w:r>
       <w:r w:rsidR="00C241B8" w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">rizikos veiksniai, gydytojo nurodymai ir rekomendacijos; </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000C1C28" w:rsidRDefault="000C1C28" w:rsidP="000C1C28">
+    <w:p w14:paraId="6B1F483D" w14:textId="77777777" w:rsidR="000C1C28" w:rsidRDefault="000C1C28" w:rsidP="000C1C28">
       <w:pPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:ind w:left="-57"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">                          12.4. </w:t>
       </w:r>
       <w:r w:rsidR="00C241B8" w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">mokinių tėvų duomenys: vardas, pavardė, asmens kodas, el. paštas, telefono Nr., gyvenamosios vietos adresas, darbovietės pavadinimas, užimamos pareigos, gimimo data;  </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="000C1C28" w:rsidP="000C1C28">
+    <w:p w14:paraId="2A234C84" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="000C1C28" w:rsidP="000C1C28">
       <w:pPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:ind w:left="-57"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">                           12.5. </w:t>
       </w:r>
       <w:r w:rsidR="00C241B8" w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">Mokinių iki 16 metų asmens duomenys saugomi ne ilgiau, nei to reikalauja duomenų tvarkymo tikslai. Mokinių registro objekto duomenys yra saugomi Mokinių registro duomenų bazėje. Mokinių registro objektui pakeitus ugdymosi/mokymosi įstaigą, Mokinių registro objekto duomenys atitinkamai yra priskiriami kitai ugdymosi/mokymosi įstaigai. Mokinių registro objektui išvykus iš mokyklos jo duomenys saugomi Registro duomenų bazėje. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="000C1C28" w:rsidP="000C1C28">
+    <w:p w14:paraId="273B1D46" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="000C1C28" w:rsidP="000C1C28">
       <w:pPr>
         <w:spacing w:after="38" w:line="269" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">                           12.6. </w:t>
       </w:r>
       <w:r w:rsidR="00C241B8" w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">Mokykla gali tvarkyti mokinių asmens duomenis ir kitais apibrėžtais ir teisėtais tikslais: mokinių bylų archyvo tvarkymas, Mokyklos veiklos įvertinimo organizavimas, buhalterinės apskaitos vykdymas, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00C241B8" w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>pavežėjimo</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00C241B8" w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> organizavimas, vykimo į renginius.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000C1C28" w:rsidRDefault="000C1C28" w:rsidP="000C1C28">
+    <w:p w14:paraId="21DEDE8C" w14:textId="77777777" w:rsidR="000C1C28" w:rsidRDefault="000C1C28" w:rsidP="000C1C28">
       <w:pPr>
         <w:spacing w:after="37" w:line="269" w:lineRule="auto"/>
         <w:ind w:left="1471"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">  12.7. </w:t>
       </w:r>
       <w:r w:rsidR="00C241B8" w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">Mokinių asmens duomenų rinkimo tvarka: </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DF72D1" w:rsidRDefault="000C1C28" w:rsidP="00DF72D1">
+    <w:p w14:paraId="7E0C6BB6" w14:textId="77777777" w:rsidR="00DF72D1" w:rsidRDefault="000C1C28" w:rsidP="00DF72D1">
       <w:pPr>
         <w:spacing w:after="37" w:line="269" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">                           12.7.1. </w:t>
       </w:r>
       <w:r w:rsidR="00C241B8" w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">priėmus naujus mokinius ir suformavus grupes naujiems mokslo metams, duomenys apie mokinius į mokinių registrą įvedami iš mokinio tėvų (globėjų, rūpintojų) mokyklai pateiktų dokumentų, nustatytos formos anketų: </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DF72D1" w:rsidRDefault="00DF72D1" w:rsidP="00DF72D1">
+    <w:p w14:paraId="3D8D1091" w14:textId="77777777" w:rsidR="00DF72D1" w:rsidRDefault="00DF72D1" w:rsidP="00DF72D1">
       <w:pPr>
         <w:spacing w:after="37" w:line="269" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">                           12.7.2. </w:t>
       </w:r>
       <w:r w:rsidR="00C241B8" w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>mokinio vardas, pavardė, asmens kodas – iš gimimo liudijimo ar kito as</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">mens dokumento; </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DF72D1" w:rsidRDefault="00DF72D1" w:rsidP="00DF72D1">
+    <w:p w14:paraId="67C1506F" w14:textId="77777777" w:rsidR="00DF72D1" w:rsidRDefault="00DF72D1" w:rsidP="00DF72D1">
       <w:pPr>
         <w:spacing w:after="37" w:line="269" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">                           12.7.3. </w:t>
       </w:r>
       <w:r w:rsidR="00C241B8" w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>gyvenama vieta, tėvų (globėjų, rūpintojų) vardai ir pavardės – tiesiogiai iš duomen</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">ų objekto ar švietimo įstaigų; </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DF72D1" w:rsidRDefault="00DF72D1" w:rsidP="00DF72D1">
+    <w:p w14:paraId="7E379048" w14:textId="77777777" w:rsidR="00DF72D1" w:rsidRDefault="00DF72D1" w:rsidP="00DF72D1">
       <w:pPr>
         <w:spacing w:after="37" w:line="269" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">                           </w:t>
       </w:r>
       <w:r w:rsidRPr="00DF72D1">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">12.7.4. </w:t>
       </w:r>
       <w:r w:rsidR="00C241B8" w:rsidRPr="00DF72D1">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>duomenys apie sveikatą – iš medicininių</w:t>
       </w:r>
       <w:r w:rsidRPr="00DF72D1">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> pažymų </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>forma Nr. 027-1/a, Nr. 068/a;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DF72D1" w:rsidRDefault="00DF72D1" w:rsidP="00DF72D1">
+    <w:p w14:paraId="34A711D1" w14:textId="77777777" w:rsidR="00DF72D1" w:rsidRDefault="00DF72D1" w:rsidP="00DF72D1">
       <w:pPr>
         <w:spacing w:after="37" w:line="269" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">                            12.7.5. </w:t>
       </w:r>
       <w:r w:rsidR="00C241B8" w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>duomenys apie specialiuosius ugdymosi poreikius – iš švie</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">timo pagalbos tarnybos pažymų. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DF72D1" w:rsidRDefault="00DF72D1" w:rsidP="00DF72D1">
+    <w:p w14:paraId="08635BEA" w14:textId="77777777" w:rsidR="00DF72D1" w:rsidRDefault="00DF72D1" w:rsidP="00DF72D1">
       <w:pPr>
         <w:spacing w:after="37" w:line="269" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">                            12.7.6. </w:t>
       </w:r>
       <w:r w:rsidR="00C241B8" w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>duomenis į mokinių registrą įveda ir toliau tvarko Mokyklos direktoriaus įsakymu paskirti darbuotojai - direktoriaus pavaduotojas ugdymui ir / ar mokyklos sekretorius, buhalteris.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DF72D1" w:rsidRDefault="00DF72D1" w:rsidP="00DF72D1">
+    <w:p w14:paraId="66C9E371" w14:textId="77777777" w:rsidR="00DF72D1" w:rsidRDefault="00DF72D1" w:rsidP="00DF72D1">
       <w:pPr>
         <w:spacing w:after="37" w:line="269" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">                        12.7.7. </w:t>
       </w:r>
       <w:r w:rsidR="00C241B8" w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>į mokinių registrą įvesti duomenys teikiami Švietimo valdymo informacinei sistemai (ŠVIS) Lietuvos ŠMM nu</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">statytais terminais ir tvarka. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DF72D1" w:rsidRDefault="00DF72D1" w:rsidP="00DF72D1">
+    <w:p w14:paraId="6A27522C" w14:textId="77777777" w:rsidR="00DF72D1" w:rsidRDefault="00DF72D1" w:rsidP="00DF72D1">
       <w:pPr>
         <w:spacing w:after="37" w:line="269" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">                       12.7.8. </w:t>
       </w:r>
       <w:r w:rsidR="00C241B8" w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>Mokinių asmens duomenys gali būti teikiami tik vadovaujantis ADTAĮ 5 straipsnyje nustatytais teisėto tvarkymo kriterijais pagal sudarytą asmens duomenų teikimo sutartį arba gavus duomenų gavėjo rašytinį praš</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>ymą (pagal ADTAĮ 6 straipsnį).</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DF72D1" w:rsidRDefault="00DF72D1" w:rsidP="00DF72D1">
+    <w:p w14:paraId="01883FF3" w14:textId="77777777" w:rsidR="00DF72D1" w:rsidRDefault="00DF72D1" w:rsidP="00DF72D1">
       <w:pPr>
         <w:spacing w:after="37" w:line="269" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">                       12.7.9. </w:t>
       </w:r>
       <w:r w:rsidR="00C241B8" w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>duomenų teikimas duomenų gavėjams elektroninėmis ryšio priemonėmis: Asmens duomenys teikiami elektroninėmis ryšio priemonėmis nepažeidžiant konfidencialumo principo, kai būtina užtikri</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>nti mokyklos paslaugų teikimą.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00DF72D1" w:rsidP="00DF72D1">
+    <w:p w14:paraId="6309F836" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00DF72D1" w:rsidP="00DF72D1">
       <w:pPr>
         <w:spacing w:after="37" w:line="269" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">                      12.7.10. </w:t>
       </w:r>
       <w:r w:rsidR="00C241B8" w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">Mokinių asmens duomenis tvarko tik tie asmenys, kuriems jie yra būtini funkcijų vykdymui: mokytojai, mokyklos administracija, sekretorius, ūkvedys.  </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
+    <w:p w14:paraId="10840C88" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
       <w:pPr>
         <w:spacing w:after="44" w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
+    <w:p w14:paraId="34E18557" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:after="13" w:line="249" w:lineRule="auto"/>
         <w:ind w:right="142"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C241B8">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">VI. KANDIDATŲ Į DARBO VIETAS ASMENS DUOMENŲ TVARKYMAS </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
+    <w:p w14:paraId="4AC51C78" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
       <w:pPr>
         <w:spacing w:after="25" w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00A50367">
+    <w:p w14:paraId="06E1F479" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00A50367">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:ind w:hanging="355"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">Mokykla atrankos į darbo vietas tikslais tvarko tokius Kandidatų asmens duomenis: </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00DF72D1" w:rsidP="00C241B8">
+    <w:p w14:paraId="256C875F" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00DF72D1" w:rsidP="00C241B8">
       <w:pPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">                      </w:t>
       </w:r>
       <w:r w:rsidR="00C241B8" w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>13.1. vardas, pavardė</w:t>
       </w:r>
       <w:r w:rsidR="00C241B8" w:rsidRPr="00C241B8">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">; </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00A50367">
+    <w:p w14:paraId="4F9210F1" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00A50367">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:ind w:hanging="300"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">2.telefono numeris; </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00A50367">
+    <w:p w14:paraId="31A0C7B1" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00A50367">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:ind w:hanging="665"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">el. pašto adresas; </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00A50367">
+    <w:p w14:paraId="0019987D" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00A50367">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:ind w:hanging="665"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">gyvenamosios vietos adresas; </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00A50367">
+    <w:p w14:paraId="70FB95F3" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00A50367">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:ind w:hanging="665"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">kiti Kandidato savanoriškai pateikti jo gyvenimo aprašyme ir/ar kituose </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
+    <w:p w14:paraId="7EB4815D" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
       <w:pPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">pateiktuose dokumentuose esantys duomenys. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00A50367">
+    <w:p w14:paraId="6DD3BE99" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00A50367">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:ind w:hanging="665"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">Tinkamo Kandidatų informavimo užtikrinimas pasiekiamas skirtingais būdais </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
+    <w:p w14:paraId="6F43F07C" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
       <w:pPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">priklausomai nuo to, kaip buvo pateiktas prašymas priimti į darbą: </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00A50367">
+    <w:p w14:paraId="1C6DBD76" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00A50367">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:ind w:hanging="665"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">jei prašymas pateikiamas el. paštu, Kandidatui kaip atsakymas į jo laišką </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
+    <w:p w14:paraId="390A0773" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
       <w:pPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">išsiunčiamas automatinis pranešimas su reikiama informacija. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00A50367">
+    <w:p w14:paraId="50CC875D" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00A50367">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:ind w:hanging="665"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">jei prašymas pateikiamas asmeniškai, informacija turi būti pateikta prašymą </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
+    <w:p w14:paraId="5171EAA7" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
       <w:pPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">priimančio Darbuotojo pateikimo metu. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00A50367">
+    <w:p w14:paraId="1A43E9C7" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00A50367">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:ind w:hanging="665"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">Kandidatų asmens duomenys nėra perduodami tretiesiems asmenims. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00A50367">
+    <w:p w14:paraId="3A6C3A5B" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00A50367">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:ind w:hanging="665"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">Tuo atveju, jei Lietuvos Respublikos teisės aktai numato papildomų apribojimų </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
+    <w:p w14:paraId="65077E56" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
       <w:pPr>
         <w:spacing w:after="250" w:line="269" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">dėl to, kokia informacija apie Kandidatus gali būti tvarkoma, Mokykla užtikrina, kad būtų tvarkomi tik leidžiami tvarkyti Kandidatų asmens duomenys. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
+    <w:p w14:paraId="6B869BCE" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:after="13" w:line="249" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C241B8">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>VII. VAIZDO STEBĖJIMAS</w:t>
       </w:r>
       <w:r w:rsidRPr="00C241B8">
         <w:rPr>
           <w:b/>
           <w:color w:val="00B050"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
+    <w:p w14:paraId="261423A0" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
       <w:pPr>
         <w:spacing w:after="40" w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C241B8">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00DF72D1" w:rsidP="00DF72D1">
+    <w:p w14:paraId="6DA77947" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00DF72D1" w:rsidP="00DF72D1">
       <w:pPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">                     14. </w:t>
       </w:r>
       <w:r w:rsidR="00C241B8" w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>Vaizdo stebėjimo tikslas – užtikrinti mokyklos d</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">arbuotojų ir lankytojų saugumą, </w:t>
       </w:r>
       <w:r w:rsidR="00C241B8" w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">apsaugoti    darbuotojams, Mokyklai ir jo lankytojams priklausantį turtą. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DF72D1" w:rsidRDefault="00DF72D1" w:rsidP="00DF72D1">
+    <w:p w14:paraId="4CE495EC" w14:textId="77777777" w:rsidR="00DF72D1" w:rsidRDefault="00DF72D1" w:rsidP="00DF72D1">
       <w:pPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:ind w:firstLine="751"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">        15.  </w:t>
       </w:r>
       <w:r w:rsidR="00C241B8" w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">Vaizdo stebėjimo priemonės turi būti įrengiamos taip, kad, atsižvelgiant į paminėtus Vaizdo  stebėjimo tikslus: </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00DF72D1" w:rsidRDefault="00DF72D1" w:rsidP="00DF72D1">
+    <w:p w14:paraId="785865C2" w14:textId="77777777" w:rsidR="00DF72D1" w:rsidRDefault="00DF72D1" w:rsidP="00DF72D1">
       <w:pPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:ind w:firstLine="751"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">         15.1. </w:t>
       </w:r>
       <w:r w:rsidR="00C241B8" w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>vaizdo stebėjimas būtų vykdomas ne didesnėje Teritorijos i</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">r Patalpų dalyje, negu būtina; </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00DF72D1" w:rsidP="00DF72D1">
+    <w:p w14:paraId="7244BA4F" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00DF72D1" w:rsidP="00DF72D1">
       <w:pPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:ind w:left="751"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">         15.2. </w:t>
       </w:r>
       <w:r w:rsidR="00C241B8" w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">būtų renkama ne daugiau vaizdo duomenų, negu tai yra būtina. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00DF72D1" w:rsidP="00DF72D1">
+    <w:p w14:paraId="51AC6C33" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00DF72D1" w:rsidP="00DF72D1">
       <w:pPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">                      16. </w:t>
       </w:r>
       <w:r w:rsidR="00C241B8" w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">Vaizdo stebėjimas negali būti vykdomas patalpose, kuriose Duomenų subjektas pagrįstai tikisi absoliučios privatumo apsaugos ir kur toks stebėjimas žemintų žmogaus orumą (pvz. tualetuose, persirengimo kambariuose ir pan.). </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00DF72D1" w:rsidP="00DF72D1">
+    <w:p w14:paraId="5EBFB1F9" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00DF72D1" w:rsidP="00DF72D1">
       <w:pPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:ind w:firstLine="751"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">         17. </w:t>
       </w:r>
       <w:r w:rsidR="00C241B8" w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">Darbuotojai apie vykdomą vaizdo stebėjimą informuojami supažindinant juos su šiomis Taisyklėmis. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00982B0B" w:rsidRDefault="00DF72D1" w:rsidP="00982B0B">
+    <w:p w14:paraId="7B1B884D" w14:textId="77777777" w:rsidR="00982B0B" w:rsidRDefault="00DF72D1" w:rsidP="00982B0B">
       <w:pPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:ind w:firstLine="751"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">         18. </w:t>
       </w:r>
       <w:r w:rsidR="00C241B8" w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">Mokykla informuoja Darbuotojus ir kitus asmenis apie vykdomą Vaizdo stebėjimą iškabinamas informacines lenteles, ženklus Teritorijoje. Prieš patenkant į Teritoriją, Duomenų subjektui turi būti aiškiai bei tinkamai pateikiama ši informacija: </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00982B0B" w:rsidRDefault="00982B0B" w:rsidP="00982B0B">
+    <w:p w14:paraId="6A48F2EC" w14:textId="77777777" w:rsidR="00982B0B" w:rsidRDefault="00982B0B" w:rsidP="00982B0B">
       <w:pPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:ind w:firstLine="751"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">         18.1. </w:t>
       </w:r>
       <w:r w:rsidR="00C241B8" w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>p</w:t>
@@ -4506,2051 +4506,2051 @@
       <w:r w:rsidR="00A6289F">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>r</w:t>
       </w:r>
       <w:r w:rsidR="00C241B8" w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>ie v</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">ykdomo Vaizdo stebėjimo faktą; </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00982B0B" w:rsidP="00982B0B">
+    <w:p w14:paraId="0B9C38CE" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00982B0B" w:rsidP="00982B0B">
       <w:pPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:ind w:firstLine="751"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">         18.2. </w:t>
       </w:r>
       <w:r w:rsidR="00C241B8" w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">Mokyklos pavadinimas ir įmonės kodas, kontaktinė informacija (adresas ir/arba telefono ryšio numeris). </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00982B0B" w:rsidP="00982B0B">
+    <w:p w14:paraId="033BEDFD" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00982B0B" w:rsidP="00982B0B">
       <w:pPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:ind w:firstLine="751"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">          19. </w:t>
       </w:r>
       <w:r w:rsidR="00C241B8" w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">Esant poreikiui Mokykla prieigą prie Vaizdo stebėjimo metu sukauptų duomenų suteikia apsaugos paslaugas teikiančiai Mokyklai, veikiančiai kaip duomenų tvarkytojas. Duomenų tvarkytojo teisės, pareigos bei funkcijos numatomos su Mokykla sudarytoje sutartyje, atitinkančioje Taisyklių 17 skyriuje įtvirtintus tokioms sutartims keliamus reikalavimus. Prieiga teikiama išoriniais duomenų perdavimo tinklais, užtikrinant saugių protokolų ir slaptažodžių naudojimą. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
+    <w:p w14:paraId="2D25AA66" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
       <w:pPr>
         <w:spacing w:after="17" w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
+    <w:p w14:paraId="1906DA55" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:after="13" w:line="249" w:lineRule="auto"/>
         <w:ind w:right="144"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C241B8">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">VII. MOKINIŲ BEI JŲ TĖVŲ (GLOBĖJŲ, RŪPINTOJŲ) DUOMENŲ TVARKYMAS </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
+    <w:p w14:paraId="36F2C01A" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
       <w:pPr>
         <w:spacing w:after="21" w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00982B0B" w:rsidP="00982B0B">
+    <w:p w14:paraId="19C07B64" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00982B0B" w:rsidP="00982B0B">
       <w:pPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:ind w:firstLine="1418"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">20. </w:t>
       </w:r>
       <w:r w:rsidR="00C241B8" w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">Mokykla  mokiniams teikia paslaugas, kurių teikimui būtini mokinių bei jų tėvų (globėjų, rūpintojų) asmens duomenys. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00982B0B" w:rsidP="00982B0B">
+    <w:p w14:paraId="084A6BEC" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00982B0B" w:rsidP="00982B0B">
       <w:pPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:ind w:left="1418"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">21. </w:t>
       </w:r>
       <w:r w:rsidR="00C241B8" w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">Siekdami gauti reikalingas paslaugas, mokinių tėvai (globėjai, rūpintojai) užpildo </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
+    <w:p w14:paraId="2A1ADFE1" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
       <w:pPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">reikiamus standartinės formos dokumentus ir juos pateikia Mokyklai.  </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00982B0B" w:rsidRDefault="00982B0B" w:rsidP="00982B0B">
+    <w:p w14:paraId="640B757B" w14:textId="77777777" w:rsidR="00982B0B" w:rsidRDefault="00982B0B" w:rsidP="00982B0B">
       <w:pPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:ind w:left="142"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">                     22. </w:t>
       </w:r>
       <w:r w:rsidR="00C241B8" w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>Mokinio duomenys: vardas, pavardė; asmens kodas; pilietybė; gimtoji kalba (-</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00C241B8" w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>os</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00C241B8" w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">); el. paštas; telefono numeris, deklaruotos gyvenamosios vietos adresas; faktinės gyvenamosios vietos adresas; gimimo data; lytis; pateiktas dokumentas, liudijantis asmens tapatybę (dokumento pavadinimas, serija, numeris, išdavimo data); foto nuotrauka (pagal reikalingumą); užsienietis (atvykęs iš Europos Sąjungos šalies; nuolat gyvenantis Lietuvoje; atvykęs tik mokytis); medikų pažyma dėl atleidimo nuo baigiamųjų ar keliamųjų egzaminų; gyvena vaikų globos namuose; sutrikimų turėjimas (sutrikimų rūšis; kompleksiniai sutrikimai; priskirtas specialiųjų ugdymosi poreikių grupei; kiti sutrikimai); sveikatos duomenys (fizinio ugdymo grupė; regėjimo aštrumas, sveikatos duomenys dėl galimos alerginės reakcijos į aplinką ir/ar maistą, dėl neįgalumo; rizikos veiksniai, gydytojo nurodymai ir rekomendacijos; ligos kodas);  </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00982B0B" w:rsidRDefault="00982B0B" w:rsidP="00982B0B">
+    <w:p w14:paraId="26A6D91C" w14:textId="77777777" w:rsidR="00982B0B" w:rsidRDefault="00982B0B" w:rsidP="00982B0B">
       <w:pPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:ind w:left="142"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">                     23. </w:t>
       </w:r>
       <w:r w:rsidR="00C241B8" w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>Mokinio tėvų (globėjų, rūpintojų) duomenys: vardas, pavardė; gimimo data; el. paštas; telefono numeris; deklaruotos ir gyvenamosios vietos adresas; darbovietės p</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">avadinimas; užimamos pareigos; </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00982B0B" w:rsidRDefault="00982B0B" w:rsidP="00982B0B">
+    <w:p w14:paraId="69E3D073" w14:textId="77777777" w:rsidR="00982B0B" w:rsidRDefault="00982B0B" w:rsidP="00982B0B">
       <w:pPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:ind w:left="142"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">                    24. </w:t>
       </w:r>
       <w:r w:rsidR="00C241B8" w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>Asmens tvar</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">komų duomenų apimties sąrašas: </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00982B0B" w:rsidP="00982B0B">
+    <w:p w14:paraId="63C0BE57" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00982B0B" w:rsidP="00982B0B">
       <w:pPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:ind w:left="142"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">                    24.1. </w:t>
       </w:r>
       <w:r w:rsidR="00C241B8" w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">mokymo sutarčių apskaitos tikslu yra tvarkoma: mokinių, jų tėvų (globėjų, </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00982B0B" w:rsidRDefault="00C241B8" w:rsidP="00982B0B">
+    <w:p w14:paraId="74530564" w14:textId="77777777" w:rsidR="00982B0B" w:rsidRDefault="00C241B8" w:rsidP="00982B0B">
       <w:pPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>rūpintojų) vardai, pavardės, gyvenamo</w:t>
       </w:r>
       <w:r w:rsidR="00982B0B">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">ji vieta ir telefonų numeriai; </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00982B0B" w:rsidRDefault="00982B0B" w:rsidP="00982B0B">
+    <w:p w14:paraId="3002BBD9" w14:textId="77777777" w:rsidR="00982B0B" w:rsidRDefault="00982B0B" w:rsidP="00982B0B">
       <w:pPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">                      24.2. </w:t>
       </w:r>
       <w:r w:rsidR="00C241B8" w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>įvairių pažymėjimų (pvz. apie dalyvavimą</w:t>
       </w:r>
       <w:r w:rsidR="00C241B8" w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="00B050"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00C241B8" w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">konkursuose, festivaliuose, stovyklose, varžybose, parodose ir kituose su mokymu susijusia veikla) išdavimo tikslu – mokinio vardas, pavardė, išdavimo data, registracijos numeris, renginio pavadinimas; </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A6289F" w:rsidRDefault="00982B0B" w:rsidP="00982B0B">
+    <w:p w14:paraId="73ED4AAC" w14:textId="77777777" w:rsidR="00A6289F" w:rsidRDefault="00982B0B" w:rsidP="00982B0B">
       <w:pPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">                      24.3. </w:t>
       </w:r>
       <w:r w:rsidR="00C241B8" w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>veiklos informavimo bendruomenei ir/ar visuomenei tikslu – mokinių sukurtas kūrybinis darbas, dalyvavimas konkursuose, festivaliuose, stovyklose, varžybose, parodose ir kituose su mokymu susijusia veikla kur užfiksuotas mokinio vardas, pavardė ir / ar apie mokinio veiklą sukurta filmuota medžiaga, ir / ar nuotra</w:t>
       </w:r>
       <w:r w:rsidR="00D54128">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">ukos, kur užfiksuotas mokinys; </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00982B0B" w:rsidP="00982B0B">
+    <w:p w14:paraId="71569654" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00982B0B" w:rsidP="00982B0B">
       <w:pPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">                      24.4. </w:t>
       </w:r>
       <w:r w:rsidR="00C241B8" w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">saugumo ir prevencijos, stebėjimo vaizdo kameromis vykdymo tikslu – vaizdo </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00982B0B" w:rsidRDefault="00C241B8" w:rsidP="00982B0B">
+    <w:p w14:paraId="21D1F972" w14:textId="77777777" w:rsidR="00982B0B" w:rsidRDefault="00C241B8" w:rsidP="00982B0B">
       <w:pPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>duomenys duomenų valdytojo teritorijoje ir patalpose, susiję su  fiziniais asmenimis naudojant automatines vaizdo stebėjimo priemones, užtikrinant mokinių saugumą, sveikatą, jų turtą, užkertant kelią</w:t>
       </w:r>
       <w:r w:rsidR="00982B0B">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> smurto ir patyčių apraiškoms; </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00982B0B" w:rsidP="00982B0B">
+    <w:p w14:paraId="0F5B57AB" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00982B0B" w:rsidP="00982B0B">
       <w:pPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">                     24.5. </w:t>
       </w:r>
       <w:r w:rsidR="00C241B8" w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">įvairių pažymėjimų išdavimo tikslu: mokinio pažymėjimų, mokymosi pasiekimų </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00982B0B" w:rsidRDefault="00C241B8" w:rsidP="00982B0B">
+    <w:p w14:paraId="3E3EF903" w14:textId="77777777" w:rsidR="00982B0B" w:rsidRDefault="00C241B8" w:rsidP="00982B0B">
       <w:pPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>pažymėjimų, baigimo mokyklos pažymėjimų – mokinio vardas, pavardė, asmens kodas, pažymėjimo serija, numeris; išdavimo data, registracijos numeris, originalas/dublikatas, Mokyklos baigimo d</w:t>
       </w:r>
       <w:r w:rsidR="00982B0B">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">ata; </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00982B0B" w:rsidP="00982B0B">
+    <w:p w14:paraId="10E3C348" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00982B0B" w:rsidP="00982B0B">
       <w:pPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">                     24.6. </w:t>
       </w:r>
       <w:r w:rsidR="00C241B8" w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">Mokykla gali tvarkyti mokinių asmens duomenis ir kitais apibrėžtais ir teisėtais </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
+    <w:p w14:paraId="0CC756CF" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
       <w:pPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">tikslais; mokinių bylų archyvo tvarkymas, bendruomenės narių sveikatos patikrinimas, Mokyklos veiklos įsivertinimo organizavimas, buhalterinės apskaitos vykdymas, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>pavežėjimo</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> organizavimas, vykimas į varžybas, koncertus, festivalius, parodas ir kitus renginius.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00982B0B" w:rsidP="00982B0B">
+    <w:p w14:paraId="5659F8C6" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00982B0B" w:rsidP="00982B0B">
       <w:pPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:ind w:left="1296"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">25. </w:t>
       </w:r>
       <w:r w:rsidR="00C241B8" w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">Duomenis renka ir paslaugų teikimo tikslais tvarko šios darbuotojų grupės: </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
+    <w:p w14:paraId="54A998E6" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
       <w:pPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">buhalterija, personalo darbuotojai bei administracija, tačiau prieiga prie sukauptų duomenų suteikiama tik tiek, kiek yra būtina reikiamoms paslaugoms suteikti. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
+    <w:p w14:paraId="095B88A6" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
       <w:pPr>
         <w:spacing w:after="24" w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C241B8">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00A6289F">
+    <w:p w14:paraId="1795FAA9" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00A6289F">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:after="13" w:line="249" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C241B8">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>IX. ASMENS DUOMENŲ GAVIMAS IR TEIKIMAS NAUDOJ</w:t>
       </w:r>
       <w:r w:rsidR="00A6289F">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>ANTIS INFORMACINĖMIS SISTEMOMIS</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A6289F" w:rsidRPr="00A6289F" w:rsidRDefault="00A6289F" w:rsidP="00A6289F">
+    <w:p w14:paraId="6FBDDB44" w14:textId="77777777" w:rsidR="00A6289F" w:rsidRPr="00A6289F" w:rsidRDefault="00A6289F" w:rsidP="00A6289F">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:after="13" w:line="249" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00982B0B" w:rsidP="00C241B8">
+    <w:p w14:paraId="6191B08B" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00982B0B" w:rsidP="00C241B8">
       <w:pPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">                     </w:t>
       </w:r>
       <w:r w:rsidR="00C241B8" w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">26. Mokyklos darbuotojai, priklausomai nuo užimamų pareigų ir atliekamų funkcijų, </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
+    <w:p w14:paraId="2D2EB39E" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
       <w:pPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">turi prieigą prie Mokyklos informacinių sistemų: </w:t>
       </w:r>
       <w:r w:rsidRPr="00982B0B">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>Mokinių ir mokytojų registro.</w:t>
       </w:r>
       <w:r w:rsidR="00982B0B">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
+    <w:p w14:paraId="73AD762F" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
       <w:pPr>
         <w:spacing w:after="23" w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="FF0000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
+    <w:p w14:paraId="609BD558" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:after="13" w:line="249" w:lineRule="auto"/>
         <w:ind w:right="146"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C241B8">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">X. TINKAMAS DUOMENŲ SUBJEKTŲ INFORMAVIMAS </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
+    <w:p w14:paraId="55547CF0" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
       <w:pPr>
         <w:spacing w:after="21" w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00A50367">
+    <w:p w14:paraId="2549F993" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00A50367">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:ind w:hanging="458"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">Duomenų subjektams prieš pradedant tvarkyti jų asmens duomenis būtina pateikti </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00982B0B" w:rsidRDefault="00982B0B" w:rsidP="00982B0B">
+    <w:p w14:paraId="21F855F2" w14:textId="77777777" w:rsidR="00982B0B" w:rsidRDefault="00982B0B" w:rsidP="00982B0B">
       <w:pPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">šią informaciją: </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00982B0B" w:rsidRDefault="00982B0B" w:rsidP="00982B0B">
+    <w:p w14:paraId="4F05DAB6" w14:textId="77777777" w:rsidR="00982B0B" w:rsidRDefault="00982B0B" w:rsidP="00982B0B">
       <w:pPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">                     27.1. </w:t>
       </w:r>
       <w:r w:rsidR="00C241B8" w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>duomenų valdytojo pavadinimą, rekviz</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">itus ir kontaktinius duomenis; </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00982B0B" w:rsidRDefault="00982B0B" w:rsidP="00982B0B">
+    <w:p w14:paraId="2EA461FE" w14:textId="77777777" w:rsidR="00982B0B" w:rsidRDefault="00982B0B" w:rsidP="00982B0B">
       <w:pPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">                     27.2. duomenų tvarkymo tikslus; </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00982B0B" w:rsidRDefault="00982B0B" w:rsidP="00982B0B">
+    <w:p w14:paraId="735019FF" w14:textId="77777777" w:rsidR="00982B0B" w:rsidRDefault="00982B0B" w:rsidP="00982B0B">
       <w:pPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">                     27.3. </w:t>
       </w:r>
       <w:r w:rsidR="00C241B8" w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>duom</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">enų tvarkymo teisinį pagrindą; </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00982B0B" w:rsidRDefault="00982B0B" w:rsidP="00982B0B">
+    <w:p w14:paraId="63024BD6" w14:textId="77777777" w:rsidR="00982B0B" w:rsidRDefault="00982B0B" w:rsidP="00982B0B">
       <w:pPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">                     27.4. </w:t>
       </w:r>
       <w:r w:rsidR="00C241B8" w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>duomenų apsaugos pareigūno, jei t</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">aikoma, kontaktinius duomenis; </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00982B0B" w:rsidRDefault="00982B0B" w:rsidP="00982B0B">
+    <w:p w14:paraId="6A2448DA" w14:textId="77777777" w:rsidR="00982B0B" w:rsidRDefault="00982B0B" w:rsidP="00982B0B">
       <w:pPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">                     27.5. </w:t>
       </w:r>
       <w:r w:rsidR="00C241B8" w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>asmens duomenų saugojimo laikotarpį arba, jei tai įmanoma, kriterijus, taikom</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">us tam laikotarpiui nustatyti; </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00982B0B" w:rsidRDefault="00982B0B" w:rsidP="00982B0B">
+    <w:p w14:paraId="0D0BB38E" w14:textId="77777777" w:rsidR="00982B0B" w:rsidRDefault="00982B0B" w:rsidP="00982B0B">
       <w:pPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">                     27.6. </w:t>
       </w:r>
       <w:r w:rsidR="00C241B8" w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">teisė prašyti, kad duomenų valdytojas leistų susipažinti su Duomenų subjekto Asmens duomenimis ir juos ištaisytų arba ištrintų, arba apribotų duomenų tvarkymą, arba teisę nesutikti, kad Duomenys būtų tvarkomi, taip pat </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">teisę į Duomenų perkėlimą; </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00982B0B" w:rsidRDefault="00982B0B" w:rsidP="00982B0B">
+    <w:p w14:paraId="14F418B1" w14:textId="77777777" w:rsidR="00982B0B" w:rsidRDefault="00982B0B" w:rsidP="00982B0B">
       <w:pPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">                     27.7. </w:t>
       </w:r>
       <w:r w:rsidR="00C241B8" w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>teisė pateikti s</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">kundą priežiūros institucijai; </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00982B0B" w:rsidRDefault="00982B0B" w:rsidP="00982B0B">
+    <w:p w14:paraId="73640A6D" w14:textId="77777777" w:rsidR="00982B0B" w:rsidRDefault="00982B0B" w:rsidP="00982B0B">
       <w:pPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">                     27.8. </w:t>
       </w:r>
       <w:r w:rsidR="00C241B8" w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>jei yra, Asmens duomenų gavėjus arba Asme</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">ns duomenų gavėjo kategorijas; </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00982B0B" w:rsidRDefault="00982B0B" w:rsidP="00982B0B">
+    <w:p w14:paraId="5FF0E66A" w14:textId="77777777" w:rsidR="00982B0B" w:rsidRDefault="00982B0B" w:rsidP="00982B0B">
       <w:pPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">                     27.9. </w:t>
       </w:r>
       <w:r w:rsidR="00C241B8" w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">kai taikoma, apie duomenų valdytojo keitimą Asmens duomenis perduoti į trečiąją valstybę arba tarptautinei </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">organizacijai; </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A6289F" w:rsidRPr="00C241B8" w:rsidRDefault="00982B0B" w:rsidP="00982B0B">
+    <w:p w14:paraId="37C46339" w14:textId="77777777" w:rsidR="00A6289F" w:rsidRPr="00C241B8" w:rsidRDefault="00982B0B" w:rsidP="00982B0B">
       <w:pPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">                     27.10. </w:t>
       </w:r>
       <w:r w:rsidR="00C241B8" w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">kai taikoma, kad esama automatizuoto sprendimų priėmimo, įskaitant profiliavimą, ir, bent tais atvejais, prasmingą informaciją apie loginį jo pagrindimą, taip pat tokio Duomenų tvarkymo reikšmę ir numatomas pasekmes Duomenų subjektui. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00A50367">
+    <w:p w14:paraId="041F5F12" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00A50367">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:ind w:hanging="458"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">Esant skirtingiems tvarkymo teisiniams pagrindams, turi būti pateikiama žemiau </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
+    <w:p w14:paraId="428EF574" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
       <w:pPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">nurodyta informacija: </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
+    <w:p w14:paraId="016B3AA9" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
       <w:pPr>
         <w:spacing w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="9199" w:type="dxa"/>
         <w:tblInd w:w="432" w:type="dxa"/>
         <w:tblCellMar>
           <w:top w:w="59" w:type="dxa"/>
           <w:left w:w="857" w:type="dxa"/>
           <w:right w:w="48" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9199"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidTr="00C241B8">
+      <w:tr w:rsidR="00C241B8" w:rsidRPr="00C241B8" w14:paraId="2ACAEA57" w14:textId="77777777" w:rsidTr="00C241B8">
         <w:trPr>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9199" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
           </w:tcPr>
-          <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
+          <w:p w14:paraId="09B61EDE" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
             <w:pPr>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C241B8">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve">Teisinė prievolė ar sutartis </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidTr="00C241B8">
+      <w:tr w:rsidR="00C241B8" w:rsidRPr="00C241B8" w14:paraId="47893C53" w14:textId="77777777" w:rsidTr="00C241B8">
         <w:trPr>
           <w:trHeight w:val="565"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9199" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
+          <w:p w14:paraId="458CD9B8" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
             <w:pPr>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C241B8">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Ar Duomenų subjektas privalo pateikti Asmens duomenis ir galimas pasekmes nepateikus tokių duomenų. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidTr="00C241B8">
+      <w:tr w:rsidR="00C241B8" w:rsidRPr="00C241B8" w14:paraId="75FC4F28" w14:textId="77777777" w:rsidTr="00C241B8">
         <w:trPr>
           <w:trHeight w:val="563"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9199" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
+          <w:p w14:paraId="76DC2174" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
             <w:pPr>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C241B8">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve">Ar Duomenų pateikimas yra teisės aktais arba sutartyje numatytas reikalavimas, ar reikalavimas, kurį būtina įvykdyti norinti sudaryti sutartį. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidTr="00C241B8">
+      <w:tr w:rsidR="00C241B8" w:rsidRPr="00C241B8" w14:paraId="1AA0E888" w14:textId="77777777" w:rsidTr="00C241B8">
         <w:trPr>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9199" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
           </w:tcPr>
-          <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
+          <w:p w14:paraId="6B75A0A6" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
             <w:pPr>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C241B8">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve">Sutikimas </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidTr="00C241B8">
+      <w:tr w:rsidR="00C241B8" w:rsidRPr="00C241B8" w14:paraId="75BFF724" w14:textId="77777777" w:rsidTr="00C241B8">
         <w:trPr>
           <w:trHeight w:val="564"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9199" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
+          <w:p w14:paraId="2A05765C" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
             <w:pPr>
               <w:spacing w:after="25" w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C241B8">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve">Teisę atsiimti savo sutikimą bet kuriuo metu. </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
+          <w:p w14:paraId="2E9A6FCE" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
             <w:pPr>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C241B8">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve">Teisė pareikalauti skaitmeninio dokumento su savo asmenine informacija. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidTr="00C241B8">
+      <w:tr w:rsidR="00C241B8" w:rsidRPr="00C241B8" w14:paraId="21F21AAB" w14:textId="77777777" w:rsidTr="00C241B8">
         <w:trPr>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9199" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
           </w:tcPr>
-          <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
+          <w:p w14:paraId="607920F4" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
             <w:pPr>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C241B8">
               <w:rPr>
                 <w:b/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve">Teisėti interesai </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidTr="00C241B8">
+      <w:tr w:rsidR="00C241B8" w:rsidRPr="00C241B8" w14:paraId="72C9EED4" w14:textId="77777777" w:rsidTr="00C241B8">
         <w:trPr>
           <w:trHeight w:val="289"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9199" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
+          <w:p w14:paraId="5FF5C66B" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
             <w:pPr>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C241B8">
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve">Susiję teisėti duomenų valdytojo ar trečiosios šalies interesais. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
+    <w:p w14:paraId="47DC33CD" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
       <w:pPr>
         <w:spacing w:after="24" w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00A50367">
+    <w:p w14:paraId="65BC11D1" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00A50367">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:ind w:hanging="458"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">Tuo atveju, jei Asmens duomenys gauti ne iš Duomenų subjekto, turi būti </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00982B0B" w:rsidRDefault="00C241B8" w:rsidP="00982B0B">
+    <w:p w14:paraId="7B0470AA" w14:textId="77777777" w:rsidR="00982B0B" w:rsidRDefault="00C241B8" w:rsidP="00982B0B">
       <w:pPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>pateikiama</w:t>
       </w:r>
       <w:r w:rsidR="00F42E31">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> aukščiau išvardyta informacija, bei papildomai ši informacija</w:t>
       </w:r>
       <w:r w:rsidR="00982B0B">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00982B0B" w:rsidRDefault="00982B0B" w:rsidP="00982B0B">
+    <w:p w14:paraId="74631F9E" w14:textId="77777777" w:rsidR="00982B0B" w:rsidRDefault="00982B0B" w:rsidP="00982B0B">
       <w:pPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">                     29.1. </w:t>
       </w:r>
       <w:r w:rsidR="00C241B8" w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>asmens duomenų kategorija</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">s, kurias planuojama tvarkyti; </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00982B0B" w:rsidP="00982B0B">
+    <w:p w14:paraId="19C0E5F7" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00982B0B" w:rsidP="00982B0B">
       <w:pPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">                     29.2. </w:t>
       </w:r>
       <w:r w:rsidR="00C241B8" w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">koks yra Asmens duomenų kilmės šaltinis ir ar Duomenys gauti iš viešai prieinamų šaltinių. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FF26CA" w:rsidRDefault="00C241B8" w:rsidP="00A50367">
+    <w:p w14:paraId="1842E80F" w14:textId="77777777" w:rsidR="00FF26CA" w:rsidRDefault="00C241B8" w:rsidP="00A50367">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:ind w:hanging="458"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>Duomenų gavimo ne iš Duomenų subjekto atveju, informa</w:t>
       </w:r>
       <w:r w:rsidR="00FF26CA">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>cija pateikiama per:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FF26CA" w:rsidRDefault="00FF26CA" w:rsidP="00FF26CA">
+    <w:p w14:paraId="59CD4B2F" w14:textId="77777777" w:rsidR="00FF26CA" w:rsidRDefault="00FF26CA" w:rsidP="00FF26CA">
       <w:pPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:ind w:left="1304"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">30.1. </w:t>
       </w:r>
       <w:r w:rsidR="00C241B8" w:rsidRPr="00FF26CA">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">vieną mėnesį nuo Duomenų gavimo; </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FF26CA" w:rsidRDefault="00FF26CA" w:rsidP="00FF26CA">
+    <w:p w14:paraId="33CA2BB5" w14:textId="77777777" w:rsidR="00FF26CA" w:rsidRDefault="00FF26CA" w:rsidP="00FF26CA">
       <w:pPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:ind w:firstLine="1304"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">30.2. </w:t>
       </w:r>
       <w:r w:rsidR="00C241B8" w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>jei Duomenys bus naudojami ryšiams su Duomenų subjektu palaikyti – ne vėliau kaip pirmą kartą susisiekiant</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> su tuo Duomenų subjektu; arba </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FF26CA" w:rsidRDefault="00FF26CA" w:rsidP="00FF26CA">
+    <w:p w14:paraId="6DFB8C3A" w14:textId="77777777" w:rsidR="00FF26CA" w:rsidRDefault="00FF26CA" w:rsidP="00FF26CA">
       <w:pPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:ind w:left="142" w:hanging="142"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">                      30.3. j</w:t>
       </w:r>
       <w:r w:rsidR="00C241B8" w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">eigu numatoma Asmens duomenis atskleisti kitam Duomenų gavėjui – ne vėliau kaip atskleidžiant Duomenis pirmą kartą t. y., jei numatoma Duomenis perduoti kitam asmeniui, tada informuoti Asmenį reikėtų prieš perduodant duomenis kitam subjektui. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FF26CA" w:rsidRDefault="00FF26CA" w:rsidP="00FF26CA">
+    <w:p w14:paraId="663F863A" w14:textId="77777777" w:rsidR="00FF26CA" w:rsidRDefault="00FF26CA" w:rsidP="00FF26CA">
       <w:pPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:ind w:left="142" w:hanging="142"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">                      31.  </w:t>
       </w:r>
       <w:r w:rsidR="00C241B8" w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">Informacija turi būti pateikiama glausta, skaidria, aiškia ir lengvai prieinama forma, aiškia ir paprasta kalba. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FF26CA" w:rsidRDefault="00FF26CA" w:rsidP="00FF26CA">
+    <w:p w14:paraId="2E0D5456" w14:textId="77777777" w:rsidR="00FF26CA" w:rsidRDefault="00FF26CA" w:rsidP="00FF26CA">
       <w:pPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:ind w:left="142" w:hanging="142"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">                      32. </w:t>
       </w:r>
       <w:r w:rsidR="00C241B8" w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>Informacija pateikiama raštu arba kitomis priemonėmis, įskaitant,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> prireikus, elektronine forma. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FF26CA" w:rsidRDefault="00FF26CA" w:rsidP="00FF26CA">
+    <w:p w14:paraId="506924FC" w14:textId="77777777" w:rsidR="00FF26CA" w:rsidRDefault="00FF26CA" w:rsidP="00FF26CA">
       <w:pPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:ind w:left="142" w:hanging="142"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">                      33. D</w:t>
       </w:r>
       <w:r w:rsidR="00C241B8" w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>uomenų subjekto prašymu informacija gali būti suteikta žodžiu, jeigu duomenų subjekto tapatybė įrodoma kitomis priemo</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">nėmis. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FF26CA" w:rsidRDefault="00FF26CA" w:rsidP="00FF26CA">
+    <w:p w14:paraId="6CBCA4CC" w14:textId="77777777" w:rsidR="00FF26CA" w:rsidRDefault="00FF26CA" w:rsidP="00FF26CA">
       <w:pPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:ind w:left="142" w:hanging="142"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">                      34. </w:t>
       </w:r>
       <w:r w:rsidR="00C241B8" w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>Pareiga pateikti inf</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">ormaciją netaikoma tiek, kiek: </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FF26CA" w:rsidRDefault="00FF26CA" w:rsidP="00FF26CA">
+    <w:p w14:paraId="1C0B0A5E" w14:textId="77777777" w:rsidR="00FF26CA" w:rsidRDefault="00FF26CA" w:rsidP="00FF26CA">
       <w:pPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:ind w:left="142" w:hanging="142"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">                      34.1. </w:t>
       </w:r>
       <w:r w:rsidR="00C241B8" w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">tokios informacijos pateikimas yra neįmanomas arba tam reikėtų neproporcingų pastangų. Tokiais atvejais Mokykla imasi tinkamų priemonių Duomenų subjekto teisėms ir laisvėms bei teisėtiems interesams apsaugoti, įskaitant </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">viešą informacijos paskelbimą; </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A6289F" w:rsidRDefault="00FF26CA" w:rsidP="00D54128">
+    <w:p w14:paraId="6E996D1F" w14:textId="77777777" w:rsidR="00A6289F" w:rsidRDefault="00FF26CA" w:rsidP="00D54128">
       <w:pPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:ind w:left="142" w:hanging="142"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">                      34.2. </w:t>
       </w:r>
       <w:r w:rsidR="00C241B8" w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>duomenų gavimas ar atskleidimas aiškiai nustatytas Europos Sąjungos arba valstybės narės teisėje, ir kurie taikomi Mokyklai ir kuriuose nustatytos tinkamos teisėtų duomenų subjekto interesų apsaugos p</w:t>
       </w:r>
       <w:r w:rsidR="00D54128">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>riemonės;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FF26CA" w:rsidRDefault="00A6289F" w:rsidP="00FF26CA">
+    <w:p w14:paraId="0EFC2837" w14:textId="77777777" w:rsidR="00FF26CA" w:rsidRDefault="00A6289F" w:rsidP="00FF26CA">
       <w:pPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:ind w:left="142" w:hanging="142"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">                      </w:t>
       </w:r>
       <w:r w:rsidR="00F42E31">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>35.</w:t>
@@ -6558,1767 +6558,1767 @@
       <w:r w:rsidR="00FF26CA">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00C241B8" w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>kai Asmens duomenys privalo išlikti konfidencialūs laikantis Europos Sąjungos ar valstybės narės teise reglamentuojamos pr</w:t>
       </w:r>
       <w:r w:rsidR="00FF26CA">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">ofesinės paslapties prievolės. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C241B8" w:rsidRDefault="00F42E31" w:rsidP="00FF26CA">
+    <w:p w14:paraId="7A9F7375" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRDefault="00F42E31" w:rsidP="00FF26CA">
       <w:pPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:ind w:left="142" w:hanging="142"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">                       </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F42E31" w:rsidRDefault="00F42E31" w:rsidP="00FF26CA">
+    <w:p w14:paraId="521D5985" w14:textId="77777777" w:rsidR="00F42E31" w:rsidRDefault="00F42E31" w:rsidP="00FF26CA">
       <w:pPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:ind w:left="142" w:hanging="142"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F42E31" w:rsidRDefault="00F42E31" w:rsidP="00FF26CA">
+    <w:p w14:paraId="4B0033A2" w14:textId="77777777" w:rsidR="00F42E31" w:rsidRDefault="00F42E31" w:rsidP="00FF26CA">
       <w:pPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:ind w:left="142" w:hanging="142"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F42E31" w:rsidRPr="00C241B8" w:rsidRDefault="00F42E31" w:rsidP="00FF26CA">
+    <w:p w14:paraId="61C9B267" w14:textId="77777777" w:rsidR="00F42E31" w:rsidRPr="00C241B8" w:rsidRDefault="00F42E31" w:rsidP="00FF26CA">
       <w:pPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:ind w:left="142" w:hanging="142"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
+    <w:p w14:paraId="11CE107B" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
       <w:pPr>
         <w:spacing w:after="24" w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
+    <w:p w14:paraId="295B0A37" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:after="13" w:line="249" w:lineRule="auto"/>
         <w:ind w:right="141"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C241B8">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">XI. DUOMENŲ SAUGOJIMO TERMINAI </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
+    <w:p w14:paraId="24A3970E" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
       <w:pPr>
         <w:spacing w:after="25" w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00A50367">
+    <w:p w14:paraId="32E6BAF8" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00A50367">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:ind w:hanging="394"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">Mokykla taiko skirtingus Asmens duomenų saugojimo terminus vadovaudamasi </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
+    <w:p w14:paraId="589F8F7D" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
       <w:pPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">mokyklos dokumentacijos planu. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00A50367">
+    <w:p w14:paraId="7C508E9D" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00A50367">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:ind w:hanging="394"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">Išimtys iš aukščiau nurodytų saugojimo terminų gali būti nustatomos tol, kol tokie </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A6289F" w:rsidRDefault="00C241B8" w:rsidP="00A6289F">
+    <w:p w14:paraId="397C25EE" w14:textId="77777777" w:rsidR="00A6289F" w:rsidRDefault="00C241B8" w:rsidP="00A6289F">
       <w:pPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>nukrypimai nepažeidžia Duomenų subjektų teisių, atitinka teisiniams reikalavimam</w:t>
       </w:r>
       <w:r w:rsidR="00A6289F">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">s ir yra tinkami dokumentuoti. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C241B8" w:rsidRPr="00A6289F" w:rsidRDefault="00A6289F" w:rsidP="00A6289F">
+    <w:p w14:paraId="6AC7EFE7" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00A6289F" w:rsidRDefault="00A6289F" w:rsidP="00A6289F">
       <w:pPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">                      38. </w:t>
       </w:r>
       <w:r w:rsidR="00C241B8" w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">Duomenys, reikalingi siekiant pareikšti, vykdyti arba apginti teisinius reikalavimus </w:t>
       </w:r>
       <w:r w:rsidR="00C241B8" w:rsidRPr="00A6289F">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">saugomi tiek, kiek šie yra būtini tokiems tikslams pasiekti pagal teisminę, administracinę arba neteisminę procedūrą. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
+    <w:p w14:paraId="134B65F6" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
       <w:pPr>
         <w:spacing w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
+    <w:p w14:paraId="4E93375A" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:after="13" w:line="249" w:lineRule="auto"/>
         <w:ind w:right="142"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C241B8">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">XII. DUOMENŲ SUNAIKINIMAS </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
+    <w:p w14:paraId="00BF5F40" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
       <w:pPr>
         <w:spacing w:after="25" w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00A50367">
+    <w:p w14:paraId="48B5CEC6" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00A50367">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:ind w:hanging="432"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">Sunaikinimas apibrėžiamas kaip fizinis ar techninis veiksmas, kuriuo dokumente </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
+    <w:p w14:paraId="01CA6870" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
       <w:pPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">esantys duomenys padaromi neatkuriamais įprastinėmis komerciškai prieinamomis priemonėmis. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00A50367">
+    <w:p w14:paraId="4D153BD9" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00A50367">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:ind w:hanging="432"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">Elektronine forma saugomi Asmens duomenys sunaikinami juos ištrinant be </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
+    <w:p w14:paraId="42A5BF4A" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
       <w:pPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">galimybės atkurti. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C241B8" w:rsidRPr="00A6289F" w:rsidRDefault="00A6289F" w:rsidP="00A6289F">
+    <w:p w14:paraId="6BA840FD" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00A6289F" w:rsidRDefault="00A6289F" w:rsidP="00A6289F">
       <w:pPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:ind w:firstLine="1296"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">41. </w:t>
       </w:r>
       <w:r w:rsidR="00C241B8" w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">Popieriniai dokumentai, kuriuose yra Asmens duomenų, susmulkinami, o likučiais </w:t>
       </w:r>
       <w:r w:rsidR="00C241B8" w:rsidRPr="00A6289F">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">saugiu būdu atsikratoma. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
+    <w:p w14:paraId="30D21236" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
       <w:pPr>
         <w:spacing w:after="20" w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
+    <w:p w14:paraId="06117577" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:after="13" w:line="249" w:lineRule="auto"/>
         <w:ind w:right="142"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C241B8">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">XIII. DUOMENŲ SUBJEKTŲ TEISĖS </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
+    <w:p w14:paraId="66D41385" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
       <w:pPr>
         <w:spacing w:after="24" w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FF26CA" w:rsidRDefault="00FF26CA" w:rsidP="00FF26CA">
+    <w:p w14:paraId="70FDC57B" w14:textId="77777777" w:rsidR="00FF26CA" w:rsidRDefault="00FF26CA" w:rsidP="00FF26CA">
       <w:pPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:ind w:left="1276"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">42. </w:t>
       </w:r>
       <w:r w:rsidR="00C241B8" w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">Duomenų subjektas BDAR nustatyta tvarka gali įgyvendinti šias teises: </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FF26CA" w:rsidRDefault="00FF26CA" w:rsidP="00FF26CA">
+    <w:p w14:paraId="528DFCAA" w14:textId="77777777" w:rsidR="00FF26CA" w:rsidRDefault="00FF26CA" w:rsidP="00FF26CA">
       <w:pPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:ind w:left="1276"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">42.1. teisė būti informuotam; </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FF26CA" w:rsidRDefault="00FF26CA" w:rsidP="00FF26CA">
+    <w:p w14:paraId="2C22DEB3" w14:textId="77777777" w:rsidR="00FF26CA" w:rsidRDefault="00FF26CA" w:rsidP="00FF26CA">
       <w:pPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:ind w:left="1276"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">42.2. prieigos teisė; </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FF26CA" w:rsidRDefault="00FF26CA" w:rsidP="00FF26CA">
+    <w:p w14:paraId="50C643CE" w14:textId="77777777" w:rsidR="00FF26CA" w:rsidRDefault="00FF26CA" w:rsidP="00FF26CA">
       <w:pPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:ind w:left="1276"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">42.3. </w:t>
       </w:r>
       <w:r w:rsidR="00A6289F">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>i</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">štrynimo teisė; </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FF26CA" w:rsidRDefault="00FF26CA" w:rsidP="00FF26CA">
+    <w:p w14:paraId="61241A50" w14:textId="77777777" w:rsidR="00FF26CA" w:rsidRDefault="00FF26CA" w:rsidP="00FF26CA">
       <w:pPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:ind w:left="1276"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">42.4. teisė į patikslinimą; </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FF26CA" w:rsidRDefault="00FF26CA" w:rsidP="00FF26CA">
+    <w:p w14:paraId="41125F28" w14:textId="77777777" w:rsidR="00FF26CA" w:rsidRDefault="00FF26CA" w:rsidP="00FF26CA">
       <w:pPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:ind w:left="1276"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">42.5. </w:t>
       </w:r>
       <w:r w:rsidR="00C241B8" w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>te</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">isė apriboti duomenų tvarkymą; </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FF26CA" w:rsidRDefault="00FF26CA" w:rsidP="00FF26CA">
+    <w:p w14:paraId="78D9512D" w14:textId="77777777" w:rsidR="00FF26CA" w:rsidRDefault="00FF26CA" w:rsidP="00FF26CA">
       <w:pPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:ind w:left="1276"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">42.6. teisė į duomenų perkėlimą; </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FF26CA" w:rsidRDefault="00FF26CA" w:rsidP="00FF26CA">
+    <w:p w14:paraId="440C2EC6" w14:textId="77777777" w:rsidR="00FF26CA" w:rsidRDefault="00FF26CA" w:rsidP="00FF26CA">
       <w:pPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:ind w:left="1276"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">42.7. teisė prieštarauti; </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00FF26CA" w:rsidRDefault="00FF26CA" w:rsidP="00FF26CA">
+    <w:p w14:paraId="226B2C7C" w14:textId="77777777" w:rsidR="00FF26CA" w:rsidRDefault="00FF26CA" w:rsidP="00FF26CA">
       <w:pPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:ind w:left="1276"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">42.8. </w:t>
       </w:r>
       <w:r w:rsidR="00C241B8" w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>teisės, susijusios su automatiniu spren</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">dimų priėmimu ir profiliavimu. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A6289F" w:rsidRDefault="00FF26CA" w:rsidP="00D54128">
+    <w:p w14:paraId="049660A0" w14:textId="77777777" w:rsidR="00A6289F" w:rsidRDefault="00FF26CA" w:rsidP="00D54128">
       <w:pPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:ind w:firstLine="1247"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">43. </w:t>
       </w:r>
       <w:r w:rsidR="00F42E31">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">Teisės </w:t>
       </w:r>
       <w:r w:rsidR="00C241B8" w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">sudaro geresnes sąlygas būtinus veiksmus atlikti per </w:t>
       </w:r>
       <w:r w:rsidR="00D54128">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">BDAR nustatytus laikotarpius. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00FF26CA" w:rsidP="00FF26CA">
+    <w:p w14:paraId="180589DB" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00FF26CA" w:rsidP="00FF26CA">
       <w:pPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:ind w:left="1276"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">44. </w:t>
       </w:r>
       <w:r w:rsidR="00C241B8" w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">Aukščiau nurodyti ir BDAR įtvirtinti laikotarpiai yra tokie: </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
+    <w:p w14:paraId="27866516" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
       <w:pPr>
         <w:spacing w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="00B050"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="9199" w:type="dxa"/>
         <w:tblInd w:w="432" w:type="dxa"/>
         <w:tblCellMar>
           <w:top w:w="57" w:type="dxa"/>
           <w:left w:w="857" w:type="dxa"/>
           <w:right w:w="46" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4603"/>
         <w:gridCol w:w="4596"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidTr="00C241B8">
+      <w:tr w:rsidR="00C241B8" w:rsidRPr="00C241B8" w14:paraId="1DABCEFA" w14:textId="77777777" w:rsidTr="00C241B8">
         <w:trPr>
           <w:trHeight w:val="283"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4603" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
           </w:tcPr>
-          <w:p w:rsidR="00C241B8" w:rsidRPr="00A6289F" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
+          <w:p w14:paraId="69E0BE41" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00A6289F" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
             <w:pPr>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:ind w:right="703"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A6289F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Duomenų subjektų prašymas </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4596" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
           </w:tcPr>
-          <w:p w:rsidR="00C241B8" w:rsidRPr="00A6289F" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
+          <w:p w14:paraId="6DEFA578" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00A6289F" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
             <w:pPr>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A6289F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Laikotarpis </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidTr="00C241B8">
+      <w:tr w:rsidR="00C241B8" w:rsidRPr="00C241B8" w14:paraId="454DF4C6" w14:textId="77777777" w:rsidTr="00C241B8">
         <w:trPr>
           <w:trHeight w:val="1115"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4603" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C241B8" w:rsidRPr="00A6289F" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
+          <w:p w14:paraId="63301353" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00A6289F" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
             <w:pPr>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A6289F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Teisė būti informuotam </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4596" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C241B8" w:rsidRPr="00A6289F" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
+          <w:p w14:paraId="4662546F" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00A6289F" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
             <w:pPr>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:ind w:right="59"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A6289F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Kai duomenys surenkami (jei pateikti Duomenų subjekto) arba per vieną mėnesį (jei pateikti ne Duomenų subjekto) </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidTr="00C241B8">
+      <w:tr w:rsidR="00C241B8" w:rsidRPr="00C241B8" w14:paraId="46226D9A" w14:textId="77777777" w:rsidTr="00C241B8">
         <w:trPr>
           <w:trHeight w:val="286"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4603" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C241B8" w:rsidRPr="00A6289F" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
+          <w:p w14:paraId="5AB43096" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00A6289F" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
             <w:pPr>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A6289F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Prieigos teisė </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4596" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C241B8" w:rsidRPr="00A6289F" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
+          <w:p w14:paraId="4DB8D078" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00A6289F" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
             <w:pPr>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A6289F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Vienas mėnuo </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidTr="00C241B8">
+      <w:tr w:rsidR="00C241B8" w:rsidRPr="00C241B8" w14:paraId="4A1314DF" w14:textId="77777777" w:rsidTr="00C241B8">
         <w:trPr>
           <w:trHeight w:val="286"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4603" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C241B8" w:rsidRPr="00A6289F" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
+          <w:p w14:paraId="31D376E7" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00A6289F" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
             <w:pPr>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A6289F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Teisė į patikslinimą </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4596" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C241B8" w:rsidRPr="00A6289F" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
+          <w:p w14:paraId="18853A1C" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00A6289F" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
             <w:pPr>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A6289F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Vienas mėnuo </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidTr="00C241B8">
+      <w:tr w:rsidR="00C241B8" w:rsidRPr="00C241B8" w14:paraId="0619F0ED" w14:textId="77777777" w:rsidTr="00C241B8">
         <w:trPr>
           <w:trHeight w:val="286"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4603" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C241B8" w:rsidRPr="00A6289F" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
+          <w:p w14:paraId="59147A8A" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00A6289F" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
             <w:pPr>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A6289F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Ištrynimo teisė </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4596" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C241B8" w:rsidRPr="00A6289F" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
+          <w:p w14:paraId="01ADDD93" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00A6289F" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
             <w:pPr>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A6289F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Nepagrįstai nedelsiant </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidTr="00C241B8">
+      <w:tr w:rsidR="00C241B8" w:rsidRPr="00C241B8" w14:paraId="4730F004" w14:textId="77777777" w:rsidTr="00C241B8">
         <w:trPr>
           <w:trHeight w:val="286"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4603" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C241B8" w:rsidRPr="00A6289F" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
+          <w:p w14:paraId="2C3C6122" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00A6289F" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
             <w:pPr>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A6289F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Teisė apriboti duomenų tvarkymą </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4596" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C241B8" w:rsidRPr="00A6289F" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
+          <w:p w14:paraId="23672631" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00A6289F" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
             <w:pPr>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A6289F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Nepagrįstai nedelsiant </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidTr="00C241B8">
+      <w:tr w:rsidR="00C241B8" w:rsidRPr="00C241B8" w14:paraId="765D9797" w14:textId="77777777" w:rsidTr="00C241B8">
         <w:trPr>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4603" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C241B8" w:rsidRPr="00A6289F" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
+          <w:p w14:paraId="3B74B337" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00A6289F" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
             <w:pPr>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:ind w:right="666"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A6289F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Teisė į duomenų perkėlimą </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4596" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C241B8" w:rsidRPr="00A6289F" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
+          <w:p w14:paraId="070C1A67" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00A6289F" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
             <w:pPr>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A6289F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Vienas mėnuo </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidTr="00C241B8">
+      <w:tr w:rsidR="00C241B8" w:rsidRPr="00C241B8" w14:paraId="2DD41331" w14:textId="77777777" w:rsidTr="00C241B8">
         <w:trPr>
           <w:trHeight w:val="286"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4603" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C241B8" w:rsidRPr="00A6289F" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
+          <w:p w14:paraId="7F8D6234" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00A6289F" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
             <w:pPr>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A6289F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Teisė prieštarauti </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4596" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C241B8" w:rsidRPr="00A6289F" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
+          <w:p w14:paraId="6DFD69E3" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00A6289F" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
             <w:pPr>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A6289F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Gavus prieštaravimą </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidTr="00C241B8">
+      <w:tr w:rsidR="00C241B8" w:rsidRPr="00C241B8" w14:paraId="68A91100" w14:textId="77777777" w:rsidTr="00C241B8">
         <w:trPr>
           <w:trHeight w:val="562"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4603" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C241B8" w:rsidRPr="00A6289F" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
+          <w:p w14:paraId="3BF0FDAB" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00A6289F" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
             <w:pPr>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A6289F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Teisės, susijusios su automatiniu sprendimų priėmimu ir profiliavimu </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4596" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C241B8" w:rsidRPr="00A6289F" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
+          <w:p w14:paraId="27404BCF" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00A6289F" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
             <w:pPr>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A6289F">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Nenustatyta </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
+    <w:p w14:paraId="38FE0DCF" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
       <w:pPr>
         <w:spacing w:after="24" w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00FF26CA" w:rsidP="001C6B41">
+    <w:p w14:paraId="05648BC1" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00FF26CA" w:rsidP="001C6B41">
       <w:pPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:ind w:left="142" w:firstLine="1154"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">45. </w:t>
       </w:r>
       <w:r w:rsidR="00C241B8" w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>Standartizuoti Duomenų subjektų prašymai dėl susipažinimo su duomenimis gaunami šiems užpildžius Subjektų prašymų leisti susipaž</w:t>
       </w:r>
       <w:r w:rsidR="00D54128">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>inti su asmens duomenimis formą.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C6B41" w:rsidRDefault="00FF26CA" w:rsidP="001C6B41">
+    <w:p w14:paraId="7D521E83" w14:textId="77777777" w:rsidR="001C6B41" w:rsidRDefault="00FF26CA" w:rsidP="001C6B41">
       <w:pPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:ind w:left="142" w:firstLine="1154"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">46. </w:t>
       </w:r>
       <w:r w:rsidR="00C241B8" w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">Mokykla negali formaliai remtis minėtos formos nesilaikymu kaip pagrindu atsisakyti priimti Duomenų subjekto prašymą ar vilkinti jo nagrinėjimą. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00FF26CA" w:rsidP="001C6B41">
+    <w:p w14:paraId="526978A8" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00FF26CA" w:rsidP="001C6B41">
       <w:pPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:ind w:left="142" w:firstLine="1154"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">47. </w:t>
       </w:r>
       <w:r w:rsidR="00C241B8" w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">Mokykla turi informuoti Duomenų subjektus apie jų teises aiškia, glausta, skaidria, </w:t>
       </w:r>
       <w:r w:rsidR="001C6B41">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00C241B8" w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">suprantama ir lengvai prieinama forma, aiškia ir paprasta kalba. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00FF26CA" w:rsidP="001C6B41">
+    <w:p w14:paraId="3346A29E" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00FF26CA" w:rsidP="001C6B41">
       <w:pPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:ind w:left="142" w:firstLine="1154"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">48. </w:t>
       </w:r>
       <w:r w:rsidR="00C241B8" w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>Mokykla turi teisę motyvuotai atsisakyti leisti Duomenų subjektui įgyvendinti jo teises</w:t>
       </w:r>
       <w:r w:rsidR="00D54128">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00C241B8" w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
+    <w:p w14:paraId="37D95C38" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
       <w:pPr>
         <w:spacing w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
+    <w:p w14:paraId="28B39B80" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:after="13" w:line="249" w:lineRule="auto"/>
         <w:ind w:right="144"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C241B8">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">XIV. SUTIKIMAS </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
+    <w:p w14:paraId="0D613819" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
       <w:pPr>
         <w:spacing w:after="22" w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C6B41" w:rsidRDefault="001C6B41" w:rsidP="001C6B41">
+    <w:p w14:paraId="65B1CC34" w14:textId="77777777" w:rsidR="001C6B41" w:rsidRDefault="001C6B41" w:rsidP="001C6B41">
       <w:pPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:ind w:left="142" w:firstLine="1154"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">49. </w:t>
       </w:r>
       <w:r w:rsidR="00C241B8" w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">Jei tvarkymui nėra kito pagrindo, nustatyto BDAR arba ADTAĮ ar kitų teisės aktų </w:t>
       </w:r>
       <w:r w:rsidR="00C241B8" w:rsidRPr="001C6B41">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">nustatyta tvarka, iš Duomenų subjekto turi būti gautas aiškiai išreikštas sutikimas tam, kad būtų galima rinkti ir tvarkyti jo asmens duomenis. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C6B41" w:rsidRDefault="001C6B41" w:rsidP="00D54128">
+    <w:p w14:paraId="70F3DEC6" w14:textId="77777777" w:rsidR="001C6B41" w:rsidRDefault="001C6B41" w:rsidP="00D54128">
       <w:pPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:ind w:left="142" w:firstLine="1154"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">50. </w:t>
       </w:r>
       <w:r w:rsidR="00C241B8" w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>Mokykla turi turėti galimybę parodyti</w:t>
@@ -8326,102 +8326,102 @@
       <w:r w:rsidR="00D54128">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">, kad Duomenų subjektas davė </w:t>
       </w:r>
       <w:r w:rsidR="00C241B8" w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>nedviprasmišką (o Specialiųjų kategorijų asmens duomenų tvarkymo atveju – ir aiškiai išreikštą) sutikim</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">ą tvarkyti jo Asmens duomenis. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A6289F" w:rsidRDefault="001C6B41" w:rsidP="001C6B41">
+    <w:p w14:paraId="56B643BF" w14:textId="77777777" w:rsidR="00A6289F" w:rsidRDefault="001C6B41" w:rsidP="001C6B41">
       <w:pPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">                     51. </w:t>
       </w:r>
       <w:r w:rsidR="00C241B8" w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>Mokykla turi turėti galimybę įrodyti, kad Duomenų subjekto sutikima</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>s yra paremtas j</w:t>
       </w:r>
       <w:r w:rsidR="00C241B8" w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>o tikru ir laisvu pasirinkimu. Tai reiškia, kad sutarties vykdymas, įskaitant paslaugos teikimą, nebus paremtas sąlyga duoti sutikimą Duomenų tvarkymui, kuris nėra reika</w:t>
       </w:r>
       <w:r w:rsidR="00D54128">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>lingas tos sutarties vykdymui.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C6B41" w:rsidRDefault="00A6289F" w:rsidP="001C6B41">
+    <w:p w14:paraId="2951CCEE" w14:textId="77777777" w:rsidR="001C6B41" w:rsidRDefault="00A6289F" w:rsidP="001C6B41">
       <w:pPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">                    </w:t>
       </w:r>
       <w:r w:rsidR="001C6B41">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">52. </w:t>
       </w:r>
@@ -8436,989 +8436,989 @@
       <w:r w:rsidR="001C6B41">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">bjektas davė sutikimą tvarkyti </w:t>
       </w:r>
       <w:r w:rsidR="00C241B8" w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>jo Asmens duo</w:t>
       </w:r>
       <w:r w:rsidR="001C6B41">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">menis vienu ar daugiau tikslų. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="001C6B41" w:rsidP="001C6B41">
+    <w:p w14:paraId="422F986F" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="001C6B41" w:rsidP="001C6B41">
       <w:pPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">                    53. </w:t>
       </w:r>
       <w:r w:rsidR="00C241B8" w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">Mokyklos iš anksto suformuluotas Duomenų subjekto sutikimo pareiškimas </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C6B41" w:rsidRDefault="00C241B8" w:rsidP="001C6B41">
+    <w:p w14:paraId="36F7A939" w14:textId="77777777" w:rsidR="001C6B41" w:rsidRDefault="00C241B8" w:rsidP="001C6B41">
       <w:pPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>pateikimas suprantama ir lengvai prieinama fo</w:t>
       </w:r>
       <w:r w:rsidR="001C6B41">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">rma, aiškia ir paprasta kalba. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="001C6B41" w:rsidP="001C6B41">
+    <w:p w14:paraId="5623D3CF" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="001C6B41" w:rsidP="001C6B41">
       <w:pPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">                    54. </w:t>
       </w:r>
       <w:r w:rsidR="00C241B8" w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">Mokykla turi turėti galimybę įrodyti, kad Duomenų tvarkymas yra ribojamas pagal </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C6B41" w:rsidRDefault="00C241B8" w:rsidP="001C6B41">
+    <w:p w14:paraId="37819FD0" w14:textId="77777777" w:rsidR="001C6B41" w:rsidRDefault="00C241B8" w:rsidP="001C6B41">
       <w:pPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>aiškiai išreik</w:t>
       </w:r>
       <w:r w:rsidR="001C6B41">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">štą Duomenų subjekto sutikimą. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="001C6B41" w:rsidP="001C6B41">
+    <w:p w14:paraId="02DCD2D2" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="001C6B41" w:rsidP="001C6B41">
       <w:pPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">                    55. </w:t>
       </w:r>
       <w:r w:rsidR="00C241B8" w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">Tuo atveju, jei Mokykla negali užtikrinti, kad Duomenų subjekto sutikimas atitiks </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
+    <w:p w14:paraId="6C90771C" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
       <w:pPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">šioje Procedūroje ir/ar BDAR nurodytus reikalavimus, pasirenkamas alternatyvus teisėto Duomenų tvarkymo pagrindas. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
+    <w:p w14:paraId="7D366F8C" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
       <w:pPr>
         <w:spacing w:after="21" w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
+    <w:p w14:paraId="2C6240E0" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:after="13" w:line="249" w:lineRule="auto"/>
         <w:ind w:right="144"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C241B8">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">XV. DUOMENŲ PERDAVIMAS Į TREČIĄSIAS ŠALIS AR TARPTAUTINĖMS ORGANIZACIJOMS </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
+    <w:p w14:paraId="505FA452" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
       <w:pPr>
         <w:spacing w:after="22" w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00A50367">
+    <w:p w14:paraId="002FBA8E" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00A50367">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="11"/>
         </w:numPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:ind w:hanging="480"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">Asmens duomenys gali būti perduodami į trečiąją šalį arba tarptautinei </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C6B41" w:rsidRDefault="00C241B8" w:rsidP="001C6B41">
+    <w:p w14:paraId="4214881E" w14:textId="77777777" w:rsidR="001C6B41" w:rsidRDefault="00C241B8" w:rsidP="001C6B41">
       <w:pPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>organizacijai, kurios teisinis reglamentavimas Europos Komisijos pripažintas užtikrinančiu adekvatų Asmens duomenų apsaugos lygį. Perdavimas į adekvatų subjektą gali vykti be jokio papildomo Komisij</w:t>
       </w:r>
       <w:r w:rsidR="001C6B41">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">os ar valstybių narių leidimo. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C6B41" w:rsidRDefault="001C6B41" w:rsidP="001C6B41">
+    <w:p w14:paraId="28B6B906" w14:textId="77777777" w:rsidR="001C6B41" w:rsidRDefault="001C6B41" w:rsidP="001C6B41">
       <w:pPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">                     57. </w:t>
       </w:r>
       <w:r w:rsidR="00C241B8" w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">Asmens duomenys  į trečiąsias šalis arba tarptautinėms organizacijoms taip pat gali </w:t>
       </w:r>
       <w:r w:rsidR="00C241B8" w:rsidRPr="001C6B41">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>būti perduodami pritaikius vieną ar daugiau iš žemiau nurody</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">tų tinkamų apsaugos priemonių: </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C6B41" w:rsidRDefault="001C6B41" w:rsidP="001C6B41">
+    <w:p w14:paraId="04E4E00B" w14:textId="77777777" w:rsidR="001C6B41" w:rsidRDefault="001C6B41" w:rsidP="001C6B41">
       <w:pPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">                     57.1. įmonėms privalomos taisyklės; </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C6B41" w:rsidRDefault="001C6B41" w:rsidP="001C6B41">
+    <w:p w14:paraId="5B73B6B3" w14:textId="77777777" w:rsidR="001C6B41" w:rsidRDefault="001C6B41" w:rsidP="001C6B41">
       <w:pPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">                     57.2. </w:t>
       </w:r>
       <w:r w:rsidR="00C241B8" w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>standartinės sutarčių sąlygos dėl duomenų apsaugos, priimtos Ko</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">misijos. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="001C6B41" w:rsidP="001C6B41">
+    <w:p w14:paraId="0134CD6B" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="001C6B41" w:rsidP="001C6B41">
       <w:pPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">                     57.3. </w:t>
       </w:r>
       <w:r w:rsidR="00C241B8" w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">standartinės sutarčių sąlygos dėl duomenų apsaugos, priimtos Priežiūros </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C6B41" w:rsidRDefault="00C241B8" w:rsidP="001C6B41">
+    <w:p w14:paraId="61B933EC" w14:textId="77777777" w:rsidR="001C6B41" w:rsidRDefault="00C241B8" w:rsidP="001C6B41">
       <w:pPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">institucijos, arba Priežiūros institucijos </w:t>
       </w:r>
       <w:r w:rsidR="001C6B41">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">pripažintos sutarties sąlygos. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="001C6B41" w:rsidP="001C6B41">
+    <w:p w14:paraId="1909CB77" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="001C6B41" w:rsidP="001C6B41">
       <w:pPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">                      57.4. </w:t>
       </w:r>
       <w:r w:rsidR="00C241B8" w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">patvirtintas elgesio kodeksas, apibrėžiantis tarptautinį duomenų perdavimą. 57.5. sertifikavimas, apsaugos ženklai ir/arba žymenys, kuriuos galima panaudoti </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C6B41" w:rsidRDefault="00C241B8" w:rsidP="001C6B41">
+    <w:p w14:paraId="27CF544C" w14:textId="77777777" w:rsidR="001C6B41" w:rsidRDefault="00C241B8" w:rsidP="001C6B41">
       <w:pPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>pademonstruoti duomenų tvarkytojo ar valdytojo laikymąsi nustaty</w:t>
       </w:r>
       <w:r w:rsidR="001C6B41">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">tų duomenų apsaugos priemonių. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="001C6B41" w:rsidP="001C6B41">
+    <w:p w14:paraId="57E1A6B3" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="001C6B41" w:rsidP="001C6B41">
       <w:pPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">                      58. A</w:t>
       </w:r>
       <w:r w:rsidR="00C241B8" w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">ukščiau nurodytos apsaugos priemonės yra detalizuojamos BDAR. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
+    <w:p w14:paraId="06C4F89F" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
       <w:pPr>
         <w:spacing w:after="22" w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C241B8">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
+    <w:p w14:paraId="4D82AC33" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:after="13" w:line="249" w:lineRule="auto"/>
         <w:ind w:right="144"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C241B8">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>XVI. DUOMENŲ APSAUGOS PAREIGŪNAS</w:t>
       </w:r>
       <w:r w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
+    <w:p w14:paraId="29150276" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
       <w:pPr>
         <w:spacing w:after="23" w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C6B41" w:rsidRDefault="001C6B41" w:rsidP="001C6B41">
+    <w:p w14:paraId="260C2BDB" w14:textId="77777777" w:rsidR="001C6B41" w:rsidRDefault="001C6B41" w:rsidP="001C6B41">
       <w:pPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:ind w:firstLine="1296"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">59. </w:t>
       </w:r>
       <w:r w:rsidR="00C241B8" w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">Pagal BDAR 37 str. 1 dalį, privaloma turėti duomenų apsaugos pareigūną tada, kai </w:t>
       </w:r>
       <w:r w:rsidR="00C241B8" w:rsidRPr="001C6B41">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">duomenų valdytojo arba duomenų tvarkytojo pagrindinė veikla yra specialiųjų kategorijų duomenų tvarkymas dideliu mastu arba kai duomenis tvarko valdžios institucija arba įstaiga, išskyrus teismus, kai jie vykdo savo teismines funkcijas. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="001C6B41" w:rsidP="001C6B41">
+    <w:p w14:paraId="3BFB32DF" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="001C6B41" w:rsidP="001C6B41">
       <w:pPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:ind w:firstLine="1296"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">60. </w:t>
       </w:r>
       <w:r w:rsidR="00C241B8" w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">Atsižvelgiant į tai, kad mokyklos pagrindinė veikla neapima specialiųjų kategorijų </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C6B41" w:rsidRDefault="00C241B8" w:rsidP="001C6B41">
+    <w:p w14:paraId="2EDB6556" w14:textId="77777777" w:rsidR="001C6B41" w:rsidRDefault="00C241B8" w:rsidP="001C6B41">
       <w:pPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>asmens duomenų tvarkymo stambiu mastu, duomenų tvarkymas nėra pagrindinė Mokyklos veikla, Mokykla neprivalo paskir</w:t>
       </w:r>
       <w:r w:rsidR="001C6B41">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">ti duomenų apsaugos pareigūno. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="001C6B41" w:rsidP="001C6B41">
+    <w:p w14:paraId="31CB634B" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="001C6B41" w:rsidP="001C6B41">
       <w:pPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">                     61. </w:t>
       </w:r>
       <w:r w:rsidR="00C241B8" w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">Pagrindinės BDAR 39 straipsnyje įtvirtintos Duomenų apsaugos pareigūnui </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A6289F" w:rsidRDefault="001C6B41" w:rsidP="001C6B41">
+    <w:p w14:paraId="62ACFFEC" w14:textId="77777777" w:rsidR="00A6289F" w:rsidRDefault="001C6B41" w:rsidP="001C6B41">
       <w:pPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">priskirtos užduotys yra šios: </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00A6289F" w:rsidP="001C6B41">
+    <w:p w14:paraId="21E2EC1C" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00A6289F" w:rsidP="001C6B41">
       <w:pPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">                     </w:t>
       </w:r>
       <w:r w:rsidR="001C6B41">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>61.1. M</w:t>
       </w:r>
       <w:r w:rsidR="00C241B8" w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">okyklos ir Duomenis tvarkančių darbuotojų informavimas apie jų prievoles </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C6B41" w:rsidRDefault="00C241B8" w:rsidP="001C6B41">
+    <w:p w14:paraId="1988ACD1" w14:textId="77777777" w:rsidR="001C6B41" w:rsidRDefault="00C241B8" w:rsidP="001C6B41">
       <w:pPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>pagal BDAR ir kitų Europos Sąjungos ar Lietuvos Respublikos teisės aktų, reglamentuojančių asmen</w:t>
       </w:r>
       <w:r w:rsidR="001C6B41">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>s duomenų tvarkymą, nuostatas.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="001C6B41" w:rsidP="001C6B41">
+    <w:p w14:paraId="2B5A7BB5" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="001C6B41" w:rsidP="001C6B41">
       <w:pPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">                     61.2. </w:t>
       </w:r>
       <w:r w:rsidR="00C241B8" w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">stebėjimas, kaip laikomasi BDAR, kitų Europos Sąjungos arba nacionalinių </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C6B41" w:rsidRDefault="00C241B8" w:rsidP="001C6B41">
+    <w:p w14:paraId="4948A7EB" w14:textId="77777777" w:rsidR="001C6B41" w:rsidRDefault="00C241B8" w:rsidP="001C6B41">
       <w:pPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>duomenų apsaugos teisės aktų nuostatų ir Mokyklos politikos Asmens duomenų apsaugos srityje, įskaitant pareigų pavedimą, Atsakingų darbuotojų informuotumo didinimą bei</w:t>
       </w:r>
       <w:r w:rsidR="001C6B41">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> mokymą ir susijusius auditus; </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C6B41" w:rsidRDefault="001C6B41" w:rsidP="001C6B41">
+    <w:p w14:paraId="035EC20F" w14:textId="77777777" w:rsidR="001C6B41" w:rsidRDefault="001C6B41" w:rsidP="001C6B41">
       <w:pPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">                    61.3. </w:t>
       </w:r>
       <w:r w:rsidR="00C241B8" w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>konsultavimas dėl poveikio duomenų apsaugai vertin</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">imo ir jo atlikimo stebėjimas; </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C6B41" w:rsidRDefault="001C6B41" w:rsidP="001C6B41">
+    <w:p w14:paraId="65476B33" w14:textId="77777777" w:rsidR="001C6B41" w:rsidRDefault="001C6B41" w:rsidP="001C6B41">
       <w:pPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">                    61.4. </w:t>
       </w:r>
       <w:r w:rsidR="00C241B8" w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>bendradarbiavi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">mas su priežiūros institucija; </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="001C6B41" w:rsidP="001C6B41">
+    <w:p w14:paraId="7FE874BE" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="001C6B41" w:rsidP="001C6B41">
       <w:pPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">                    61.5. </w:t>
       </w:r>
       <w:r w:rsidR="00C241B8" w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">kontaktinio asmens funkcijos atlikimas priežiūros institucijai kreipiantis su </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001C6B41" w:rsidRDefault="00C241B8" w:rsidP="001C6B41">
+    <w:p w14:paraId="13D38879" w14:textId="77777777" w:rsidR="001C6B41" w:rsidRDefault="00C241B8" w:rsidP="001C6B41">
       <w:pPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">duomenų tvarkymu susijusiais klausimais, įskaitant išankstines konsultacijas, ir konsultavimas visai kitais klausimais. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005B5831" w:rsidRDefault="001C6B41" w:rsidP="001C6B41">
+    <w:p w14:paraId="35274FB7" w14:textId="77777777" w:rsidR="005B5831" w:rsidRDefault="001C6B41" w:rsidP="001C6B41">
       <w:pPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:ind w:left="29" w:hanging="171"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">                    </w:t>
       </w:r>
       <w:r w:rsidR="005B5831">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
@@ -9426,561 +9426,561 @@
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">61.6. </w:t>
       </w:r>
       <w:r w:rsidR="00C241B8" w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">Mokykla Duomenų apsaugos pareigūnui gali nustatyti ir kitas teises bei pareigas. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">                                     </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="005B5831" w:rsidP="001C6B41">
+    <w:p w14:paraId="4029FD71" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="005B5831" w:rsidP="001C6B41">
       <w:pPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:ind w:left="29" w:hanging="171"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">                       </w:t>
       </w:r>
       <w:r w:rsidR="001C6B41">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">61.7. </w:t>
       </w:r>
       <w:r w:rsidR="00C241B8" w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">Duomenų apsaugos pareigūno teisės ir pareigos detalizuojamos BDAR, Taisyklėse ir jos prieduose, pareiginiuose nuostatuose, jei šią poziciją užima Mokyklos darbuotojas, arba paslaugų teikimo sutartyje, jei duomenų apsaugos pareigūno poziciją užimantis asmuo yra šios paslaugos išorės tiekėjas. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
+    <w:p w14:paraId="25ECA95A" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
       <w:pPr>
         <w:spacing w:after="23" w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
+    <w:p w14:paraId="0329983F" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:after="13" w:line="249" w:lineRule="auto"/>
         <w:ind w:right="136"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C241B8">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">XVII. ASMENS DUOMENŲ SAUGUMO PAŽEIDIMŲ VALDYMO IR REAGAVIMO Į TOKIUS PAŽEIDIMUS TVARKA </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
+    <w:p w14:paraId="6DC2655A" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
       <w:pPr>
         <w:spacing w:after="22" w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00A50367">
+    <w:p w14:paraId="55B71DF0" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00A50367">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:ind w:hanging="430"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">Mokyklos darbuotojai, turintys prieigos teisę prie Duomenų, pastebėję Duomenų </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
+    <w:p w14:paraId="6D0474D9" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
       <w:pPr>
         <w:spacing w:after="3" w:line="277" w:lineRule="auto"/>
         <w:ind w:right="-11"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>saugumo pažeidimus (asmenų neveikimą ar veiksmus, galinčius sukelti ar sukeliančius grėsmę Duomenų saugumui), turi informuoti atsakingą darbuotoją ir direktorių bei duomenų apsaugos pareigūną.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00A50367">
+    <w:p w14:paraId="5F03A1EA" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00A50367">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:ind w:hanging="430"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">Įvertinę Duomenų apsaugos pažeidimo rizikos veiksnius, pažeidimo poveikio </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
+    <w:p w14:paraId="29677C3B" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
       <w:pPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>laipsnį, žalą ir padarinius, vadovaudamiesi Reagavimo į asmens duomenų saugumo paž</w:t>
       </w:r>
       <w:r w:rsidR="00F42E31">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>eidimus procedūra.</w:t>
       </w:r>
       <w:r w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> Atsakingi darbuotojai ir, jei yra paskirtas Duomenų apsaugos pareigūnas, kartu priima sprendimus dėl priemonių, reikiamų Duomenų apsaugos pažeidimui ir jo padariniams pašalinti. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005B5831" w:rsidRDefault="005B5831" w:rsidP="005B5831">
+    <w:p w14:paraId="02159E55" w14:textId="77777777" w:rsidR="005B5831" w:rsidRDefault="005B5831" w:rsidP="005B5831">
       <w:pPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:ind w:firstLine="1296"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">64. </w:t>
       </w:r>
       <w:r w:rsidR="00C241B8" w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">Fiziniai veiksmai, kuriuos pastebėjus asmuo privalo pranešti atsakingam asmeniui, </w:t>
       </w:r>
       <w:r w:rsidR="00C241B8" w:rsidRPr="005B5831">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">direktoriui ir duomenų apsaugos pareigūnui: </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005B5831" w:rsidRDefault="005B5831" w:rsidP="005B5831">
+    <w:p w14:paraId="1267CD84" w14:textId="77777777" w:rsidR="005B5831" w:rsidRDefault="005B5831" w:rsidP="005B5831">
       <w:pPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:ind w:firstLine="1296"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">64.1. </w:t>
       </w:r>
       <w:r w:rsidR="00C241B8" w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>asme</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">ns duomenų saugumo pažeidimai; </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005B5831" w:rsidRDefault="005B5831" w:rsidP="005B5831">
+    <w:p w14:paraId="334401FF" w14:textId="77777777" w:rsidR="005B5831" w:rsidRDefault="005B5831" w:rsidP="005B5831">
       <w:pPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:ind w:firstLine="1296"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">64.2. </w:t>
       </w:r>
       <w:r w:rsidR="00C241B8" w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>duomenų praradimas, iš</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">trynimas, negalėjimas atkurti; </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C241B8" w:rsidRDefault="005B5831" w:rsidP="005B5831">
+    <w:p w14:paraId="530D513A" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRDefault="005B5831" w:rsidP="005B5831">
       <w:pPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:ind w:firstLine="1296"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">64.3. </w:t>
       </w:r>
       <w:r w:rsidR="00C241B8" w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">kompiuterinės atakos, išpirkų prašymai; 64.4. vagystės su įsibrovimu į patalpas ir pan. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A6289F" w:rsidRDefault="00A6289F" w:rsidP="00C23592">
+    <w:p w14:paraId="40F203C0" w14:textId="77777777" w:rsidR="00A6289F" w:rsidRDefault="00A6289F" w:rsidP="00C23592">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:after="13" w:line="249" w:lineRule="auto"/>
         <w:ind w:right="143"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
+    <w:p w14:paraId="1F86A2E3" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:after="13" w:line="249" w:lineRule="auto"/>
         <w:ind w:right="143"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C241B8">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>XVIII. ASMENS DUOMENŲ APSAUGOS SUTARTIMS KELIAMI REIKALAVIMAI</w:t>
       </w:r>
       <w:r w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
+    <w:p w14:paraId="0B23928B" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
       <w:pPr>
         <w:spacing w:after="24" w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005B5831" w:rsidRDefault="005B5831" w:rsidP="005B5831">
+    <w:p w14:paraId="6EB99B2F" w14:textId="77777777" w:rsidR="005B5831" w:rsidRDefault="005B5831" w:rsidP="005B5831">
       <w:pPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">                      65. </w:t>
       </w:r>
       <w:r w:rsidR="00C241B8" w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">Sudarydama sutartį su duomenų tvarkytoju, Mokykla kaip duomenų valdytojas turi </w:t>
       </w:r>
       <w:r w:rsidR="00C241B8" w:rsidRPr="005B5831">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>įtraukti nuostatas, apimančias šią in</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">formaciją: </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005B5831" w:rsidRDefault="005B5831" w:rsidP="005B5831">
+    <w:p w14:paraId="61835F38" w14:textId="77777777" w:rsidR="005B5831" w:rsidRDefault="005B5831" w:rsidP="005B5831">
       <w:pPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">                      66. duomenų tvarkymo dalykas;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005B5831" w:rsidRDefault="005B5831" w:rsidP="005B5831">
+    <w:p w14:paraId="07E8DF02" w14:textId="77777777" w:rsidR="005B5831" w:rsidRDefault="005B5831" w:rsidP="005B5831">
       <w:pPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">                      66.1. duomenų tvarkymo trukmė;   </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="005B5831" w:rsidP="005B5831">
+    <w:p w14:paraId="0BC00647" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="005B5831" w:rsidP="005B5831">
       <w:pPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">                      66.2. </w:t>
       </w:r>
       <w:r w:rsidR="00C241B8" w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">duomenų tvarkymo pobūdis; </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
+    <w:p w14:paraId="60BD8E42" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
       <w:pPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:ind w:right="4507"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">        </w:t>
       </w:r>
       <w:r w:rsidR="005D4095">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">              </w:t>
@@ -9988,4472 +9988,4451 @@
       <w:r w:rsidR="005B5831">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>66.</w:t>
       </w:r>
       <w:r w:rsidR="005D4095">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">3. </w:t>
       </w:r>
       <w:r w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">duomenų tvarkymo tikslai; </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00A50367">
+    <w:p w14:paraId="63076A38" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00A50367">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:ind w:hanging="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">duomenų rūšys; </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00A50367">
+    <w:p w14:paraId="2E82C3EE" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00A50367">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:ind w:hanging="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">duomenų subjektų kategorijos; </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00A50367">
+    <w:p w14:paraId="69A35647" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00A50367">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:ind w:hanging="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">šalių teisės ir pareigos, kylančios iš asmens duomenų apsaugos teisinio </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
+    <w:p w14:paraId="3A31D34F" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
       <w:pPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">reguliavimo; </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00A50367">
+    <w:p w14:paraId="24845EA9" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00A50367">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:ind w:hanging="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">duomenų tvarkytojo įsipareigojimas veikti tik pagal rašytinius valdytojo </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
+    <w:p w14:paraId="05302E86" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
       <w:pPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">nurodymus. Duomenų tvarkytojui paliekama teisė priimti veiklos ir organizacinius sprendimus, būtinus sutartos paslaugos suteikimui tiek, kiek tai nepakeičia duomenų tvarkymo tikslų. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00A50367">
+    <w:p w14:paraId="247575D7" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00A50367">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:ind w:hanging="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">duomenų tvarkytojo darbuotojų konfidencialumo įsipareigojimai. Sutartyje turi </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
+    <w:p w14:paraId="4936848F" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
       <w:pPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">būti numatyta, kad tvarkytojas užtikrina, jog darbuotojai, tvarkantys asmens duomenis, yra įsipareigoję užtikrinti konfidencialumą, išskyrus atvejus, kai tokią pareigą jie jau turi pagal teisės aktus; </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00A50367">
+    <w:p w14:paraId="4B88386B" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00A50367">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:ind w:hanging="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">duomenų tvarkymo saugumo priemonės. Duomenų tvarkytojas sutartimi turi </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
+    <w:p w14:paraId="43E92BE0" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
       <w:pPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">įsipareigoti užtikrinti saugumo lygį, atitinkantį duomenų pobūdį ir su jais siejamos grėsmės lygį; </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005D4095" w:rsidRDefault="005D4095" w:rsidP="005D4095">
+    <w:p w14:paraId="63450365" w14:textId="77777777" w:rsidR="005D4095" w:rsidRDefault="005D4095" w:rsidP="005D4095">
       <w:pPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">                     66.10. </w:t>
       </w:r>
       <w:r w:rsidR="00C241B8" w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">kitų duomenų tvarkytojų pasitelkimas. Duomenų tvarkytojas turi būti įpareigotas </w:t>
       </w:r>
       <w:r w:rsidR="00C241B8" w:rsidRPr="005D4095">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">pasitelkti kitus duomenų tvarkytojus tik gavęs išankstinį duomenų valdytojo sutikimą ir sudaręs su kitu tvarkytoju rašytinę sutartį, kuriai keliami tokie patys reikalavimai kaip ir sutarčiai, sudaromai su pagrindiniu tvarkytoju; </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005D4095" w:rsidRDefault="005D4095" w:rsidP="005D4095">
+    <w:p w14:paraId="69A01D6B" w14:textId="77777777" w:rsidR="005D4095" w:rsidRDefault="005D4095" w:rsidP="005D4095">
       <w:pPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">                     66.11. </w:t>
       </w:r>
       <w:r w:rsidR="00C241B8" w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>pagalba įgyvend</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">inant Duomenų subjekto teises; </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="005D4095" w:rsidP="005D4095">
+    <w:p w14:paraId="3E958902" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="005D4095" w:rsidP="005D4095">
       <w:pPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">                     66.12. </w:t>
       </w:r>
       <w:r w:rsidR="00C241B8" w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">pagalba teikiant pranešimus apie Duomenų saugumo pažeidimus. Duomenų </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005D4095" w:rsidRDefault="00C241B8" w:rsidP="005D4095">
+    <w:p w14:paraId="09B5E43A" w14:textId="77777777" w:rsidR="005D4095" w:rsidRDefault="00C241B8" w:rsidP="005D4095">
       <w:pPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>tvarkytojas turi įsipareigoti nedelsdamas informuoti duomenų valdytoją sužinojęs apie bet kokį asm</w:t>
       </w:r>
       <w:r w:rsidR="005D4095">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">ens duomenų saugumo pažeidimą; </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005D4095" w:rsidRDefault="005D4095" w:rsidP="005D4095">
+    <w:p w14:paraId="22013806" w14:textId="77777777" w:rsidR="005D4095" w:rsidRDefault="005D4095" w:rsidP="005D4095">
       <w:pPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">                      66.13. </w:t>
       </w:r>
       <w:r w:rsidR="00C241B8" w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>pagalba atliekant poveik</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">io duomenų apsaugai vertinimą; </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005D4095" w:rsidRDefault="005D4095" w:rsidP="005D4095">
+    <w:p w14:paraId="23CF0570" w14:textId="77777777" w:rsidR="005D4095" w:rsidRDefault="005D4095" w:rsidP="005D4095">
       <w:pPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">                      66.14. </w:t>
       </w:r>
       <w:r w:rsidR="00C241B8" w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>pagalba konsultuojan</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">tis su priežiūros institucija; </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="005D4095" w:rsidP="005D4095">
+    <w:p w14:paraId="5810698F" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="005D4095" w:rsidP="005D4095">
       <w:pPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">                      66.15. </w:t>
       </w:r>
       <w:r w:rsidR="00C241B8" w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">duomenų ištrynimo ir grąžinimo tvarka. Sutartyje būtina numatyti, kas nutinka </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005D4095" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
+    <w:p w14:paraId="08AE84EB" w14:textId="77777777" w:rsidR="005D4095" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
       <w:pPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">pas duomenų tvarkytoją esantiems duomenims nutraukus sutartį, nes tvarkytojas juos toliau saugoti gali tik tada, jei tai nustato Europos Sąjungos arba nacionalinė teisė; </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="005D4095" w:rsidP="00C241B8">
+    <w:p w14:paraId="2A2DE96A" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="005D4095" w:rsidP="00C241B8">
       <w:pPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">                      </w:t>
       </w:r>
       <w:r w:rsidR="00C241B8" w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>66.16. atitikties įrodinėjimo būdą (-</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00C241B8" w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>us</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00C241B8" w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">); </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005D4095" w:rsidRDefault="005D4095" w:rsidP="005D4095">
+    <w:p w14:paraId="3E604A45" w14:textId="77777777" w:rsidR="005D4095" w:rsidRDefault="005D4095" w:rsidP="005D4095">
       <w:pPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">                      66.17. auditavimo galimybė. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="005D4095" w:rsidP="005D4095">
+    <w:p w14:paraId="0F0E0CD7" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="005D4095" w:rsidP="005D4095">
       <w:pPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">                      67. </w:t>
       </w:r>
       <w:r w:rsidR="00C241B8" w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">Aukščiau nurodytos nuostatos gali būti tiek įtraukiamos į pagrindinę sutartį, tiek ir </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
+    <w:p w14:paraId="290F4A6E" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
       <w:pPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">aptariamos atskirame susitarime dėl perduodamų Asmens duomenų saugumo. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A6289F" w:rsidRDefault="00A6289F" w:rsidP="00C241B8">
-[...21 lines deleted...]
-    <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
+    <w:p w14:paraId="4AA72BE3" w14:textId="77777777" w:rsidR="00A6289F" w:rsidRDefault="00A6289F" w:rsidP="00C241B8">
+      <w:pPr>
+        <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0A4B79B6" w14:textId="77777777" w:rsidR="00A6289F" w:rsidRPr="00C241B8" w:rsidRDefault="00A6289F" w:rsidP="00C241B8">
+      <w:pPr>
+        <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="lt-LT"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0C88F138" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
       <w:pPr>
         <w:spacing w:after="24" w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
+    <w:p w14:paraId="7C9AAA5C" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:line="259" w:lineRule="auto"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C241B8">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">XIX. PRITAIKYTOSIOS IR STANDARTIZUOTOSIOS DUOMENŲ APSAUGOS GAIRĖS </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
+    <w:p w14:paraId="54869464" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
       <w:pPr>
         <w:spacing w:after="24" w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00A50367">
+    <w:p w14:paraId="49F79BAA" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00A50367">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:ind w:hanging="475"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">Mokykla kaip duomenų valdytojas, tiek nustatydamas duomenų tvarkymo </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
+    <w:p w14:paraId="3B1BB2B5" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
       <w:pPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">priemones, tiek paties duomenų tvarkymo metu, įgyvendina tinkamas technines ir organizacines priemones. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00A50367">
+    <w:p w14:paraId="30A39D73" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00A50367">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:ind w:hanging="475"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">Mokykla turi veikti atsižvelgdama į techninių galimybių išsivystymo lygį,   </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
+    <w:p w14:paraId="0FDC1A80" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
       <w:pPr>
         <w:spacing w:after="3" w:line="277" w:lineRule="auto"/>
         <w:ind w:right="-11"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">įgyvendinimo sąnaudas bei duomenų tvarkymo pobūdį, aprėptį, kontekstą ir tikslus, taip pat į duomenų tvarkymo keliamus įvairios tikimybės ir rimtumo pavojus fizinių asmenų teisėms ir laisvėms. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00A50367">
+    <w:p w14:paraId="09F14C30" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00A50367">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:ind w:hanging="475"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">Pritaikytoji duomenų apsauga reiškia, kad kiekviena nauja programa ar sistema </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
+    <w:p w14:paraId="09047CF2" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
       <w:pPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">naudojanti asmens duomenis turi būti kuriama atsižvelgiant į tokių duomenų apsaugą. Į privatumą turi būti atsižvelgiama per visą programos ar sistemos gyvavimo laiką. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00A50367">
+    <w:p w14:paraId="0C3A098A" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00A50367">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:ind w:hanging="475"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">Kaip priemonės, kuriomis turėtų būti vadovaujamasi siekiant pritaikytosios </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
+    <w:p w14:paraId="298C9A66" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
       <w:pPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">duomenų apsaugos principo įgyvendinimo, paminėtini: </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00A50367">
+    <w:p w14:paraId="120BF56D" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00A50367">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:ind w:left="1964" w:hanging="660"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">surinkto duomenų kiekio ribojimas; </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00A50367">
+    <w:p w14:paraId="6FD31D2D" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00A50367">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:ind w:left="1964" w:hanging="660"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">kontrolės galimybė; </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00A50367">
+    <w:p w14:paraId="11134B99" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00A50367">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:ind w:left="1964" w:hanging="660"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">skaidrumas; </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00A50367">
+    <w:p w14:paraId="2C47F6FD" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00A50367">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:ind w:left="1964" w:hanging="660"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">vartotojui draugiškų sistemų diegimas; </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00A50367">
+    <w:p w14:paraId="5FDB098C" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00A50367">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:ind w:left="1964" w:hanging="660"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">duomenų konfidencialumo ir kokybės užtikrinimas; </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00A50367">
+    <w:p w14:paraId="710A1E31" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00A50367">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:ind w:left="1964" w:hanging="660"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">pseudonimų suteikimas; </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00A50367">
+    <w:p w14:paraId="2C3531F1" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00A50367">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:ind w:left="1964" w:hanging="660"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">kuo skubesnis duomenų </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>anonimizavimas</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">; </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00A50367">
+    <w:p w14:paraId="0FC9B302" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00A50367">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:ind w:left="1964" w:hanging="660"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">galimybės stebėti duomenų tvarkymą sutikimas duomenų subjektams; </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00A50367">
+    <w:p w14:paraId="47E52001" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00A50367">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:ind w:left="1964" w:hanging="660"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">galimybės tobulinti ir įgyvendinti naujas apsaugos priemones užtikrinimas; </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00A50367">
+    <w:p w14:paraId="3C099CC2" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00A50367">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:ind w:left="1964" w:hanging="660"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">tinkamas darbuotojų mokymas; </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00A50367">
+    <w:p w14:paraId="57CF8283" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00A50367">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:ind w:left="1964" w:hanging="660"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">auditų ir Taisyklių peržiūrų vykdymas; </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005D4095" w:rsidRDefault="00C241B8" w:rsidP="00A50367">
+    <w:p w14:paraId="4ECEB2BB" w14:textId="77777777" w:rsidR="005D4095" w:rsidRDefault="00C241B8" w:rsidP="00A50367">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="14"/>
         </w:numPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:ind w:left="1964" w:hanging="660"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">duomenų naudojimo ribojimas. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006C1CE7" w:rsidRDefault="005D4095" w:rsidP="006C1CE7">
+    <w:p w14:paraId="6AAB9349" w14:textId="77777777" w:rsidR="006C1CE7" w:rsidRDefault="005D4095" w:rsidP="006C1CE7">
       <w:pPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:ind w:left="142"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">                   72. </w:t>
       </w:r>
       <w:r w:rsidR="00C241B8" w:rsidRPr="005D4095">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">Standartizuotoji duomenų apsauga kelia reikalavimą taikyti griežčiausius privatumo nustatymus tam tikrai programai ar sistemai kai tik ta programa ar sistema tampa prieinama. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006C1CE7" w:rsidRDefault="006C1CE7" w:rsidP="006C1CE7">
+    <w:p w14:paraId="533E522D" w14:textId="77777777" w:rsidR="006C1CE7" w:rsidRDefault="006C1CE7" w:rsidP="006C1CE7">
       <w:pPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:ind w:left="142"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">                    73. </w:t>
       </w:r>
       <w:r w:rsidR="00C241B8" w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>Kaip priemonių, skirtų standartizuotajai duomenų ap</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">saugai įgyvendinti, pavyzdžiai paminėtini: </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006C1CE7" w:rsidRDefault="006C1CE7" w:rsidP="006C1CE7">
+    <w:p w14:paraId="18E36F74" w14:textId="77777777" w:rsidR="006C1CE7" w:rsidRDefault="006C1CE7" w:rsidP="006C1CE7">
       <w:pPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:ind w:left="142"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">                    73.1. </w:t>
       </w:r>
       <w:r w:rsidR="00C241B8" w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>standartizuotai tvarkomi tik tie Duomenys, kurie</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> yra būtini konkrečiam Duomenų tvarkymo tikslui; </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="006C1CE7" w:rsidP="006C1CE7">
+    <w:p w14:paraId="68376637" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="006C1CE7" w:rsidP="006C1CE7">
       <w:pPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:ind w:left="142"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">                    73.2. </w:t>
       </w:r>
       <w:r w:rsidR="00C241B8" w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">technologinės priemonės turi būti suprojektuotos taip, kad būtų galima išvengti </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006C1CE7" w:rsidRDefault="006C1CE7" w:rsidP="006C1CE7">
+    <w:p w14:paraId="30594B36" w14:textId="77777777" w:rsidR="006C1CE7" w:rsidRDefault="006C1CE7" w:rsidP="006C1CE7">
       <w:pPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">nereikalingo Duomenų tvarkymo; </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F42E31" w:rsidRDefault="006C1CE7" w:rsidP="006C1CE7">
+    <w:p w14:paraId="6CA71A6D" w14:textId="77777777" w:rsidR="00F42E31" w:rsidRDefault="006C1CE7" w:rsidP="006C1CE7">
       <w:pPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">                      73.3. </w:t>
       </w:r>
       <w:r w:rsidR="00C241B8" w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">duomenų apsaugai draugiški numatytieji nustatymai; </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A6289F" w:rsidRDefault="00F42E31" w:rsidP="006C1CE7">
+    <w:p w14:paraId="61ADB032" w14:textId="77777777" w:rsidR="00A6289F" w:rsidRDefault="00F42E31" w:rsidP="006C1CE7">
       <w:pPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">                      </w:t>
       </w:r>
       <w:r w:rsidR="00C241B8" w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>73.4. funkcijos, kurios nėra būtin</w:t>
       </w:r>
       <w:r w:rsidR="006C1CE7">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">os, turi būti konfigūruojamos. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="006C1CE7" w:rsidP="006C1CE7">
+    <w:p w14:paraId="5F4D5DE1" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="006C1CE7" w:rsidP="006C1CE7">
       <w:pPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">                       74. </w:t>
       </w:r>
       <w:r w:rsidR="00C241B8" w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">Šiomis priemonėmis siekiama veiksmingai įgyvendinti duomenų apsaugos </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006C1CE7" w:rsidRDefault="00C241B8" w:rsidP="006C1CE7">
+    <w:p w14:paraId="36177A46" w14:textId="77777777" w:rsidR="006C1CE7" w:rsidRDefault="00C241B8" w:rsidP="006C1CE7">
       <w:pPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>principus, kaip antai duomenų kiekio mažinimo principą, ir į duomenų tvarkymą integruoti būtinas apsaugos priemones, kad jis atitiktų BDAR reikalavimus ir apsa</w:t>
       </w:r>
       <w:r w:rsidR="006C1CE7">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">ugotų duomenų subjektų teises. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="006C1CE7" w:rsidP="006C1CE7">
+    <w:p w14:paraId="3DBA9ABC" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="006C1CE7" w:rsidP="006C1CE7">
       <w:pPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">                       75. </w:t>
       </w:r>
       <w:r w:rsidR="00C241B8" w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>Šiame skyriuje aprašytų tikslų siekiama</w:t>
       </w:r>
       <w:r w:rsidR="00082298">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> sąžiningai.</w:t>
       </w:r>
       <w:r w:rsidR="00C241B8" w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
+    <w:p w14:paraId="3ACEE6D4" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
       <w:pPr>
         <w:spacing w:after="22" w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
+    <w:p w14:paraId="2E7A2643" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:line="259" w:lineRule="auto"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C241B8">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">XX. TECHNINĖS IR ORGANIZACINĖS ASMENS DUOMENŲ SAUGUMO PRIEMONĖS </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003E62E2" w:rsidRDefault="003E62E2" w:rsidP="003E62E2">
+    <w:p w14:paraId="1F1AAA9D" w14:textId="77777777" w:rsidR="003E62E2" w:rsidRDefault="003E62E2" w:rsidP="003E62E2">
       <w:pPr>
         <w:spacing w:after="23" w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">                       </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003E62E2" w:rsidRDefault="003E62E2" w:rsidP="003E62E2">
+    <w:p w14:paraId="5D100D71" w14:textId="77777777" w:rsidR="003E62E2" w:rsidRDefault="003E62E2" w:rsidP="003E62E2">
       <w:pPr>
         <w:spacing w:after="23" w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">                       76. </w:t>
       </w:r>
       <w:r w:rsidR="00C241B8" w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>Mokykloje įgyvendinamos organizacinės ir techn</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">inės duomenų saugumo priemonės </w:t>
       </w:r>
       <w:r w:rsidR="00C241B8" w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">užtikrina tokį saugumo lygį, kuris atitinka Mokyklos valdomų duomenų pobūdį </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">ir jų tvarkymo keliamą riziką. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003E62E2" w:rsidRDefault="003E62E2" w:rsidP="003E62E2">
+    <w:p w14:paraId="4BE0A209" w14:textId="77777777" w:rsidR="003E62E2" w:rsidRDefault="003E62E2" w:rsidP="003E62E2">
       <w:pPr>
         <w:spacing w:after="23" w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">                       77. </w:t>
       </w:r>
       <w:r w:rsidR="00C241B8" w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>Prieiga prie Duomenų bei teisė atlikti duomenų tvarkymo veiks</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">mus suteikiama tik </w:t>
       </w:r>
       <w:r w:rsidR="00C241B8" w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">tiems Atsakingiems darbuotojams, kuriems prieiga prie asmens duomenų reikalinga pagal užimamas pareigas ir </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">atliekamas darbines funkcijas. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009F6842" w:rsidRDefault="003E62E2" w:rsidP="009F6842">
+    <w:p w14:paraId="03B50206" w14:textId="77777777" w:rsidR="009F6842" w:rsidRDefault="003E62E2" w:rsidP="009F6842">
       <w:pPr>
         <w:spacing w:after="23" w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">                      78. </w:t>
       </w:r>
       <w:r w:rsidR="00C241B8" w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">Atsakingi darbuotojai prieigai prie duomenų naudoja </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">unikalius slaptažodžius, kurie </w:t>
       </w:r>
       <w:r w:rsidR="00C241B8" w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>keičiami ir saugomi u</w:t>
       </w:r>
       <w:r w:rsidR="009F6842">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">žtikrinant jų konfidencialumą. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="009F6842" w:rsidP="009F6842">
+    <w:p w14:paraId="521B4FFC" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="009F6842" w:rsidP="009F6842">
       <w:pPr>
         <w:spacing w:after="23" w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">                      79. </w:t>
       </w:r>
       <w:r w:rsidR="00C241B8" w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">Užtikrinama asmens duomenų apsauga nuo neteisėto prisijungimo prie vidinio </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009F6842" w:rsidRDefault="00C241B8" w:rsidP="009F6842">
+    <w:p w14:paraId="7CD84C09" w14:textId="77777777" w:rsidR="009F6842" w:rsidRDefault="00C241B8" w:rsidP="009F6842">
       <w:pPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>kompiuterinio tinklo e</w:t>
       </w:r>
       <w:r w:rsidR="009F6842">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">lektroninių ryšių priemonėmis. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="009F6842" w:rsidP="009F6842">
+    <w:p w14:paraId="10E9FF24" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="009F6842" w:rsidP="009F6842">
       <w:pPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">                      80. </w:t>
       </w:r>
       <w:r w:rsidR="00C241B8" w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">Užtikrinamas saugių protokolų ir slaptažodžių naudojimas, kai Asmens duomenys </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009F6842" w:rsidRDefault="00C241B8" w:rsidP="009F6842">
+    <w:p w14:paraId="7BEDC3F1" w14:textId="77777777" w:rsidR="009F6842" w:rsidRDefault="00C241B8" w:rsidP="009F6842">
       <w:pPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>perduodami išorinia</w:t>
       </w:r>
       <w:r w:rsidR="009F6842">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">is duomenų perdavimo tikslais. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="009F6842" w:rsidP="009F6842">
+    <w:p w14:paraId="6B82F9C5" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="009F6842" w:rsidP="009F6842">
       <w:pPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">                      81. </w:t>
       </w:r>
       <w:r w:rsidR="00C241B8" w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">Užtikrinama Asmens duomenų, esančių išorinėse duomenų laikmenose ir </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009F6842" w:rsidRDefault="00C241B8" w:rsidP="009F6842">
+    <w:p w14:paraId="1AB4F946" w14:textId="77777777" w:rsidR="009F6842" w:rsidRDefault="00C241B8" w:rsidP="009F6842">
       <w:pPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>elektron</w:t>
       </w:r>
       <w:r w:rsidR="009F6842">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">iniame pašte, saugos kontrolė. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="009F6842" w:rsidRDefault="009F6842" w:rsidP="009F6842">
+    <w:p w14:paraId="2BCBABE7" w14:textId="77777777" w:rsidR="009F6842" w:rsidRDefault="009F6842" w:rsidP="009F6842">
       <w:pPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">                      82. </w:t>
       </w:r>
       <w:r w:rsidR="00C241B8" w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>Užtikrinama kompiuterinės įrangos apsauga nuo kenksmingos programinės įrangos (antivirusinių programų įdi</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">egimas, atnaujinimas ir pan.). </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="009F6842" w:rsidP="009F6842">
+    <w:p w14:paraId="3F8E7C9B" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="009F6842" w:rsidP="009F6842">
       <w:pPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">                      83. </w:t>
       </w:r>
       <w:r w:rsidR="00C241B8" w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">Mokykla kaip duomenų valdytojas įgyvendina tinkamas technines ir organizacines </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004B7068" w:rsidRDefault="00C241B8" w:rsidP="004B7068">
+    <w:p w14:paraId="584F2F48" w14:textId="77777777" w:rsidR="004B7068" w:rsidRDefault="00C241B8" w:rsidP="004B7068">
       <w:pPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">priemones, kuriomis užtikrina, kad standartizuotai būtų tvarkomi tik tie asmens duomenys, kurie yra būtini kiekvienam konkrečiam duomenų tvarkymo tikslui. Ta prievolė taikoma surinktų asmens duomenų kiekiui, jų tvarkymo apimčiai, jų saugojimo laikotarpiui ir jų prieinamumui. Visų pirma tokiomis priemonėmis užtikrinama, kad standartizuotai be fizinio asmens įsikišimo su asmens duomenis negalėtų susipažinti neribotas fizinių asmenų skaičius. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004B7068" w:rsidRDefault="004B7068" w:rsidP="004B7068">
+    <w:p w14:paraId="70D5C95A" w14:textId="77777777" w:rsidR="004B7068" w:rsidRDefault="004B7068" w:rsidP="004B7068">
       <w:pPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">                      84. </w:t>
       </w:r>
       <w:r w:rsidR="00C241B8" w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>Mokykla imasi reikiamų atsargumo priemonių išs</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">augoti Duomenų subjektų asmens </w:t>
       </w:r>
       <w:r w:rsidR="00C241B8" w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>duomenų vientisumą ir neleisti, kad šie duomenys būtų sugadinti ar prarasti, įskaitant rūpinimą</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">si reikiamu duomenų atstatymu: </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="004B7068" w:rsidP="004B7068">
+    <w:p w14:paraId="549A669F" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="004B7068" w:rsidP="004B7068">
       <w:pPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">                      85. A</w:t>
       </w:r>
       <w:r w:rsidR="00C241B8" w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">smens duomenų tvarkymo ir saugojimo įgyvendinimo priemonių sąrašas: </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="9463" w:type="dxa"/>
         <w:tblInd w:w="0" w:type="dxa"/>
         <w:tblCellMar>
           <w:top w:w="60" w:type="dxa"/>
           <w:left w:w="859" w:type="dxa"/>
           <w:right w:w="48" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="913"/>
         <w:gridCol w:w="8550"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidTr="00A6289F">
+      <w:tr w:rsidR="00C241B8" w:rsidRPr="00C241B8" w14:paraId="4903D52D" w14:textId="77777777" w:rsidTr="00A6289F">
         <w:trPr>
           <w:trHeight w:val="304"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="913" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
+          <w:p w14:paraId="425FD560" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
             <w:pPr>
               <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8550" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C241B8" w:rsidRPr="002707C3" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
+          <w:p w14:paraId="7189A820" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="002707C3" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
             <w:pPr>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002707C3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Priemonės </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidTr="00A6289F">
+      <w:tr w:rsidR="00C241B8" w:rsidRPr="00C241B8" w14:paraId="721E0C47" w14:textId="77777777" w:rsidTr="00A6289F">
         <w:trPr>
           <w:trHeight w:val="198"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="913" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
+          <w:p w14:paraId="3315FB70" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
             <w:pPr>
               <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8550" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C241B8" w:rsidRPr="002707C3" w:rsidRDefault="00C241B8" w:rsidP="002707C3">
+          <w:p w14:paraId="6D5BB43A" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="002707C3" w:rsidRDefault="00C241B8" w:rsidP="002707C3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002707C3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">patalpos rakinamos </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidTr="00A6289F">
+      <w:tr w:rsidR="00C241B8" w:rsidRPr="00C241B8" w14:paraId="44980766" w14:textId="77777777" w:rsidTr="00A6289F">
         <w:trPr>
           <w:trHeight w:val="248"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="913" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
+          <w:p w14:paraId="05C9FFB3" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
             <w:pPr>
               <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8550" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C241B8" w:rsidRPr="002707C3" w:rsidRDefault="00C241B8" w:rsidP="002707C3">
+          <w:p w14:paraId="31632BE7" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="002707C3" w:rsidRDefault="00C241B8" w:rsidP="002707C3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002707C3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">įrengta patalpų signalizacijos sistema </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidTr="002707C3">
+      <w:tr w:rsidR="00C241B8" w:rsidRPr="00C241B8" w14:paraId="34B703D3" w14:textId="77777777" w:rsidTr="002707C3">
         <w:trPr>
           <w:trHeight w:val="194"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="913" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
+          <w:p w14:paraId="17609CAA" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
             <w:pPr>
               <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8550" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C241B8" w:rsidRPr="002707C3" w:rsidRDefault="00C241B8" w:rsidP="002707C3">
+          <w:p w14:paraId="7066D99B" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="002707C3" w:rsidRDefault="00C241B8" w:rsidP="002707C3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002707C3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">kontroliuojamas darbuotojų prisijungimas prie vidinio tinklo </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidTr="00A6289F">
+      <w:tr w:rsidR="00C241B8" w:rsidRPr="00C241B8" w14:paraId="3A9D6B91" w14:textId="77777777" w:rsidTr="00A6289F">
         <w:trPr>
           <w:trHeight w:val="206"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="913" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
+          <w:p w14:paraId="6C1A7A82" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
             <w:pPr>
               <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8550" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C241B8" w:rsidRPr="002707C3" w:rsidRDefault="00C241B8" w:rsidP="002707C3">
+          <w:p w14:paraId="4EDACAA8" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="002707C3" w:rsidRDefault="00C241B8" w:rsidP="002707C3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002707C3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">apribota fizinė prieiga prie duomenų </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidTr="00A6289F">
+      <w:tr w:rsidR="00C241B8" w:rsidRPr="00C241B8" w14:paraId="4FB6C741" w14:textId="77777777" w:rsidTr="00A6289F">
         <w:trPr>
           <w:trHeight w:val="241"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="913" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
+          <w:p w14:paraId="44348007" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
             <w:pPr>
               <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8550" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C241B8" w:rsidRPr="002707C3" w:rsidRDefault="00C241B8" w:rsidP="002707C3">
+          <w:p w14:paraId="2D206B07" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="002707C3" w:rsidRDefault="00C241B8" w:rsidP="002707C3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002707C3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">apribota programinė prieiga prie duomenų </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidTr="00A6289F">
+      <w:tr w:rsidR="00C241B8" w:rsidRPr="00C241B8" w14:paraId="492D7B95" w14:textId="77777777" w:rsidTr="00A6289F">
         <w:trPr>
           <w:trHeight w:val="355"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="913" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
+          <w:p w14:paraId="3206EF0B" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
             <w:pPr>
               <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8550" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C241B8" w:rsidRPr="002707C3" w:rsidRDefault="00C241B8" w:rsidP="002707C3">
+          <w:p w14:paraId="4F0D3816" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="002707C3" w:rsidRDefault="00C241B8" w:rsidP="002707C3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002707C3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">programinė įranga atnaujinama, laikantis nustatytos tvarkos </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidTr="00A6289F">
+      <w:tr w:rsidR="00C241B8" w:rsidRPr="00C241B8" w14:paraId="1DFCB2C1" w14:textId="77777777" w:rsidTr="00A6289F">
         <w:trPr>
           <w:trHeight w:val="249"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="913" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
+          <w:p w14:paraId="70EAE9EE" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
             <w:pPr>
               <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8550" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C241B8" w:rsidRPr="002707C3" w:rsidRDefault="00C241B8" w:rsidP="002707C3">
+          <w:p w14:paraId="7F1D3164" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="002707C3" w:rsidRDefault="00C241B8" w:rsidP="002707C3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002707C3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">kompiuteriuose įdiegtos antivirusinės programos </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidTr="00A6289F">
+      <w:tr w:rsidR="00C241B8" w:rsidRPr="00C241B8" w14:paraId="684E9782" w14:textId="77777777" w:rsidTr="00A6289F">
         <w:trPr>
           <w:trHeight w:val="299"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="913" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
+          <w:p w14:paraId="02625F79" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
             <w:pPr>
               <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8550" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C241B8" w:rsidRPr="002707C3" w:rsidRDefault="00C241B8" w:rsidP="002707C3">
+          <w:p w14:paraId="12F551C4" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="002707C3" w:rsidRDefault="00C241B8" w:rsidP="002707C3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002707C3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">darbuotojams nesuteiktos teisės patiems diegti programinę įrangą </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidTr="00A6289F">
+      <w:tr w:rsidR="00C241B8" w:rsidRPr="00C241B8" w14:paraId="6F1C46E9" w14:textId="77777777" w:rsidTr="00A6289F">
         <w:trPr>
           <w:trHeight w:val="349"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="913" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
+          <w:p w14:paraId="2A1735C3" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
             <w:pPr>
               <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8550" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C241B8" w:rsidRPr="002707C3" w:rsidRDefault="00C241B8" w:rsidP="002707C3">
+          <w:p w14:paraId="57764405" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="002707C3" w:rsidRDefault="00C241B8" w:rsidP="002707C3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002707C3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">įranga prižiūrima pagal gamintojo rekomendacijas </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidTr="00A6289F">
+      <w:tr w:rsidR="00C241B8" w:rsidRPr="00C241B8" w14:paraId="5709CDA2" w14:textId="77777777" w:rsidTr="00A6289F">
         <w:trPr>
           <w:trHeight w:val="243"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="913" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
+          <w:p w14:paraId="2AD94358" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
             <w:pPr>
               <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8550" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C241B8" w:rsidRPr="002707C3" w:rsidRDefault="00C241B8" w:rsidP="002707C3">
+          <w:p w14:paraId="6BF9539E" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="002707C3" w:rsidRDefault="00C241B8" w:rsidP="002707C3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002707C3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">priežiūrą ir gedimų šalinimą atlieka kvalifikuoti specialistai </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidTr="00A6289F">
+      <w:tr w:rsidR="00C241B8" w:rsidRPr="00C241B8" w14:paraId="54386388" w14:textId="77777777" w:rsidTr="00A6289F">
         <w:trPr>
           <w:trHeight w:val="294"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="913" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
+          <w:p w14:paraId="2E2295CC" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
             <w:pPr>
               <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8550" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C241B8" w:rsidRPr="002707C3" w:rsidRDefault="00C241B8" w:rsidP="002707C3">
+          <w:p w14:paraId="7FD973B2" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="002707C3" w:rsidRDefault="00C241B8" w:rsidP="002707C3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002707C3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">stebima duomenų perdavimo tinklo būklė </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidTr="00A6289F">
+      <w:tr w:rsidR="00C241B8" w:rsidRPr="00C241B8" w14:paraId="1D110CA0" w14:textId="77777777" w:rsidTr="00A6289F">
         <w:trPr>
           <w:trHeight w:val="344"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="913" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
+          <w:p w14:paraId="124F3997" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
             <w:pPr>
               <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8550" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C241B8" w:rsidRPr="002707C3" w:rsidRDefault="00C241B8" w:rsidP="002707C3">
+          <w:p w14:paraId="04611FE3" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="002707C3" w:rsidRDefault="00C241B8" w:rsidP="002707C3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002707C3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">svarbiausios kompiuterinės įrangos techninė būklė nuolat stebima </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidTr="00A6289F">
+      <w:tr w:rsidR="00C241B8" w:rsidRPr="00C241B8" w14:paraId="568B5A29" w14:textId="77777777" w:rsidTr="00A6289F">
         <w:trPr>
           <w:trHeight w:val="521"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="913" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
+          <w:p w14:paraId="321E22B4" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
             <w:pPr>
               <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8550" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C241B8" w:rsidRPr="002707C3" w:rsidRDefault="00C241B8" w:rsidP="002707C3">
+          <w:p w14:paraId="49261F4B" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="002707C3" w:rsidRDefault="00C241B8" w:rsidP="002707C3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002707C3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">tinkamai suplanuotos ir įrengtos svarbiausios kompiuterinės įrangos laikymo patalpos </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidTr="00A6289F">
+      <w:tr w:rsidR="00C241B8" w:rsidRPr="00C241B8" w14:paraId="30B57E3C" w14:textId="77777777" w:rsidTr="00A6289F">
         <w:trPr>
           <w:trHeight w:val="346"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="913" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
+          <w:p w14:paraId="3B0EAF89" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
             <w:pPr>
               <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8550" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00C241B8" w:rsidRPr="002707C3" w:rsidRDefault="00C241B8" w:rsidP="002707C3">
+          <w:p w14:paraId="3D70F00A" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="002707C3" w:rsidRDefault="00C241B8" w:rsidP="002707C3">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002707C3">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">patalpose yra ugnies gesintuvų </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
+    <w:p w14:paraId="3DB88C07" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
       <w:pPr>
         <w:spacing w:after="23" w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004B7068" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
+    <w:p w14:paraId="6BE0C647" w14:textId="77777777" w:rsidR="004B7068" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:after="13" w:line="249" w:lineRule="auto"/>
         <w:ind w:right="142"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C241B8">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>XXI. DARBUOTOJŲ MOKYMAS</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
+    <w:p w14:paraId="2923748D" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:after="13" w:line="249" w:lineRule="auto"/>
         <w:ind w:right="142"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004B7068" w:rsidRDefault="004B7068" w:rsidP="00A6289F">
+    <w:p w14:paraId="503B0848" w14:textId="77777777" w:rsidR="004B7068" w:rsidRDefault="004B7068" w:rsidP="00A6289F">
       <w:pPr>
         <w:spacing w:after="25" w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">                     86. </w:t>
       </w:r>
       <w:r w:rsidR="00C241B8" w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">Mokykla </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">siunčia darbuotojus į mokymus, kurių </w:t>
       </w:r>
       <w:r w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>turinys turi padėti Darbuotojams vykdyti savo darbines pareigas laikantis BDAR ir kituose Asmens duomenų apsaugą reglamentuojančiuose teisės a</w:t>
       </w:r>
       <w:r w:rsidR="00A6289F">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">ktuose nustatytų reikalavimų. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004B7068" w:rsidRPr="00C241B8" w:rsidRDefault="004B7068" w:rsidP="00C241B8">
+    <w:p w14:paraId="03B9A1CE" w14:textId="77777777" w:rsidR="004B7068" w:rsidRPr="00C241B8" w:rsidRDefault="004B7068" w:rsidP="00C241B8">
       <w:pPr>
         <w:spacing w:after="23" w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
+    <w:p w14:paraId="038101AE" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:after="13" w:line="249" w:lineRule="auto"/>
         <w:ind w:right="142"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C241B8">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">XXII. KOMPIUTERINĖS ĮRANGOS NAUDOJIMAS </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004B7068" w:rsidRDefault="004B7068" w:rsidP="004B7068">
+    <w:p w14:paraId="072A1947" w14:textId="77777777" w:rsidR="004B7068" w:rsidRDefault="004B7068" w:rsidP="004B7068">
       <w:pPr>
         <w:spacing w:after="22" w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004B7068" w:rsidRDefault="004B7068" w:rsidP="004B7068">
+    <w:p w14:paraId="75185A95" w14:textId="77777777" w:rsidR="004B7068" w:rsidRDefault="004B7068" w:rsidP="004B7068">
       <w:pPr>
         <w:spacing w:after="22" w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">                        87. </w:t>
       </w:r>
       <w:r w:rsidR="00C241B8" w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>Kompiuterinė įranga gali būti bendrai naudojama visų Mokyklos darbuotojų, jų grupės arba priskirta konkrečiam darbuotojui. Kompiuterine įranga, įprastai naudojama konkretaus Darbuotojo, gali pasinaudoti ir kiti Mokyklos darbuotojai, jei susiklosčiusios aplinkybės sudaro būtinybę naudotis šia Kompiuterine įr</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">anga darbo funkcijų atlikimui. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004B7068" w:rsidRDefault="004B7068" w:rsidP="004B7068">
+    <w:p w14:paraId="42580342" w14:textId="77777777" w:rsidR="004B7068" w:rsidRDefault="004B7068" w:rsidP="004B7068">
       <w:pPr>
         <w:spacing w:after="22" w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">                       88. </w:t>
       </w:r>
       <w:r w:rsidR="00C241B8" w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>Darbuotojui draudžiama ardyti, išmontuoti ar kitaip keisti programinę įrangą. Darbuotojui taip pat draudžiama į kompiuterinę įrangą siųstis, įdiegti programinę įrangą, atidaryti nepaisant draudimo atsisių</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">stas ir/ar įdiegtas programas. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A6289F" w:rsidRDefault="004B7068" w:rsidP="004B7068">
+    <w:p w14:paraId="4581E201" w14:textId="77777777" w:rsidR="00A6289F" w:rsidRDefault="004B7068" w:rsidP="004B7068">
       <w:pPr>
         <w:spacing w:after="22" w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">                       89. </w:t>
       </w:r>
       <w:r w:rsidR="00C241B8" w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>Griežtai draudžiama kompiuterinę įrangą naudoti bet kokiais tikslais, nesusijusiais su tiesioginiu darbo funkcijų vykdymu, tiek darbo metu, tiek po darbo (įskaitant, bet neapsiribojant asmeninės informacijos, kitų failų, nesusijusių su darbo funkcijomis (muzikos, žaidimų, vaizdo įrašų, paveikslėlių ir kt.) saugojimu kompiuteryje). Draudžiama kompiuterinę įrangą naudoti naršymui interneto svetainėse, nesusijusiose su tiesioginių darbo funkcijų vykdymu. Kompiuterinė įranga, tame tarpe Darbuotojui suteikta elektroninio pašto dėžutė, gali būti naudojama tik dar</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">bo funkcijų  vykdymo tikslais. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004B7068" w:rsidRDefault="00A6289F" w:rsidP="004B7068">
+    <w:p w14:paraId="22C810D7" w14:textId="77777777" w:rsidR="004B7068" w:rsidRDefault="00A6289F" w:rsidP="004B7068">
       <w:pPr>
         <w:spacing w:after="22" w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">                        </w:t>
       </w:r>
       <w:r w:rsidR="004B7068">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">90. </w:t>
       </w:r>
       <w:r w:rsidR="00C241B8" w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>Darbuotojui draudžiama suteiktu el. paštu bei kitomis elektroninėmis komunikacijos priemonėmis naudotis asmeninėms reikmėms, t. y. į suteiktą el. pašto adresą Darbuotojas negali gauti su darbo funkcijomis nesusijusių ir/arba asmeninių laiškų bei failų. Taip pat Darbuotojui draudžiama iš suteikto el. pašto adreso siųsti su darbo funkcijomis nesusijusią ir (arba) asmeninę bei privačią informaciją, ar kitokią informaciją, susijusią su darbuotojo šeimos nariais ar kitais giminaičiais, jeigu tai nesusiję su ti</w:t>
       </w:r>
       <w:r w:rsidR="004B7068">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">nkamu darbo funkcijų atlikimu. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004B7068" w:rsidRDefault="004B7068" w:rsidP="004B7068">
+    <w:p w14:paraId="703ABEBA" w14:textId="77777777" w:rsidR="004B7068" w:rsidRDefault="004B7068" w:rsidP="004B7068">
       <w:pPr>
         <w:spacing w:after="22" w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">                        91. </w:t>
       </w:r>
       <w:r w:rsidR="00C241B8" w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>Darbuotojams draudžiama naudotis kompiuterine įranga sukčiavimo, su darbo funkcijomis nesusijusios reklamos ir asmeninės finansinės naudos tikslais, žiūrėti, kaupti, platinti, atsisiųsti nelegalius įrašus, programas ir informaciją, naudotis dokumentų  mainų programomis, parsisiųsti ar žaisti kompiuterinius žaidimus, naudotis bendravimo internetu ar socialinių tink</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">lų programomis ar tinklapiais. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00845DF3" w:rsidRDefault="004B7068" w:rsidP="00845DF3">
+    <w:p w14:paraId="18B3CF5F" w14:textId="77777777" w:rsidR="00845DF3" w:rsidRDefault="004B7068" w:rsidP="00845DF3">
       <w:pPr>
         <w:spacing w:after="22" w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">                       92. </w:t>
       </w:r>
       <w:r w:rsidR="00C241B8" w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
-        <w:t xml:space="preserve">Jeigu elektroninės pašto dėžutės (elektroninio laiško arba laiško </w:t>
-[...17 lines deleted...]
-        <w:t>) turinys Darbuotojui yra neaiškus, nesuprantamas arba neatsidaro, Darbuotojas privalo nedelsiant kreiptis į atsakingą asmenį bei nurodyti, kas neaišku, nesuprantama ar neatsidaro. Darbuotojas neturi teisės darbo metu ar po darbo, naudodamasis kompiuterine įranga, tikrinti savo asmeninio el. pašto ar kitų elektroninės komu</w:t>
+        <w:t>Jeigu elektroninės pašto dėžutės (elektroninio laiško arba laiško prisegtuko) turinys Darbuotojui yra neaiškus, nesuprantamas arba neatsidaro, Darbuotojas privalo nedelsiant kreiptis į atsakingą asmenį bei nurodyti, kas neaišku, nesuprantama ar neatsidaro. Darbuotojas neturi teisės darbo metu ar po darbo, naudodamasis kompiuterine įranga, tikrinti savo asmeninio el. pašto ar kitų elektroninės komu</w:t>
       </w:r>
       <w:r w:rsidR="00845DF3">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">nikacijos programų, priemonių. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00845DF3" w:rsidRDefault="00845DF3" w:rsidP="00845DF3">
+    <w:p w14:paraId="45273545" w14:textId="77777777" w:rsidR="00845DF3" w:rsidRDefault="00845DF3" w:rsidP="00845DF3">
       <w:pPr>
         <w:spacing w:after="22" w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">                       93. </w:t>
       </w:r>
       <w:r w:rsidR="00C241B8" w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>Darbuotojas privalo naudoti kompiuterinę įrangą atsižvelgdamas  į asmens atsakingo už kompiuterių priežiūrą ir/ar  Mokyklos kompiuterinė įrangą aptarnaujančio paslaugų tiekėjo atstovo rekomendacijas bei nurodymus. Apie gedimus ar trikdžius, kurie buvo patirti naudojant kompiuterinę įrangą, nedelsiant tu</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">ri būti pranešama direktoriui. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00845DF3" w:rsidRDefault="00845DF3" w:rsidP="00845DF3">
+    <w:p w14:paraId="0C337608" w14:textId="77777777" w:rsidR="00845DF3" w:rsidRDefault="00845DF3" w:rsidP="00845DF3">
       <w:pPr>
         <w:spacing w:after="22" w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">                       94. </w:t>
       </w:r>
       <w:r w:rsidR="00C241B8" w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>Mokyklai pareikalavus arba kai darbo sutartis nutraukiama (pastaruoju atveju ne vėliau kaip darbo sutarties dieną), Darbuotojas privalo nedelsdamas grąžinti Mokyklai visą kompiuterinę įrangą. Įranga ją grąžinant privalo būti geros būklės (atsižvelgiant į normalų nusidėvėjimą), įskaitant ir nematerialų turtą (tame tarpe ir informaciją, susijusią su kompiuter</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">ine įranga arba joje esančią). </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00845DF3" w:rsidRDefault="00845DF3" w:rsidP="00845DF3">
+    <w:p w14:paraId="2D43BBD7" w14:textId="77777777" w:rsidR="00845DF3" w:rsidRDefault="00845DF3" w:rsidP="00845DF3">
       <w:pPr>
         <w:spacing w:after="22" w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">                       95. </w:t>
       </w:r>
       <w:r w:rsidR="00C241B8" w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>Naudojant kompiuterinę įrangą Darbuotojams griežtai draudžiama skleisti Mokyklos konfidencialią informaciją ar komercinę paslaptį internete (elektroniniuose puslapiuose, elektroniniu paštu) ar perduoti tokią informaciją tretiesiems asmenims, kurie neturi teisės susipažinti su tokia informacija. Bet kokie iš aukščiau nurodytų veiksmų, taip pat tokios informacijos persiuntimas į savo asmeninį el. paštą, tokios informacijos nusikopijavimas asmeninėms reikmėms ar kitoks platinimas neturint Mokyklos leidimo, laikomas šiu</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">kščiu darbo pareigų pažeidimu. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00845DF3" w:rsidRDefault="00845DF3" w:rsidP="00845DF3">
+    <w:p w14:paraId="1A8A0405" w14:textId="77777777" w:rsidR="00845DF3" w:rsidRDefault="00845DF3" w:rsidP="00845DF3">
       <w:pPr>
         <w:spacing w:after="22" w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">                      96. </w:t>
       </w:r>
       <w:r w:rsidR="00C241B8" w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>Už kompiuterinės įrangos būklės kontrolę atsakingas Mokyklos</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> direktoriaus paskirtas asmuo. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00845DF3" w:rsidRDefault="00845DF3" w:rsidP="00845DF3">
+    <w:p w14:paraId="3BC8F049" w14:textId="77777777" w:rsidR="00845DF3" w:rsidRDefault="00845DF3" w:rsidP="00845DF3">
       <w:pPr>
         <w:spacing w:after="22" w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">                      97. </w:t>
       </w:r>
       <w:r w:rsidR="00C241B8" w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>Už kompiuterinės įrangos kasdienę priežiūrą atsakingas šią į</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">rangą naudojantis darbuotojas. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00845DF3" w:rsidRDefault="00845DF3" w:rsidP="00845DF3">
+    <w:p w14:paraId="26B6EA67" w14:textId="77777777" w:rsidR="00845DF3" w:rsidRDefault="00845DF3" w:rsidP="00845DF3">
       <w:pPr>
         <w:spacing w:after="22" w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">                      98. </w:t>
       </w:r>
       <w:r w:rsidR="00C241B8" w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">Kompiuterinės įrangos gedimai šalinami iš karto juos pastebėjus. Darbuotojams, neturintiems reikiamo parengimo, draudžiama bandyti savarankiškai šalinti kompiuterinės įrangos gedimus. Jie turi nedelsiant pranešti apie gedimą/trikdžius Kompiuterinės įrangos </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">priežiūrą atsakingam asmeniui. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00845DF3" w:rsidP="00845DF3">
+    <w:p w14:paraId="524B28A4" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00845DF3" w:rsidP="00845DF3">
       <w:pPr>
         <w:spacing w:after="22" w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">                      99. </w:t>
       </w:r>
       <w:r w:rsidR="00C241B8" w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">Kompiuterinės įrangos apžiūrą atlieka  bei patikrina kompiuterinės įrangos bei būtinos programinės įrangos veikimą Mokyklos darbuotojas arba išorės įmonės darbuotojas. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
+    <w:p w14:paraId="2862F066" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
       <w:pPr>
         <w:spacing w:after="22" w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00845DF3" w:rsidRDefault="00845DF3" w:rsidP="00845DF3">
+    <w:p w14:paraId="76AD4434" w14:textId="77777777" w:rsidR="00845DF3" w:rsidRDefault="00845DF3" w:rsidP="00845DF3">
       <w:pPr>
         <w:spacing w:after="25" w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">       </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
+    <w:p w14:paraId="701E8635" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
       <w:pPr>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00B03430" w:rsidP="00C241B8">
+    <w:p w14:paraId="5E0FA141" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00B03430" w:rsidP="00C241B8">
       <w:pPr>
         <w:keepNext/>
         <w:keepLines/>
         <w:spacing w:after="13" w:line="249" w:lineRule="auto"/>
         <w:ind w:right="142"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="0"/>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>XXIII</w:t>
       </w:r>
       <w:r w:rsidR="00C241B8" w:rsidRPr="00C241B8">
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">. BAIGIAMOSIOS NUOSTATOS </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00845DF3" w:rsidRDefault="00845DF3" w:rsidP="00845DF3">
+    <w:p w14:paraId="18AA1A26" w14:textId="77777777" w:rsidR="00845DF3" w:rsidRDefault="00845DF3" w:rsidP="00845DF3">
       <w:pPr>
         <w:spacing w:after="22" w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C23592" w:rsidP="00B03430">
+    <w:p w14:paraId="50B9EDFC" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C23592" w:rsidP="00B03430">
       <w:pPr>
         <w:spacing w:after="22" w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">                     </w:t>
       </w:r>
       <w:r w:rsidR="00B03430">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>100</w:t>
       </w:r>
       <w:r w:rsidR="00845DF3">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="00C241B8" w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">Taisyklės ir jos pakeitimai įsigalioja nuo jų patvirtinimo dienos. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00337B50" w:rsidP="00337B50">
+    <w:p w14:paraId="07EBAFA5" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00337B50" w:rsidP="00337B50">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1843"/>
         </w:tabs>
         <w:spacing w:after="14" w:line="269" w:lineRule="auto"/>
         <w:ind w:left="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">        </w:t>
       </w:r>
       <w:r w:rsidR="00B03430">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">           </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t>_______________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B03430" w:rsidRDefault="00337B50" w:rsidP="00337B50">
+    <w:p w14:paraId="77BE1146" w14:textId="77777777" w:rsidR="00B03430" w:rsidRDefault="00337B50" w:rsidP="00337B50">
       <w:pPr>
         <w:spacing w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00337B50">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">          </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve">       </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00337B50" w:rsidRPr="00337B50" w:rsidRDefault="00337B50" w:rsidP="00337B50">
+    <w:p w14:paraId="51A99D72" w14:textId="77777777" w:rsidR="00337B50" w:rsidRPr="00337B50" w:rsidRDefault="00337B50" w:rsidP="00337B50">
       <w:pPr>
         <w:spacing w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00337B50">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> Suderinta : darbo tarybos pirmininkė Margarita Ivanauskienė </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
+    <w:p w14:paraId="7309F15B" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
       <w:pPr>
         <w:spacing w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
+    <w:p w14:paraId="5F7D332E" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
       <w:pPr>
         <w:spacing w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
+    <w:p w14:paraId="6121671E" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
       <w:pPr>
         <w:spacing w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
+    <w:p w14:paraId="597DC9F5" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
       <w:pPr>
         <w:spacing w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
+    <w:p w14:paraId="49B99099" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
       <w:pPr>
         <w:spacing w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A6289F" w:rsidRDefault="00A6289F" w:rsidP="00C241B8">
+    <w:p w14:paraId="6EED1A31" w14:textId="77777777" w:rsidR="00A6289F" w:rsidRDefault="00A6289F" w:rsidP="00C241B8">
       <w:pPr>
         <w:spacing w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A6289F" w:rsidRDefault="00A6289F" w:rsidP="00C241B8">
+    <w:p w14:paraId="1912B720" w14:textId="77777777" w:rsidR="00A6289F" w:rsidRDefault="00A6289F" w:rsidP="00C241B8">
       <w:pPr>
         <w:spacing w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A6289F" w:rsidRDefault="00A6289F" w:rsidP="00C241B8">
+    <w:p w14:paraId="7E07FAB2" w14:textId="77777777" w:rsidR="00A6289F" w:rsidRDefault="00A6289F" w:rsidP="00C241B8">
       <w:pPr>
         <w:spacing w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A6289F" w:rsidRDefault="00A6289F" w:rsidP="00C241B8">
+    <w:p w14:paraId="13298816" w14:textId="77777777" w:rsidR="00A6289F" w:rsidRDefault="00A6289F" w:rsidP="00C241B8">
       <w:pPr>
         <w:spacing w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A6289F" w:rsidRDefault="00A6289F" w:rsidP="00C241B8">
+    <w:p w14:paraId="3B566C90" w14:textId="77777777" w:rsidR="00A6289F" w:rsidRDefault="00A6289F" w:rsidP="00C241B8">
       <w:pPr>
         <w:spacing w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A6289F" w:rsidRDefault="00A6289F" w:rsidP="00C241B8">
+    <w:p w14:paraId="7D8FAF78" w14:textId="77777777" w:rsidR="00A6289F" w:rsidRDefault="00A6289F" w:rsidP="00C241B8">
       <w:pPr>
         <w:spacing w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A6289F" w:rsidRDefault="00A6289F" w:rsidP="00C241B8">
+    <w:p w14:paraId="0C4B82A9" w14:textId="77777777" w:rsidR="00A6289F" w:rsidRDefault="00A6289F" w:rsidP="00C241B8">
       <w:pPr>
         <w:spacing w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A6289F" w:rsidRDefault="00A6289F" w:rsidP="00C241B8">
+    <w:p w14:paraId="47E04ECF" w14:textId="77777777" w:rsidR="00A6289F" w:rsidRDefault="00A6289F" w:rsidP="00C241B8">
       <w:pPr>
         <w:spacing w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A6289F" w:rsidRDefault="00A6289F" w:rsidP="00C241B8">
+    <w:p w14:paraId="033C24A2" w14:textId="77777777" w:rsidR="00A6289F" w:rsidRDefault="00A6289F" w:rsidP="00C241B8">
       <w:pPr>
         <w:spacing w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A6289F" w:rsidRDefault="00A6289F" w:rsidP="00C241B8">
+    <w:p w14:paraId="35560EA1" w14:textId="77777777" w:rsidR="00A6289F" w:rsidRDefault="00A6289F" w:rsidP="00C241B8">
       <w:pPr>
         <w:spacing w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A6289F" w:rsidRPr="00C241B8" w:rsidRDefault="00A6289F" w:rsidP="00C241B8">
+    <w:p w14:paraId="417BFDAC" w14:textId="77777777" w:rsidR="00A6289F" w:rsidRPr="00C241B8" w:rsidRDefault="00A6289F" w:rsidP="00C241B8">
       <w:pPr>
         <w:spacing w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
+    <w:p w14:paraId="4CBF8F64" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRPr="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
       <w:pPr>
         <w:spacing w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C241B8">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
+    <w:p w14:paraId="6BECDC59" w14:textId="77777777" w:rsidR="00C241B8" w:rsidRDefault="00C241B8" w:rsidP="00C241B8">
       <w:pPr>
         <w:spacing w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B03430" w:rsidRDefault="00B03430" w:rsidP="00C241B8">
+    <w:p w14:paraId="78CE272F" w14:textId="77777777" w:rsidR="00B03430" w:rsidRDefault="00B03430" w:rsidP="00C241B8">
       <w:pPr>
         <w:spacing w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B03430" w:rsidRDefault="00B03430" w:rsidP="00C241B8">
+    <w:p w14:paraId="17C222CC" w14:textId="77777777" w:rsidR="00B03430" w:rsidRDefault="00B03430" w:rsidP="00C241B8">
       <w:pPr>
         <w:spacing w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B03430" w:rsidRDefault="00B03430" w:rsidP="00C241B8">
+    <w:p w14:paraId="0DBDB52B" w14:textId="77777777" w:rsidR="00B03430" w:rsidRDefault="00B03430" w:rsidP="00C241B8">
       <w:pPr>
         <w:spacing w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B03430" w:rsidRDefault="00B03430" w:rsidP="00C241B8">
+    <w:p w14:paraId="41DBE9EB" w14:textId="77777777" w:rsidR="00B03430" w:rsidRDefault="00B03430" w:rsidP="00C241B8">
       <w:pPr>
         <w:spacing w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B03430" w:rsidRDefault="00B03430" w:rsidP="00C241B8">
+    <w:p w14:paraId="2CA9B829" w14:textId="77777777" w:rsidR="00B03430" w:rsidRDefault="00B03430" w:rsidP="00C241B8">
       <w:pPr>
         <w:spacing w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B03430" w:rsidRPr="00C241B8" w:rsidRDefault="00B03430" w:rsidP="00C241B8">
+    <w:p w14:paraId="060AC3EE" w14:textId="77777777" w:rsidR="00B03430" w:rsidRPr="00C241B8" w:rsidRDefault="00B03430" w:rsidP="00C241B8">
       <w:pPr>
         <w:spacing w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:szCs w:val="22"/>
           <w:lang w:eastAsia="lt-LT"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="006C0C02" w:rsidRDefault="006C0C02" w:rsidP="006C0C02"/>
-[...21 lines deleted...]
-    <w:p w:rsidR="006C0C02" w:rsidRDefault="005938D6" w:rsidP="007D3D4D">
+    <w:p w14:paraId="660B3C6D" w14:textId="77777777" w:rsidR="006C0C02" w:rsidRDefault="006C0C02" w:rsidP="006C0C02"/>
+    <w:p w14:paraId="581A1FED" w14:textId="77777777" w:rsidR="005938D6" w:rsidRDefault="005938D6" w:rsidP="006C0C02"/>
+    <w:p w14:paraId="7D47AA60" w14:textId="77777777" w:rsidR="005938D6" w:rsidRDefault="005938D6" w:rsidP="006C0C02"/>
+    <w:p w14:paraId="41601891" w14:textId="77777777" w:rsidR="005938D6" w:rsidRDefault="005938D6" w:rsidP="006C0C02"/>
+    <w:p w14:paraId="1E9B378A" w14:textId="77777777" w:rsidR="005938D6" w:rsidRDefault="005938D6" w:rsidP="006C0C02"/>
+    <w:p w14:paraId="43AE59D6" w14:textId="77777777" w:rsidR="007D3D4D" w:rsidRDefault="007D3D4D" w:rsidP="006C0C02"/>
+    <w:p w14:paraId="12B94322" w14:textId="77777777" w:rsidR="007D3D4D" w:rsidRDefault="007D3D4D" w:rsidP="006C0C02"/>
+    <w:p w14:paraId="68512167" w14:textId="77777777" w:rsidR="005938D6" w:rsidRDefault="005938D6" w:rsidP="006C0C02"/>
+    <w:p w14:paraId="0B7B5326" w14:textId="77777777" w:rsidR="00E25BB6" w:rsidRDefault="00E25BB6" w:rsidP="006C0C02"/>
+    <w:p w14:paraId="15318D68" w14:textId="77777777" w:rsidR="00E25BB6" w:rsidRDefault="00E25BB6" w:rsidP="006C0C02"/>
+    <w:p w14:paraId="290A95E4" w14:textId="77777777" w:rsidR="00E25BB6" w:rsidRDefault="00E25BB6" w:rsidP="006C0C02"/>
+    <w:p w14:paraId="16250DC5" w14:textId="77777777" w:rsidR="00E25BB6" w:rsidRDefault="00E25BB6" w:rsidP="006C0C02"/>
+    <w:p w14:paraId="268DEC0D" w14:textId="77777777" w:rsidR="00E25BB6" w:rsidRDefault="00E25BB6" w:rsidP="006C0C02"/>
+    <w:p w14:paraId="2DA56C04" w14:textId="77777777" w:rsidR="00B03430" w:rsidRDefault="00B03430" w:rsidP="006C0C02"/>
+    <w:p w14:paraId="3E2D9F42" w14:textId="77777777" w:rsidR="00B03430" w:rsidRDefault="00B03430" w:rsidP="006C0C02"/>
+    <w:p w14:paraId="77437D97" w14:textId="77777777" w:rsidR="00E25BB6" w:rsidRDefault="00E25BB6" w:rsidP="006C0C02"/>
+    <w:p w14:paraId="73360928" w14:textId="77777777" w:rsidR="00E25BB6" w:rsidRDefault="00E25BB6" w:rsidP="006C0C02"/>
+    <w:p w14:paraId="7B0A34BF" w14:textId="77777777" w:rsidR="00337B50" w:rsidRDefault="00337B50" w:rsidP="006C0C02"/>
+    <w:p w14:paraId="51966EE8" w14:textId="77777777" w:rsidR="00243309" w:rsidRDefault="00243309" w:rsidP="006C0C02"/>
+    <w:p w14:paraId="1329AD4D" w14:textId="77777777" w:rsidR="006C0C02" w:rsidRDefault="005938D6" w:rsidP="007D3D4D">
       <w:pPr>
         <w:ind w:left="3798"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t>Alytaus r. meno ir sporto</w:t>
       </w:r>
       <w:r w:rsidR="006C0C02">
         <w:t xml:space="preserve"> mokyklos</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006C0C02" w:rsidRDefault="007D3D4D" w:rsidP="007D3D4D">
+    <w:p w14:paraId="40EA0F7B" w14:textId="77777777" w:rsidR="006C0C02" w:rsidRDefault="007D3D4D" w:rsidP="007D3D4D">
       <w:pPr>
         <w:ind w:left="3798"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="006C0C02">
         <w:t>asmens duomenų tvarkymo taisyklių</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006C0C02" w:rsidRDefault="00243309" w:rsidP="00243309">
+    <w:p w14:paraId="6E60B779" w14:textId="77777777" w:rsidR="006C0C02" w:rsidRDefault="00243309" w:rsidP="00243309">
       <w:pPr>
         <w:ind w:left="3798"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">                    1 </w:t>
       </w:r>
       <w:r w:rsidR="006C0C02">
         <w:t>priedas</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007D3D4D" w:rsidRDefault="007D3D4D" w:rsidP="007D3D4D">
+    <w:p w14:paraId="0F6B9C57" w14:textId="77777777" w:rsidR="007D3D4D" w:rsidRDefault="007D3D4D" w:rsidP="007D3D4D">
       <w:pPr>
         <w:ind w:left="3798"/>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="007D3D4D" w:rsidRDefault="007D3D4D" w:rsidP="007D3D4D">
+    <w:p w14:paraId="2E5960FE" w14:textId="77777777" w:rsidR="007D3D4D" w:rsidRDefault="007D3D4D" w:rsidP="007D3D4D">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="007D3D4D" w:rsidRDefault="007D3D4D" w:rsidP="007D3D4D">
+    <w:p w14:paraId="35EAAA45" w14:textId="77777777" w:rsidR="007D3D4D" w:rsidRDefault="007D3D4D" w:rsidP="007D3D4D">
       <w:pPr>
         <w:ind w:left="3798"/>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="007D3D4D" w:rsidRDefault="007D3D4D" w:rsidP="007D3D4D">
+    <w:p w14:paraId="0692E32D" w14:textId="77777777" w:rsidR="007D3D4D" w:rsidRDefault="007D3D4D" w:rsidP="007D3D4D">
       <w:pPr>
         <w:ind w:left="3798"/>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="007D3D4D" w:rsidRDefault="007D3D4D" w:rsidP="007D3D4D">
+    <w:p w14:paraId="4C21DB1C" w14:textId="77777777" w:rsidR="007D3D4D" w:rsidRDefault="007D3D4D" w:rsidP="007D3D4D">
       <w:pPr>
         <w:ind w:left="3798"/>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="007D3D4D" w:rsidRDefault="007D3D4D" w:rsidP="007D3D4D">
+    <w:p w14:paraId="49DFAFFE" w14:textId="77777777" w:rsidR="007D3D4D" w:rsidRDefault="007D3D4D" w:rsidP="007D3D4D">
       <w:pPr>
         <w:ind w:left="3798"/>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="006C0C02" w:rsidRPr="005236C2" w:rsidRDefault="006C0C02" w:rsidP="007D3D4D">
+    <w:p w14:paraId="256F6F8D" w14:textId="77777777" w:rsidR="006C0C02" w:rsidRPr="005236C2" w:rsidRDefault="006C0C02" w:rsidP="007D3D4D">
       <w:pPr>
         <w:ind w:left="-624"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005236C2">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>KONFIDENCIALUMO PASIŽADĖJIMAS</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006C0C02" w:rsidRDefault="006C0C02" w:rsidP="007D3D4D">
+    <w:p w14:paraId="3F174A9E" w14:textId="77777777" w:rsidR="006C0C02" w:rsidRDefault="006C0C02" w:rsidP="007D3D4D">
       <w:pPr>
         <w:ind w:left="-1077"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t>_________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006C0C02" w:rsidRDefault="006C0C02" w:rsidP="007D3D4D">
+    <w:p w14:paraId="7B96536E" w14:textId="77777777" w:rsidR="006C0C02" w:rsidRDefault="006C0C02" w:rsidP="007D3D4D">
       <w:pPr>
         <w:ind w:left="-1077"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t>(data)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006C0C02" w:rsidRDefault="006C0C02" w:rsidP="007D3D4D">
+    <w:p w14:paraId="510BA077" w14:textId="77777777" w:rsidR="006C0C02" w:rsidRDefault="006C0C02" w:rsidP="007D3D4D">
       <w:pPr>
         <w:ind w:left="-1077"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t>_______________</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006C0C02" w:rsidRDefault="006C0C02" w:rsidP="007D3D4D">
+    <w:p w14:paraId="4617D8A9" w14:textId="77777777" w:rsidR="006C0C02" w:rsidRDefault="006C0C02" w:rsidP="007D3D4D">
       <w:pPr>
         <w:ind w:left="-1077"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t>(sudarymo vieta)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006C0C02" w:rsidRDefault="006C0C02" w:rsidP="007D3D4D">
+    <w:p w14:paraId="1BDFA6A9" w14:textId="77777777" w:rsidR="006C0C02" w:rsidRDefault="006C0C02" w:rsidP="007D3D4D">
       <w:pPr>
         <w:ind w:left="-1077"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t>Aš, ____________________________________________________________________,</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006C0C02" w:rsidRDefault="006C0C02" w:rsidP="007D3D4D">
+    <w:p w14:paraId="6E095E02" w14:textId="77777777" w:rsidR="006C0C02" w:rsidRDefault="006C0C02" w:rsidP="007D3D4D">
       <w:pPr>
         <w:ind w:left="-1077"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t>(vardas, pavardė)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006C0C02" w:rsidRDefault="006C0C02" w:rsidP="007D3D4D">
+    <w:p w14:paraId="786870E7" w14:textId="77777777" w:rsidR="006C0C02" w:rsidRDefault="006C0C02" w:rsidP="007D3D4D">
       <w:pPr>
         <w:ind w:left="-1077"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t>______________________________________________________________________________,</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="006C0C02" w:rsidRDefault="006C0C02" w:rsidP="007D3D4D">
+    <w:p w14:paraId="59C049A0" w14:textId="77777777" w:rsidR="006C0C02" w:rsidRDefault="006C0C02" w:rsidP="007D3D4D">
       <w:pPr>
         <w:ind w:left="-1077"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t>(pareigų pavadinimas)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005236C2" w:rsidRDefault="005236C2" w:rsidP="007D3D4D">
+    <w:p w14:paraId="40D554C5" w14:textId="77777777" w:rsidR="005236C2" w:rsidRDefault="005236C2" w:rsidP="007D3D4D">
       <w:pPr>
         <w:ind w:left="-1077"/>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="007D3D4D" w:rsidRDefault="005236C2" w:rsidP="005236C2">
+    <w:p w14:paraId="5321D4A5" w14:textId="77777777" w:rsidR="007D3D4D" w:rsidRDefault="005236C2" w:rsidP="005236C2">
       <w:pPr>
         <w:ind w:left="-850"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">           </w:t>
       </w:r>
       <w:r w:rsidR="006C0C02" w:rsidRPr="007D3D4D">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>patvirtinu</w:t>
       </w:r>
       <w:r w:rsidR="006C0C02">
         <w:t>, kad esu susipažinęs (-</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="006C0C02">
         <w:t>usi</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="006C0C02">
         <w:t>) su Lietuvos Respublikos asmens duomenų</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> teisinės </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005236C2" w:rsidRDefault="007D3D4D" w:rsidP="005236C2">
+    <w:p w14:paraId="53E797EE" w14:textId="77777777" w:rsidR="005236C2" w:rsidRDefault="007D3D4D" w:rsidP="005236C2">
       <w:pPr>
         <w:ind w:left="-227"/>
       </w:pPr>
       <w:r>
         <w:t>apsaugos įstatymu, Reglamentas (ES) 2016/679 Reglamenta</w:t>
       </w:r>
       <w:r w:rsidR="005236C2">
         <w:t xml:space="preserve">s (ES) 2016/679, Alytaus r. meno ir </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005236C2" w:rsidRDefault="005236C2" w:rsidP="005236C2">
+    <w:p w14:paraId="76BC6511" w14:textId="77777777" w:rsidR="005236C2" w:rsidRDefault="005236C2" w:rsidP="005236C2">
       <w:pPr>
         <w:ind w:left="-397"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">   sporto</w:t>
       </w:r>
       <w:r w:rsidR="007D3D4D">
         <w:t xml:space="preserve"> mokyklos asmens duomenų tvarkymo taisyklėmis, patvirtintomis direktoriaus</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="007D3D4D">
         <w:t xml:space="preserve"> 2018 m.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005236C2" w:rsidRDefault="005236C2" w:rsidP="005236C2">
+    <w:p w14:paraId="347E34B0" w14:textId="77777777" w:rsidR="005236C2" w:rsidRDefault="005236C2" w:rsidP="005236C2">
       <w:pPr>
         <w:ind w:left="-397"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
       <w:r w:rsidR="0037141E">
         <w:t>rugsėjo 5</w:t>
       </w:r>
       <w:r w:rsidR="007D3D4D">
         <w:t xml:space="preserve"> d. įsakymu Nr. </w:t>
       </w:r>
       <w:r w:rsidR="0037141E">
         <w:t>MV-</w:t>
       </w:r>
       <w:r w:rsidR="007D3D4D">
         <w:t>5</w:t>
       </w:r>
       <w:r w:rsidR="0037141E">
         <w:t>4</w:t>
       </w:r>
       <w:r w:rsidR="007D3D4D">
         <w:t>, kitais teisės aktais, reglamentuojančiais asmens duomenų apsaugą,</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007D3D4D" w:rsidRDefault="005236C2" w:rsidP="005236C2">
+    <w:p w14:paraId="68B812FC" w14:textId="77777777" w:rsidR="007D3D4D" w:rsidRDefault="005236C2" w:rsidP="005236C2">
       <w:pPr>
         <w:ind w:left="-397"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
       <w:r w:rsidR="007D3D4D">
         <w:t>ir pasižadu:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007D3D4D" w:rsidRDefault="005236C2" w:rsidP="005236C2">
+    <w:p w14:paraId="78BD3F96" w14:textId="77777777" w:rsidR="007D3D4D" w:rsidRDefault="005236C2" w:rsidP="005236C2">
       <w:r>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r w:rsidR="00243309">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="007D3D4D">
         <w:t>1. Saugoti asmens duomenų paslaptį visą darbo laiką ir pasibaigus darbo santykiams, jeigu</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007D3D4D" w:rsidRDefault="007D3D4D" w:rsidP="005236C2">
+    <w:p w14:paraId="0F3D48DE" w14:textId="77777777" w:rsidR="007D3D4D" w:rsidRDefault="007D3D4D" w:rsidP="005236C2">
       <w:pPr>
         <w:ind w:left="-5613"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t>šie asmens duomenys neskirti skelbti viešai.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007D3D4D" w:rsidRDefault="007D3D4D" w:rsidP="007D3D4D">
+    <w:p w14:paraId="3D212B5D" w14:textId="77777777" w:rsidR="007D3D4D" w:rsidRDefault="007D3D4D" w:rsidP="007D3D4D">
       <w:pPr>
         <w:ind w:left="-3969"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t>2. Asmens duomenis tvarkyti tik teisėtais tikslais.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007D3D4D" w:rsidRDefault="00243309" w:rsidP="00243309">
+    <w:p w14:paraId="3C8969E6" w14:textId="77777777" w:rsidR="007D3D4D" w:rsidRDefault="00243309" w:rsidP="00243309">
       <w:r>
         <w:t xml:space="preserve">        </w:t>
       </w:r>
       <w:r w:rsidR="007D3D4D">
         <w:t>3. Asmens duomenis tvarkyti tiksliai ir, jeigu reikia, nuolat atnaujinti, ištaisyti ar papildyti</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007D3D4D" w:rsidRDefault="007D3D4D" w:rsidP="005236C2">
+    <w:p w14:paraId="7EB07198" w14:textId="77777777" w:rsidR="007D3D4D" w:rsidRDefault="007D3D4D" w:rsidP="005236C2">
       <w:pPr>
         <w:ind w:left="-1417"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t>netikslius ar neišsamius duomenis ir (ar) sustabdyti tokių asmens duomenų tvarkymą.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007D3D4D" w:rsidRDefault="007D3D4D" w:rsidP="007D3D4D">
+    <w:p w14:paraId="5202DAA4" w14:textId="77777777" w:rsidR="007D3D4D" w:rsidRDefault="007D3D4D" w:rsidP="007D3D4D">
       <w:pPr>
         <w:ind w:left="-283"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t>4. Asmens duomenis tvarkyti tik tokios apimties, kuri būtina jiems tvarkyti ir vykdomai</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007D3D4D" w:rsidRDefault="007D3D4D" w:rsidP="005236C2">
+    <w:p w14:paraId="528A9A52" w14:textId="77777777" w:rsidR="007D3D4D" w:rsidRDefault="007D3D4D" w:rsidP="005236C2">
       <w:pPr>
         <w:ind w:left="-8107"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t>funkcijai atlikti.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007D3D4D" w:rsidRDefault="007D3D4D" w:rsidP="007D3D4D">
+    <w:p w14:paraId="2A4F2657" w14:textId="77777777" w:rsidR="007D3D4D" w:rsidRDefault="007D3D4D" w:rsidP="007D3D4D">
       <w:pPr>
         <w:ind w:left="57"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t>5. Asmens duomenis tvarkyti taip, kad duomenų subjektų tapatybę būtų galima nustatyti ne</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007D3D4D" w:rsidRDefault="007D3D4D" w:rsidP="005236C2">
+    <w:p w14:paraId="397E9652" w14:textId="77777777" w:rsidR="007D3D4D" w:rsidRDefault="007D3D4D" w:rsidP="005236C2">
       <w:pPr>
         <w:ind w:left="-340"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t>ilgiau negu to reikia tiems tikslams, dėl kurių šie duomenys buvo tvarkomi, įgyvendinti, vėliau</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007D3D4D" w:rsidRDefault="007D3D4D" w:rsidP="005236C2">
+    <w:p w14:paraId="4859A2E7" w14:textId="77777777" w:rsidR="007D3D4D" w:rsidRDefault="007D3D4D" w:rsidP="005236C2">
       <w:pPr>
         <w:ind w:left="-7087"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t>šiuos duomenis sunaikinti.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007D3D4D" w:rsidRDefault="00243309" w:rsidP="007D3D4D">
+    <w:p w14:paraId="31CB4CF6" w14:textId="77777777" w:rsidR="007D3D4D" w:rsidRDefault="00243309" w:rsidP="007D3D4D">
       <w:pPr>
         <w:ind w:left="-850"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="007D3D4D">
         <w:t>6. Įgyvendinti teisės aktų, reglamentuojančių asmens duomenų apsaugą, nuostatas,</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007D3D4D" w:rsidRDefault="007D3D4D" w:rsidP="005236C2">
+    <w:p w14:paraId="5F54596C" w14:textId="77777777" w:rsidR="007D3D4D" w:rsidRDefault="007D3D4D" w:rsidP="005236C2">
       <w:pPr>
         <w:ind w:left="-1191"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t>numatančias, kaip asmens duomenis apsaugoti nuo neteisėto tvarkymo ar atskleidimo.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007D3D4D" w:rsidRDefault="007D3D4D" w:rsidP="007D3D4D">
+    <w:p w14:paraId="41F77F31" w14:textId="77777777" w:rsidR="007D3D4D" w:rsidRDefault="007D3D4D" w:rsidP="007D3D4D">
       <w:pPr>
         <w:ind w:left="-1020"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t>7. Teisės aktų nustatyta tvarka užtikrinti duomenų subjekto teisių įgyvendinimą.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007D3D4D" w:rsidRDefault="007D3D4D" w:rsidP="007D3D4D">
+    <w:p w14:paraId="4ED75769" w14:textId="77777777" w:rsidR="007D3D4D" w:rsidRDefault="007D3D4D" w:rsidP="007D3D4D">
       <w:pPr>
         <w:ind w:left="-510"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t>8. Laikytis kitų teisės aktų, reglamentuojančių asmens duomenų tvarkymą ir apsaugą,</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007D3D4D" w:rsidRDefault="007D3D4D" w:rsidP="005236C2">
+    <w:p w14:paraId="36414477" w14:textId="77777777" w:rsidR="007D3D4D" w:rsidRDefault="007D3D4D" w:rsidP="005236C2">
       <w:pPr>
         <w:ind w:left="-8561"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:t>nuostatų.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007D3D4D" w:rsidRDefault="007D3D4D" w:rsidP="007D3D4D">
+    <w:p w14:paraId="00EC6399" w14:textId="77777777" w:rsidR="007D3D4D" w:rsidRDefault="007D3D4D" w:rsidP="007D3D4D">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="007D3D4D" w:rsidRDefault="007D3D4D" w:rsidP="007D3D4D">
+    <w:p w14:paraId="07B59A4F" w14:textId="77777777" w:rsidR="007D3D4D" w:rsidRDefault="007D3D4D" w:rsidP="007D3D4D">
       <w:r>
         <w:t>______________________________ __________________ ___________________________ (pareigų pavadinimas)                                 (parašas)                           (vardas ir pavardė)</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="007D3D4D" w:rsidSect="002D1564">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1701" w:right="567" w:bottom="1134" w:left="1701" w:header="567" w:footer="567" w:gutter="0"/>
       <w:cols w:space="1296"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="TimesLT">
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000007" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000081" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="02936944"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="4356AB9A"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="2"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1476"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:u w:val="none" w:color="000000"/>
         <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         <w:vertAlign w:val="baseline"/>
@@ -18500,75 +18479,77 @@
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="14">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="15">
     <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="16">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="17">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="18">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="19">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="19"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="1296"/>
   <w:hyphenationZone w:val="396"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="006C0C02"/>
     <w:rsid w:val="00082298"/>
     <w:rsid w:val="000C1C28"/>
     <w:rsid w:val="001C6B41"/>
     <w:rsid w:val="001E1D66"/>
     <w:rsid w:val="00243309"/>
     <w:rsid w:val="002707C3"/>
     <w:rsid w:val="002D1564"/>
     <w:rsid w:val="00337B50"/>
     <w:rsid w:val="0037141E"/>
     <w:rsid w:val="003D7BAC"/>
+    <w:rsid w:val="003E1F55"/>
     <w:rsid w:val="003E62E2"/>
     <w:rsid w:val="004B7068"/>
     <w:rsid w:val="005236C2"/>
     <w:rsid w:val="00583DBD"/>
     <w:rsid w:val="005938D6"/>
     <w:rsid w:val="005B5831"/>
     <w:rsid w:val="005D4095"/>
     <w:rsid w:val="005E2B66"/>
     <w:rsid w:val="00633687"/>
     <w:rsid w:val="00635C2A"/>
     <w:rsid w:val="00663794"/>
     <w:rsid w:val="006C0C02"/>
     <w:rsid w:val="006C1CE7"/>
     <w:rsid w:val="007C5D4E"/>
     <w:rsid w:val="007D3D4D"/>
     <w:rsid w:val="00845DF3"/>
     <w:rsid w:val="00865D24"/>
     <w:rsid w:val="008B66BD"/>
     <w:rsid w:val="009547B3"/>
     <w:rsid w:val="00982B0B"/>
     <w:rsid w:val="009F6842"/>
     <w:rsid w:val="00A22B60"/>
     <w:rsid w:val="00A50367"/>
     <w:rsid w:val="00A6289F"/>
     <w:rsid w:val="00B03430"/>
@@ -18594,68 +18575,68 @@
     <w:rsid w:val="00FF69B4"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="lt-LT"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="6012704F"/>
+  <w14:docId w14:val="1F1D77E0"/>
   <w15:docId w15:val="{9332888F-2CA0-49E1-81E3-3DEB57A5D25A}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="24"/>
         <w:lang w:val="lt-LT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -18717,98 +18698,94 @@
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
@@ -18983,50 +18960,55 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="prastasis">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="004B7068"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Antrat1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="prastasis"/>
     <w:next w:val="prastasis"/>
     <w:link w:val="Antrat1Diagrama"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="00FA3389"/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:line="360" w:lineRule="auto"/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="TimesLT" w:hAnsi="TimesLT"/>
       <w:b/>
     </w:rPr>
   </w:style>
@@ -19321,51 +19303,51 @@
     <w:basedOn w:val="Numatytasispastraiposriftas"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00C241B8"/>
     <w:rPr>
       <w:color w:val="0563C1"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hipersaitas">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="Numatytasispastraiposriftas"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00C241B8"/>
     <w:rPr>
       <w:color w:val="0000FF" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office tema">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
@@ -19638,55 +19620,55 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{926205E1-2362-4E16-BA4B-D45C10330A60}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>20</Pages>
-  <Words>35009</Words>
-  <Characters>19956</Characters>
+  <Words>8203</Words>
+  <Characters>46762</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>166</Lines>
+  <Lines>389</Lines>
   <Paragraphs>109</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Pavadinimas</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <CharactersWithSpaces>54856</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>