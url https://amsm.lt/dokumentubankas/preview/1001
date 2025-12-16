--- v1 (2025-11-25)
+++ v2 (2025-12-16)
@@ -18497,50 +18497,51 @@
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="19"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="1296"/>
   <w:hyphenationZone w:val="396"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="006C0C02"/>
     <w:rsid w:val="00082298"/>
     <w:rsid w:val="000C1C28"/>
+    <w:rsid w:val="0015046A"/>
     <w:rsid w:val="001C6B41"/>
     <w:rsid w:val="001E1D66"/>
     <w:rsid w:val="00243309"/>
     <w:rsid w:val="002707C3"/>
     <w:rsid w:val="002D1564"/>
     <w:rsid w:val="00337B50"/>
     <w:rsid w:val="0037141E"/>
     <w:rsid w:val="003D7BAC"/>
     <w:rsid w:val="003E1F55"/>
     <w:rsid w:val="003E62E2"/>
     <w:rsid w:val="004B7068"/>
     <w:rsid w:val="005236C2"/>
     <w:rsid w:val="00583DBD"/>
     <w:rsid w:val="005938D6"/>
     <w:rsid w:val="005B5831"/>
     <w:rsid w:val="005D4095"/>
     <w:rsid w:val="005E2B66"/>
     <w:rsid w:val="00633687"/>
     <w:rsid w:val="00635C2A"/>
     <w:rsid w:val="00663794"/>
     <w:rsid w:val="006C0C02"/>
     <w:rsid w:val="006C1CE7"/>
     <w:rsid w:val="007C5D4E"/>
     <w:rsid w:val="007D3D4D"/>
     <w:rsid w:val="00845DF3"/>
@@ -18698,94 +18699,98 @@
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>